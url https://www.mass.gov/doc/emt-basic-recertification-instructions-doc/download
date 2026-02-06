--- v0 (2025-10-19)
+++ v1 (2026-02-06)
@@ -1,1730 +1,3577 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="46AE63BA" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01F046D9" wp14:editId="79DAA2DC">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>452119</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>152400</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6858634" cy="1110615"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1" name="Group 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6858634" cy="1110615"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6858634" cy="1110615"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="2" name="Graphic 2"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="88900"/>
+                            <a:ext cx="6858000" cy="798195"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6858000" h="798195">
+                                <a:moveTo>
+                                  <a:pt x="0" y="797801"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="797801"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6858000" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="797801"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="2E5395"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="3" name="Image 3"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="1193800" y="0"/>
+                            <a:ext cx="2961639" cy="787400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="Image 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="3672840" y="0"/>
+                            <a:ext cx="1082039" cy="787400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="5" name="Image 5"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="4272279" y="0"/>
+                            <a:ext cx="584200" cy="787400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="6" name="Image 6"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="4373879" y="0"/>
+                            <a:ext cx="1285239" cy="787400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="7" name="Image 7"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="131445" y="150495"/>
+                            <a:ext cx="668654" cy="668654"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="Image 8"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="6046470" y="150495"/>
+                            <a:ext cx="668655" cy="668654"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="9" name="Textbox 9"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="50" y="886701"/>
+                            <a:ext cx="6858000" cy="224154"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="006FC0"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="315DA939" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                              <w:pPr>
+                                <w:spacing w:before="69"/>
+                                <w:ind w:left="297"/>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>For</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>additional</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>info</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>recertification,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>please</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>visit:</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:hyperlink r:id="rId10">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF"/>
+                                    <w:sz w:val="16"/>
+                                    <w:u w:val="single" w:color="FFFFFF"/>
+                                  </w:rPr>
+                                  <w:t>mass.gov/dph/oems</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF"/>
+                                    <w:sz w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>.</w:t>
+                                </w:r>
+                              </w:hyperlink>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>General</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>questions</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>for</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>OEMS</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>regarding</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>recertification</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>email:</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-28"/>
+                                  <w:sz w:val="16"/>
+                                  <w:u w:val="single" w:color="FFFFFF"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:hyperlink r:id="rId11">
+                                <w:r>
+                                  <w:rPr>
+                                    <w:color w:val="FFFFFF"/>
+                                    <w:spacing w:val="-2"/>
+                                    <w:sz w:val="16"/>
+                                    <w:u w:val="single" w:color="FFFFFF"/>
+                                  </w:rPr>
+                                  <w:t>oems.recert@mass.gov</w:t>
+                                </w:r>
+                              </w:hyperlink>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="10" name="Textbox 10"/>
+                        <wps:cNvSpPr txBox="1"/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="50" y="88900"/>
+                            <a:ext cx="6858000" cy="798195"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="19D50229" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                              <w:pPr>
+                                <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+                                <w:ind w:left="41" w:right="37"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                                <w:t>MASSACHUSETTS</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFF00"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                                <w:t>EMT-BASIC</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="1BC0A10F" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                              <w:pPr>
+                                <w:spacing w:line="245" w:lineRule="exact"/>
+                                <w:ind w:left="41" w:right="36"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>All</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>individuals</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>seeking to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>recertify</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>their</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Massachusetts EMT-Basic</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>certification</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>in</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>2026</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="47EF7ED6" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                              <w:pPr>
+                                <w:ind w:left="41" w:right="34"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>need</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-12"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>follow</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>both</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>steps</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-16"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>outlined</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="6"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-17"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>page.</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Please</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>read</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>it carefully.</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="01F046D9" id="Group 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:35.6pt;margin-top:12pt;width:540.05pt;height:87.45pt;z-index:15731200;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordsize="68586,11106" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDpbHyklAQAAKAWAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu2zgQfV9g/0HQ&#10;e2NJliVZiF3sJk0QoOgG2yz2maYpW6gkckn6kr/vDClacuwgbVIXWTQPlkfSkBqeOXN4OX+/rStv&#10;zaQqeTPxw7PA91hD+bxsFhP/n7urd5nvKU2aOal4wyb+PVP+++nvv51vRM4ivuTVnEkPOmlUvhET&#10;f6m1yAcDRZesJuqMC9bAy4LLmmi4lYvBXJIN9F5XgygIksGGy7mQnDKl4OmlfelPTf9Fwaj+qygU&#10;01418SE2ba7SXGd4HUzPSb6QRCxL2oZBnhFFTcoGPrrr6pJo4q1kedBVXVLJFS/0GeX1gBdFSZkZ&#10;A4wmDB6M5lrylTBjWeSbhdjBBNA+wOnZ3dJP62spPotbaaMH8yOnXxTgMtiIRd5/j/eLznlbyBob&#10;wSC8rUH0foco22qPwsMkG2XJMPY9Cu/CMAyScGQxp0tIzEE7uvzwRMsBye2HTXi7cDYC+KM6iNTL&#10;IPq8JIIZ5BVCcCu9cj7xI99rSA0svm4JE+FY8NPggxi2d6qF8yhCWTYOWt71UQrgoUEpHWfh2IC0&#10;GyrJ6Urpa8YN3mT9UWnL27mzyNJZdNs4UwL7kfeV4b32PeC99D3g/czmQBCN7TCJaHobmzATynLi&#10;t5Hg65qv2R03jrpLWjpOsyDEviDUzqVq+q5IAdMjMGCvgXNz/8L03Hc3MEHXzsP9W0/AyxHuCZ+j&#10;n6UVV8yGjoM3Y9gBAh32IVe8KudXZVUhAkouZheV9NYEsI0+jIa7bPXcgJ0qtzxAa8bn90CiDfBm&#10;4qv/VkQy36tuGqApqpIzpDNmzpC6uuBGuwz4Uum77b9ECk+AOfE1UOgTd2wlueMGxI8O1hdbNvyP&#10;leZFicQxsdmI2huonOm5KGkOv1ZlwDoooafVGFrpFY7NKnr9TX3URH5ZiXcgiIB/OSurUt8bcYcC&#10;xKCa9W1JUaDwpqvGoavGm5osmDdEHjoP9MeRHjSfVaVwiUS7DRQq44GiHhmrVetLTlc1a7SdfiSr&#10;IGbeqGUpFFRYzuoZA6mQN/MQ6hmmPg16IWTZaFtzSkumKdCN5AUQ6m+oUUvC3QsTdBcnDuERQQnD&#10;8RBqq6sDkjtJicZJmAzHraRkaWw1B3jhRAn5gZLSMgnFAvA+oJBVHROTjcKYENT/jzAwDVn5toSJ&#10;XxthYHo5MWGGSRpl8VHChEEWBW+E2VOY0T5hzKT8mhQGFPDEhImjNIpSkBE303YKM8piWIC/CUxv&#10;Rkr2+ZK8NoHBdfhpZ6R4mA6z43wJo2wUvQnMnsCk+4RJXxthQABPTJhwGMYxfAa3h6MgtkvpTmSS&#10;JEtG7faxte1q6dddxcCBSn8Vk/16nEmCOIlTu4p5lDRIXSDViUiDe7qTHzfAtGszfQer+hnfemPM&#10;NX66PW7w9PZPDqcsZguOzx/ZJ4wsVlmWpHa73iswtztHsKIoDqHaXlBhsDt+dKsMp3VXF25L33N7&#10;sFXW29m2HeYP2jV/w973p+QzhDTsJxSevDCjzzhL+r6NX0crtDA55ihsR7mflyNz4AfHoOakpj2y&#10;xXPW/r05z+gOlqdfAQAA//8DAFBLAwQKAAAAAAAAACEABMs6rvUQAAD1EAAAFAAAAGRycy9tZWRp&#10;YS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAASQAAABOCAYAAACJ4WtkAAAABmJLR0QA/wD/&#10;AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAQlUlEQVR4nO2daXMbNxKGX4i6b8l2vJukstn9&#10;/79p90NiJ4ptSZQpSjxnP3S/QhOc4TEzJFGpfqpYlsUBBmeju9GAQlEUcBzHyYG9XRfAcRyHuEBy&#10;HCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0u&#10;kBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwnG1wgOY6TDS6QHMfJBhdIjuNk&#10;w/62XxhCCPb/Rc0/e9IknzRtnXJoHmk+xSr5NElbks9cJuvkUZGfzbe0XPbdq76Taaqeb5LnKmnq&#10;tntZO5dh81k1zSZY0r6Nx90mCdsqizZGByIEqZlN9TPG6pN5T/PoIDYu85isMLhsGQKAwqSfrpB+&#10;T999YPIp9DPSz7QoimmbaduuR5KX7RvbtlMAE81zrP+HvtP24wTAuKrcSZ+VPp/UZ5U8Q1KOQtNM&#10;0jR1292k62C5NfH2fv2/re862DLUsWDm5kKb427TbEUg6eA5BHAF4BzSMIA03iuA7wCeIQOwskAh&#10;hH0AZwAuARwjdtgIQA/AE4DBghWC6a80PSfyAEAXQK8oivGCOhwAONE6nOnPHHRjAC9ajh6AF+bV&#10;JG3b9Sip0x6AIy3XOYBTSF9RIA0A9LVcz1rWEwDX+m7o7x+03DNtr5PhVJ8/0V/37fMqjE4B3Gie&#10;RfrMgja41vJPtIxd6Bho2GdsF45ZuwCmcDHoQ8ZgMO2zjlCxQo2CcB1NiwLmST9jiABqZdxtg22Z&#10;bB2IEPkVwHvIgAekE18A3AH4HTKYJiXpOUDOAPwE4EfIAGZnDwF8AfA/SIfM5aGD8xjARwA/QzqI&#10;K8Wzvv9TCOG5ZKWkQL3W9O81PScu6zKEDIQ/AHwOIfQ1/1ppK7Ss2vUoyedA078H8ANk8h0hjosC&#10;cdA+APhTy3gJ4F9apwLAN0i7DzDf9rbvb/R36fP7+t2vJs+vVXmasr8D8IvmP9TyDQEM1WJq0u57&#10;2h7/1vcsmytjrddv+uwv+u51tRxqo9RW14GC/BO0HSB1aDzutsU2BRIH/gfMDviRft8H8BJCeC1Z&#10;ZTkAryDC6B+YbViaE3eQxi0TalypP0Am3ymiZnEGGfgPkMmXdsg+ZND/DBGIl/o7rmjMnyvQ2OTV&#10;aZC2jCb1ADAjYG8A/BPSnjcQYcQ2tX1wCeAC0ge/I2o8t/r9SL8rW80DoqbxLn3eaGnHa+QJSLtS&#10;q7qCTKxnSNvSBG3S7vuQMfsOMm47iGZOmQY+hrT9oZb7QutjzbbUh5PmxQXACiT7/LL0U333A6Q9&#10;TxrUfydsXCCZAXeAaMPSHODEuIQMxHtIp6YdTq3gFjL4KIz4oX1cquJqGTjArjCrtgIyYS71+24I&#10;wdrfnFAfIJP3RtO+QoQftaADky99Dk3SVrVlrXokdCAT5mf9XGoZJlq2V8gA5fuO9HMB6YeO+RSm&#10;rqXF1s/eguf5/aJnluW7h9kxUbvdzZilX4vfDSCmTdkYnUA0/FfI2P6O2b607bivz4wgAmBs8hsj&#10;CmM7P1dJTw3pFVHrbDzutsm2NCR2MAfYBLKiASJcjiET7AzS4cMkfeqHoOOOAs2+p+r9nFA09caI&#10;5gLzv4KYCkPEAUJheIO4ygwA/AXRFp60PBQU55COHzZMWyZImtRDMoi+kfcQzeha0w4BPGq6Ry1H&#10;gLT3lZafkw0V5cuFttrdjqcpZGz+F7JwptonfXh9RIFhfUgnEI32A2K/PUJMpR6iQOEmQrpxs2p6&#10;qyleN6z/1tn6tj+iA5CSnavzuf78EEIYJRrKIWQSXiBOnh7iarHM8beHOLGO9P3PkE441++O9f0n&#10;+p3dUTrErLN3ABmUf0FWQvoc7jV/rlRFw7Rt1oNQO6LPaB9RXf8NcYDTuXmg5b/U93Ow5wzHTFvt&#10;DkSB8wBxDZS5BdjWfF/H/P9C30M/Gp3wd5gVcFN9FxfxOukBMTXbrP9W2NXA4u5aHzLgDxF3bv6C&#10;CCt2OFe7a0gDQ9N1EbWqSoGUmDn0gwwhHdHTx44QheIF5s0dqu82TocqbgHZMp2EEMZaL+jvO3XT&#10;VvjRGtUjcc5zd4rteQfgM2TVtQvCUMvVM3W5qGrvTLAm19rtviCGyIYWLNyNCiHYhYDtTl+n1YYG&#10;+v43AVdShrXSI2rLjcfdttnlSjeESOpjRO//BUTAPIUQGEtjt7iPIJ3S07QnJfmmWKcqHcCvkB2R&#10;nuZxqc/Q3PmCWT8B1egppFOPISvQs37fCyHMxXLomKqVdkP1sNrmCWRwcqX9BlHlR3ZQ6s/jEMIE&#10;cXEoK1sHQKdkLlv/zrawpk/Tdre8+bo0VMG+DzATuiRIsswZ/uYkTwVBk/QhBOscb7P+G2dXAokD&#10;5hkygaj90Fl7D2Bktm4vIUJpD6I9dSGrOleLRdDM4WSlatqFTMQLiD/lCNHcOdXvGLg5gAjAAaJG&#10;x52Xc4jfpQvgWc1NrlZN0rZdD0AmFB2ZjAUbaT4L48B01S77ioLyBtEctxxA+pemwzZWYJpXbbQ7&#10;YdtdYj60hNvnLyGEhbF0W6LNcbdVdqkhFZAVvgsRMqeYNc1oz9LhbYPqupBBsbDjk1ibc0T/03fE&#10;QD++n9/T3HlUrYDl/KZlO0Cc9B8ggvJWv/8K8YH1TflqpS1ZIRvVQ/Ozu2bse+6sDVERJrCEPX3X&#10;fyDby2mf0Im+0LRumVbaPYFb5L9AJrZtK/rgPkP6ZNcCaRP13wq7FkgjxCjtK8T4jXPIBCsQnd2H&#10;5vke4vbwIlIzh1u3T5DJyx2JHqJPxZo7r0VRTEMIA0jncdfkFnFSUxO5hGgJd5AAvUfNv1baEMLQ&#10;DI7G9UB0lO5rO9sjGiPUE0YsG/1SVf1Bk26bAql2u1fkyT54B6mrfddI30HzeaeoNtvGuNs6uxZI&#10;3P5/gqw6p4jb+9w5oON6D7Ma1Sr+I7sNzl0phspTg6FqO9RnaCKe6O/p/OtBVkBGLt9quRgvwuMs&#10;NIemEKFEn9e6aR8Qd7oa10P9CjZ2x1IV7LcqNBFsPA2hdneILY63Bn32gPIdNJqjA8xvj9uI8l1r&#10;RwAa139nx0d2vX1bZbZdQTSlKWZjj2iaDLBEIJkdJWvm0NFJ9XuKeA6KnUAn+gVElaVPYAwRnDSV&#10;GMFLgcmgtRvEc00vJu+104YQ6IBsXA9EYUG/2FtToVlQHMt7h1l/FWHENKPKq9jERK7bZ/2K8j1D&#10;QiMYx8PfTzTNzrfNE2qPu11pSTkIJOsLYVzMBUSaTxEDu/gcD3iuY64xGnWqPzMgkFvz9oyPDQY8&#10;gZo7Zrepb8ryTcv5EWKbnyKuPLcQc+lFdzFqpdUytlYPzJpo3Bo+RH2Tis71P7TMqXZxCBFG3Nkr&#10;w25lkzSYNqXs+7Kdqjrt/op5uHh+gYSmTJLveDtBNgKpyZhFxZnSTbNrgQRE84Nm2z6kkT7qd+eI&#10;W9zUpBb6O1Q74lknmjn0n9CMsQFo+5g9G2f9NTSDAAAqXIYmfqOn//J4DGOBuAKFBmmptbRVD2pQ&#10;Q/2Zqjs10w7WH4jUHp9Rfo6QYQal+aq/g7tUNHnscaAyzY3CKL3KZoKSndcmfZbUky6GuQmbkyBK&#10;aan+WyEHgUT/B4XNGWLMBCOdGbZP9XMV6CA/w+yhQhuwSHi2jtc+cJLSbLO+gUJhJ/PYxjVE9T3E&#10;7PmqPT2uUSct/S+t1AMxOv4FoiXRyXmuZXhSE7XstoO3+lS0N+Nh0rRvsTIV6YB4Los7fRRGpwAO&#10;dVs6vSeIjnuGL1DQ2utD3spWo92rmIszypEN1n+j5CKQeBSEu0SM3CYURs9YbQXn6XGaKwHxrFYP&#10;885H+pt4qp13yFxDVFxO7jGAga40NrYnnXQ8awfEXbHJGmlHJr011+rWg/cmvSLuzj0jmoBnELOq&#10;D6AIIdgzazTpThE1qLYPYXKniod69xHPoj1AYtLovLd9y2NHQIynGms56div0+6LdgvLAiNZByCD&#10;aOcgd0Udo/36b5wcBBIwe7nVK6LEBuKKbk9SL5sQnGQ2iLAHcUh+wbyWFSAT7kfEeB+enGfA3yWk&#10;cx8hk5l+mAN9hoKUApaO0XcQ23ydtM/6L53WbdTjDFHDfIDsYp6ZZ35AjPt60jLayO4rLfM9Vjs/&#10;uA52l/AV0dn6Xsu7j3guj8GJP2mZOogX9PEM3gHiVTd12r1sQi4KjGQdGBy5s3ges5nTpP5/+/uQ&#10;lpGabfbSMeufGC6IGCapmdNB3G34CpnI6bZmQIwa56FEOolvtRwfNF9ut1M4UiOh6st33UMGAC/I&#10;Oloj7YO2Bx38TetBoXav33+HOGZ5eyfNnx+1vIxt4uA+0X+5+dC2Sm8D+W4hQpHR5h0tE7Vj9i21&#10;PprzX7V8vNHyHPXavepGg0WBkdD/dyGXo1VeNLglOHbr1v9vryEVJZ/4pQgZu8pdIQqkV4iE72N+&#10;Z6PsY6/o4Lkra6ak/ggAgAaSPZn3H+rnDPHSKh5vuUE0l+gY5ErdhcR+8PqPUY201H4Ybd20HseI&#10;p8X7ms9XRAcmr449RgwfsLcdBEQfzxDRr7eKfwhYvf95ncYBYiAfd+doStCZTQHd0zR/ImpRqcm8&#10;TrtzQk6Tjw2MpNZsmej3D4gbCMvaYV1WTd+o/n/rwEgdbNaMOcasv8DasH3IKsn4mQIySMskN488&#10;9BFvnKSfwfp8eNRkmfRnLMkDYswP7W4OsCmiI9XeO221uC+Qzu1qvo+QGB2skZZxLm3Wg5dwAVGr&#10;+AQRTh8R473sRXc2EPAJMum7mmdfny8wf8mYhf4hxveUPq8R8Qwf4M4ry8ToctaPgvG7ttmd1neU&#10;CLc67T4xO3/c/WWbpPWy8C7sqjbgyXyOV96isIrPZuX0bdR/SVk2yrY0JKqEnxHt/K+YPYnOgXqn&#10;P1MgPUCElA1pt88ybJ+HTNlx9ybvbkkeKdTG+P5zSMfRRILmwbB7Xq7PKN3v+h4e/KUP5hFRnV83&#10;bZv1eNT86HQdhRCeELUuXmZPZyg1kAFiQCp9fGPEvmQfVQUF8hD1H4hxVVXPT7QteFH9NaKGyMnE&#10;4zgU0F1EjZH58fKytds9yeMJ4q97xPK/IEIhzzGYwqtiGLA6wvwcWMQ66duo/07Y5l8dOYA0yAHi&#10;pBnYU8Yh/rkcDsA3RyGSP3GU7CRwoPJemA6i3wMmj2V/1YSXsR0jCmvmWyCuMvYYBFcbTpQRzE6L&#10;2TI/XCetuf+o7XqUHdxl+XjNsNWQeKUqj4YAFX1UlNwRVFKPhc+b8tudMnt7ImOpaELyCo0iyaNW&#10;uyd57Jt0yzZS6O8coOTPcZX0yRQlc6CKddO3Uf9dsO2/yzYTVVvWACXPMbBraZ58bp08Vnk/ZoVE&#10;6ffL3lEn7abqscLzafTzTLp1y1W3HsvaLC1XnTyWlaOiHatYWJ5V50Cb6ZvWf9tsTSA5juMsY+d/&#10;ZcBxHIe4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwn&#10;G1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAc&#10;x8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZMP/&#10;ASFCDctwMz2lAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQAV5zjSTQYAAE0GAAAUAAAAZHJzL21l&#10;ZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAAAawAAAE4IBgAAACfe6IkAAAAGYktHRAD/&#10;AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAXtSURBVHic7Zx9b9s2EIcfOs5Lm9cm3Qs6&#10;YNi+/3caCnQv2Lo2TRrHjiOL++PuTEqRYqet5RzGHyCktkmKuod3PJJCQ4yRIh8abbsDReurwHKk&#10;AsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQos&#10;RyqwHGk89A1DCGGdcrHjtat23a4yX9KHdjvr9rFLX9qndRSGehUthDACdvRa5dERWABVjLFW4+0g&#10;g8vq1npViI1WPoj2YaxtGRBrY6Gf8zJP1bKtTUAbBJYaaR84BY5oGqutiDz0LXAJzIDdrO6ulqv1&#10;t8/ABAHb+zAhhDFwCJwAByTo98ANcI0Y+iVw1iqzjqK2da3X/bcGNlQYHCHG/hW4WOO+FfABefgK&#10;MfAvwGtgT8vUwBT4G/gduCJ5R0M6WA6Bn4A3CBADMQfeA28R6Kd6rzOeDusW+EPbrPS7b6ahYI0R&#10;r7hADL6DPIhdbVXAndazuq+B70h9tpG8gxhpGkKY9cw/5plvgB8R4ObZFQL+H73nPnCMwMpDYaAZ&#10;Ddp9r/U+l3xZCF2pjcNSY9l8ZXPBCDHMjf5tA1sAnxAYI8QIu1o/IIYJiNFPgHPgY09bAQlp5wgw&#10;A2XXjrZtA2iOhNZ8bh0jEPf137X2bUryIPOsW3o8/Gs1ZDaYj8oaAfUbYuS6VTaSYI70svoLxKAg&#10;hj9AIBxq+TlNjUjz0AtSEmCwc9kgeUtzznoBfI949kjrfwL+0nsaLAM94xuHQNhC6q4yGJfInNM1&#10;Eg3gQauezVU2l+0iYfIEuAwhLCd29eo9JKwdI887RwxsXpIPIhsId6RQFrTuPvAqK3ejfc8H20az&#10;wW3BgpSeL2KMVVeBnvWOZYG3CKg9ZOSfIfPOlATfQuAZ4l1ovSuSN7bvsaA5eAy4zW3mRQsE6iwv&#10;v8l11jZh2Vw2CiHkE3Js/e2ShZsDxKvMew6B6xBCrUazdP0U8YwK8YjPCOAH6klQuhKhZYK0SUC5&#10;tgXLMrQTZKLOR3KNwJjSHR5tVE8QAOY1RwiUj8C9OqUlIIfIwJgiXnVL8hI32hYsW/f8jKTkeYJR&#10;IXPZn4gXdCki4ecKAfCSZri71TKWfJgXWQi8xxko2K5n7SPrrrPse1s7jZBF8aSnvpWz3YtTxFOP&#10;EQ+70jKWeOxl5W9IaborbTMbrJEJek7TcPf6/YJ+g1oonCNbO68Rj7IU3TI0SyJGND2xc7567tom&#10;rAnwDjF2nX2/IC0uHxv9faHwFPGwmubaaqJl7yiwniQz9Hsk3V60fluwem8tX4TeIJDGCKhzBNAJ&#10;aW213PBd0e6z1TZhWRh7kPW1FrWPyRbIFgrHiIf9oL8dIfNj7oHt3RI32uY6C3SEf8U6xXZCDMQh&#10;Egov9Lc90tbWNQ+3olzpOS6KYf0wZaHwRq8z0o6GyUBN2NAG61B6jotiSBBma7RlB5XXWn6PtAFb&#10;kRbCMy3r9r2TIWHl3vLYohj9fIUsjO/WaDcPhUfafkRgTdAQGGOMX/F6xdY1FKy6deWL4ld0n2ft&#10;IwDy86IHe3QKwI7mLSs0WDPkKKN9xtRur+8QtHGrJ5TdiDYOS42ZZ2120Nco1vpsO98Gd44Y/AAJ&#10;mzOaKbiFwg+Ixx7rb59I73Hk91iQdu7tpLlvCyrfYbfyFqIHXQYM5VkVAuodYsBVx96WwdlJ8jVp&#10;r7AC/qV5KhxJ72NEEqxLBOA8yzjzsra1daVt9yUgc2RXxHbx7zv6sHEN+SraGJn889fJ+mTzzR0C&#10;box41S4pvN3FGJfGzV4zO9D7WJIypXUYqH2xcoHMU3reVxyRTqXtWP9BHzatwWDBcpG77gwfW4vj&#10;0PXbqvZjjJ2L4HbZvnKPtD3YOdayD+X/G/Qjt2uO/6MKLEcqsBypwHKkAsuRCixHKrAcqcBypALL&#10;kQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5EKLEcq&#10;sBypwHKkAsuR/gOqdV+yc4gRtgAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAEHyeIZYBAACWAQAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTMucG5niVBORw0KGgoAAAANSUhEUgAAADoAAABOCAYAAABxCAX/&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAABNklEQVR4nO3ZwUrDQBSF&#10;4f+mRYoLdeHa938wl4JgKdLWzHUxaW1pXc5oT84P3YRC5stkJoFEZjKHhr8eQK8MVctQtQxVy1C1&#10;DFXLULUMVctQtQxVy1C1DFXLULUMVctQtQxVazbQZc+TRURcO54dvkZHjy/eEbEADr9TbAIF+AJK&#10;S3DzGY2IJXAPPAErKvSALcAO+ADWwL7VOJpCp1v1DngGXoAHzveFBDbAK7CPiDEzS4ux9FijC+qM&#10;PlJn9RRapjG8T/9rVg/oCHxSb8/k+oxuqOv0NtdoZmZE7IA36vpbcQndUi/CtuVm1HzXndbpQL2o&#10;A+e7LvzsuuNNQ48n+uUZCkLP0f/QbF4BDVXLULUMVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFXL&#10;ULUMVctQtQxV6xvbLE5oK4rNSgAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAAkBj8bUJAAC1CQAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTQucG5niVBORw0KGgoAAAANSUhEUgAAAH8AAABOCAYAAAAJm8kb&#10;AAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAJVUlEQVR4nO2ceVMbSRLF&#10;f6UDHYA4xh7v7E7s8f2/1Eb4WttgQIhDZ+8fmY8qNUIWY5BmoupFdEih7q4jX1ZeVRCqqqIgTzR2&#10;PYCC3aGQnzEK+RmjkJ8xCvkZo5CfMQr5GaOQnzEK+RmjkJ8xCvkZo5CfMQr5GaOQnzEK+RmjkJ8x&#10;CvkZo5CfMQr5GaOQnzEK+Rmjte0OQwhh1e/VCxwjXtX2c9v1NurtVOvaSft9Tn/Je2l/a/t6SYRt&#10;Hd0OITSApl91i1MBi+SqeKYQQghNTJkbmDDV5gxY/KitZHztpJ3Kr6lfi6qqFmv6BZgDs/pztXeC&#10;99Xyq+ljXuj9Tcf9M9gK+S7YDnAEHBAnC1HAM6KQ7/2arBNi0n4L2Pf2u0Tyx8AVMKqqavbEuwEj&#10;vOdj2/fvTX9kBtwBI7/u1JYT3wdOvF+AG+DCn1sSrvclWRz41Qf2iOSPgdukv41k8EewLbPfwIj5&#10;D/DLE/3O/brHCDsDvocQbquqmj/VsAu0C7wDfscEqlV7A3wAPoYQblas2oAJ/tjff+PviwwwQibA&#10;EPgMfPIxLXweJ8C/vY0KOMcUeOzzSftqe/tvgF9dJp1EHloEd5gCfQbOQgiPFOklsC3yW9ikf8Em&#10;3iSa5ToW/twx8B74vIq4BA1s9bzFBNonrvx9jIQLTKD1NlrAAFOaf/j3lr8r4hpEazBTW8kq7vpY&#10;T/35KUbygx9PlOwE+A34m3/vsGwBhQFw6GMZY8q30nL9DF6d/ERI8nEy+RPcrPmjbUyQPWzibYyA&#10;W6IAVrUtxTpi2VyDCXfg969CCHOtIH+3gynNbxgZTczyDL3fiugSVsUrmpvmVxFjjhRNn9Pvfg2S&#10;+cnFzfy9lo+r4+90eKWsbJvRfiqQOWba/wtc+m89IhGHxBU1AC5DCNMVpk8EHmIrvoEJcU4MwvqY&#10;YpxhClQl73Yx0rXix8BXzFUMMUsh5TrA4xCWV+n6Scd45w224o+9zYnP/cw/731MPR/vwH97FX8P&#10;O0j1HBU2se/AN2yCe5hA+pgA2v5bDxunTHmKBlFYHW/nxts+8HtdTJA9v7dI3t1jOeAa+5i+Atf+&#10;bMN/63j/sgibQqtePr5FdB/vMb8+Ipr1to9p4H3fkMQOL4ldkv+Q1lRVNQ8hSLCptsusPsrfayZf&#10;bmKCETXyxzrEIOuQmuknmus035Zpr7BUax5CmPm4wFPQp+oVK8aogPLYx4PP8wvwCVv108QdTbyv&#10;kY9jzCut/l2RD5HYpstRvm6PKHxFzauCHZn8I2KQd49F2yNspQ/8GZn+b96eyFdOvcBI72LB5o3f&#10;H4UQVub3z5jjHqZ4PZ/X3Md3jrmWJXfm32chhHnttxfHrsiXHxxgwqgw4cg0SuMv/VrlZ2XyRbAs&#10;xxUm3EPMz3aIpr/v91RMGmPmfUx0M8pGDjB/fAXceMzxXPOb1hDa/tvUx3mDWb2VxG6jyrcr8uUH&#10;/4Xl12CCH2Bp1QIT+hf/XBJSLWc+IAZQ1xi5N/7eXXJfpv/SV5XijnPMJLeJivLWx3Hq98+AixDC&#10;LbWV+gOk0btkrQh/wisGc5tgV+Qrqm0RBZCWSSWcuT9b9691ky9LMcQIn2AKMCL62tT031dVtQgh&#10;jDFyu97GKZEoWYoBlhF8Af6HKc+jtHPNPFuYYqXl3yk7Jh526/PTOjZE36va+nHy27xW6ElTOEX5&#10;KsFOiaXda0wRFEso6r8mBnMjLPBSZe0UW/Uax4BYf2h7XxdsFoFLcVftZez8/+HsinylZN/8U8WR&#10;PjG3l7kGL/IkK26PZZMvJVI1boERniqX6v+HmAmXK5lhFkNuQ1XII39eBZcTb/cWU5LbDeaZblgJ&#10;aUaxU+yK/DlG+kfM7Cqf7mKFkH9iK7CHCf0ET4n8fZl8Vd4W/l1FlIoYtCmHTwsoPcy1VEl0fUtU&#10;gHPv/x3m//tEK3CKu44N5qkyscy8Uss9llPMnWCXef4UU4BroglVTVy7f12M6P3kXt3ky6/KpGtL&#10;WL+nmzRpnCCXYAMylzJJcvqRfzaIwWCbaA02IU6WRfGLXEnf59bklQo4m2CXPl9+7yGHdsFPWI6E&#10;Gyzv07cx073P8iaMVnu99q7YQgFln2j69R64FUiUQCXiY8zyqP6gPp5D/h2m7AomD7zdobufVbuN&#10;sgzzv/qW7irUizwQN3c6xA2ahwMZxHq8TLc2iC6xlZqSqT4U6GmXrIcJ/pyoEDNg7MqXVhcrloOz&#10;BUbijM0CNgWeQ8zKyU3tYzWNW6AKIaRVTbkFZTEj39J9cQvxZynypMS+I+bdKsTcYEJXQJcWdkZY&#10;jfwbj3f+AibEvxPrAur3xN/XGC6TfpR1nPhY9vxZpZAbbe54GXiCZQfffewaw6/eRhev9LFcETzy&#10;cXwguo0XxTbJT4VVL/LIR2uH7sCf0+bPd2IVTia/SYzUzzDy62XggJHVwaL4PjEQPPV+33q7ShW1&#10;CmUxZPLV1wXP222bYfHFV+9X8YOU8ohYmxD5Pf8c+rwaIYTw0lW/bZG/qF2qo79lWYjppsoII/UD&#10;JvAZ0V/ryFRqUqerfKMXcobe3hEm1D1Mge78sT5GzAnRdSjQa2Kr8gqrByjSr9ZcD/DVP/a5KFDU&#10;sS+5OFk/iPHElCT++Uue5PHJqwgzJAp06bHkMz3G9BXzzcqpdeBxRqzjayU+JRwdCLkg1gbk25Vp&#10;LDAFUH1fgeIMUyytwE/+XSZYruAWW62Vj70eEyww5fuIKaxcmwpH6QFOHVwZYhXFa17hFA9sb+XL&#10;ZL7HfGudfEF1bx1gvMUPMPqhCO23S7BXmHJM1qwM1fC/+PcDTMhyF3gbKufqAKh2FK+9nysfT7r9&#10;qnl98vFWmJIt7fn789MQwpBordJ0Vnn/jBjjPPT5WtH+No9uK+dOjznXodWm0ziLRNDK2+UPwVbI&#10;HWt2x/xdHdzoEhVe++Y6qiV3oPsaywQjZErtOHmywSQCZQkeTviuGIvSuD1/t77ydYp5zA+OgP8s&#10;tkY+PPkHEXU8eV5/1fubCmfdH2Mk9x7d/1Eff3RMtfeW/miDNTJ4SWyV/II/F3a+uVCwOxTyM0Yh&#10;P2MU8jNGIT9jFPIzRiE/YxTyM0YhP2MU8jNGIT9jFPIzRiE/YxTyM0YhP2MU8jNGIT9jFPIzRiE/&#10;YxTyM0YhP2MU8jNGIT9jFPIzRiE/YxTyM0YhP2MU8jNGIT9j/B9AVNMpj/ZNpQAAAABJRU5ErkJg&#10;glBLAwQKAAAAAAAAACEAulMhGxdwAAAXcAAAFAAAAGRycy9tZWRpYS9pbWFnZTUucG5niVBORw0K&#10;GgoAAAANSUhEUgAAANsAAADbCAYAAADkg+RAAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7E&#10;AAAOxAGVKw4bAAAgAElEQVR4nOx9eZgdRdX+W6f73jszmWQSCDEQwLCEfRUEZRERRREVXFBR3EBF&#10;RHD9BPVTUFEB5YcLuC/4AcqiAioIKrsoCrLKIiEQEsiQPZOZO3Nvd51zfn909aSnp/tucyd3UN7n&#10;qWfmVldXnaru6qo6q1FVPI8pjR4ABzDz1gBIVddUKpW/9Pb2rkgWGhoaeoHv+73VanVtX1/fegC2&#10;I9Q+j1yY5ydbR9AFgAAM1yhjmPl/jDGfI6IZyQsiEgK4gIg+DTepmPnznud9yV1nAIMA1gFYS0Qf&#10;APDPSejH82gC1GkC/tsgIt8TkUFmfletcsz8P57nnQPAY+ZPVqvVXarV6g7MfBKAMhF9HMBZcXlj&#10;zCxX/00AzgVwGYC/A1hRrVaHatBzjoj8gZk/F4bhgW3o4vPIgd9pAv7DQAAEwCtF5BQA9xPRF1Jl&#10;VhORLyJ716inaIw5HQBU9UOe513ieV58baG1dgUR/VpETiGiLyFaIWe58td5nndesrJSqVSL5lcT&#10;0Z4i8irP8yqunrDB/j6PJvD8yjZBVCqV7Zj5FBG5XkTuAwBr7UwiegOAw9Pl4zIA9sqrMwiCHYlo&#10;logEnuddkb7u+/41IrKeiHrCMNzTZc8CAGPMXsz8DmvtEWEYvgTA/Brk9wHYTUSWAPg3EU0LgmCX&#10;jHJFETmHmY+vVqs7ADA16nweOXh+ZWseBWvtQUR0JIAju7q6dgIAEXkKwHULFy4sbbXVVvf5vg8A&#10;uwPwALC716jqSvf/bojGfxwjwxgzzf07CCDIoIEBrAcwI94+AtgEAIjoOADHxQVF5CYiOiyrI9ba&#10;l/q+74nIXwBUAezied5+AO5PlhOR84nowwDgeR5E5Cwi+nzeAD2PbDw/2ZqAiJxDRCf6vt+XyCtb&#10;aw8oFosPAtAFCxYAwBNu5ZnBzJ8wxswFsCeAvQqFwqYAQETTqtXqglKp9Ei6nTAMlxYKBQDYZHh4&#10;eF5PT88zqSK9AOa49p92eTMBgJnfzsyPGGNmuom4nih7A0NEBwGAqt4BQAG8zxizL4AfxWWY+R2e&#10;531YRJ4AUCCirYjoeWZLC3h+G9kEVHVARK5l5ncODw/PE5EyEU1DtK1KsnUFwAMA4HneuQA+AmAz&#10;ANcy8ydE5EEA8H0/cyvZ09PzjIjcT0Smq6vri0ht20TkDCIqisgTxWLxXy57lmvv38Vi8YFCoXCb&#10;7/vX+L5/c40uHQgAzHyH53n/cHn7xReDINjVGPMDEamIyPsBzBMRHRwcvCOrsjAMX2KtfTOAYo02&#10;/3uhqs+nROrv758WBMEhjZRl5mtUVa21n8249m2NcJGqdqWufUdVlZnPyas7CIKDmXnYlfs7M3/R&#10;pTtc3kgYhq9I1Dnk2tu6wb4WmbnMzGtVlR577LESM48wc6CqParay8wPu/69PwzDI1y7j2bVF4bh&#10;UcxcdmWWB0FwQKef5VRLz69sCYyMjGw1Z86cZZ7n/QFuW1YLRHQtABhjjkxfU9X7AUBENgdQSV2r&#10;yyQpFAq3W2sPFJFrAOxMRF9wnM0dROQya+3+vu/f5Ip7ABaLyDIAA/V7CoRhuDcR9QC4E4AsWLCg&#10;ioh7WgjDcC8R+QkR7SwiP/M878fxlhPAXzKq+yAR/RqAJyKPE9EcIsrt238rnp9sCXR3dy8F8CQR&#10;dTPzcfXKDw8PXyciCmD/9evXb5q8xsz3un/Hsfg9z7tPRIZRh8VeLBbvJaKjiWgmgGlLly7tIaLN&#10;iOjYYrH4QLI5ItqNiOahwclGRLuLiKpqcvL8w9H3HSJ6q4jc98wzz5zsyh/o/ibLG2Y+A8APAFRE&#10;5M0AfgcAxpgtG6HjvwqdXlqnWrLWnqKqysz3NlLelVNr7TuT+W5bFqqqlsvlLVL3kar6ne7r4ODg&#10;C1R1dqLvx+kGrBsZGdk+0ZdhVdVKpbLAlfeY+UdxWVV9uavjf13eRVltrlu3bpNKpbKLprbW/w3p&#10;v3Fle6WI3C4iFyxdurQ7fXFoaOhSEam4bdA+DdSXuZVcsGBBVUQOHxkZ2bqnp2dZ6h7BFNBd7O3t&#10;XQ5gVfzbyfQOZebPW2vf3tXV9TgAzJ8/f28i6haR5aVS6fGlS5d2i8jVRPR+ABCRe8IwrLpqVru8&#10;LdLtMfPnpk+fvrxUKj0kImtE5OJKpbL9pHd0qqDTs31jJmvt2zUBZn6gWq3umi7HzL9w17+bvuZW&#10;A4p/B0HwUmYeZOafdLp/k5Wq1eqezPwLZr5AVWcz89/c+Cxl5suYecT9/hcz/8b9/1Cqjj0S436e&#10;tfYLzNzPzOUwDI/qdB83Ruo4ARszWWuPdw/718y83P1fttaeqKomLue4fKrR9qhHVb0wDF/LzL9h&#10;5iAMw0MT9dJjjz1W6nTfNmLay028B0ZGRrZTVQwMDGxqrT2Vme/TDViXvC8Mwze58V6u7mM1MDCw&#10;KTM/zMwjw8PDL5wCfZvU1HECNmaKJ5u19uPlcnkeM9+uDsz8a1Wd5coSMy9y+Vcz81L3/1pmvjBx&#10;bnk+pVIYhke6sZL+/v5pcf7KlSunM/PT7tr/qWqvqoKZz3PP5EOdpn2y03/imc0w83vCMNy/Rpnp&#10;PT09zxDRK0TkVwBARG8SkfvDMHwZAFHVn7qybyCiRcz8LiKaR0Qnl0qlhZPei+co1q1bdxsAEJGZ&#10;NWvWFgC2FpHv9/T09FlrXysiTxHRu0Tkn2EY7svMvxaROxCZA/1no9Ozvc1pPjNf776el6Svxyub&#10;qp45MjKyPTP/nCOMOOGuMrNV1TOHh4e3YuavVSqVHaZAv55TiZlvYGZR1ZeHYfgGN663u+uzmPly&#10;lxdYa9+m0Rbec9f3YeY7mblfVW+x1r5DE1v853LqOAFtSmSt/Qgzr3cs6tM1g7WeOLM9ycwhMwfM&#10;fEG5XJ7nJtetzHxXGIavmwJ9ek6nkZGR7UdGRrYZHh5+oRvrJ5NnW2vt/7hnsV7dlnLJkiXdbpKp&#10;28bf7f7/g6r2dbpPE00dJ6ANaSdm/ot7KLep6k4un6y1J6xcuXJ64gHHky1g5h+OjIxsk6qL9D/k&#10;KzqVklNnU2a+LsEI2Ukd4ufgOMMxZqsqwjB8o+N23qIJLvBzMXWcgIkmZr7OPciF6rYilUplB2a+&#10;VVXVWvvJxEOPJ9u3O013VhocHJxjrf28EzkcMzAwsGmnaWpXsta+h5lXuFXufmZe457FP3XDB64Y&#10;M6OstR9LPOMLVFWdfmbH+9Jqek4ySMIwPISZjwWAIAhOEZFhItqemU9k5tMKhcJ9AF7EzB/1PO/8&#10;jCp6Ni7FtREEwZ4i8rOenp4lnud9iYhOAnBFb2/vChG5V0S+Ya09ApFpzXMSnuf9nIi2VdVTACwF&#10;sFRELq1Wq0cDOExE/gRgC2Y+TkQq7rmdicjiwQcAY8z8zlDfJnR6tjebKpXKjsxcZeY7E1/NT2gC&#10;zHyDqs6Pr5fL5S3CMDzUWns8My9y7OlO98ULw/CNqnqLYybEtPer6hWaAdfv251KVKfpb1tKbDO/&#10;7/IOSqx8P1qyZEm3qp5dqVR27DStE0kdJ6CF5DPzM8wsTscOGunp3ekeTnJbYqy171fVde4l3lpV&#10;Cx2mv89a+wlmfkId3BnyN2EYvl5VC8PDw1tpDTDzk1PgObQtxbI5TehTViqVnZn5GVVVa+2pnaax&#10;HanjBLSSmPksVVVmPjfOq1aruzNz1T2ct42MjGzHzH925f5erVZ36zTdjvaH1IGZH7DWfmxwcHBO&#10;qpzPTok5Cwk2+n9KMsz8Byd2eW+cb639jOvvrXn3rly5crrjHk95xlbHCaiXhoaGNg+C4MBU/nwn&#10;H+vXsSz+M93DWcPMQ04V65O6QYbT8RR/ANyLVKvcUs0BR7qbHe9Lm1MvM1/m+ncrM5+TEAP8IF2+&#10;UqnswszfcaKDeEymtCVBxwmolZwC7FPMLMx88dDQ0ObxtZgLmZKJFZn5QTf4N8UmIlMpMfMPHX1f&#10;q1Pur5oDjiysn3BcvZuZ+ZfM/A1r7clhGB5eLpfndbqfrSbH6v9Hort3J1Z+312/MT7nMvNqdnqu&#10;zjyq433ISx0noFZi5j+6AY0ZCOustZ/S6Nx1tLv2q+Q9QRDsZ639gE5dmczpri9XJPPdC3U0M5+v&#10;qne7LVXLYOaVzHydY6YcpFPAfq6ZNDg4+AKng2qcSORzzPxUon+LrLWnOJ3LflXVqe6KoeME1Eqx&#10;MSMz/5CZL0l8zf4VhuFrHKOkun79+s06TWsTfXqb68Mj1tpjmfn7HJmmjHIkJwMcKVFf6sxZip0e&#10;h0aTk89VUn15TJ1GSSwIZ+bhqW590XEC6qQut01YotG56yBmvicx6OtVn1vcqiAI9tMOg5mXM/NX&#10;nyPbTZ+Zz2fmK4Mg2F9VT3fn9XuHh4e3stZ+1PXptilAa83UcQISqY+ZfxgEwUuT+W5bldQe8Ky1&#10;JzHzKjfIq4MgeNkUoD8zrVu3bhONtofnMvPNGtl5TQlwpID97efSzkBVEYbhm925dZkT9Sgzf7XT&#10;dNVLHSfApQJvsP5lZv5x/AI4WZoy81XJe5wq09lTUCvfBEHwYieeuJuZWac4mHmtO+dOefZ5nIIg&#10;2DeWw6mqhmH42k7TVC91nIA4OU7jRYlz2Rpr7UkaCaxvY+Zwim975jPzl9kZnT4Xwcy/WbVq1Qzt&#10;/Fg2lMIwPMzRLbrB8BdOxnqp2y6vYuZrgiDYt9P0dnrAPGvtyZrglAVBsF+8yjnczc6paZYz1E4n&#10;J5741US5h1MFzHy/qs7VKTC29VLCE9oDcV4Yhocy80BGvwJr7fs6SW9HFZFF5Mue510gItfCKdkW&#10;CoV/ENEBzPxu53R0HyL6CAAYY97XSXqTWL169QwR+YHv+/cQ0ZuJyKt/19QHEe0hIjcNDAxs0mla&#10;GkAccyH2Zbk1Ef2GiGaIyEPW2lcAKADYF8A9xpgfO4XuzqDDX6f57Fxcu4Nu+ovay8xfcQf5snMa&#10;02ma4fyXPJz+ev4nwQmWe3UKjHeNZKy1X7DWHqs6xq37I+nt8KpVq2Zw5A1saadEBJ0eLKxbt24T&#10;do53mPmJHM3ubVV1r07TGtOSFK52Asz8xUqlsksQBAc7OdQF7LTk29zODTr5itvzVfWDOjElhPje&#10;u1VVwzB8c1Y5Zv66u94RS/yO27P19fWtIaJXichviGibQqHwlwxnPU8AuC/r/o2JkZGRrUTkZiLa&#10;upN0iMh9pVLp4UKhcLuzE/uIqp6RuH67iNxfq45GQESHi0iWPWA78ZSIfE5E/hIEwR4t1iEAICKD&#10;7u9jOeV2BDrnGn2jTrYgCHZn5g8DOAbAQdVqdcfVq1fPAFAlomNE5EIimu153k3W2tdvTNoawOxS&#10;qfSnTk80AHDx3mL0ici3jDHni0jAzJ8lokMRBVKcMIjoZGZ+azvqyoECuJqIXur7/t0i8pUsT9UN&#10;VaR6LQB4nvfyrOsicqGIjFhrb22d3AlgIy6j85l5WcZuRZl52CnW/p03hEnqT/odbDX19/dPm2g9&#10;ztf9X7Jonyw4laRjmPnSjGuWmb/i1L2ecXkPq+o+Mc081mFqbDP3pxZpWTuZYhcXoivZ3qMtKir0&#10;MPO/VXWd0zbJfA/j/92R5ZjJ6lc6bayJZnSDp6QRZr7eTazF7FxXpwZ7qMZgNZOImX+qE1RKdnVs&#10;FDBzvxOHFDR6IRaws9PLKS/MfKFGnpuTNC9KlVuqqgjD8AiOjE+bpetKncAY1knEKZMip9zwrWY/&#10;lM6SfxlHvk7+xMz/dO70xpSz1h7Hkdv4kWq1+qJJ7NtGn2wIgmB/Zl7hBvIqTbwcK1eunF6pVBYE&#10;QfDSMAzfHATBi9vQpq+RkPyGidST8DU5qWDm9dbaMzSDA8iRkWzWPf15mhPMvDJV9m+J633MfHWz&#10;NDYaJLKVFDMvMvr4qNMnbbgu55bwz4k61usGTndP8uPJzDdvLGWJjTbZVEe/0rFb7zuc3mDb23Fs&#10;3mtVVa21p7Vaz8jIyDbuQY2B4/ydba09jV20zYmCa9u3dcU6gInyv83SaXTc3Z/zeCuCK1JliSOj&#10;zGZwSw0aJ5Sq1epuGTTHfQ2cQkNTRsDVanWPMAzf5NxMxG3EoiarkbHxRjMs3iiNJNPg4OALmPku&#10;1+FHNLGHblPaKSkDm4A7BJN1xmHmfyXjrbEzYp0oOMODcyrN5chQdK1GrPJxZdwW8emc+s/LuIeY&#10;+bdNkjp6Lmx3SmkOZfXhhgm49/tgzA9wdT2qG9mye1Ird3GWL2Hm31prz0i8pL28wd/jM9omGZqT&#10;OQ0mBvThCdT11nFPO0KS1p54a9wKki861/Cz0UDqYeYLa6wMd+UFA3ErYcN94MiH46S8L9badzXQ&#10;/qJmvWxxFM4rvv96a+3JibNuuvyk2fpN1kQr5HDRBmNpvyvzE5d/+UTaW79+/WbuAD8GE9ClLDDz&#10;4+n6VFVdfDZotPL9OKtMI2DmO5277UH3+4lWaK1Wq7tywolQqg2rqmdrnRfI+WlplO6nWqGzkeS4&#10;vv0N0NDfpMuL9zJzaK39tDrLBo6MdiUhAPdU9Uxmvte5zntuTDZm/p4blGutte9xrtsec3kchuFb&#10;XFljrf3wRFjz1tq3sfNBkXog1aTPkibrPC5dX6LeK4MgOIQjdwwtgZkXx7SxCxPMkTVyU+cHa+27&#10;886MzPxUKo5crTSbm1Ok3roZOptMp2sDYObF2sQRJG2K5T50DzDz2iAIDuTI1lBVVa21756MvrW9&#10;woTZw49S17p4g/ekpTpxHyHbxkyQnIfRsgcqZv57Xr0TBTOvSvi7RDwmqqpNfBx8Zv5mjWau0ITJ&#10;SSMpb3XMQhiGr2qm7iZTHzOvboQOZv5XMpZDs8l56Con6ht0H9pJ6VvbK3Rnj3VZdlHua7JMVbVV&#10;o09XxxeTh92MhyDa4kHeMVQmBcy8Pi3WYOYvx9cbEXm4rdZVefVba99Tr46s5J5bQ3CenCdrsjW7&#10;rf15i+0UmPnrzJFxLzPfmzoLkrb5/NbWQXKejiwz35hXJn5RWgzr2sc1XLwlHsA1rfbBWvuFevW3&#10;AjfRxnl/sta+My7TwEvsub5l1X/nRFz3NTKuCTrHCYnbnIocaYI0Sk+z7uTnx/1NMEpGOZMuTvo/&#10;mPkr7exXWwfJcRvjbWKW6zRi5oWOGdCUCX5/f/80di7Ga8F9qVrmbjbzhW8UHPlLyVxpkw6AnPOa&#10;WvR9MKNuy8xf1Im5qjPchNVAtVrdcwJtNZTcubghlxLMvLBJs5mL3H1rkxYCznTqYt7gLeBZTWnm&#10;TCS1e5A83hAY/lxNTShr7YdVVZ06UrOTYPRsU2fgfzYB+omZhxppp1E4VnWtLXNf4uFmycKSY3BB&#10;qu7lGvmEnOiLvW8T/Qk2lj2Y+4g0BOdCo9G6Z2p0rp3vfhettZ9JcIbZccrbarHe9gFyEyl+MNeG&#10;YXhYpVLZxVr7BY701W7X5qX2477oOVjXKgdSVVEul7dssJ2GwMy3NuK5ije42a4nArkoVf8drfY1&#10;1f73mujTP9vRZoPJuC1eI3Q9qa2t7j4z35So569tUhcclyZcweDg4AsSsieoKqy1Z2RtAZj5wXTZ&#10;eqlcLm/JGSpTWXArZ8t9qVarezfSTj24c8B52qDhZbx1deeIWmUvSrVz70T6qzqqRzhOGbxG3745&#10;0TabTdbad3FCWSEPrVjyOzGUchQX4j06iZ60J2zP1tPT8+Wenp4nRORr69ev3xQAPM/7IjMfKCK/&#10;FpGnReTfIvK1NWvWHNDb27u8mfq7urrOJaLpDRS91fO877fUCQdjTHEi9wOA6+9rieiTAMIGb/u3&#10;+7tVnborEyIuA6VS6RtE1NVoeRG5od001IPneReHYbifiPyrVjkiOiHvWhiG+yIKrDgGxpidAUBV&#10;P+153s/hDFEzUGiC5GxMcLbOZ+Yg8dUbYOavtCs8bbVafVEjh2SOvCltO9H23NmqJThGxXe1hUDr&#10;Ln6BchQmKncrlBQTuPITWtmstW9vso9rtLOuy3vcmTyPvlBdLO6MsftGllK6tfYE1XzZoTufns6R&#10;5kxm3Y2mCXWemc9xnbxVnb2a+92WScfMv84b2CTaKIgsJj8ejcBtGX9frVb3aLVdFwQxRq52Rvxi&#10;JNpuWffTacA3tD1PtPfDVttrJVUqlZ1zxuEDeVvfPDkjM/+UmYMM27W5zFxx59b0czmKE2p7Tt2r&#10;5f5MdEC25ihaig3D8IgwDN/ECQthZh5IBiJvJjnzlroqRLwhNGw70kH12ku0O8TMP3XnvIm+VDvG&#10;9WbEohszQVI0tKRP6c5pTTstmsgHpZVkrX2/E3CPu+Y8Ii9O0+i41uPKs1Ovc+9nevdwNjOz8wpd&#10;qFare3NkBxnX+YxT4ZqQx+gJD4hzihky85qRkZHtVNUkJ50ziMx7efbIM3/nyL6rJpj5jnayobm2&#10;+pdl5kccS/gYba+bt4LbAqnb2uWVM5wQ9rY42eZyC274ODI2nfQJlkxOtrqWIxd147bXTgH9jyk6&#10;+zVjUnDCXCpDntnFTkWPExFf3Yr3tYmohCVTWwbFrV7KUSDC+CU0TmCYeYZxQsv1bmuU9VLV/PIy&#10;86KM8LgtpzAMX5Oo+8pKpbJDtVrd261c2062bImdorY7v9Ua67cl5HLNTrZtOceaoc5Yj3QqsCQz&#10;f9vR8HvN/sB5zPyNFMnjzu+c0HflSPcyrTvax5FAu8KRT5xfusUjvl509bbs2q9dg2KY+WLXlyu0&#10;/nJ7EDvhcVa0SBfJJhfM/FiefVYraWhoaHPe4Djnxk448WTm37n2v91A2S+7sssard+5dX+21rjm&#10;wVr7oY09HnGK46+5/t4bW12nk/MpMqKa7TeSU4rWzPylnDYLmlpF3cLwrLtvWauK2G0bFKcgHJvu&#10;n55XrlKp7MAJrW5r7eczBqbWFvKWNONlIsEg3ES73w3ko9qktny7EjP/P0fDb+qVdbJHdtzBunU7&#10;OVWu4nYtOCbYRh+P1NjckaBnWZ4zKPdBecbpt6brGLOic6RCl6uKZa39QCJ8Wcz8W+e2teVmDVhV&#10;FX6zogJr7euNMT2qOgwgVNVBADxnzpwBETkdwK8BnMXMfy4UCncn7126dGn3vHnzfk1Eo37kjTGz&#10;Mpo5PKttEbl00aJFJyxYsKAa5zHzu2bNmvUiAB9voS9HdXd3f5eIthCRISI6GsDa+PrAwMAmvu+X&#10;mq23FXR1dcXyx12Z+W21ypZKJQB4BsAcEbmwTtVzPc97Uys0icgzAHrz2iiXy2dOnz59ZSt1NwNV&#10;/QmAAwCAiDYHcAszn+h53v8lyxUKhX8MDw/vVyqVsvxc9iZ/ENGmAN4K4KJ0wTAMDykUCj80xlwD&#10;4GgRmUNEALBHuVwemTZt2t2FQuFrAJob12ZmpmMXNyL3WqHZXqLSe2tl5v9LlevL4UKereN1LT/t&#10;vvDpOvIShWF4hNNwud/tz6uqqs6LVprehjXh/xuxsc5xzoHTOCNZjrRZGtXSGbeFdsyVrLJfd9fP&#10;db9vVVWNVzNr7ceZOWw2iGRTK5vv+58HIi0CIlovIkUA3S6V3N+iql4IYCh5bxAEu/m+/9GMardI&#10;/rDW7u/7/mhEGBERVf2o53kXJIoVRORbnuedFBdrsAvi+/6d1lpV1TvL5fJd06dP/5mIbOJ53s8y&#10;ys9psN7/SoRhONDV1bDyScvYdNNN14vI1QDekcwnoo+KyIsqlcqxPT09z9Sppi8j79CBgYFN+vr6&#10;1qTyrav/XABQ1RsBvMz3/dcA+LeqPuZ5nt/d3b0PgOsb7kijs3JgYGBTdnGvHLfm/GaUft1ZZBzc&#10;OSm5Wp2WuBZmCKxnJmUgrty3mvnCpNo7vobvxSVZND+PUUxIo6KZ5Gz9MsHMK+rZAnLkdmIcsu5z&#10;9nqjxryxzqx777rYeYcLw/DwZvrQsG7kjBkzVpfL5e1F5FwATEQf6+7uXiQi55fL5c1r3VutVncG&#10;cHTO5a0BjK5kxpjdAEBErKq+0/O8SxL17CIi/yCiMWc6VX220X6kMTIycm25XL6z1fv/m7Fq1apq&#10;/VLtwcDAwI0iwlnXiGgzIvoVMx/fbL1EdGA6z/f960Xkac/zPgkAxWLxPhEpAzgY0aonIvJkf3//&#10;7c20ZVS1WfowODi42bRp0z4D4ENE1C0iZSK6AMA3AKxKlxeR84joE3n1VSqVbbu6up50Ze8CsJeb&#10;aFfEZay1bySii4hoRkYVbwVwZdMd2QBCxlZURJYQ0VapvGtU9ZcTaOs5B2PMBUQ0O+NSEY0rW08Y&#10;InIHER1Q47qo6rs8z/tFxrUKEY1jdonIH4no1el8Zv6A53k/FJEfq+oSY8wXAeiiRYt65s+fv2+h&#10;UHgGwOKmOtDI8lepVHbO0nMsl8tbMPO3YraytfbUnCW85nYsDMMjEmVXOP+B8f2+Ruo0mT4RVVVH&#10;Rka2aWY5bzRl0c21PRf/R6YsBQPHWJo0c5SsFIbhq9N0ZNAVZm3vOCP0ryv/WE57hiOnUcmyv80r&#10;2wj9DW0jC4XCd3p7e58VkRuZ+SPDw8PzAKCnp2cZEX10ZGRkOxH52rJly36UvjcIgl3Tq0MaxpjN&#10;3L9dqnqB53kXA0C5XN5cRP4E4DQiGmceAQAisrSrq2txI/1oASOTVO9/AkI0zphqC3zfv0FErqlV&#10;hoh8IroyCILdUpfynuVmOflKRMcBOFFELmXmTxPR2+OL1Wp1ATP/r4j8i5mPa6gD9WajY4yEmgBH&#10;mu5/s9Z+uh771wUNrwmnAAqNVGJIVREEwcsa0XjgyKxlsr7oY8IuufayvOj+R6ecle2ZTtDidlN1&#10;/aU4IfbMRB8W55QbbqLtLa21n2Lmu5I7Laf9U/f+uivbtGnTXktEvog8ysxnishf3Kx/ied553R1&#10;dS0UkXsXLlyYKfw1xuzS0KyPEACQMAz38zzvOiJ6Qb0bmPmSemUmgKyAgpkr7GQhCII9ETGROgkv&#10;I6/thqyNoKenZ5mIvL9eOSLaTkR+jg3Pq9XgkLOY+cMicntXV9dTnud9nYj2BcAicoOI3Ajg8Nhw&#10;upEWYUoAACAASURBVCZN9Qp4nvc7EbmdiHYyxhwxODh41MjIyJaOgD+KSAigktTqSGFeMz0bGRl5&#10;oed5vyWiafXKisi9hULhr83U3yQGMvKa1rppNZImgL18379XRB4HcFCLdUwYRNSbkT2UkbdR4Pv+&#10;bxxXvCaI6A3M/CH3My1Li7G6Vh3VanUzz/MuJKJ4/G8VkREiupSIXkNEZxJRcdq0aXnc9g1ocAnt&#10;YufvkcdHnpmVZ+Tnlu/r6y35MUPEOSC9q175GK34nGgmpQ/Irv/NelombsGRqPPhvyzR7lLdiHKt&#10;1DhkaW/U85cy2Yk4x1ltis5Bx0C7Iud63X4w8z3MvDwRx+0KZl7jFNaJmZdwFA+uZj2NytkqLub1&#10;j4loJxdsPD6Ari2VSo/UuLfutktV1wLAdtttd45boutCRO70ff+qRspOAGsz8pryU2Ktfa2q3huG&#10;4Yubuc/F7r4r8XtLEbkYGzkOOgBDRD0Z+es2Mh1pCBEd6441uSCi3mKxeKGIPJ1T5L56DanqL4lo&#10;jud5fQBgrf0lEc3aZpttDkfEJLocwCFDQ0M1NY6aeXCWiD4gIl8lonm+79+KxrY25XoFVHU5gJcD&#10;OLURQkQkJKKTEAU/n0xkbT2a2hIS0SGe532HiI5o5r5yufx3AIcCgIioiHwFwH4APt1MPRPF6tWr&#10;85wtrd+YdOSgsmbNmtc2MOGOALBj1jURualeI57nXSkiWigU3gYA/f3914vIeiI6FgCY+XIA6O3t&#10;zZUBAi18JYnoc8x8KoCZIvKnMAxfWueWutodhUJhuYh8P4+9n4aqnokGvkgThapmTbYsHbsYPcz8&#10;YWY+wZ0VTlfVRwEwAGHmk5n5RGZ+NzO/tVZdfX19a4jo1EhOq2cC2BfADSJyrNPI2Sjo6urKOztP&#10;hcmG2bNnDzYy4QC8MiuTme9P/rbWHppRbDGAvwJ4OwBstdVWIwCuBvAiAFQoFO521ghX1yKgkcN+&#10;F4D51tr5xpj5nufNN8bMBzBARLOstTW5PKr6ZK3rIjKsqkd5npf55ckof5XneWc3UrYNGKcNA6AW&#10;42bY87wHmHkfz/O+CyD0vIiR53neWa6MZ619RTyGddq/SFWtMeZkAA8T0S8BVAqFwqlDQ0NnNusW&#10;sBX4vp+lsQN0fhs5itmzZw8CeJWIXEFEr88qQ0Tjtv8iUi6VSk+kyn0WwC1I7ZpU9UrP874ZBMGL&#10;isXiPUT0UUQfHAGAarW6aaFQ+LhTXs5+rjUOhWcx8zO1TGqYeWG9Q2E9qT8zP+QO/3XBzLdOJJZb&#10;s8kpKKdpWFTvPicL+maW23Gn+NxwYApnxqHMfJa19lTncfogZn6sWYe3raRkLIIkJhBost3J6AZN&#10;Fo8jfyUNgcd7lC4yc5hjnDqXmX/nXLVnvSuvUVV1ntIyac3bRnoATiSiLQBUROQhEfm9iFzAzJ+y&#10;1r45CIJ9iCj30P/ss89OAwDf9/8hIrU0DV5IRFvWuA4AEJFbiOjIuXPn1j0DtgsikrUFrrWNBDCq&#10;WXOx7/uvSOYz8zs8z3vC9/3fNkpDqVSaIyLD1trLROSvnufdwcy7E9GC7u7uYxqtp1XkGPcCdVjm&#10;GxElETnD/c9EdAozf0hEGlGS/nvyRxAEC4jI9zwva3V8lohenzaIjrFu3bo7HC8haxsaIWeWHupm&#10;fr+qnu1MDZpy42Wt/Uz8PzcQfabG14c5Ms3vhHPQrTPoCbWBWAXW2lNcVB9yK2SxUqksSERdbTTN&#10;18gc/2ZmvtwZvX6HmZdkmf+3O9Vw5HpMB55HZmLmEbeDGs1zYZ/GRaRNIsO85hjV1uMZMPOdTuso&#10;83reylYSkfuIaC6A0wqFwj9EZLGIfCsMw0OQrVEwioGBgU2MMacjOu9BVVti0YvIChE5nIhOQ6Rd&#10;slGxcOHC5elVmYh8pEzsc9DV09OzAzOf5Pv+E8z8YSLqM8Y0qw2yQkR47dq1RxHR+wD8bWho6EwA&#10;ve1wl94ANsnKtNbmCYk7AiL6+dDQ0KjGUaFQ+Ju19pUiknm2FBEeHh6+LZUXi7P2ApBl5ZBGVxiG&#10;hzDzF0TkZgB7A9h9YGAgc8xqztSRkZHtnC7YHcmzGzMvTwSiz/oanqSqGgTBS1ze/Fpnvyxw5IRn&#10;MmM3103Omek4o8MG3AEYjhy4pr3vHsTMlzbjvWvdunWbMHMQBMEB1toTmPm37AxxOQohNdmrRmbY&#10;pnY4p20jjXGYsnFa+WEYvjrr3XO7rXQ9o0LyPGPUIAgOdBGZbuJ8J0pHZ91bk/Xf1dW1yPO8bxDR&#10;gZVKZWtmPllE/gxgltYw2DTGHAcARHSwy1oMoK48I4aI3LZ27dqDASwBgGq1uiOAuY3e3w4w87u6&#10;u7sfzLKB8jwvT1M8hhLRCcVi8Z5U/l+I6ITp06f7AEwYhgdn3ZzEtGnTDiWiQqFQ2MHzvH8T0U9V&#10;9Z/OmLGuPl4bkPmFt9ZOOie0CawFACJ6PTOPCa7h+/4NAM5J36Cqf8ioZ8/4nzy7Oc/zvuR53heJ&#10;6FBny7lMRH4B4MQgCHYXkUBEXp5JZY0vhimXy1s4R5VjXH4527bMABAuemMcp/jaxLWjc74C6S/O&#10;n5YsWdKd/uIkbd4mOfnOkiAXtThOjaZqtbq7qp5Zrxwzf42Zy8w8ZK39CDNfyJGjovUcxbqb7FXj&#10;VxnPiDvhW7MGjUlXdwM6fkdUdGqGo3DjP+adTmny35bVlrX2FGa+1Fr7gSxuMzPfnnduy+vAQZxw&#10;asmR6+2b8lyFp9IHE/et1w3ejwxnmKwk4Zb2MV653HY11zC1zamLI8+7NWGtPXGibVlrT2Xmn9Yr&#10;x8xXMfNjbixnhWH4KjfZVnAUs6ydbtCz2r894zk15K9yYyWOXKMn6btBUww997GOrz+ariNDzLMu&#10;XUeDtJzFzLxu3bpN0teytpF7Oe9Zuzg1ISEij4gO9TzvJuT7EgEAiMioiTkRTQ/DMF6OVUQ+V+O+&#10;x4nodUhok1cqle2NMd91y/cWefe2CV0icg0RHVmvoOd5NX2uNAJjzL6o7b1rpoh8FRsO68MAjkIU&#10;J8wjos0czb+w1r7JbbWzdBgniqxx75+EdiaCMXqPRHQ4M783mef7/h9E5A53/bJ0BRnbxr7YSLoZ&#10;VCqV7zPz/n19feNUCcdNNqeD183MnyeiTYioFATBPk4674nIN5HPjSQAL0tmeJ53bPy/7/vXOq5N&#10;us11YRi+DmM1NnqLxeKviWimK9NIQMSW4ZSsM53DZpSd8GQDsCuAp7IurF+/flMRuR3ATMeBfMha&#10;+yoR+QERXQ6g6sbx+0T0BlVdWSgU3i8i9wFop+zNIPusPJXOa1DVxek8Y8x51Wp1QTJPRP6fiGil&#10;UsmygXx5OqOnp2f7Zmmx1o4UCoW7AJyYRWgyzeIoIs3FOUvktaqqNUxqdsrYcoTJAAVBELw4tTeW&#10;MAyPStVDGVuDSbOQdlFNGgYzXzfBNg0zL2TmszKuxX0/PY6DwJGrviJHTkVfaa19u7X2lIxoLNty&#10;5FZ7p3aMi9sKZfX/0sl4DhNImfwAjjSckmZJBc4IKeU4vmH6/rxYb/USMz+bNYcoNSv3clbZV4yb&#10;ldHEvAwAPM/L5Awy8zjzGCLyi8XiqGctN+uvTRQ53/f9MX4lnDeuo9LVZ7U5UVSr1R2NMV9r8raa&#10;PlXqYWBgYBaAlaq6Km2WYa19k6reAeBsOHMeVX189erVXW7l/bPneZcZY16oqg8mbvUAPAHgIhFp&#10;2hV7Fvr6+vJkgvUcom5UVKvVf2flE9H2InI5NugAh2vWrPlAulxfX99bnPw0jXpc5zw8DGCch4Ix&#10;k80YMxcAVDVPyZQAQEQy/bt7npd2shLjPQBG1X6I6DxXz4OLFi36bLIgM3+KiD6WrkBVs5SCJ4xC&#10;oXA+ETVrST0hNwXd3d1bAGBVfbq3t3fMxPV9/62q+jCAmcaYzQFARO6bOXPm+xLFegEc5fv+P+KM&#10;4eHhzQGAmS8D0JQ5Tx6stZn9VNUpNdlKpdJjkhNvnIheAeB/499OaXkMROSkdB4AGGOyhdMZKJfL&#10;m1trD2PmUxCdxXdC6rg1ZrJ5njfiCMyU/xhjDheRylNPPbUw67qILMjKJ6JpzPzORNYtIvIoEb0v&#10;5U7hvcaYcTIRhzzjv5YRhuGBzdqZAYDzXdmIhkEmisXi64joIGPMgvQLLSIzjDH7WGtfFPtqHBgY&#10;uM8Y8x4ROY+ZTxSRG1X1IiSYSYVCYZ77ey+AWblaDE3AGPPCrHxVbfuzmCAYwAN5F0Xks0EQ7J11&#10;LQiC3Yhor6xrRJQrh+bILcj3ReQ2EVk9bdq0Zb7v/9nzvG8T0a5E1FOpVOaPqS/5Y3h4+C4RYWPM&#10;59zkoETl7wDwNgB/zPM3QkSZDwcAjDHvSf621r4FwD+Tv0XkR3kdFJFH8+puFZ7njVtBG0UYhtu1&#10;cp+19nAR2VVE/g2gYIxJb0lnMfPVQRA8KiJdQPQ1XrFixcGqutgYs6uInOl53leSNyXqYQCPdHd3&#10;t4NjOj8rX1WXTLTuScDf8i4QUcH3/e8hgyHo+/6xGbfUhTHmI0R0IhEdTESbiEgoIg8DuFJEfubq&#10;HrOVHNO4C07wYyLq8TzvEhF51s3cxz3PuxSAMvNZyIGI5H7tiWjfJHeoWCw+FP9vrT2SiC7J2TdD&#10;RHhgYODBrGsTwCwAmbZPjYCItm3xvoNV9WYA04wxpaRIw+n2FYrF4gO+789GwsJg7ty5ZWfxfarv&#10;++O0H1ITYykRNc22zkDmB6VarWZyUTsJEbm11nUi2p+Z357KNnAGoTl15lqraBTG6osA3upWx14i&#10;2hXAW8vl8mkA4Pv+rmNoyCDqVBE5VyJ3zZu5mbudiAyq6nsdgyMPNdnzvu+/MSN7JyK6PEstKkHT&#10;fVl77YmAmQ+v1WYSIpIVCyBzy9wAeo0xOyKaSG8WkVHl2VKp9EI41aNisfg46ih8x7DWvtEYs/Wq&#10;Vavi8e/yfb8dcslxk01Eyr29vZMek61Z+L5/s/P0lgtjzBlIGEyHYfjiWh9NVc01I/I87zwAZwK4&#10;0i0co4ry06dPX+mU6GtPNgABEZ22du3aF1hrX8PM77fWvomIXuhWt1qoGT/IGDNuJRGRC6iO2zoR&#10;uaFOu03DGDMuoEJO21ZExlmGG2N2aqVdEfktgHcR0XREvgwPDIJgV1fnLACzq9XqLojiFzQkW9TI&#10;h8urZsyYMXr+Y+Z5AOCUCoqIhOHNwADIehGfwuT7fmkF6wDcVqsAEe1grR1VyvA8r2bQSUyM6/or&#10;VR3L28iSE6R1E5uQL6zKknck5B6hJrzUqurLa5WPEYfuaWdi5psaaZsjF2VZdm33ttq20xoXp2f3&#10;G43crN3CzE8w8w3M/A9mXsnMf2uwzqKzDIitLC5i5u+5fv6emVc4i+tm6BzXZ9fvhrz/diJZa0/I&#10;ojlF/82uPHEdDwHVanXPdtKXXtl2AnD3vHnzkitJn4g8zcyZ7NEUavrUICLfWjvqkUtEsoIjjoGI&#10;PFpn69oqGpKVqeofASwTEZu6tCMa3OZlYD2AC40xOwPYHdEq9joA14jI+UT0FjRgEQ6MekwOADwW&#10;5zHzdQD2X7hwYYki56LlQqHwcJM07pCT/0ROfsexdu3aK0SkniOiQwBsG4bhS2p5CBCR4WKxWHfM&#10;giB4ETN/Pv7NzMeJyA+Y+aNpL+HJyeaLyFUA9kHCVfPw8PB0Iprned53rbX11JnqLrtE9HIgCjsF&#10;oK4eoqr+sF6ZFtFQyEzP8+5BFJNrjIoSEXVXq9WWmCQAZhBRmYg+DOAuZn4PgCEi+qSILF+/fn0Z&#10;iVBMHHnqyqTX87zY9cJCItpWRBYD2IKIHt92221PQjRpB9GkB2NmznQbr6qZAuSpAHeu/3GtMkRk&#10;mPktnudl8Q+SuA11wmGFYfgS3/fvNMZ8CgCY+QTP8y4mog96nvfN7bbbbkzoqtHJZq09jCIHrFcN&#10;Dw+PBpXr6elZDuAzjtDx+l5j0Qh7/gBX7+uIqN45YsDzvJ82UGcraPTcEcuUxrG7Pc/bM53XCIwx&#10;vQldz6eNMR+z1r4GgBSLxXunTZt2MiUcoxpjXmqtzZMHsvtwrTTG/BjA3caYF4vIocaYt4jISlVt&#10;Oh5CXowGVX282bo2JoaHh8+pt7oZY45EpNSdC1WtG+/P87xPu3f4967e4wHAaWDdSkRvCsNwv7j8&#10;6GQjogOdkuZHUi7SQgBnSxSksGaQDFX9Z63rDnshki+NC0CXhoh8G/XdvbWKhqKVVqvVmP07jt2d&#10;JwxtAAW4LaiqLhORTxtj9mfmL1hrjzDGxAoA3c7z9A6+78cTmwDAbVEKxpide3p6PoBIS+dpZj6P&#10;iK4kotmqejWA9cuWLftOCzTumpUZhmEt79cdR29v7wpV/d86xQ4kolxusoisTgbiHBwc3KxSqWSJ&#10;QfYRkT8QUfy8dhaRdUR07LPPPnukRI5cD4sLJ+VaMwCUe3p6luXQ8AQiR6G5sNbeFPtJzINTjdoV&#10;0d45FyKycu3atd/YdNNJM0Z+GkBdl+BEFBOQdVbZp8W2u7HBj8lyY8wsz/O+6PKOCMPwvaq6rTHm&#10;zb7v/xnAHBHZhogeEpEPqeqN22233ask8v71YmPMVkRUlMhr79+stW8gIhWROwqFgu+cijYDA2Cc&#10;6p2IrO/u7p5SqlpJVKvVHUql0mOe510oIq8kojdklSOimi+pqp6DxLZ7+vTpRyLyNrAoVbQEIPa2&#10;RYh8ii4GIHPnzi2LyFJjzKhoJznZQgDTRkZGXtjd3Z0ltNwZdfb9pVJpoYg8SES71yrHzK/LU2aO&#10;QUSf3nTTTSfT625DL41jMPxNVR/LuPyiFtseZcWLyDIiiletIQBXFgoFAPgbM083xnQBuAfAS0Xk&#10;F07w/wp372pE7tjKAPYAsH0YhvsWCoXfisjVnue9rlKp/LSrq6Hj6ShGRka27u7unplx6VFs5ACI&#10;zaBUKh2A6KV/lIjeKSK3ElFTz0hE/u553rdSee9Q1Z9kLCT92GCT2OU+ePE724PIFnBUgX50G6mq&#10;9xKRKZVK30XKCJGZTyaiPZAI9JAHVR0XfTQNY0yu1B4AROQPAH5er56JIGfyjIMx5gREzKNx5Ylo&#10;zsjISK6KWh3MAAAR6TfGZHLFnCxvLiLmyKYArIj8wckdrwRwHSK/m3u4W25KfEm3IKIDu7q60l/j&#10;uuju7s7UIwTwr2br2piw1q4RkVgFb6harb5JRLKCo2RCRB4YGho6EgkBtds+HoZsmed9iM5+s8Mw&#10;jI8Ua4eHh7eUyM/pLCIa1XwanWzLli27SqKA7a8VkUUi8n8i8i2JHINeICJsrf1eDp2j9axcufKn&#10;IlLTuNCpteR1uBoEwcmYZMGpiKSd8WSCiHYUkTMLhcKDIjLOzKdYLO7fIgk9AFAqlZYjx5mRqq4E&#10;sAcRfRJAUVX/BxFncdjRUgVwLTOfhuhsu40xZqYz29kPwPWtECYimZNNVe/Pyp8q8H1/PYB3x4EJ&#10;u7u7nyKi4+vcBiDaYVQqlSNnzJgxRmukWCx+3OnrjrOCF5FfUuTu8XHP82Jx2UNE1EVELxaRh5Yu&#10;XXr56A1JoVu1Wt2bmZ/MEARWnXu6PGHiO1O/j68nXMwDM58X1xOG4RsmKzi9iwU32ARd5yb9siTy&#10;v9ls2xy5oLs78fuqnHK/sta+zVr7eWvtu+vU+XVVVWvtSZVKZRdV1aTRbpP0XZs1Bg36oOlYCoLg&#10;YDcGp6X687Os/sRgZpvVt3K5vCUzj7g6P5UzVt9N1LN0eHj4hf39/dOstR9btWrVjGTZcTcvWbKk&#10;21r7Nvdyfcc1sm2dh3ODjg2QaBpxnJPR6XLSfz0z/9la+8lmB72JlBkgr0ma72q2XWY+n5n/nfj9&#10;+5xy16oqRkZGth8aGtq8Vp2xr3lr7UcrlcouE9BwMZzhSZiZOf3yTLUUTzZmfkLHeq2exZF377xn&#10;eG7O+P8kLmOt/XBeu9VqdTfnRbwnr4xqvnetZl+euzgKaJDMn8XMD+d1MKfTo3VUKpUFzCyc41Ks&#10;HSkrcEazYOZg5cqV05tpl5m/wlFU0fj3OOeiqjozYVrfiJenXmauqup7h4aGNucoYHsr4zI/p5/j&#10;PFJNtRSG4WExve7jM3rN7Qyy+rUwSz0xCIL9mDc4d3WqYBOir11RLHsBnDAyMpJUgVpbqVQOb9QO&#10;TUQ4CIJRLlChUHgPRfHaXoqElXc74fv+9c6urGUQUWHmzJkNKTXHUNVhjFXHqqbjbodhuLtukFs2&#10;cn4dAvBbAL+YNm1aP4AnGwmqngYz5wX0+3tO/lTC6JgS0Rj3B57nXYKE/WQMEflEhmik4HneD5K2&#10;leqi404EbQsZS0TdpVLpS8m8np6epwcHBw8EUNPWyOH6rq6uWDvBADjW1etba1+Rf9uEICJSTwBa&#10;F870vhkMOA2RmCffv9lmm42xPyOiXTzPy4yYUoOOY7CBk7ZGVZtmMhljXpKVr6q5xplTBcaYpD+X&#10;12GsNb1Ya89MlheRP/m+/7uMqj6XVljQiFk1IbQ7PvO7wzAcw53r6+tbs2rVqteLyL21bhSRH8T/&#10;h2G4f9LOKCmFbzd83/+ViLTEtUugWfrWAkC5XJ4FAES0rKurawxH0hizJyL5Wi141tpRHT+ntnW6&#10;iFwAYHFfX18rwS8yQzcz8x0t1LVRYYwZ1QohoiJH0V1H4VwpPghEoZOttaen6wjD8ADJ8G9aKBQm&#10;LMxv12SrAJHPhkKhcCFS2vCzZ88erFQqrxeRTO0UEXna9/3r4t+FQiHtCPZlmERUKpUTJDsWW6PY&#10;q17w8iTUGSX6vj8LAJh5OTMnjT0NImHpcJ2qNkNCJuT7fpeInAXg7USU5cu+HmYiEo6PgYisTVrW&#10;T2GM2c4bY9IuD1RVY/HVNelYDENDQ3M8z7ss7TFARAIASydKXFsmGxEl9Rf3YeZxpjM9PT3PMPNb&#10;cqxpL0FC0i4iaTWbnRG9CJOCnp6eZcx8lIjUe7kzQUTU3d1dV9czhoisAIBSqbQJEOlHIuF5uFqt&#10;bq+qdeWAYRhulfEBW14ul3cG8OdG6YlhrT0oR5XpVkxhzREAcGfetLbIAUjJMMvl8hUiElprv5Qq&#10;W+zp6bmSiLJMrx5DHQuARtCWySYp13bGmLOq1eo4e6hCofA3Vf1MOt9am9RKn09EYwK0ExFZa1tV&#10;jWoILgbd6xuwh8qEMea1jZa11j7r/m4KRBFOk+prnuftjEjHrl6bc51QFQDQ3d09BGD2unXrmjKn&#10;iUE5UTNV9cZW6tuYmDt37q5pKxIiImYeY8Y1Y8aM1ap6VrFYHHOsEZGfEFHeDqrmEahRtGsbmfa1&#10;3l0oFC5Ghim+53n/T6KwUwAAEbk/uUVh5ldlNeDOMJMK3/dvsta+TESebOH2V6NB1wM9PT3LRSSM&#10;/XQGQdAvIqMMEmPMZqpaAVAMw/BliBSe0wqOnjFmbyL6CoCzmfkjAE4jouLmm2/+0hboB4BXZmWG&#10;YTjRM+2kg4gynRMZY16Tzkt7JmPmjxLRcXl1q2qWD5qm0ZbJphk2TkS0n4h8Ias4EX1Aovhi0JTd&#10;kDEmk9nQqs+PZlEsFu8nor1F5Kci0jA3j4hmoY4lQwIMYBkct6y3t3cVxnrfNcaYbUTknkKhcCuA&#10;u0VkyDmReUREHgGw2sUJW+9u+BCA09z/rewC5iKyGh8DEXkswSWeyshTbH8ZojNwEqNHliAIXmSM&#10;ObdWxS6gzITRrsmWZ+P0WWR/LRer6lcBwFr7q9S1vACBrVpFt4IBIjqBmQ+WKMBFQxCRNzValogW&#10;xysbovNQUqazwjmrHQ7D8OXW2lcC+IPzdrYTEe2EyF3FpYgCQpwO4Dfx/Z7nNRKGOI3XOLlmGtdk&#10;5E1FZPaZiObk2KIBQNH3/YuIKDdcsogsQmNG0XXRlslWLpfvy1oFiIhE5JJKpTIuGojbTv6pVCqN&#10;CpVHRkZeSER5Lthy/UVMFgqFwh1E9LIwDA8Rkcskx8V1AkejwTF1W9Xk13j0Pt/3HyAiT1WvLhQK&#10;t/q+f+OiRYveEo+xiFwjIivcpPMBQFUHEnU3HTpKRMZttwCAma9utq5OwPO83C18oVDYLyufmU+r&#10;Zw5GROnFoGW0ZbI5eU5ecIMXFIvFO8IwTBtqVsrlctIlObq7uzMHxWHC7rRbRaFQuI2IjnXMiLeK&#10;yI9F5F9pzioRbW6tzWQypKGRiU9SkD2S0CJZ7LaKo9h8881nAvgrAKxYseKdqvoZEVmDyD/K6MvG&#10;zJ9g5szAKLW6iOjMOQYi8kShUJjywmwAYOZcppAxZpxlRqVS2c4YM45Zl4T7uF00ceoitFOoPS7u&#10;2mgjRHM8z7sxrQkyffr0MVxMEanFBGk2+MVkYADAlUT0ASLafe3atbNFZMxDJqKatnoxNHKck1yt&#10;+zfbbLPkSnetMWbUhqq3t3dAVX8oIivmzp1b1ijQyKitmojMdeb85xcKhaY0TwAcQi4OXgqXYGr6&#10;iMxCLQ2PcVoxxWLxPKofUOVmtGkLCbRxstXTwiCi6UR0rbW2ljyq5pI+1eAsydOryFvSeo5ZYOaH&#10;AGyODdbyzyZdkavqoxhrsFhBtO28211fhoRAG5HLimbd1QEARGSc8xsRYSL6WSv1dQJaO9jHnkm3&#10;ctbaV9D4kGTjQETNhhKrXV+7Kurv7/+TiNR0Ee6M6q6uMeFqcRzb6n68XWDmMZbpRDRziy22qBkK&#10;GQBKpdLjiCbLlgCgqs/GIaJcvX9HisNmjDlMVX8BAGEY9sMxBarV6s6IFLZregTOAQHIYuz8AQ3I&#10;+qYKgiDIdURERKX58+fHBrGGiL5erz4nnmpaMaAW2jbZnOZ0Xfdf8YQLwzDNdSwA2KbGrVMtTBEA&#10;oFAo3ClReN1RGGPel1c+AQbwoLV2GwDwPG+ZMWZ0ZXMOQke12CuVyjYA9opdwPf09KxA5FphVqFQ&#10;+FFUpJJnSZ+LMAwPymFKzUVG6Nupip6enmV56oBAJIoCAGZ+Wz2/JCJSDcOwrgPhZtFWReT05kt1&#10;2QAAIABJREFUVz63UaIuz/Oudj7tY8xLawCkkBt/q9NQ1e+msg5DY6KKe40xOwBAGIbPJj0xIRIH&#10;lGNNnEKh8HqMjTkeAtiEmV+NyAXCMheFqCl4npd5xiSifQHcLCJXOgXn5wJyV3ZjzEsB+MaYL9ar&#10;RFXPKJVKLW3Ja6Gtk8195f/aUMNEmxQKhd8lbK5qsvaJ6Npa1zsJz/MudZ6uAIyKPOo5tIWq3mWM&#10;2Q4ArLX9iM5wyet/jaO5WmuvB5DWbNmxWq3e7lamph37INpN1Ax4T0RvmTZt2j1BEEyqulyLKK5e&#10;vXpG/ENVf1+j7IsBHEdEeW7VAQAi8nvP8+puM1tBu01sICJfbrhxom17e3t/jkjCnxu8T0QWYmwc&#10;7qmGYQBpN+nHo46Lc2vtnXCOb7u7u5cjNQbGmFm+7yfdCiY1zw2A/zPG+IjY/7tivKZETVhrX0su&#10;umktENGWxWLxpqR336mAIAgWzJo1a3SlWrdu3e9EJNNHJkVhz86oVZ+I3Ll27dp3YpKUrts+2Zz1&#10;c8MHSyI6kpk/xMy15GiXow1a15MJIvp2UuhNRLNToY3HoVQqPYINE6yC8ZPzBdigBGswNthFn4jc&#10;6Hx8rgOwZnBwsKnQw0TUyNlytD3P836HCcYTbyeKxeKBAI6Pub+OO3x5Xnkimp+VLyIqIt9ctGjR&#10;yxO+StuuHtj2yQYAYRieKiKZoYCzYIz5arydygIzJyfv7GeffbZmPLcO4VmkBKDGmI+h9mqjiNya&#10;xzKu9BeV4zynaTMaSadarb4AY92rdU2fPr0ZY9G5ABq2VAAieamITFbshaYhIq8mohmbb775KLPN&#10;Wnt+MzqtIrJWRI4moo8nwleTiLQU/rcWJmWylUqlR4jozIaJiASqmSGpRKRaKBRG/V8w89Fz5sy5&#10;GpFX4SkFIjrHGRrGv3ez1tZ8oVX1tjAMY2G+YGy/0n4qp8EZ5opIJeHctQ+RjG2cX8s8MPPxdRhS&#10;mSCiw9IW0J2A++C+GgCMMaPaScVi8QEADVmVi8g9QRDs4/v+b5P5zHwMxiqGtwWTMtkczpUmIoYS&#10;UZ7y7ANwluBAxFUioleKyPkTJXASsBip1Y2IPlvrBma+kYhiDYf+4eHh5EOuIloZ5yIys9kFkX95&#10;dHd3L0HkJRkAtlfVZmyufGNMXQZOHowx49wJbGzMnTv3teQi1ro4d6NQ1br6jCJy0TPPPHNQV1fX&#10;GKbT0qVLu40xX1HVtsc0mMzJJoODg++YqPcqjPeIFAezOKlGGKWOoVqtfjV1djsgDMNc05tisfgv&#10;Y0wsJlheKBRGmSSquigIgj0ArHKH+xI2fHgUzm0CM++iqg27BrfWHk1ELZ+9iGhvF4SxY0ht88b0&#10;xVr7pxr3WWe/9r6sgCPz5s0709nGLW4bsQ6TOdnQ19e3hogOF5GWvxKq+mDiZxdcKCMiMkT0bTQf&#10;K3pS4RgW30/mFQqFWrIdRRQYw1PV/qSsLQiCq3zf/xAAq6pXAbgFY891FgCMMXs7jm1DIKKPN1o2&#10;D57nZVoJbCTMxthAmkn5JEql0qM5FvcDInKk53nfzqrUGep+EgCYue2hsSZtsiX0A5cQ0ctEpKXw&#10;sE5HMMauSWcsRLQ9M797InROBojoKyKyLpF1iAt2mFf+tjAMXwKgP6lF0t3dvRSOW2mtvQPjY8rF&#10;+n4Hr1+/fnEjtIVheAARjfqGFJFhEWk6fpsxpmb4sMkEM78jZYOWDoksRDTm4yMiS4MgOMj3/T9m&#10;1Tk8PLyF53m/ICJPROzy5cufO5Ntiy22ODYhcHxieHj4gEYF3kmEYTgqrGXmcQE5GuD4dQKrVPWs&#10;ZAYRfRX54/1Hz/NerarLsSEEUYzpABCG4bigkMaY7RExVLZ2IW7rwvO8tFnJhUR0qojUtFbOQC73&#10;eJJhjDEfTOWV0oWSqlsi8u9KpXJAsVjM3GqvWrVqeldX1zVEFJs8PdBCTLu6mMxtZDBr1qzRg3Rv&#10;b+/yRYsWvUKiyDgNCQ1FxCaD76UPwkDE8ZtqwlYA8DzvO8nzKhHtzcx5fi6GAWwiIsuTysgOWwJA&#10;sVici/Ev1atEJJZB1lUPczaFo9svEVk7NDR0jqPvsyLSjK+NSfN2VgtuZc6NgpTAKgAQkQfL5fLB&#10;PT09mbq1S5cu7d5kk01+5dTTYvylHbSmMWmTTUQeB/AJF6YWALBgwYIqEX1MRF7ZIOPkWSRkSxgr&#10;1B2F53k1VY42BjK8iQUickoywxjzVeSY74vILZ7nHYAUy5mIBoMg2M33/S8hCpFsgFEzkW1U9Y+I&#10;lLTTX/tx8DzvC0nXB6p6diJEEtfTsEhX10TZtsHzvA83WlZEFlcqlSPSdpMxli5d2j1v3ryriejw&#10;1H0Nc9GbwmQFOdAo0IPVKDRSMeN6wVp7PDMvyQp4oKrKzP9M3uMis2SVe2gS+9FQYubfqCpl5P8y&#10;RevXsu5fsmRJNzP/lZn/HOeFYfh6Zv5REAQvYWbLzBIEwYvdtVe4+tj9fTqr/TgFQXAAM0uCjidU&#10;tStVzmfmct7zSPXj7x0Y57nMXMmgZW1G2Yuq1eqeeXWtX79+M2b+a0Zdg1mBNtqRJvsFfNB14Fs1&#10;yvVYaz/HzEMZHb8hVd/qdJkYg4ODcyazL7WSi/UWqOor09cGBwdfwMxrEn2quPhpWeP1Axf5BxpF&#10;sXmamcvMfIGbeKyqxyTKX+3CT12mqreo6pk5NBpmvj05XmEYvjGHhtyPXxLM/NONPc7W2jNyaBk3&#10;2VwIp8x6qtXqnsy8KKeuSyeL/gm9YGEYHlkrQB5HQf9UVdVa+746dW6djunGzJcnrnclv8xphGH4&#10;uskapHopCIIDHL0XqypcHLO++Lq19l2pft2qGWGggiDYl5lXuLG7kJnXMvMN1Wp1V2a+lZmvVtWZ&#10;cflyubwFMz9ZqVR21GhVujUrfFUYhm9JtX9dTl9mut1IXVhr37Mxx9h90DJjrLkPRPoeL6sea+1x&#10;dVbvcR9Ml9K7gMmdbAMDA5taa9/1/9v78ji7iir/enXf64SkIUECxiWALIKKuCIyMIo/ERlFB5kP&#10;Ki7IoDIMIiCiE1FnZBFwF1AQZEYEBBcQRBGiCAZQMKzKnkACTUI3SQjp9PLeu3W+dX5/1Lnd1bfv&#10;+t7rfglwPp/zSee+qrqn6t6qW3WW7wFwBSRrJ1IS+bF7yO/1BqRpjPmXvHvI1jJq+0Lvt+0zBoiJ&#10;6CvtDkarTERfEnlH1q5du0Wz2dwNwOl+Gdlm+vJ+JqktADfAJaIcBXDtmjVrNgfwfQA/TRtjAE8A&#10;uAnA/Tx5KzkLLldb9BxG0rK5EtFxWWPstdEcHBzcaprH+fAMeQrljiOi/8lasOESVCbmwgPwDQDL&#10;mPnMMAz3TCuXxbkF6vX6K4joOAA3AjAx4QyAUWbuTak/C8AGr/wop68cY9xsNncH8CSAC7xrb0gb&#10;JKGLyna+UwzgxkgIIjqCiI4B8Gx/f//sqIycEcZWZgBDSWl4165duwWAe4wxB8oX7U8AFmWdI0ZG&#10;Rl5GREeMjIy8PEG20/1BIqLjk9poNBqvZOb1OWMc0S+7MMbXpQkD4Pac+jV270cmEdF/ZNx/Qopn&#10;WeDOkmyniV/ROBd56W3sJg8COCMMw72MMf/KzGyMOTijnYti9RtE9ME8weThn+ld2ydnrP5cpMNT&#10;wFvKeS3q330A1jIzE9GH/bLGmP39bRqAv3DCgzLGHADgVgCr5ZxSbUU2eX5N7363cIISRbK8LssZ&#10;36gNG4bhW6ZjbL0jSsU/9ybIdH1aG/39/bOzJqrXxhNLly6dkdbOmjVrNieiQ2VXNxyrOwDgvNHR&#10;0QVZ/cnrcAXAKgDPEtEXZAL4v8+UA3ziFodTJglc+t7zCyg15kV/RzmjMwbroZy2poSJ6IgMmX4e&#10;Lw/g1FiZU6ZIthqAu737DHJCbnRjzDuzFE8JfbpyiuSNT7S9MZ7ieV6OTJeltDMXCRrHJCKijxWV&#10;DcDPAAwBuFTGlQGYvPe5SMPnA2ikJS+X7eWKnHbuTOnjeklQX8uTwz//JVGkWJhuFsXFaNLhHcCq&#10;hDoBgD94ZYgLbK1bkOtkXxYi+mi8jBwPJhwNcsZ4hN3ZeUrHdP369S8C0AfgJmZWogDKkuu78TaG&#10;hoa2AfCPgv26hYufwXqYeT1EeSeKwvcQ0Rfz6uY2LkoNJqIPJf0uL1uYJayombM6+yDnvHBhGL49&#10;p416wcHqGIdh+Ga591nsLSj+xEta7QYHB7eCp3qWhWLbDsr1z/4k8s++zGM2vZ9mjWcSEdFnp2Nc&#10;AVwlcl8n/dkzR7SFfv2RkZGXQcxOeQRgtNFovKqobMaY98hYJM6HLM4tIPvY9QBu49j5QuwVYcoK&#10;7nMFwB05nbYALh8eHn5JShtvyqnfjMrK1q5tVW0eA/iRvNTbwqn9GcDjvlZPJuSkus1m8zXsKSTg&#10;DPiz2pVJVvSVXrt3+GNRr9df4W8vixKcNrW0Bq4FPtK75y9krF6bJRsRHRbVF3PIo0X7RUT/mSWP&#10;MeYdkSMBu2f+vwBGk0wseVz0pfqOdP56Y8z+YRjuLar29XI9y2itmFmFYbgX4Lwdcmi9qMUnHORH&#10;RkZellXJn2wAfgvgEdEUTdVLUZGD8W+ZWckDZyI6cXh4+CWRIsQY8660Nowx74opMBK9UEpwDZ5m&#10;FMBTvoZSDOOpioaMsf17Ky9XWRZFzZB33/OY3QKRJZ8x5p3MYwtNoS+atH9JnkzRwiTax+8CWAPg&#10;mlb6V6iQqKPTOnEnewbcHMF/kNJG0kDcJitaVF/DmQ7Syj8dlSWi/5ZrJAqJQqrZkrwr8/iqKmO0&#10;mOUrIueNzMkmsn7UX4QAnNOqTAB+5LUz7H1Va3C2u1QbU8a4LpeFbkonGruz7K2xe58sv/VmyS5n&#10;urlIcedL6dfNeW5ZYkj/NWJGcACr5V3ej0toissMxpYAzoFzIRoFcA8Rfd5Xl6YZSz3uhdMaFh2Q&#10;pmjreti9TLdllB3TRhpj9o/99vs0BU8bfIg0v33S70T0afn9kLy2iOjomLwn59VJaOML/rhFDgSy&#10;bbw9bdyySM6VHTtL5sh/QoIIR0a/A1iTIiPYvZuLS/TrnvXr17+ogExHMPNB/f39s4nogwAug2c3&#10;lraeZuYti/SxEwPVI14lSwDUN2zYsHVW+Waz+dq4wAUG54EwDPcEcFpGmTu8+8yNb1kB3N1Jrwci&#10;+g9RyqSdY7ZnnnieyGnv856sVl6+orL8e7TyA6DIvkdEh0FU02UJwN+n6YsWLQiTXKiMMe+OysDZ&#10;JJPkHIAzsRTt121F3gOxzz0Dpzkeu97X17eZuAZeBGcyubNoP1seoKGhoRcT0X8jpvImoi/n1TXG&#10;/It/Vik4SAbONzDt9z/590ja9gK4p1NfOHnB65xyxhKDLBtj3l+izaP9RUIM2nl1PhHVAdAkoo+K&#10;8/OVBYc2aSyvnYKdQCrD+WpOIt/DBsD5KbIW3hoD+BUXVEJFu40cF8Pa6OjodkX7WXpgms3mGwH8&#10;FF6oA4ABZv6afN1WcgG7mZxVCjm9FhzIP/rty+E6qdwi7sAZLgzDvZiZfU1V7P7flVvuWqZdIvpI&#10;bGzP5pQJTUSf9ibaiDHmfUT0SZQwUsfGhthFDrSjpEnkvr6+zZK2bmlmIVnIxs5D/ja5hX41ZKdQ&#10;VJuqATwCZ5Lq2FiUKuxvdaQTS5nH7S9EdKj8/9Ai7RljDk7aPrRC8ckmHgFpZU8r0+8UDgAsl3Pk&#10;XP83cZMahosZK60uN8a8w58wAK6Jf2mI6Kve1vFJIvoKcswrOeP3BDPv24FxSXt3vhAfJ1FAJKrp&#10;4bSAfv1jWuzXDQkhTZlnLGPM+6TuIIBvc4fOrWUr7ApnD3s4DMO92am/H4TzutbstF4r5QUs1Kac&#10;xcbsQq2S7OnH2hWVd1pZ6oR/nzHm/XA0AOB7zHwknNZvkJlZlCSttr8DgHs9mR9uNpuvE4P0pbH+&#10;tPQlk7qQLVohjXIr3Gg0Xi2L6gTNHREdmyHXhbGyR6eVTajbAPDTZrP5xrgsEha2V5a8cF5RfqBt&#10;COAXYlxveRwqzOWyuEqG0besXr16wfz580cA/GcQBOcS0Xuq1ep1AL4cBMFpxpg9a7XakiJtDg0N&#10;bT179uwLtdbvbyXaXOS6T2u9e+zaMq31Tinl7xBw1LaSKAD4cKVSOVdrvWWs/T8COE21kSa3Uqls&#10;prU+TWu9h7TZVEo9kZeJpQxZa+9TShXFHjGrVq06sQwYzsDAwOxtttnmNqXUS2NJPGZaa1dInvJJ&#10;JO/Vj7z/HxMEQSYKmLV2rVLqPK31uWoyEpkiondrrf9PMP8Tc0eEYfiGnp6eu621Z8g7coLWeh/v&#10;Hn+x1n6vWq1erUogUCulyp/ZIodgIjpKrvUCWAdxrRHD4i2tGJTlvNLSV07OjfEVKvHcFpEx5t9i&#10;dYoeno8AsMLjRLX0c40AfIvLPdMKBBYCMeiKrG0+M3Mc0oCIvpoh11IiOirDblYhos+Jki3TkA3g&#10;Yjkzz4+uSVDvz3ylXk6kS2e+bMolHXhIKUVa692UUmyt/bZS6mD5sgxnV59EM5UHL66U6gVwbKVS&#10;OUFrvVVapThZa+2qVat6Y6vuIWpyzmu/zl9iq9a3G43G9/KSCi5btmzGjjvueLvW+vUFRBu01j6u&#10;lOpTSj3OzH3M/Hi1Wh0wxlBO3bZJa71zEAQXt9uOtfZRrfXrlKAwFyEAXwmC4FSpf73WegzB2lp7&#10;pdY6Kb2wstY+q7XeWnlfDmvtOVrrY2JF7yKiM6vV6lUq/SuzvbX2Aq31u5RyabKq1ep1KWW1tfY6&#10;rXW/Uurw+I/1en3BZptt9hlr7QGCxlXu+ZWdnbLKHCOze3+51ssTNXy9AE4G8JMC7e0rHh9xrU8v&#10;EX0GBT23mSevhuyMnZle7X7YkKx+y+v1+k4F5N4+bvYoQ3IOeAzO0+QiACcT0RHGmHfW6/WdsmKr&#10;yrDY3P5sjHlHESaiE0W+uwHcJWf0sOx5RWK//HPPud7vM+G5ZSWMzVXx9uRa9PutYoPLUj71stOQ&#10;j3j1lnMxTXQSQNWEL2Urz6KlByih+qsTDK+BbLFWSees4HNktVcVpcof0uKBRLt3KoB7IlV3EhHR&#10;JxMe0i1p5aXOWOSyTFYGMJCm0ve50Wi8qp0Jl0WiuFgF55fa8mQDcJZo1HLLisvZQyxR79FWT7TQ&#10;he8ZhuHbEUPB8sc5LzYxyTkYwD8ALMlzf1u7du0WRPQFOM+OeLvHtjOW7XLLFeP7Y2PM/4PnmwYX&#10;j7QOzlUocyWAxF4BWJU3mMw8T7SA58DD1pD6k4IIiei/Ep6nX8cHFaoAeFKuD4sKOG/C7Zymvu4E&#10;ldHsJjGAB+IR4ylcA3CtnK16G43GzuyiPS4tcz/Z7UyCV/B2QQrOcT2tv5YTXOAEFSD1PWo0GruI&#10;RjgR2gHAk1MFUVeU225AVvdrvE6NEtFJfX19mxHR55gnwwMk8Hw4I2YUanM2F1NWVCSi9wI4u9YG&#10;juGhSKxSKmEcOi56Ec7zfjNpmB0+C77IzVn3aZXEjNBqaMuuAKhARLwGcAmAAfFv3RLOpHNzie1s&#10;lZnPRIpHhy8DMiAYZMEu2r+5gtr257T7RpTjNpe7tSSirySZEspwu5PtIAj+BpyH/XIATc/NpkfO&#10;JY/mdUgmmD/oj3K5COZ5zHym2GPibd+f9hAAWN8HMO7ELGXO53zv7lrWit0ONZvN3XPunTamp8qZ&#10;MHOSiKZtQGLs5sJ5At3DMSN0Bs+B88xJJDiDuWLOD5fJQ0nbsGHD1uIqd3W0QOcRXNhR4oIlhvV7&#10;4Rze04Cr9pGPQKHteBq3O9nmAlgLh224W71e3xHOU/+KqEwU7iIIvqltiT/fBKdZ6eDlXMKCL8bs&#10;CRM7kiGDDvfKV+HMCPEHdlOek7Xc64NwoKEdoyI+kgk8E0B/1oouZ+/rATzZaDReLV/oJQD+URT0&#10;tmBU9BgalyBYpVICzo1i5pkywW7JOrMnEVKwVzx5Pu6V7WcXaeC/PxUAt8M5DhTy7k/jdiebiiMK&#10;yYGeBRg0kD1/oZD6SBOWMGCj0u78vDaSWBaBLLzACWe9tC8UHNbK6wuMyXYoEfKRR3BatFIIW0R0&#10;LID+tG1go9F4JYD7AdwlC9SuAJbCeeIU+qLJRHskT37/2ctYp/UzDkk3i4i+1KoSCi56Ig/JTYt9&#10;93Gv3n2ixIm0uSxHorbmStuTLYEj2GwLgXRjzv+yCVeREbIPccORtnKdnWP854x217K3mkVayZSy&#10;I0ngOQmsiegEdMj3s2ioDvMYxsmatBdE1PKD7LSOs+RrvAHAFT7WZQ7PQ8HYRN83ERnw5p6jhBat&#10;9lMlhmgSwQUOF30/ZooyzYequB7OaeFRzjcHdGWyRar6J0TgULZxReu+FhkR2d5ADLGLJbqIiA7L&#10;i72SFS6L9vHLIz/gcgLITBrX6/WdkIIrX4YA9BWFJgDwCwCPx7Vvglp1KTvoiY+xU4T8FOW9/XuK&#10;KoTki6GYWQm+TFq5DYIm/boCY1/kvhN8K4uybKXPgYcFKru0tufFlEw24R5mfn2Rc04Cj4G+lBhc&#10;Kxq0s4wx701YoauyDUyr/w2/fJ47kWxLD8/ri5xFcxePIoRsfM5I7hOZJ6E/Vchh3D8N51a3rXzd&#10;VgF4ylfLF2E46IaiMp8d1ROzTlq58+EcIcK0MiXueSG3GRojpoSrUQ7mrmuTrS2Gh6fRCgGoA7ie&#10;iD4bBfiRSwaRVv6RmAw9yPHTBNAMw/CtWf0Q7Von6UxOj287Thada6NrYRjuAYeuvIqIDhVTya0i&#10;/8/LLoYSDFuY/MQriGFZ+oQEI3RZkr6fztkTrQLgdADfFGXNfvJ+pGnL20Y8i3g6J1BQr9d3NMYc&#10;SESfL2AwrsIhV7VN8hCWENHns84Zovr2X94kXIx4209k4FlUUBDWuwwBuDHmmbOlfPUYwDMjIyMv&#10;l7CWX8EhVp8uCTiulbFYKviHZZ/h3DLnKNlJjL34cDndpoQADBPRRzinD2KXS6rfAPAwHDLbWUT0&#10;2TJ4kkV4KiZVLzO/SbYppzLzL+FcbSa47wAYElSk1LbEBnJtqVFvgzAZCrwXDkA1j9ISTew6RaIy&#10;szsPAfgNJOpAJtI3AFwpL88l5HLfLZHfV4vLUkuHfTgPjcIknvpR/W3RArpXEQJwR8GJUYmOEgAu&#10;B7AoUuYltPksdxjsqOOTTdS8SQOyBi4jy/dkH8xwmCKZ7cmEu6LIoLdL8hWasD8v8nVjZk5RMRc+&#10;e8LZcr6LmAtaWZJJdr+8SOvk2nJ5Li1viQSUpzBuDIDmyMjIS3l8HBPNOm3SetG4ljGLLBT5xpI5&#10;yi6gLl+2M+Bc+HJR0cpyxycbu9XjQjivhFPhvNtvZXmJRdsTRTLnfvaFtQzClKyMPsUdpyUyekVe&#10;PQAD8e0knKd7Udo3qtdsNncnov+CUz2XMpBDohzk5blCtott42iU7AvzxBReFcRSLrVC8uVeC2d4&#10;P6MV5ZugZq0EAElDVpGFqZmGXt0pnrKGIyZJFBh5jkMMxnAuVGWBdw7CFAdqIkFlHGGrFKjrh5Go&#10;omdOGYushaaQ9g9Av2wdD+XOwhzMQUIa5gw5DE8EOtq3aF2pPwIX4XEZEf0PEX1YJkJR97G8d/Io&#10;uc+N0U6MiE7q4Hh1Z7Kxe1luhEM4+hBEtZsQJV2Ih4aGXszujDQlJC9V/KFWUMAjBIDx/RiRE97j&#10;1UsFZRXbWCJkOCZ7YxyU1k47TESfKtIPT64f+/Wzzt1w5offAjjFGHOwRBuUWYSDHMDVJBerGgSs&#10;Ci56+5aS99xoJ1vk1rMG42hQf+dk20Xh7Y6E9LSMJpVFlJD+R7KA5p5Z4CXmKzJBmZklHVZiPxMm&#10;VHSfFezME4u9awNTAayKAskEPVovC6JiHsuzFj33UM6m3zbGHNyurCMjIy+VQObEiSIL1UMAvh//&#10;LdqtAECKP+amOdmkc2MOqEn4DWIjWlQyQrlijDkQXjKJThCcfS0pC87XitQ3xryDeXIe7TRKQ/oS&#10;B+Q0Gb/FPOaa9YB3/a4OA6z2oITLWQxRrArgGgDnGmPe10m5iOjDojhLVPqIYu1mACbFzKQhroFF&#10;/HY7wdM22aLzC5waOv7bKdHDgkOtLf1Jl7i601DAMbYIifYs6cW7K6+ufG0UXEhGEYqHEs1ERhIS&#10;AA0fiVey5jzk/X47e1lb2+EoB10RAvA7nrhjqXKHAV/Fyfs30se0c6mGQJJHUd8SwX0Se5rLKPcg&#10;nO2w48C0cZ6WiSYDZJknbZkmHP4heO5w8WMt36/RaLxS8Et+JurcVpCX1yclhJdJXWSl31dcpnIJ&#10;wBnSflWcgjMXjKQznnzh/C3lY53QruW5rXn3W97JXApxFsiGU0R5kjXRFJzrne+CVwXwBwCQpJp+&#10;2cVlYR9a5WmZbNKpS+SrFq18PQB+JoMCsZdUIG5a3gvYNsvWdM7IyMjLR0dHt2s2m7s1m803hmH4&#10;NmPMe4noQ0T0aXKovWfCOef+Uc5Lk7YpaV4IPgG4TswcRSb6erho81UF2r2F0yMeqnD+hU0pGwI4&#10;vYQnf9Jz+34BmdbFvW86yPPIoT+vlnst5oyJJsHD7L1rFTib2oQwGYm6rkig85R/1Xg6J9uaNWs2&#10;90B0ZvkaKrgIgWjbo2UrWRRRuCL+iakBgm1yosFUNG6pBMCKUuUPWeXKEpyNaVEOPxyr8zQzL2zh&#10;y1NDTiwZgHWdtk/19/fPNsb8q+xMRr17/Y5zDPMALvbKn4FxfJuzvXL7wSUhyYwK7zS3ghvZLs2x&#10;1v5Oa72PtbbJzCdXKpWvKKXuX7du3X7z5s0bUkr1CtZisG7dum3lWiotW7Zsxg477HB8pVI5Sin1&#10;IDP/jZnvbDQad/b29q6eon70WGv/5ONOxslae7619tpqtXpNuzcDcIJSap1/rVKpfCjCYjTG7Fur&#10;1W4u0FThBw7g0CAILkv7XZ7fcUEQPEZEcyqVyhZKqdlKqdmVSmW2UmqOUmqm1nqGtXaYdKbaAAAP&#10;k0lEQVSOUqoi1+JklEMwnqGU2kkp9VqtdS12rwu11kepdHzIfQYGBu6ZP39+3Vr7da31Qq/uNVrr&#10;DyilbBiGu/f09NxsrV03Ojr61il8PybTdM5sZlbNZnM3dtumQRavCUkhFQL4k6y+8zGOX79P0bbF&#10;pWgCFgZcetarRLN3ELsvYEe2DXJOSj1fwcXczZUtTVuUtE3z4R587/oOcYASmJ1TRe6EMdkU47Mx&#10;5gNwHjOLWLbYRHQUxvFxbmLmuWKC6oMLFi6VXagT3I0vmzLG7K2UatZqtTujawA+EwTBD6y1I0op&#10;1lr3WmvXDw0N7ThnzpwvKqWWK6UuKNB8BcCnKpXKt7XWWyQVkHssU0o9rpQaUkptpdyKu5lfTCk1&#10;qJR6Rik1wMxPMPPSMAzvnTVr1kqv3PbW2sVa622T7gXgaGvtnUEQ/FVrXS0gfyJZa39prb3UGPOP&#10;lStXDuy8884EYGEQBKcppZQx5u0Fv2yFCAWw9aearLXPWmsPq1arv8sqZ4x5WxAE12mtZymlfqWU&#10;OlQpBSI6UGt9ubxLDyr3Bd0FwP61Wu2WaejCRJru2Z3G4oNo4dx0bgVwUxiGbxF7ya3y22lcMJBP&#10;NKA3FVs/yxGc18NlRPQR8V7YFSn+kwDuW7p06QxqI79YQZkuYeYjJUNLWzFYEi1d2D1rKgjOYaHw&#10;OVxCiCLF0I9Z3hPB6e+X60UwSaaMuz7JIhYbCCOWgIHHJ+IV8vvFXDxEJECLidvLkGyBU80BMhEC&#10;SMzZVJPI8ze4QMp9uMS2WZQ6bafwapXg6JutwK/7TgAAvun9tj0cWO0XyrbZSe76JBM+HOMuPWl+&#10;ggEE/xEu8WEZR9uD0EYOs04QnJNyT6RpneZ7PwXgu1kxX7ITOB8dgnBoUc6HOP+MrgGcEreBCuT5&#10;BvYAe8QJXjE7DWdOu8+PySZBhpH3SFrIf/Tlg2wp700yOqfx6OjoApmkXSM4DMxeuJi+KQ8XSri/&#10;BXBtzD1sLoBvoSDg6RTJNUREXyryNYOkTwbwQBRiIy57DQArGo3GLuTyujMzs7gJdv0d541lsrGb&#10;TCekYbET0cejl1MgFf5NtE9Pinaz6H0q5PJQJ3rRTwcBuKNer79CXpAnuyjH5YItWSQSfapkqAM4&#10;S1C3ij7DHbwz2N/YZXs1AB7wMUwh+KXwgkS7zV0XII/Fuz86+J4TXRdv8sfDMHxLWe8F8ey4AK25&#10;cbVNYvY4UhxzF3bzhfdkGgLwG2ZeaIx5vwRWbj88PPyS4eHhl0j+898gBm/R4r0GAHzdj+QuwwJ3&#10;6C+YdyYEklbEs78jyFid4K4LUGBQn5UH9GuOOSiLlu94WdlO5pLArRIO/3OgHKR1pwjAbWEY7i39&#10;+BAcQM+0ny3hXMDScO7j3CveHd8HcFuWYshr3wJ4FMD5EjleCt05icMw/CdIjjc4eI2225xq7oqd&#10;rQiNjo6+bObMmbdprRdYa2/TWu+nJme93NVae7dSaobWWiul7lJK7aFK5rFuNpu71Gq1Y5VSH0uz&#10;zbVC1tph5Twj1iql1ntybau1fo1X7kbJ03ydUoqbzebOM2bMeBWABUEQzLbWvkprfZi19h/K2QZH&#10;lMt6ubXW+gBr7YDW+iwAPZVKpVc5u+GLlVLbKaV2EPtTJgE4KQiCM1ropq7X6wuq1ep2lUplXrVa&#10;3QLATKWUYebBarU6MDQ09Mjmm2++poW2M4mI9tdaXyMeKhdrrf9dtZkjfUqp27M9Y+Xam52nydIU&#10;rIkALncZe2aBR9u5Z39//2zBff81MjJjxgnAIIAbAHyLiD4hWTrncfYWZlcAX4cHDQdnvzvLGPNO&#10;nhhPtyvz5GR+krMsskml3We/2D0SQVABWGPMB9oZvw5xJQzDtxLR0UT0sQIo0IdEOxOUz/k9rdx1&#10;AbJYMuMkptyNsE3gUhsdIn//roP3r8lDP1bOd4sA3AEX+bsEwK+I6FjJC9BOSH0PO9PHhISKol1b&#10;wg5OTQMYjONkeJNtcbxdiXH7mdceAHxnzZo1mxtj3oNkV6z1nJCIcLpYtoZjCTVF7mV5antReo0I&#10;gGzX39s07roArXCz2dxNXsYmu6wyETzZN6Zblk6xnNtOjJ+BJMBRAVgMZ6Qeq+Opwf1FpkpEn4WX&#10;fgtAv3wtVazc8ZicpqsljPwO8OFy9n4awKkSY3ZnwYQsqowZqFvcdQFa4BrGw9m/zDweViFxZhPK&#10;i1r5TEnC123Zc1nSBo9Fg0dbRzhMyUgbG8iWiZmZAVzJPBZgOSELkCg/slJtzQfwv3DZWgbRwTjC&#10;oiwQ6QbAUh+/5LnGXRegLEcuObLFqjKzkr9ZzkpR2UCwJdZL+SExcG40quAMniXaV4aA1RDRRwFc&#10;JwkyJkQRyGKj2MEr+Nd/wh1IdTTVDAeKmocjus90AfNMFetuK2haoGetteu01ocpp5GrKKVeZa3l&#10;DRs2PKSUUsaYPa21S4IgONtaWxNtZm+lUjnPGPNmaafSrQ4UoFGt9SHW2quVi+9SQRDcpbU+IAiC&#10;S7TWe8TKD8u/b/aunay1PkIpFU6DvKXIGLOXmhjXtrtSSllrVySVB/A5a+3iarX6wemQb6pok5ts&#10;QRCcrbXeQSn1sFJK1ev1l2ute5VSq6rVatVa+yMJZ3mjtfb3Wuu3KaWi8Jcf1Wq1O4joXdbae5VS&#10;B6mNd9Jh9erVH1NKNeX/S621aUG0TaWUstbuaa1lAMcrpb6mSppApoOstd8KguAv1tqF3uVBpZTS&#10;Wv9zUp1KpbKLmHbMdMg4ZdTtT2u7HOX8Eq+Ep+XvvgguD+M4J4+KVqsCL9kegDuMMQfyxru9fFP0&#10;N1JwKCEZNgH0edk7N0qWxIIMoO4hhEUKrmd81DBmVkNDQ9vIs61zFzWlneCuC9AuS77se+VhhXDw&#10;cb3yYD8g1ymKZBYMQQZQJ6KTIhsUnJ9dHFJuo2KIv18CLRTA0uO7LWMBrmA8scrlzA6fBpJQBMAK&#10;Y8zB9Xr9FYI09hgAQy63dbdlb4u7LkCHuIeITmw2m6+Nron/Y/Sl+070oNmlBma4nAOqr69vMyL6&#10;IiSHQFFVc5d4br1e3ynO7ODSNxp3JYEQPzzt9zAM3yJ2PxsptZrN5huQkMdBzBbv7nafOsFdF2Cq&#10;GBI3BuChKJrAz5oJYEnM9tTLLsVTRQIo7yeiE4aGhrbpdl82JZb0uCQ20NT8Zt72/i8sW3jBCPkO&#10;gFtE83pCh9Gdu8pdF2AqWFZJku1jZA7QkdcEHCz1M/L3Teyla5IXYQzJGA7uoOt92li5r69vM4m6&#10;GEtGEp0tPbvgJJZg1VHm1Nx2zznuugBTyPsQ0XHe/yOXrqENGzZsLXDUX4ZDWmKvbE0O5ITxqOU4&#10;ElPH8ixvojxTzlNjITcARqPtnjHmgOgaZxjUAXxdyi1vBQZhU+OuCzBN7H/VruaJ0eBz4MLso4wq&#10;B0m5RZD8BHEHYLgUWLeOjIy8rNWYrE2QdRiGbwPwY4yHPT0O4FI4kN0JPpqRF0yWR4p4vAwAWCsI&#10;xd3u45Ry1wWYrheFne/dcnkB7hcc/kkQDHABlCyQ5BGU9e+j3+v1+k5w8Vkrh4aGXiwH/aUAfijm&#10;hqR8YJskDw4ObiXaWx31W8bj56Ld1cwO2Uqu/yqqK/n3okDZsS2mbB/PiVztJNPrc2bMsrjrAkwz&#10;14joU56a+W7xnI9sbPPFR+8ZZp4pOPAMB+s2k5mV2LQYwOmDg4NbCYT1nzEeTU5wyFZfN8a8YxPe&#10;HlUhYUZRgkdISJOPUtVoNF4J4FoAK4noMM+3UUNSWRHRV6XcTwA0ZYH68RTIvFFz1wXoEs8komMA&#10;PClbojnMrCJsR7h0TYrdC7aUHe3HzgG4D4AV9fZYmxLSEsVV3ed9Ba7cCPqbykR0GICLG43GLvHf&#10;ANzAzCwJB5X8ywDuI6KjAfxVvvLW6/soi8KJiD4RXZMJ1oSD85t2NOKNgbsuQJd5poc0VQHwIDvy&#10;vTbOYXaBid7Bf1L8WGRWAPAYs0tHTEQfSQhtGePR0dEFElZzIZzn/Slyj1LwDilcYwdyuh8RfRLA&#10;qXCOyRdJ7rk50r8/MY/nMYvx16RPl8v/52Fi9tU7iejY4eHhlwiY7iIpHy0wVTnX1QH8kDdxD5B2&#10;uesCbCwsuP23wwUvjl0XVy4G8HeIdzonGGzhsqQwgAuK3E+89+tSB+zhHcJ5UYxNUkH1/WOMF8EF&#10;sH48pf3jOUbwUI7hQnECSCJKuPRYE9oQGRgOtLUi/fyNXJuUQw/jtrMoCkGFYfjWkuhZz1nuugAb&#10;IcfBX2fJymzhAlY3cAI4jvdVPCTvHnJ+ic5453kJ2OdjPCB0tNFovJp5gv/nsJwHH4BL8vhwBspv&#10;pFV9TOxgvcxj0OINZuYwDPfy2u6Lt9Hf3z8bAqMg51fF4yaUlewi1GsC/X19dN0r+wJ73HUBNgWG&#10;B+6KhEhmMRtEX6jc9Lpw6vDIH3OSAzTGY9kuZJ4w2bKwRiawKDUYDvLN/01DcBflq90LwEj3tk+Q&#10;ZQnzuOFZoOAj1f8VGHeJe4qZz5zK7KObOm9yITbdIK31xwEstNY+AuAn8d9nzJjxTvnzXuWQtPJo&#10;D6WUYuYrVUIYDDP/Vv58Q+ynqlJqplKqx+PEEKGhoaHHRfYtjTF7EtF7ARwnOeXmW2tXV6vVW5WL&#10;hbtHqu2b0NSI/DtDKaUWLFhQV0pdIdferZT6IxEdoLVeoJRauMUWWzyT2fPnMbWcwuh5RgNBEHxD&#10;KfVNrfWkyVGpVPaTP28o2F4UOJn4YgZBEN1jwmKotX69UqruXzPGvC0p/dFWW221QYJsX1Sr1W6P&#10;rltr69baq7TWJykHr6eUUouVUntYa4/UWl+mJODUGPP2IAj2ttY2giBY7MnxQwA3B0FwlVJq2IWa&#10;vUB59MJkK0eJwZjM/Ji19hFr7Q0FX7wnlFJvrlQqr0n60Vq7p9Zaaa2XyaU5cv0pZh7LUVepVKq1&#10;Wm1Vxn2WK6VeZK39gbX26mq1ukJr3adchPsYhWF4fk9Pz1Fa672stX9XSt2slNopCIJ9lYsaP0Ip&#10;1edVuTcIgnuLdPQF8qjb+9jnI3veFUNennHFPAZ+U2dmFvhsxeNKidvL3Afjuclz49xE47mIJSss&#10;gNuJ6KvPZQCe6eYXvmxdoGq1+mtr7bla66OVUn+11t6gHMzDS4MgeL/Weqa19oYgCH4Rqzo8ubVM&#10;WqGUUpVKZfu8gpIF9t1KKeV/nXt7e0ve8gVKoxc2290h1lp/RuCzr1JKvUYpdYxS6mCl1BMAvvrY&#10;Y48dqNqE0mbmFdbatWojxCJ5PtJGi/X/PKRol0HxH0ZHR1/e09PzVmZeXTJvtlYbM/b984z+P8dh&#10;kTZhuaEcAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCAr/7z4QAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BT8JAEIXvJv6HzZh4k+0WUSjdEkLUEzERTAy3oR3ahu5s013a8u9dTnqbl/fy5nvp&#10;ajSN6KlztWUNahKBIM5tUXOp4Xv//jQH4TxygY1l0nAlB6vs/i7FpLADf1G/86UIJewS1FB53yZS&#10;urwig25iW+LgnWxn0AfZlbLocAjlppFxFL1IgzWHDxW2tKkoP+8uRsPHgMN6qt767fm0uR72s8+f&#10;rSKtHx/G9RKEp9H/heGGH9AhC0xHe+HCiUbDq4pDUkP8HCbdfDVTUxDHcC3mC5BZKv9PyH4BAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBcoUd+2gAAADEDAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVs&#10;c7zSwUoDMRAG4LvgO4S5u9ndtiKl2V5E6FXqAwzJbDa4mYQkin17AyJYKOttj5lh/v875HD88rP4&#10;pJRdYAVd04Ig1sE4tgrezi8PTyByQTY4ByYFF8pwHO7vDq80Y6lHeXIxi5rCWcFUStxLmfVEHnMT&#10;InHdjCF5LPWZrIyo39GS7Nv2Uaa/GTBcZYqTUZBOZgPifIm1+f/sMI5O03PQH5643KiQztfuGojJ&#10;UlHgyTj8GW6ayBbkbUO/jqFfMnTrGLolw24dw27JsF3HsP01yKuPPnwDAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEA6Wx8pJQEAACgFgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAKAAAAAAAAACEABMs6rvUQAAD1EAAAFAAAAAAAAAAAAAAAAAD6BgAAZHJzL21lZGlh&#10;L2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAFec40k0GAABNBgAAFAAAAAAAAAAAAAAAAAAhGAAA&#10;ZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAKAAAAAAAAACEAEHyeIZYBAACWAQAAFAAAAAAAAAAA&#10;AAAAAACgHgAAZHJzL21lZGlhL2ltYWdlMy5wbmdQSwECLQAKAAAAAAAAACEAAkBj8bUJAAC1CQAA&#10;FAAAAAAAAAAAAAAAAABoIAAAZHJzL21lZGlhL2ltYWdlNC5wbmdQSwECLQAKAAAAAAAAACEAulMh&#10;GxdwAAAXcAAAFAAAAAAAAAAAAAAAAABPKgAAZHJzL21lZGlhL2ltYWdlNS5wbmdQSwECLQAUAAYA&#10;CAAAACEAgK/+8+EAAAAKAQAADwAAAAAAAAAAAAAAAACYmgAAZHJzL2Rvd25yZXYueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFyhR37aAAAAMQMAABkAAAAAAAAAAAAAAAAAppsAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHNQSwUGAAAAAAoACgCEAgAAt5wAAAAA&#10;">
+                <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,798195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIqrTExAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdiE7qokp0lCItbehCTBuyvWRuk2DmTsiMefz7TkFweTiPj7M7jKYRPXWutqzgeRmB&#10;IC6srrlU8PP9vtiAcB5ZY2OZFEzk4LB/mO0w1nbgM/WpL0UYYRejgsr7NpbSFRUZdEvbEgfv13YG&#10;fZBdKXWHQxg3jVxF0Ys0WHMgVNjSsaLikl5N4E7pRzYUp6TP39rL/Jh9Jdd8rdTT4/i6BeFp9Pfw&#10;rf2pFazg/0q4AXL/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMiqtMTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,797801r6858000,l6858000,,,,,797801xe" fillcolor="#2e5395" stroked="f">
+                  <v:path arrowok="t"/>
+                </v:shape>
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:11938;width:29616;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/mBS/wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zVZBZGuUKggF8eC6vb9u3m62bl6WJNXtvzdCocdhZr5h1tvBduJGPrSOFbzOMhDE&#10;ldMtNwrKy2G6AhEissbOMSn4pQDbzXi0xly7O5/pVsRGJAiHHBWYGPtcylAZshhmridOXu28xZik&#10;b6T2eE9w28l5li2lxZbTgsGe9oaqa/FjFXy6r/J09Y6Pc1N/F5Z29XJnlHqZDO9vICIN8T/81/7Q&#10;ChbwvJJugNw8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+YFL/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId12" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 4" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:36728;width:10820;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA0+jzYwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTeVUiW6CSIV7LFpwesj+0yi2bdhd2OSf98tFHocZuYbZp+PphUPcr6xrOBllYAg&#10;Lq1uuFLw/XVabkH4gKyxtUwKJvKQZ7OnPabaDvxJjyJUIkLYp6igDqFLpfRlTQb9ynbE0btaZzBE&#10;6SqpHQ4Rblq5TpI3abDhuFBjR8eaynvRGwXHgfCj36y3bpPc+m56bm/vl5NSi/l42IEINIb/8F/7&#10;rBW8wu+VeANk9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0+jzYwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                  <v:imagedata r:id="rId13" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:42722;width:5842;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIb5tQxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk0tEYmuIWiFHoqgtdDjI/tMlmbfhuw2xv76riD0OMzMN8yqGG0rBuq9cazgOUlB&#10;EFdOG64VnD52TwsQPiBrbB2Tgit5KNaThxXm2l34QMMx1CJC2OeooAmhy6X0VUMWfeI64uidXW8x&#10;RNnXUvd4iXDbylmazqVFw3GhwY42DVXfxx+r4CX73X2+HwaTlRt0+6/h6ravRqnH6VguQQQaw3/4&#10;3n7TCjK4XYk3QK7/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMhvm1DEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId14" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 6" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:43738;width:12853;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdlgtgwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPKE3m63Fxa5NS6kUCx7Eau+PzXN36eZlSV7T7b83guBxmJlvmOV6dL1KFGLn2cBsWoAi&#10;rr3tuDHw9bm7fwIVBdli75kMXCnCenV7s8TK+gt/UDpIozKEY4UGWpGh0jrWLTmMUz8QZ+/bB4eS&#10;ZWi0DXjJcNfrh6IotcOO80KLA21bqk+HszMwP73vF2+7Mj2eJaRXOabZ9SUZM7kbN8+ghEb5D/+1&#10;99ZACb9X8g3Qqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA3ZYLYMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId15" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 7" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:1314;top:1504;width:6686;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA11srbwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvEJvmlWkla1RirCwN3EVz4/NM1m7eVk3Ubf99U1B6HGYmW+Y1WZwrbhTHxrPCmbTDARx&#10;7XXDRsHxUEyWIEJE1th6JgXfFGCzHo9WmGv/4D3dq2hEgnDIUYGNsculDLUlh2HqO+LknX3vMCbZ&#10;G6l7fCS4a+U8y96kw4bTgsWOtpbqr+rmFNzK3cxc4s+VTFksiuqyP9qTVer1Zfj8ABFpiP/hZ7vU&#10;Ct7h70q6AXL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADXWytvBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId16" o:title=""/>
+                </v:shape>
+                <v:shape id="Image 8" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:60464;top:1504;width:6687;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBESV6pvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFlqUYRodDbYlc8D82YVJtJbaJ2/fXmsODx8b5Xm8G14k59aDwrmE0zEMS11w0b&#10;BYff4vMbRIjIGlvPpOCPAmzWo48V5to/eE/3KhqRQjjkqMDG2OVShtqSwzD1HXHiTr53GBPsjdQ9&#10;PlK4a+U8y76kw4ZTg8WOdpbqS3VzCm7lz8yc4/NKpiwWRXXeH+zRKjUZD9sliEhDfIv/3aVWkLam&#10;K+kGyPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAREleqb0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                  <v:imagedata r:id="rId16" o:title=""/>
+                </v:shape>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="Textbox 9" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;top:8867;width:68580;height:2241;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDlqMcOwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NqsIw&#10;FIT3gu8QjuBGrqki4q1GEVH82akXrstjc2yLzUlpota3N4Lgcpj5ZpjJrDaFuFPlcssKet0IBHFi&#10;dc6pgr/j6mcEwnlkjYVlUvAkB7NpszHBWNsH7+l+8KkIJexiVJB5X8ZSuiQjg65rS+LgXWxl0AdZ&#10;pVJX+AjlppD9KBpKgzmHhQxLWmSUXA83o+CXd8/1dmls57xz/3ZEg875dFKq3arnYxCeav8Nf+iN&#10;Dhy8r4QbIKcvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOWoxw7BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" fillcolor="#006fc0" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="315DA939" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                        <w:pPr>
+                          <w:spacing w:before="69"/>
+                          <w:ind w:left="297"/>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>For</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>additional</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>info</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>recertification,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>please</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>visit:</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:hyperlink r:id="rId17">
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF"/>
+                              <w:sz w:val="16"/>
+                              <w:u w:val="single" w:color="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>mass.gov/dph/oems</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:hyperlink>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>General</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>questions</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>for</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>OEMS</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>regarding</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>recertification</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>email:</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-28"/>
+                            <w:sz w:val="16"/>
+                            <w:u w:val="single" w:color="FFFFFF"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:hyperlink r:id="rId18">
+                          <w:r>
+                            <w:rPr>
+                              <w:color w:val="FFFFFF"/>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                              <w:u w:val="single" w:color="FFFFFF"/>
+                            </w:rPr>
+                            <w:t>oems.recert@mass.gov</w:t>
+                          </w:r>
+                        </w:hyperlink>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="Textbox 10" o:spid="_x0000_s1035" type="#_x0000_t202" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVOaK3xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3umkPoqmrSLEgCKUxPfQ4zY7JYnY2ZldN/33nIHib4b1575vlevCtulIfXWADL9MM&#10;FHEVrOPawHf58TwHFROyxTYwGfijCOvV6GmJuQ03Luh6SLWSEI45GmhS6nKtY9WQxzgNHbFox9B7&#10;TLL2tbY93iTct/o1y2bao2NpaLCj94aq0+HiDWx+uNi68+fvV3EsXFkuMt7PTsZMxsPmDVSiIT3M&#10;9+udFXyhl19kAL36BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABU5orfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                  <v:textbox inset="0,0,0,0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="19D50229" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                        <w:pPr>
+                          <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+                          <w:ind w:left="41" w:right="37"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                          <w:t>MASSACHUSETTS</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFF00"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                          <w:t>EMT-BASIC</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="1BC0A10F" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                        <w:pPr>
+                          <w:spacing w:line="245" w:lineRule="exact"/>
+                          <w:ind w:left="41" w:right="36"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>All</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>individuals</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>seeking to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>recertify</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>their</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Massachusetts EMT-Basic</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>certification</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>in</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>2026</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="47EF7ED6" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                        <w:pPr>
+                          <w:ind w:left="41" w:right="34"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>need</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-12"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>follow</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>both</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>steps</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-16"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>outlined</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="6"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-17"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>page.</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Please</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>read</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>it carefully.</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap anchorx="page" anchory="page"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2B34AFE4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1F4C75BA" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="534D2760" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="51EC80AA" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7910DE15" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1724D427" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="99"/>
+        <w:spacing w:before="139"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7AEB8DD8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="352"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53A6BC52" wp14:editId="3E938402">
                 <wp:extent cx="6858000" cy="582295"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1" name="Textbox 1"/>
+                <wp:docPr id="11" name="Textbox 11"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvPr id="1" name="Textbox 1"/>
-                      <wps:cNvSpPr txBox="1"/>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6858000" cy="582295"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFF00"/>
                         </a:solidFill>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p>
+                          <w:p w14:paraId="7204B732" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                             <w:pPr>
-                              <w:spacing w:line="439" w:lineRule="exact" w:before="61"/>
-                              <w:ind w:left="2" w:right="4" w:firstLine="0"/>
+                              <w:spacing w:before="45" w:line="449" w:lineRule="exact"/>
+                              <w:ind w:left="41" w:right="16"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>Recertification</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-15"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>Step</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-16"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>A:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-16"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>Training</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-17"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-1"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>Profile</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-15"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="4"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>(First</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-15"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-2"/>
-                                <w:sz w:val="36"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="37"/>
                               </w:rPr>
                               <w:t>Step)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p>
+                          <w:p w14:paraId="39F4EB95" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                             <w:pPr>
-                              <w:spacing w:line="219" w:lineRule="exact" w:before="0"/>
-                              <w:ind w:left="5" w:right="3" w:firstLine="0"/>
+                              <w:spacing w:line="205" w:lineRule="exact"/>
+                              <w:ind w:left="41" w:right="42"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>Need</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-1"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>help</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-10"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>with</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-1"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="4"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>Step</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-10"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t>A? </w:t>
+                              <w:t xml:space="preserve">A? </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>Start</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="6"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>with</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-10"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>your</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-2"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="4"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>agency’s</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-2"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-3"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>Training</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-2"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>Officer</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="000000"/>
+                                <w:spacing w:val="3"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-2"/>
-[...7 lines deleted...]
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>if</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-4"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>more</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="9"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>help</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-9"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>is</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
                                 <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>required</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-10"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>contact</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-1"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-8"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>the</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-3"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-5"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>NREMT</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="-2"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="-4"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:sz w:val="18"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
                               <w:t>at</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:color w:val="000000"/>
-                                <w:spacing w:val="1"/>
-                                <w:sz w:val="18"/>
+                                <w:spacing w:val="4"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
                               </w:rPr>
-                              <w:t> </w:t>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:hyperlink r:id="rId5">
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="085295"/>
+                                <w:spacing w:val="-33"/>
+                                <w:w w:val="105"/>
+                                <w:sz w:val="17"/>
+                                <w:u w:val="single" w:color="085295"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:hyperlink r:id="rId19">
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="085295"/>
                                   <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:w w:val="105"/>
+                                  <w:sz w:val="17"/>
                                   <w:u w:val="single" w:color="085295"/>
                                 </w:rPr>
                                 <w:t>support@nremt.org</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
-[...4 lines deleted...]
-                <w10:anchorlock/>
+              <v:shape w14:anchorId="53A6BC52" id="Textbox 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="width:540pt;height:45.85pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoIHDDswEAAFYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/02QjdVWipivYVRHS&#10;CpAWPsBxnMbC8ZgZt0n/nrF7W8Ebog/u2DM+PufMZP0wj04cDJIF38i7RSmF8Ro663eN/PF9+24l&#10;BUXlO+XAm0YeDcmHzds36ynUpoIBXGdQMIinegqNHGIMdVGQHsyoaAHBeE72gKOKvMVd0aGaGH10&#10;RVWW98UE2AUEbYj49OmUlJuM3/dGx699TyYK10jmFvOKeW3TWmzWqt6hCoPVZxrqH1iMynp+9Ar1&#10;pKISe7R/QY1WIxD0caFhLKDvrTZZA6u5K/9Q8zKoYLIWNofC1Sb6f7D6y+ElfEMR548wcwOzCArP&#10;oH8Se1NMgepzTfKUauLqJHTucUz/LEHwRfb2ePXTzFFoPrxfLVdlySnNueWqqt4vk+HF7XZAip8M&#10;jCIFjUTuV2agDs8UT6WXkvQYgbPd1jqXN7hrHx2Kg+LebvnHL52uvCrLAk6cE/s4t7OwXSOrVJpO&#10;WuiOrH/iEWgk/dorNFK4z549TvNyCfAStJcAo3uEPFWJjIcP+wi9zaRvuGcHuXlZ9nnQ0nS83ueq&#10;2+ew+Q0AAP//AwBQSwMEFAAGAAgAAAAhAMst2OncAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j8FOwzAQRO9I/IO1lbhRu1SiJY1TAQJOCNEAKkc33saBeB3Fbhv+ni2XchlpNKuZt/ly8K3YYx+b&#10;QBomYwUCqQq2oVrD+9vj5RxETIasaQOhhh+MsCzOz3KT2XCgFe7LVAsuoZgZDS6lLpMyVg69iePQ&#10;IXG2Db03iW1fS9ubA5f7Vl4pdS29aYgXnOnw3mH1Xe68hqf1Vn64l+Fr5T9f76bh4blcTyutL0bD&#10;7QJEwiGdjuGIz+hQMNMm7MhG0WrgR9KfHjM1V+w3Gm4mM5BFLv/TF78AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAKCBww7MBAABWAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAyy3Y6dwAAAAFAQAADwAAAAAAAAAAAAAAAAANBAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAABYFAAAAAA==&#10;" fillcolor="yellow" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p>
+                    <w:p w14:paraId="7204B732" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                       <w:pPr>
-                        <w:spacing w:line="439" w:lineRule="exact" w:before="61"/>
-                        <w:ind w:left="2" w:right="4" w:firstLine="0"/>
+                        <w:spacing w:before="45" w:line="449" w:lineRule="exact"/>
+                        <w:ind w:left="41" w:right="16"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>Recertification</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-15"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>Step</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-16"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>A:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-16"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>Training</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-17"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-1"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>Profile</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-15"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="4"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>(First</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-15"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-2"/>
-                          <w:sz w:val="36"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="37"/>
                         </w:rPr>
                         <w:t>Step)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p>
+                    <w:p w14:paraId="39F4EB95" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                       <w:pPr>
-                        <w:spacing w:line="219" w:lineRule="exact" w:before="0"/>
-                        <w:ind w:left="5" w:right="3" w:firstLine="0"/>
+                        <w:spacing w:line="205" w:lineRule="exact"/>
+                        <w:ind w:left="41" w:right="42"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>Need</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-1"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>help</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-10"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>with</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-1"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="4"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>Step</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-10"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t>A? </w:t>
+                        <w:t xml:space="preserve">A? </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>Start</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="6"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>with</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-10"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>your</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-2"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="4"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>agency’s</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-2"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-3"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>Training</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-2"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>Officer</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="000000"/>
+                          <w:spacing w:val="3"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-2"/>
-[...7 lines deleted...]
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>if</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-4"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>more</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="9"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>help</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-9"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>is</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
                           <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>required</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-10"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>contact</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-1"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-8"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>the</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-3"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-5"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>NREMT</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="-2"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="-4"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:sz w:val="18"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
                         <w:t>at</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:color w:val="000000"/>
-                          <w:spacing w:val="1"/>
-                          <w:sz w:val="18"/>
+                          <w:spacing w:val="4"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
                         </w:rPr>
-                        <w:t> </w:t>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:hyperlink r:id="rId5">
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="085295"/>
+                          <w:spacing w:val="-33"/>
+                          <w:w w:val="105"/>
+                          <w:sz w:val="17"/>
+                          <w:u w:val="single" w:color="085295"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:hyperlink r:id="rId20">
                         <w:r>
                           <w:rPr>
                             <w:color w:val="085295"/>
                             <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:w w:val="105"/>
+                            <w:sz w:val="17"/>
                             <w:u w:val="single" w:color="085295"/>
                           </w:rPr>
                           <w:t>support@nremt.org</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
-                <v:fill type="solid"/>
+                <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="39AD81B8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="50563933" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
+        <w:ind w:left="452"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C3C21FC" wp14:editId="69F0918B">
                 <wp:extent cx="6607175" cy="390525"/>
                 <wp:effectExtent l="19050" t="9525" r="12700" b="19050"/>
-                <wp:docPr id="2" name="Group 2"/>
+                <wp:docPr id="12" name="Group 12"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="2" name="Group 2"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="390525"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="390525"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="3" name="Graphic 3"/>
+                        <wps:cNvPr id="13" name="Graphic 13"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4772"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17795"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37129"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="304291"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327941"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347281"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360334"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="365125"/>
+                                  <a:pt x="6520941" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360334"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347281"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327941"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="304291"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37129"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17795"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4772"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="4" name="Graphic 4"/>
+                        <wps:cNvPr id="14" name="Graphic 14"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4772"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17795"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37129"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="304291"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327941"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347281"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360334"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="365125"/>
+                                  <a:pt x="6520941" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360334"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347281"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327941"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="304291"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="60832"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37129"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17795"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4772"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6520942" y="0"/>
+                                  <a:pt x="6520941" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="5" name="Textbox 5"/>
+                        <wps:cNvPr id="15" name="Textbox 15"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="390525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="53CF81AB" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="128"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="126"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Log</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>into</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your NREMT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>into</w:t>
+                                <w:t>through</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
-[...67 lines deleted...]
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>NREMT.org.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="width:520.25pt;height:30.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup2" coordorigin="0,0" coordsize="10405,615">
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:575" id="docshape3" coordorigin="20,20" coordsize="10365,575" path="m10289,20l116,20,79,28,48,48,28,78,20,116,20,499,28,536,48,567,79,587,116,595,10289,595,10326,587,10357,567,10377,536,10385,499,10385,116,10377,78,10357,48,10326,28,10289,20xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="3C3C21FC" id="Group 12" o:spid="_x0000_s1037" style="width:520.25pt;height:30.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3905" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCiPjfp1QMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv4zYQvhfofyB0b/SWbCHOok2aoMBi&#10;u8Cm6JmWqAcqiSxJW8q/75AUJa2D2Nm0PW0uzkgcUjPfDOebyfWHsWvRkXDR0H7n+Feeg0if06Lp&#10;q53zx+P9TxsHCYn7Are0JzvniQjnw82PP1wPLCMBrWlbEI7gkF5kA9s5tZQsc12R16TD4ooy0sNi&#10;SXmHJTzyyi04HuD0rnUDz0vcgfKCcZoTIeDtnVl0bvT5ZUly+XtZCiJRu3PANql/uf7dq1/35hpn&#10;FcesbvLJDPwGKzrc9PDR+ag7LDE68ObZUV2TcypoKa9y2rm0LJucaB/AG9878eaB0wPTvlTZULEZ&#10;JoD2BKc3H5t/Oj5w9oV95sZ6ED/S/C8BuLgDq7L1unquFuWx5J3aBE6gUSP6NCNKRolyeJkkXuqn&#10;sYNyWAu3XhzEBvK8hrg825bXv57f6OLMfFYbNxszMMgesQAk/h1AX2rMiMZdKAA+c9QUkNyhg3rc&#10;QRI/TPkCbwAn9XHQUhhOT2KC8wQhP0g9yEFAwkg692ak4o2fzkglsW+Qmh3GWX4Q8oFQjTk+fhRS&#10;768KK+HaSvnYW5HDDVC53+rclw6C3OcOgtzfm0AwLNU+FUglogGCZk2pIWbGErXc0SN5pFpRqsgl&#10;ceBtI187pC8S2LrotP1Xut4mhkpgEwQ07br9y/SZIWRLoPWiFATw8EVVP90EqUEzTbc6rV7UjdIN&#10;BE+lYOoH27PHmgAl3iY8/3mjF3pRsPXPHrh8O0gVXK/zKYzSYHNeecEqTLwwjM6eDA5NAZgies6M&#10;dWRfpR5FMaCgAX6FKXESbsNJ/bKbSZwm201kTr8M4Zy8KtqXo7NWvxz0r2y5mErJylG42xdyNIkX&#10;FC8m/zpC9u7Zm5S3VBATXnWj9RWabzlckXUdEbRtivumbdW1Frza37YcHbEiSy+5v7VHr9Sg8IrM&#10;FDgl7WnxBPVxgIq4c8TfB8yJg9rfeqjAim6twK2wtwKX7S3VpKwrChfycfwTc4YYiDtHQl38RG0h&#10;xpkteGC/UjC6amdPfz5IWjaqGmrbjEXTA5CCKdD/PztAhp6wg76R3y07zAXHJtFL3LDUsYtp/17z&#10;Z358r/nrTmTqnb7bmm9rv+miFrK3d8+ufws3tL1qBoM4gqZV08M3c4Wp1XdY1IZTNI3MbcpUot+5&#10;5PmkAQOT4ZJHoME9HZGv+9sVlyA5/kKhCdct4kLJdjx601QG3GonFsWxataY2FhNEToHTmjYjCMn&#10;LYEc96MemObp6D9qEl5B9XoshFFZNz3TWK9m8fWzzrvlnw83/wAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AK5QlTncAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdjZpSYjalFPVU&#10;BFtBeptmp0lodjZkt0n679160cvA4z3e+yZfTrYVA/W+cawhmSkQxKUzDVcavnZvDwsQPiAbbB2T&#10;hgt5WBa3Nzlmxo38ScM2VCKWsM9QQx1Cl0npy5os+pnriKN3dL3FEGVfSdPjGMttKx+VmkuLDceF&#10;Gjta11Setmer4X3EcfWUvA6b03F92e/Sj+9NQlrf302rFxCBpvAXhit+RIciMh3cmY0XrYb4SPi9&#10;V089qxTEQcM8SUEWufxPX/wAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoj436dUDAADE&#10;EAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEArlCVOdwA&#10;AAAFAQAADwAAAAAAAAAAAAAAAAAvBgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADgH&#10;AAAAAA==&#10;">
+                <v:shape id="Graphic 13" o:spid="_x0000_s1038" style="position:absolute;left:127;top:127;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDW/xKFwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMkJvdWMbokRXEUXs1cSD3obsmASzsyG7TeK/7xYK3mZ473vzZr0dTSN66lxtWcF8FoEg&#10;LqyuuVRwyY8fSxDOI2tsLJOCJznYbiZva0y1HfhMfeZLEULYpaig8r5NpXRFRQbdzLbEQbvbzqAP&#10;a1dK3eEQwk0jP6MokQZrDhcqbGlfUfHIfkyocb2hPRX5AvsD3R+JjPv8Eiv1Ph13KxCeRv8y/9Pf&#10;OnBf8PdLGEBufgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDW/xKFwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m6520941,l60858,,37172,4772,17827,17795,4783,37129,,60832,,304291r4783,23650l17827,347281r19345,13053l60858,365125r6460083,l6544591,360334r19340,-13053l6576984,327941r4791,-23650l6581775,60832r-4791,-23703l6563931,17795,6544591,4772,6520941,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:575" id="docshape4" coordorigin="20,20" coordsize="10365,575" path="m116,20l79,28,48,48,28,78,20,116,20,499,28,536,48,567,79,587,116,595,10289,595,10326,587,10357,567,10377,536,10385,499,10385,116,10377,78,10357,48,10326,28,10289,20,116,20xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 14" o:spid="_x0000_s1039" style="position:absolute;left:127;top:127;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHB8aLxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLxIs1FEQ5pVSkXqoVU0PbS3ITsmodnZkN2a9N+7QsHbPN7nZOvBNOJCnastK5hGMQji&#10;wuqaSwWf+fYpAeE8ssbGMin4Iwfr1cMow1Tbno90OflShBB2KSqovG9TKV1RkUEX2ZY4cGfbGfQB&#10;dqXUHfYh3DRyFscLabDm0FBhS68VFT+nX6PgOJssz8v918S89wdOms3H91uulRo/Di/PIDwN/i7+&#10;d+90mD+H2y/hALm6AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcHxovEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m60858,l37172,4772,17827,17795,4783,37129,,60832,,304291r4783,23650l17827,347281r19345,13053l60858,365125r6460083,l6544591,360334r19340,-13053l6576984,327941r4791,-23650l6581775,60832r-4791,-23703l6563931,17795,6544591,4772,6520941,,60858,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:0;top:0;width:10405;height:615" type="#_x0000_t202" id="docshape5" filled="false" stroked="false">
+                <v:shape id="Textbox 15" o:spid="_x0000_s1040" type="#_x0000_t202" style="position:absolute;width:66071;height:3905;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFTgEvwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1AVlrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAVOAS/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="53CF81AB" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="128"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="126"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Log</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>into</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your NREMT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>into</w:t>
+                          <w:t>through</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
-[...67 lines deleted...]
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>NREMT.org.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="16DD2CB3" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="7"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-          <w:sz w:val="22"/>
+        <w:t>All</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMTs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>without</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>NREMT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>use</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>NREMT.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Profile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(education)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E089A55" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="452"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487588864">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D0C68E6" wp14:editId="70210C81">
                 <wp:extent cx="6607175" cy="355600"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...1 lines deleted...]
-                <wp:docPr id="6" name="Group 6"/>
+                <wp:effectExtent l="19050" t="9525" r="12700" b="15875"/>
+                <wp:docPr id="16" name="Group 16"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="6" name="Group 6"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="355600"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="355600"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="7" name="Graphic 7"/>
+                        <wps:cNvPr id="17" name="Graphic 17"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="330200"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="330200">
                                 <a:moveTo>
                                   <a:pt x="6526783" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33620" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16124" y="16113"/>
@@ -1774,51 +3621,51 @@
                                 <a:lnTo>
                                   <a:pt x="6565661" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6548181" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526783" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="8" name="Graphic 8"/>
+                        <wps:cNvPr id="18" name="Graphic 18"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="330200"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="330200">
                                 <a:moveTo>
                                   <a:pt x="55041" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="33620" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16124" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4326" y="33593"/>
@@ -1871,5222 +3718,2973 @@
                                 <a:lnTo>
                                   <a:pt x="6526783" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="9" name="Textbox 9"/>
+                        <wps:cNvPr id="19" name="Textbox 19"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="355600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="6C1A3ABF" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="116"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Affiliate</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>EMS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>agency</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>(employer).</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="position:absolute;margin-left:41pt;margin-top:13.871244pt;width:520.25pt;height:28pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshapegroup6" coordorigin="820,277" coordsize="10405,560">
-                <v:shape style="position:absolute;left:840;top:297;width:10365;height:520" id="docshape7" coordorigin="840,297" coordsize="10365,520" path="m11118,297l927,297,893,304,865,323,847,350,840,384,840,731,847,765,865,792,893,811,927,817,11118,817,11152,811,11180,792,11198,765,11205,731,11205,384,11198,350,11180,323,11152,304,11118,297xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="4D0C68E6" id="Group 16" o:spid="_x0000_s1041" style="width:520.25pt;height:28pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3556" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCilgGQ5AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS/QfyD0Xusu7QpeB61dGwWC&#10;JEAc9JkrURdUElWSu5L/vkNSlOR1stqkLfIQw8BqJA7JmTPDMxxfvxmaGh0J4xVtd5Z75ViItCnN&#10;qrbYWZ8e73/ZWIgL3Ga4pi3ZWU+EW29ufv7puu8S4tGS1hlhCBZpedJ3O6sUoktsm6claTC/oh1p&#10;YTCnrMECXllhZwz3sHpT257jRHZPWdYxmhLO4eudHrRu1Pp5TlLxPs85EajeWWCbUL9M/e7lr31z&#10;jZOC4a6s0tEM/A1WNLhqYdNpqTssMDqw6sVSTZUyymkurlLa2DTPq5QoH8Ab1znx5oHRQ6d8KZK+&#10;6CaYANoTnL552fTd8YF1H7sPTFsP4lua/sUBF7vvimQ5Lt+LWXnIWSMngRNoUIg+TYiSQaAUPkaR&#10;E7txaKEUxvwwjJwR8rSEuLyYlpa/n59o40Rvq4ybjOk7yB4+A8T/HUAfS9wRhTuXAHxgqMoguWML&#10;tbiBJH4Y8wW+AE5yc9CSGI5vfITzBCHXi8F9BEhoSeXehFS4ceMJKd+B5JaLTw7jJD1w8UCowhwf&#10;33Kh5heZkXBppHRojcjgBMjcr1XuCwtB7jMLQe7vde53WMh5MpBSRD0EzZhSQsy0JXK4oUfySJWi&#10;kJGLQi+KN75yyNg669TtUjcMncB9pmnGzbNTa/p+5GmIAt/zRwCMinlqVTdyvUCjGbnueV1YLFKq&#10;vh9uz6vq3cNguzU+mW3NU2+v9bw49JzNWTunvb0tnIborO7sk+8Gzua88oyV74Wb+LzyHIAxojq3&#10;jE/mqX1bRvYi9WDjbnR4LzAlCuEvGtXX3YzCOA5CrX4BhFPywjG7IDpL9fWgL21ZT6WloxDZlRyN&#10;whnF1eRfRug0T9OacqLDK0+04pDplAOfLHmE07rK7qu6lseas2J/WzN0xLJYOtH9rVl6oQbEyxNN&#10;cFLa0+wJ+LEHRtxZ/O8DZsRC9R8tMDCcEGEEZoS9EZiob6kqyopRGBePw5+YdagDcWcJ4MV31BAx&#10;Tgzhgf1SQevKmS399SBoXkk2VLZpi8YXKAqaoP//6gAXnZPqoHjhR60OM+GYJPpSbZh5bDXtZ35c&#10;P08T764f1FfOf17NXzn/2TVnrj/rqfSdOP95/X559sz419SGupWXQS8M4CaqysNX1wrN1XeYl7qm&#10;qDIyXYBGin6tJS87ja2pJY9QBvd0QO5WwraoJUgMv1G4hLvm+xd6Dk1tioJxMvUan+/KFr2GrLGy&#10;1xirsewiVA6clGHdjpxcCcSwH1TDFBjb/qNLwgWlXrWF0CqrS8/Y1stefPmu8m7+58PNPwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGT5RZ3cAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdjZpSYjalFPVUBFtBeptmp0lodjZkt0n679160cvA4z3e+yZfTrYVA/W+cawhmSkQxKUz&#10;DVcavnZvDwsQPiAbbB2Thgt5WBa3Nzlmxo38ScM2VCKWsM9QQx1Cl0npy5os+pnriKN3dL3FEGVf&#10;SdPjGMttKx+VmkuLDceFGjta11Setmer4X3EcfWUvA6b03F92e/Sj+9NQlrf302rFxCBpvAXhit+&#10;RIciMh3cmY0XrYb4SPi9V089qxTEQUM6VyCLXP6nL34AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAopYBkOQDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAZPlFndwAAAAFAQAADwAAAAAAAAAAAAAAAAA+BgAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEcHAAAAAA==&#10;">
+                <v:shape id="Graphic 17" o:spid="_x0000_s1042" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD5458swQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fS8Mw&#10;EH4X/B/CDXxz6Sa40S0rIhOMIGyd4OvR3NLW5lKb2NX/3giCb/fx/bxtMblOjDSExrOCxTwDQVx5&#10;07BV8HZ6ul2DCBHZYOeZFHxTgGJ3fbXF3PgLH2ksoxUphEOOCuoY+1zKUNXkMMx9T5y4sx8cxgQH&#10;K82AlxTuOrnMsnvpsOHUUGNPjzVVH+WXU9Bq/9pK275MVuvycPep9/yulbqZTQ8bEJGm+C/+cz+b&#10;NH8Fv7+kA+TuBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPnjnyzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6526783,l55041,,33620,4323,16124,16113,4326,33593,,54990,,275208r4326,21398l16124,314086r17496,11790l55041,330200r6471742,l6548181,325876r17480,-11790l6577451,296606r4324,-21398l6581775,54990r-4324,-21397l6565661,16113,6548181,4323,6526783,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:840;top:297;width:10365;height:520" id="docshape8" coordorigin="840,297" coordsize="10365,520" path="m927,297l893,304,865,323,847,350,840,384,840,731,847,765,865,792,893,811,927,817,11118,817,11152,811,11180,792,11198,765,11205,731,11205,384,11198,350,11180,323,11152,304,11118,297,927,297xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 18" o:spid="_x0000_s1043" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWoJ0nxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8Mw&#10;DMXvhX4Ho8JurbO1lJLVLaNQyLZL/x26m4i1JCyWQ+w13j59dRjsJvGe3vtpvU2uVTfqQ+PZwOMs&#10;A0VcettwZeBy3k9XoEJEtth6JgM/FGC7GY/WmFs/8JFup1gpCeGQo4E6xi7XOpQ1OQwz3xGL9ul7&#10;h1HWvtK2x0HCXaufsmypHTYsDTV2tKup/Dp9OwOH4jr/SEOxqhaL+D7/fUWfrm/GPEzSyzOoSCn+&#10;m/+uCyv4Aiu/yAB6cwcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWoJ0nxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m55041,l33620,4323,16124,16113,4326,33593,,54990,,275208r4326,21398l16124,314086r17496,11790l55041,330200r6471742,l6548181,325876r17480,-11790l6577451,296606r4324,-21398l6581775,54990r-4324,-21397l6565661,16113,6548181,4323,6526783,,55041,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:820;top:277;width:10405;height:560" type="#_x0000_t202" id="docshape9" filled="false" stroked="false">
+                <v:shape id="Textbox 19" o:spid="_x0000_s1044" type="#_x0000_t202" style="position:absolute;width:66071;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCEAwsqwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTVA+iXaOIrCAIYq0Hj7PN2AabSbeJWv+9ERb2No/3OfNlZ2txp9YbxwpGwwQEceG0&#10;4VLBKd8MpiB8QNZYOyYFT/KwXHz05phq9+CM7sdQihjCPkUFVQhNKqUvKrLoh64hjtzFtRZDhG0p&#10;dYuPGG5rOU6SibRoODZU2NC6ouJ6vFkFqzNn3+Z3/3PILpnJ81nCu8lVqf5nt/oCEagL/+I/91bH&#10;+TN4/xIPkIsXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIQDCyrBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="6C1A3ABF" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="116"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Affiliate</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>EMS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>agency</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>(employer).</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <w10:wrap type="topAndBottom"/>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...1910 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6B157768" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1049"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="1049" w:hanging="352"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Find</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>EMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>agency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>under</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>"Agency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Affiliations"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Dashboard.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3192CA64" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1049"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="1049" w:hanging="352"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>unaffiliated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>(not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>working</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>EMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>hold</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>NREMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>certification</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="676B30AC" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="1073" w:right="1468"/>
+        <w:ind w:left="1050"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>Select</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>"Unaffiliated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Region</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
-        <w:t> </w:t>
-[...12 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>#"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>based</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-2"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>which</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>you</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t> </w:t>
-[...22 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>live</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...37 lines deleted...]
-      <w:hyperlink r:id="rId14">
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(more info</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>available on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-43"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
+            <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>https://</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...6 lines deleted...]
-      <w:hyperlink r:id="rId14">
+    </w:p>
+    <w:p w14:paraId="1637283A" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1050"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
-            <w:u w:val="none"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5D0F0891" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="505"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="216"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+    </w:p>
+    <w:p w14:paraId="24C8982A" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1066"/>
+        </w:tabs>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="941"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...1 lines deleted...]
-                <wp:effectExtent l="19050" t="9525" r="12700" b="13970"/>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3EE99F9C" wp14:editId="239CE922">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>544194</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>524978</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6607175" cy="374015"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
                 <wp:docPr id="20" name="Group 20"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="20" name="Group 20"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6607175" cy="367030"/>
-                          <a:chExt cx="6607175" cy="367030"/>
+                          <a:ext cx="6607175" cy="374015"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6607175" cy="374015"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Graphic 21"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
-                            <a:ext cx="6581775" cy="341630"/>
+                            <a:ext cx="6581775" cy="348615"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="6581775" h="341630">
+                              <a:path w="6581775" h="348615">
                                 <a:moveTo>
-                                  <a:pt x="6524879" y="0"/>
+                                  <a:pt x="6523735" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="56934" y="0"/>
-[...56 lines deleted...]
-                                  <a:pt x="6524879" y="0"/>
+                                  <a:pt x="58077" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="35474" y="4568"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="17013" y="17018"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4565" y="35468"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="58038"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="290322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4565" y="312965"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="17013" y="331454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="35474" y="343917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="58077" y="348488"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6523735" y="348488"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6546306" y="343917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6564757" y="331454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577206" y="312965"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="290322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="58038"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577206" y="35468"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6564757" y="17018"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6546306" y="4568"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6523735" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="22" name="Graphic 22"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
-                            <a:ext cx="6581775" cy="341630"/>
+                            <a:ext cx="6581775" cy="348615"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="6581775" h="341630">
+                              <a:path w="6581775" h="348615">
                                 <a:moveTo>
-                                  <a:pt x="56934" y="0"/>
+                                  <a:pt x="58077" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="34772" y="4478"/>
-[...56 lines deleted...]
-                                  <a:pt x="56934" y="0"/>
+                                  <a:pt x="35474" y="4568"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="17013" y="17018"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4565" y="35468"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="58038"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="290322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4565" y="312965"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="17013" y="331454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="35474" y="343917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="58077" y="348488"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6523735" y="348488"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6546306" y="343917"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6564757" y="331454"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577206" y="312965"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="290322"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="58038"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577206" y="35468"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6564757" y="17018"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6546306" y="4568"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6523735" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="58077" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="23" name="Textbox 23"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="6607175" cy="367030"/>
+                            <a:ext cx="6607175" cy="374015"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="26ADE8FD" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="129"/>
+                                <w:ind w:left="120"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>3.</w:t>
+                                <w:t>4.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-17"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Enter</w:t>
+                                <w:t>Submit</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>all</w:t>
+                                <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>required</w:t>
+                                <w:t>Profile</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-18"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>continuing</w:t>
+                                <w:t>for</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-14"/>
+                                  <w:spacing w:val="-18"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>education</w:t>
+                                <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-14"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>Officer</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>(TO)</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-18"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>review</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>hours.</w:t>
+                                <w:t>approval.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:inline>
+              </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="width:520.25pt;height:28.9pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup20" coordorigin="0,0" coordsize="10405,578">
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:538" id="docshape21" coordorigin="20,20" coordsize="10365,538" path="m10295,20l110,20,75,27,46,46,27,75,20,110,20,468,27,503,46,532,75,551,110,558,10295,558,10330,551,10359,532,10378,503,10385,468,10385,110,10378,75,10359,46,10330,27,10295,20xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="3EE99F9C" id="Group 20" o:spid="_x0000_s1045" style="position:absolute;left:0;text-align:left;margin-left:42.85pt;margin-top:41.35pt;width:520.25pt;height:29.45pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3740" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJC7vK5wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vnDgQfz/p/geL94Zv2KBsqja5RCdV&#10;baWm6rMXzIcOMLW9C/nvb2xjIJt2l37c0+WFHfAwjH8z/s3MXr0emhodCOMVbbeWe+FYiLQpzaq2&#10;2FqfH+5ebSzEBW4zXNOWbK1Hwq3X13/+cdV3CfFoSeuMMARGWp703dYqhegS2+ZpSRrML2hHWljM&#10;KWuwgFtW2BnDPVhvattznMjuKcs6RlPCOTy91YvWtbKf5yQVH/KcE4HqrQW+CXVl6rqTV/v6CicF&#10;w11ZpaMb+Ce8aHDVwkcnU7dYYLRn1TNTTZUyymkuLlLa2DTPq5SoPcBuXOdoN/eM7ju1lyLpi26C&#10;CaA9wumnzabvD/es+9R9ZNp7EN/R9B8OuNh9VyTLdXlfzMpDzhr5EmwCDQrRxwlRMgiUwsMocmI3&#10;Di2UwpofB44basjTEuLy7LW0/Ov0izZO9GeVc5MzfQfZw2eA+K8B9KnEHVG4cwnAR4aqbGt5roVa&#10;3EAS34/5Ak8AJ/lx0JIYjnd8hPMIIdeLHchBQEJLKvcmpMKNG09IBZtIIzVtGCfpnot7QhXm+PCO&#10;C/V+kRkJl0ZKh9aIDE6AzP1a5b6wEOQ+sxDk/k4HosNCvicDKUXUQ9CMKyXETHsilxt6IA9UKQoZ&#10;uSj0/NiH2Jqwg6+zTt0udcONE8dPNM26+e2UTT8M4kDpBWG0kR6CUaNifrWqGzuur9EE6bQuGNN+&#10;gv0zZnWAwF//tEmt5106vued9HP+tutdghvr9uT7bhAGJ5VnrPzAv3Tjk8pzACCiweb03paRXaUe&#10;RL4TqViscCUKoyAOdTas2GYUxrFnrJ+HcEpeyMoV0Vmqnw/6E1/OptJyozJbz4E+o3g2+ZcRUkVs&#10;cUzSmnKis0yeaHWEplMOekse4bSusruqruWx5qzY3dQMHbAslk50d2NML9SAeHmiCU5KO5o9Aj/2&#10;wIhbi3/dY0YsVP/dAgPLcmsEZoSdEZiob6gqyopRGBcPwxfMOtSBuLUE8OJ7aogYJ4bwwH+poHXl&#10;my19sxc0ryQbKt+0R+MNFAVN0P99dfCeVQfFC//X6jATjkmi79WGmcfOpv0L50/1cQXRziFYReJz&#10;NV+lPrPVCleWVPjC+bLXGluoGcWzyX+K85+2RnPgzdkz6z9SG+pWNoNeGEDTqsrDD9cKzdW3mJe6&#10;pqgyMrUpI0W/1JLnkwb0tXrSeIAyuKMD8nwJ26KWIDG8pdCETxPId2YO3aaqNMDJNGt8eyqD2mom&#10;Fllj5awxVmM5RagcOCrDehw5agnEsBvUwKR63d/YJKwo9WoshFFZNT3jWC9n8eW9yrv5z4frfwEA&#10;AP//AwBQSwMEFAAGAAgAAAAhACRYiZDgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQ&#10;he+C/2EZwZvdJNpYYjalFPVUBFuh9LbNTpPQ7GzIbpP03zs96enN8B5vvsmXk23FgL1vHCmIZxEI&#10;pNKZhioFP7uPpwUIHzQZ3TpCBVf0sCzu73KdGTfSNw7bUAkuIZ9pBXUIXSalL2u02s9ch8TeyfVW&#10;B177Sppej1xuW5lEUSqtbogv1LrDdY3leXuxCj5HPa6e4/dhcz6tr4fd/Gu/iVGpx4dp9QYi4BT+&#10;wnDDZ3QomOnoLmS8aBUs5q+cZE1Yb36cpAmII08vcQqyyOX/F4pfAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAAkLu8rnAwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhACRYiZDgAAAACgEAAA8AAAAAAAAAAAAAAAAAQQYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABOBwAAAAA=&#10;">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1046" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDt4bR/vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvAimtpDKdUoIiiCJ38u3pZmbYvNpjSx1rc3guBxmPlmmOW6N7XoqHWVZQXzWQSCOLe6&#10;4kLB9bKbpiCcR9ZYWyYFb3KwXg0HS8y0ffGJurMvRChhl6GC0vsmk9LlJRl0M9sQB+9uW4M+yLaQ&#10;usVXKDe1jKMokQYrDgslNrQtKX+cn0ZB3J0mBaZHc8M44l19S/bpM1FqPOo3CxCeev8P/+iDDtwc&#10;vl/CD5CrDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDt4bR/vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m6523735,l58077,,35474,4568,17013,17018,4565,35468,,58038,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465658,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58038r-4569,-22570l6564757,17018,6546306,4568,6523735,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:538" id="docshape22" coordorigin="20,20" coordsize="10365,538" path="m110,20l75,27,46,46,27,75,20,110,20,468,27,503,46,532,75,551,110,558,10295,558,10330,551,10359,532,10378,503,10385,468,10385,110,10378,75,10359,46,10330,27,10295,20,110,20xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 22" o:spid="_x0000_s1047" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNLagrwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvB75DOIPdzXQVx+iMIoJDr8R2D3BoTtvM5qQ0Wdv59EYQdvnx/fnxrTaTbcVAvTeOFbzNExDE&#10;pdOGawXfxf71A4QPyBpbx6Tgjzxs1rOnFWbajXymIQ+1iCPsM1TQhNBlUvqyIYt+7jri6FWutxii&#10;7GupexzjuG1lmiTv0qLhSGiwo11D5SX/tRGyKE4/2i/tzhf4VZmuOvJ1UOrledp+ggg0hf/wo33Q&#10;CtIU7l/iD5DrGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBNLagrwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m58077,l35474,4568,17013,17018,4565,35468,,58038,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465658,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58038r-4569,-22570l6564757,17018,6546306,4568,6523735,,58077,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:0;top:0;width:10405;height:578" type="#_x0000_t202" id="docshape23" filled="false" stroked="false">
+                <v:shape id="Textbox 23" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;width:66071;height:3740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArh/Z9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOC2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK4f2fcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="26ADE8FD" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="129"/>
+                          <w:ind w:left="120"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>3.</w:t>
+                          <w:t>4.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-17"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Enter</w:t>
+                          <w:t>Submit</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>all</w:t>
+                          <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>required</w:t>
+                          <w:t>Profile</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-18"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>continuing</w:t>
+                          <w:t>for</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-14"/>
+                            <w:spacing w:val="-18"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>education</w:t>
+                          <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-14"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>Officer</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>(TO)</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-18"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>review</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>hours.</w:t>
+                          <w:t>approval.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...16 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...247 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15732224">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487428096" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55A87F70" wp14:editId="3C2DCD78">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>549275</wp:posOffset>
+                  <wp:posOffset>544194</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-358163</wp:posOffset>
+                  <wp:posOffset>-334571</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6607175" cy="374015"/>
+                <wp:extent cx="6607175" cy="367030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Group 24"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="24" name="Group 24"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6607175" cy="374015"/>
-                          <a:chExt cx="6607175" cy="374015"/>
+                          <a:ext cx="6607175" cy="367030"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="6607175" cy="367030"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="25" name="Graphic 25"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
-                            <a:ext cx="6581775" cy="348615"/>
+                            <a:ext cx="6581775" cy="341630"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="6581775" h="348615">
+                              <a:path w="6581775" h="341630">
                                 <a:moveTo>
-                                  <a:pt x="6523735" y="0"/>
+                                  <a:pt x="6524879" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="58077" y="0"/>
-[...56 lines deleted...]
-                                  <a:pt x="6523735" y="0"/>
+                                  <a:pt x="56934" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="34777" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="34772"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="56895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="284733"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="306857"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="324945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="34777" y="337151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="56934" y="341629"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6524879" y="341629"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6547002" y="337151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6565090" y="324945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577296" y="306857"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="284733"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="56895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577296" y="34772"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6565090" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6547002" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6524879" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="26" name="Graphic 26"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
-                            <a:ext cx="6581775" cy="348615"/>
+                            <a:ext cx="6581775" cy="341630"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
-                              <a:path w="6581775" h="348615">
+                              <a:path w="6581775" h="341630">
                                 <a:moveTo>
-                                  <a:pt x="58077" y="0"/>
+                                  <a:pt x="56934" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="35474" y="4568"/>
-[...56 lines deleted...]
-                                  <a:pt x="58077" y="0"/>
+                                  <a:pt x="34777" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="34772"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="56895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="284733"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="306857"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="324945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="34777" y="337151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="56934" y="341629"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6524879" y="341629"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6547002" y="337151"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6565090" y="324945"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577296" y="306857"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="284733"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="56895"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6577296" y="34772"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6565090" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6547002" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6524879" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="56934" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="27" name="Textbox 27"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="6607175" cy="374015"/>
+                            <a:ext cx="6607175" cy="367030"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="5DC1D48E" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="129"/>
+                                <w:ind w:left="120"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>4.</w:t>
+                                <w:t>3.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-8"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Submit</w:t>
+                                <w:t>Enter</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Training</w:t>
+                                <w:t>all</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Profile</w:t>
+                                <w:t>required</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>for</w:t>
+                                <w:t>continuing</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Training</w:t>
+                                <w:t>education</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
-[...67 lines deleted...]
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>approval.</w:t>
+                                <w:t>hours.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="position:absolute;margin-left:43.25pt;margin-top:-28.201876pt;width:520.25pt;height:29.45pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15732224" id="docshapegroup24" coordorigin="865,-564" coordsize="10405,589">
-                <v:shape style="position:absolute;left:885;top:-545;width:10365;height:549" id="docshape25" coordorigin="885,-544" coordsize="10365,549" path="m11159,-544l976,-544,941,-537,912,-517,892,-488,885,-453,885,-87,892,-51,912,-22,941,-2,976,5,11159,5,11194,-2,11223,-22,11243,-51,11250,-87,11250,-453,11243,-488,11223,-517,11194,-537,11159,-544xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="55A87F70" id="Group 24" o:spid="_x0000_s1049" style="position:absolute;left:0;text-align:left;margin-left:42.85pt;margin-top:-26.35pt;width:520.25pt;height:28.9pt;z-index:-15888384;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3670" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDlzS5n4QMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv4zYQvhfofyB0b6wnZQtxFm3SBAUW&#10;2wU2Rc+0RD1QSVRJ2lL+fYekKCkO1sqmLXpoLvJIHA6H3wzn4/j6w9DU6ES5qFi7d7wr10G0TVlW&#10;tcXe+e3x/oetg4QkbUZq1tK980SF8+Hm+++u+y6hPitZnVGOwEgrkr7bO6WUXbLZiLSkDRFXrKMt&#10;DOaMN0TCKy82GSc9WG/qje+6eNMznnWcpVQI+HpnBp0bbT/PaSp/zXNBJar3Dvgm9ZPr50E9NzfX&#10;JCk46coqHd0gb/CiIVULi06m7ogk6MirF6aaKuVMsFxepazZsDyvUqr3ALvx3LPdPHB27PReiqQv&#10;ugkmgPYMpzebTT+dHnj3pfvMjfcgfmTpHwJw2fRdkSzH1XsxKw85b9Qk2AQaNKJPE6J0kCiFjxi7&#10;sRdHDkphLMCxG4yQpyXE5cW0tPz58sQNScyy2rnJmb6D7BEzQOLvAfSlJB3VuAsFwGeOqmzv+LCN&#10;ljSQxA9jvsAXwEktDloKw/FNjHCeIeT5sQs5CEgYSefehFS09eIJqdDDBqlpwyRJj0I+UKYxJ6eP&#10;Qur5RWYlUlopHVorcjgBKvdrnfvSQZD73EGQ+weT+x2Rap4KpBJRD0GzrpQQM+OJGm7YiT4yrShV&#10;5HDkh9t4pzekowq+zjp1u9SN8C4In2nacfvbaZtBGMex1gvDeKs8BKNWxf4aVQ/jcXGQtuFFXTAG&#10;wVMpCPb9i6omQBHe7nRwv7q80fO3YRwEFw3Oa7t4G8UXdec9BX64Cy97MGMVBLEXeRctzwFQEfV3&#10;F5WXkX2VegiJ7RuA113BEY7cncHvFdvEEYRsh431dQin5IVovyI6S/X1oD/zZTWVlhtdz1EczSiu&#10;Jv8yQvbs2eOR1kxQc3LUidZHaDrlkM/LOiJYXWX3VV2rYy14cbitOToRRZYuvr+1phdqUHhFYgqc&#10;kg4se4L62ENF3DvizyPh1EH1Ly1UYIiwtAK3wsEKXNa3TJOyrihcyMfhd8I71IG4dyTUxU/MFmKS&#10;2IIH/isFo6tmtuzHo2R5paqh9s14NL4AKZgC/e+zA2ToGTtgdcj+r+wwFxybRF/jhrmOrab9XB/X&#10;z9Ncd1cP6nvNf87m7zWfLa85C/5ZTaX/qObb2m+uRi/Pnh3/Fm6oW3UZ9KMQLq2aHr6ZK0ytviOi&#10;NJyiaWS6eYwl+p1LXnYacAU2XPIINHhgA/L1vXHBJUgOPzG4hOtb30zJtj16U1cG3Go7FsWxqtcY&#10;2Vh1EToHzmjYtCNnVwI5HAbdME389w9dEl5B9bothFZZX3rGtl714st3nXfznw83fwEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhADhZJpXfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwkAQhu+FvsMy&#10;hd50k5RYidmISNuTFKqF4m3MjkkwOxuyaxLfvuupvc0wH/98f76eTCsG6l1jWUE8j0AQl1Y3XCn4&#10;PrzPliCcR9bYWiYFN3KwLh4fcsy0HfmLhr2vRAhhl6GC2vsuk9KVNRl0c9sRh9vZ9gZ9WPtK6h7H&#10;EG5amUTRQhpsOHyosaNtTeVlfzUKPkYcNy/x27C7nLe34yH9/NnFpNTz07RZgfA0+T8Y7vpBHYrg&#10;dLJX1k60CpbpayAVzNIkDHcgThYJiJOCNAZZ5PJ/g+IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA5c0uZ+EDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAOFkmld8AAAAJAQAADwAAAAAAAAAAAAAAAAA7BgAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEcHAAAAAA==&#10;">
+                <v:shape id="Graphic 25" o:spid="_x0000_s1050" style="position:absolute;left:127;top:127;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7GXOXxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9bawIx&#10;FITfC/0P4RR8q9l6qbIapQpqQRC63l4Pm9PN0s3Jsom6/vtGKPRxmJlvmOm8tZW4UuNLxwreugkI&#10;4tzpkgsFh/3qdQzCB2SNlWNScCcP89nz0xRT7W78RdcsFCJC2KeowIRQp1L63JBF33U1cfS+XWMx&#10;RNkUUjd4i3BbyV6SvEuLJccFgzUtDeU/2cUq2K0X/c1+cx5lo0GbHLf5QsuTUarz0n5MQARqw3/4&#10;r/2pFfSG8PgSf4Cc/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC7GXOXxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m6524879,l56934,,34777,4478,16679,16684,4475,34772,,56895,,284733r4475,22124l16679,324945r18098,12206l56934,341629r6467945,l6547002,337151r18088,-12206l6577296,306857r4479,-22124l6581775,56895r-4479,-22123l6565090,16684,6547002,4478,6524879,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:885;top:-545;width:10365;height:549" id="docshape26" coordorigin="885,-544" coordsize="10365,549" path="m976,-544l941,-537,912,-517,892,-488,885,-453,885,-87,892,-51,912,-22,941,-2,976,5,11159,5,11194,-2,11223,-22,11243,-51,11250,-87,11250,-453,11243,-488,11223,-517,11194,-537,11159,-544,976,-544xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 26" o:spid="_x0000_s1051" style="position:absolute;left:127;top:127;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBP2X2axAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EBuiZykmOJGCaXFIYdc7PYDttbWNrVWrqTYTr4+KhR6HGbmDbM7TKYTAznfWlawXiUg&#10;iCurW64VfLznyycQPiBr7CyTgit5OOwfZjvMtB25oKEMtYgQ9hkqaELoMyl91ZBBv7I9cfS+rDMY&#10;onS11A7HCDed3CRJKg22HBca7Om1oeq7vBgF20l+9uGYj+fb2yXBn9EV5aNTajGfXp5BBJrCf/iv&#10;fdIKNin8fok/QO7vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE/ZfZrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m56934,l34777,4478,16679,16684,4475,34772,,56895,,284733r4475,22124l16679,324945r18098,12206l56934,341629r6467945,l6547002,337151r18088,-12206l6577296,306857r4479,-22124l6581775,56895r-4479,-22123l6565090,16684,6547002,4478,6524879,,56934,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:865;top:-565;width:10405;height:589" type="#_x0000_t202" id="docshape27" filled="false" stroked="false">
+                <v:shape id="Textbox 27" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;width:66071;height:3670;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUvPB+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvutGDrdFVRFooFMQYDx6f2WeymH0bs1uN/74rFDwOM/MNs1h1thY3ar1xrGA8SkAQ&#10;F04bLhUc8q/hBwgfkDXWjknBgzyslv3eAlPt7pzRbR9KESHsU1RQhdCkUvqiIot+5Bri6J1dazFE&#10;2ZZSt3iPcFvLSZJMpUXDcaHChjYVFZf9r1WwPnL2aa7b0y47ZybPZwn/TC9KvQ269RxEoC68wv/t&#10;b61g8g7PL/EHyOUfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFS88H7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="5DC1D48E" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="129"/>
+                          <w:ind w:left="120"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>4.</w:t>
+                          <w:t>3.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-8"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Submit</w:t>
+                          <w:t>Enter</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Training</w:t>
+                          <w:t>all</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Profile</w:t>
+                          <w:t>required</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>for</w:t>
+                          <w:t>continuing</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Training</w:t>
+                          <w:t>education</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
-[...67 lines deleted...]
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>approval.</w:t>
+                          <w:t>hours.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <w10:wrap type="none"/>
+                <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...54 lines deleted...]
-        <w:t>and</w:t>
+        <w:t>Hours</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>can be used if completed within this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Recertification Cycle (“Recert Cycle”) and must have CAPCE or Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health (“Department”)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="22"/>
-[...101 lines deleted...]
-      <w:hyperlink r:id="rId13">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">approval. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Recert Cycle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>is visible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">on your </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
         <w:r>
           <w:rPr>
+            <w:b/>
             <w:color w:val="085295"/>
-            <w:spacing w:val="-2"/>
-            <w:sz w:val="22"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>dashboard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8255E7" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
-          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Training</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Profile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>associated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>fee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>electronically</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>using</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department-designated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>site</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-42"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>NREMT.org</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2926662C" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>PLEASE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>REMEMBER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CLICK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>THE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>“SUBMIT”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
-        <w:t> </w:t>
-[...13 lines deleted...]
-        <w:t>TO</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>BUTTON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TRAINING</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t> </w:t>
-[...72 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PROFILE.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="412A6500" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="22"/>
-[...6 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="22"/>
-[...7 lines deleted...]
-        <w:t>your</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for profile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>education.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Your EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="22"/>
-[...44 lines deleted...]
-          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>review</w:t>
       </w:r>
-      <w:r>
-[...142 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="127181A0" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="268" w:lineRule="exact"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:line="262" w:lineRule="exact"/>
+        <w:ind w:left="1066"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>accuracy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>document</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t> </w:t>
-[...2 lines deleted...]
-        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>proficiency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>(if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>applicable).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="27869BB0" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="268" w:lineRule="exact" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:t>$29</w:t>
+        </w:rPr>
+        <w:t>$25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(Ensure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
-      </w:r>
-[...43 lines deleted...]
-        <w:t>meets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>meets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:t>requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-19"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>submitting)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="720F6A21" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>DO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>FORGET</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>COMPLETE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546760DC" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="352"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487589888">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44305002" wp14:editId="0C7A2749">
                 <wp:extent cx="6858000" cy="949960"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:wrapTopAndBottom/>
+                <wp:effectExtent l="0" t="0" r="0" b="21590"/>
                 <wp:docPr id="28" name="Group 28"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="28" name="Group 28"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6858000" cy="949960"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6858000" cy="949960"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="29" name="Graphic 29"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="603173"/>
+                            <a:off x="86779" y="603173"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
@@ -7136,51 +6734,51 @@
                                   <a:pt x="6547844" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="30" name="Graphic 30"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="603173"/>
+                            <a:off x="86779" y="603173"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="55625"/>
                                 </a:lnTo>
@@ -7233,1728 +6831,1308 @@
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="31" name="Textbox 31"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="74117" y="590473"/>
+                            <a:off x="74079" y="590473"/>
                             <a:ext cx="6607809" cy="359410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="6A3956F9" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="122"/>
+                                <w:ind w:left="116"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Create</w:t>
-                              </w:r>
-[...15 lines deleted...]
-                                <w:t>an</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-11"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>account</w:t>
+                                <w:t>an</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>and</w:t>
+                                <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>link</w:t>
+                                <w:t>and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>link</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>certification.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="32" name="Textbox 32"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6858000" cy="585470"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFF00"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="595140C1" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="64"/>
-                                <w:ind w:left="3" w:right="3" w:firstLine="0"/>
+                                <w:spacing w:before="59"/>
+                                <w:ind w:left="42" w:right="1"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="36"/>
+                                  <w:sz w:val="37"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="36"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
                                 </w:rPr>
                                 <w:t>Recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-                                <w:t> </w:t>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="36"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-                                <w:t> </w:t>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="36"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
                                 </w:rPr>
                                 <w:t>B:</w:t>
-                              </w:r>
-[...87 lines deleted...]
-                                <w:t>Need</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-4"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t> </w:t>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t>help</w:t>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t>State</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="8"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t>Application</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-5"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t>(Second</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-4"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t> </w:t>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t>with</w:t>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="37"/>
+                                </w:rPr>
+                                <w:t>Step)</w:t>
+                              </w:r>
+                            </w:p>
+                            <w:p w14:paraId="1D2E2161" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                              <w:pPr>
+                                <w:spacing w:before="92"/>
+                                <w:ind w:left="41" w:right="36"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>Need</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-3"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t> </w:t>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t>Step</w:t>
+                                </w:rPr>
+                                <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-                                <w:t> </w:t>
+                                  <w:spacing w:val="1"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t>B?</w:t>
+                                </w:rPr>
+                                <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="45"/>
-[...5 lines deleted...]
-                                <w:rPr>
+                                  <w:spacing w:val="2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
+                                </w:rPr>
+                                <w:t>Step</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="1"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>B?</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="23"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
                                 </w:rPr>
                                 <w:t>Contact</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-3"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-6"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>Training</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-2"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                </w:rPr>
+                                <w:t>Officer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-5"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t> </w:t>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="22"/>
-[...1 lines deleted...]
-                                <w:t>your</w:t>
+                                </w:rPr>
+                                <w:t>or</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-[...49 lines deleted...]
-                              <w:hyperlink r:id="rId12">
+                                  <w:spacing w:val="-18"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:hyperlink r:id="rId26">
                                 <w:r>
                                   <w:rPr>
                                     <w:b/>
                                     <w:color w:val="085295"/>
                                     <w:spacing w:val="-2"/>
-                                    <w:sz w:val="22"/>
                                     <w:u w:val="single" w:color="085295"/>
                                   </w:rPr>
                                   <w:t>oems.recert@mass.gov</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="position:absolute;margin-left:36.000999pt;margin-top:13.827734pt;width:540pt;height:74.8pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0" id="docshapegroup28" coordorigin="720,277" coordsize="10800,1496">
-                <v:shape style="position:absolute;left:856;top:1226;width:10366;height:526" id="docshape29" coordorigin="857,1226" coordsize="10366,526" path="m11134,1226l944,1226,910,1233,882,1252,864,1280,857,1314,857,1664,864,1698,882,1726,910,1745,944,1752,11134,1752,11168,1745,11196,1726,11215,1698,11222,1664,11222,1314,11215,1280,11196,1252,11168,1233,11134,1226xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="44305002" id="Group 28" o:spid="_x0000_s1053" style="width:540pt;height:74.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68580,9499" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfr6VpMQQAAKISAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu4zYQfS/QfyD03lj3G+Is2qQJCiy2&#10;C2yKfaZ1sYRKokrSlvL3HZKiJNuw5WS3aIHGDzJFjkbDM4dz0e2Hvq7QPqOsJM3asG5MA2VNQtKy&#10;2a6NP54ffwoNxDhuUlyRJlsbLxkzPtz9+MNt18aZTQpSpRlFoKRhcdeujYLzNl6tWFJkNWY3pM0a&#10;WMwJrTGHW7pdpRR3oL2uVrZp+quO0LSlJMkYg9kHtWjcSf15niX89zxnGUfV2gDbuLxSed2I6+ru&#10;FsdbituiTAYz8BusqHHZwEtHVQ+YY7Sj5YmqukwoYSTnNwmpVyTPyySTe4DdWObRbp4o2bVyL9u4&#10;27YjTADtEU5vVpt82j/R9kv7mSrrYfiRJH8ywGXVtdt4vi7ut5Nwn9NaPASbQL1E9GVENOs5SmDS&#10;D73QNAH4BNYiN4r8AfKkAL+cPJYUv15+cIVj9Vpp3GhM1wJ72AQQ+zaAvhS4zSTuTADwmaIyXRt2&#10;ZKAG10Dip4EvMAM4iZeDlMBwuGMDnEcIhX4QgA5AwjcdK3AU+UaovNB2TVgXUDmOC3QQAuOOcZzs&#10;GH/KiAQd7z8yDsvAuFSPcKFHSd/oIYUjIMhfSfJzAwH5qYGA/Bv1/hZz8ZxQJYaoA/O0KcVoiViu&#10;yT57JlKQC9f5nu1bYSB3pG2dZKpmLut5vuUcSOp1/d9KnY4T+RAyAALX8SW8AIAW0f9K1PLtCJgF&#10;ojACMxRYWkb/K1nXCSwpqvRfElUqwV7bu6hSydkB8Ft68qyd47ttoL/i/1nZaU+CIK510YIJK8eO&#10;bO8yWpMDHMcB5C5qnnv2KnE3CF1XAbxsiu/5ngfoCtddsU3fCwLXVeS5AkIgrxUOXLvCO3PxZafP&#10;bVmm0nyjyxz1vQnFRfLPPaTPnqZ8UhGWKYqLEy1jyHjKgXrzOMJIVaaPZVWJY83odnNfUbTHIlua&#10;/uO9Vj0Tg8jLYhXhxGhD0hcIkB2ExLXB/tphmhmo+q2BEAwnhOsB1YONHlBe3ROZlWVEoYw/918x&#10;bVELw7XBIS5+IjoS41gHPLBfCChZ8WRDft5xkpciGkrblEXDDWQFFaH/8fTgwHYP0wPMgE3/2/Qw&#10;RRzNonPJYQpki7yfAuTygRoD7/JJfQ/6h+n8PeiTeZ0zJaBlKv1LQV8Hf1XvnJ49vf6a5FA1ohq0&#10;PRcqeJkfXp0sVLB+wKxQSUXmkbH0GGL0ezI56TUcqFZVMnmGPLghPYKZw2SCeP8LgSp8nD/TdQSu&#10;OXQdXmS6J12Hb0IFq7sOL3JPug6RbUXXMeRl0U9IMhwlZNWYHBUHvN/0sneS1fl3LBf+M0nfPvGT&#10;/UY/qRQkUyWOx6Zw3j97IVSIOpfq3vJV7oES7+wRfoQfnHNRRR2InXNpqPf5nSrAK1wKpsgPIdLE&#10;4aON+NIyv5cxZfq0dPc3AAAA//8DAFBLAwQUAAYACAAAACEA6P2PQd0AAAAGAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb43k/oTEsRxCaHsKhSSF0ptibWwTa2UsxXbevpte2suy&#10;wyyz32TL0TWixy7UnjQkEwUCqfC2plLD5/7tYQYiREPWNJ5QwwUDLPPbm8yk1g+0xX4XS8EhFFKj&#10;oYqxTaUMRYXOhIlvkdg7+s6ZyLIrpe3MwOGukY9KTaUzNfGHyrS4rrA47c5Ow/tghtVT8tpvTsf1&#10;5Xv/8vG1SVDr+7txtQARcYx/x3DFZ3TImengz2SDaDRwkfg7r56aKdYH3p7nU5B5Jv/j5z8AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAn6+laTEEAACiEgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA6P2PQd0AAAAGAQAADwAAAAAAAAAAAAAAAACL&#10;BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJUHAAAAAA==&#10;">
+                <v:shape id="Graphic 29" o:spid="_x0000_s1054" style="position:absolute;left:867;top:6031;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYuKFmxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heYI33USktamrmEJFWvFfPdTbI/tMgtm3IbvV9Nt3C4LHYWZ+w0znranElRpXWlYQDyMQ&#10;xJnVJecKjl/vgwkI55E1VpZJwS85mM+6nSkm2t54T9eDz0WAsEtQQeF9nUjpsoIMuqGtiYN3to1B&#10;H2STS93gLcBNJUdR9CQNlhwWCqzpraDscvgxCtbLD1ylkf4cn7YbPsbP490+/Vaq32sXryA8tf4R&#10;vrdXWsHoBf6/hB8gZ38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGLihZsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m6526187,l55613,,33968,4369,16290,16287,4371,33968,,55625,,278003r4371,21657l16290,317341r17678,11918l55613,333629r6470574,l6547844,329259r17681,-11918l6577443,299660r4370,-21657l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:856;top:1226;width:10366;height:526" id="docshape30" coordorigin="857,1226" coordsize="10366,526" path="m944,1226l910,1233,882,1252,864,1280,857,1314,857,1664,864,1698,882,1726,910,1745,944,1752,11134,1752,11168,1745,11196,1726,11215,1698,11222,1664,11222,1314,11215,1280,11196,1252,11168,1233,11134,1226,944,1226xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 30" o:spid="_x0000_s1055" style="position:absolute;left:867;top:6031;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOJrScwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwQm+a1RbR1Si2IK140hbB27AZN4ubyZLEdfvvzUHw+Hjfy3Vna9GSD5VjBeNRBoK4cLri&#10;UsHf73Y4AxEissbaMSn4pwDrVb+3xFy7Ox+oPcZSpBAOOSowMTa5lKEwZDGMXEOcuIvzFmOCvpTa&#10;4z2F21pOsmwqLVacGgw29GWouB5vVsHVTD/mp91+trt8+/Pk3B5Oof5U6m3QbRYgInXxJX66f7SC&#10;97Q+fUk/QK4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE4mtJzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m55613,l33968,4369,16290,16287,4371,33968,,55625,,278003r4371,21657l16290,317341r17678,11918l55613,333629r6470574,l6547844,329259r17681,-11918l6577443,299660r4370,-21657l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,,55613,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:836;top:1206;width:10406;height:566" type="#_x0000_t202" id="docshape31" filled="false" stroked="false">
+                <v:shape id="Textbox 31" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:740;top:5904;width:66078;height:3594;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxwFtMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8NRsVpE3diBSFgiCN6aHH1+wzWZJ9G7Nbjf/eLRQ8DjPzDbNcjbYTZxq8caxgmqQg&#10;iCunDdcKvsrt8wsIH5A1do5JwZU8rPLHhyVm2l24oPMh1CJC2GeooAmhz6T0VUMWfeJ64ugd3WAx&#10;RDnUUg94iXDbyVmaLqRFw3GhwZ7eG6raw69VsP7mYmNO+5/P4liYsnxNebdolZo8jes3EIHGcA//&#10;tz+0gvkU/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxwFtMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="6A3956F9" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="122"/>
+                          <w:ind w:left="116"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Create</w:t>
-                        </w:r>
-[...15 lines deleted...]
-                          <w:t>an</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-11"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>account</w:t>
+                          <w:t>an</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>and</w:t>
+                          <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>link</w:t>
+                          <w:t>and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>link</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>certification.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:720;top:276;width:10800;height:922" type="#_x0000_t202" id="docshape32" filled="true" fillcolor="#ffff00" stroked="false">
+                <v:shape id="Textbox 32" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;width:68580;height:5854;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6SWY4xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33WiglOgqVVrxUEqNFnt8ZJ/Z1OzbkF01/ffdguBxmJlvmPmys7W4Uusrxwom4wQE&#10;ceF0xaWCw/5t9AzCB2SNtWNS8Eselot+b46Zdjfe0TUPpYgQ9hkqMCE0mZS+MGTRj11DHL2Tay2G&#10;KNtS6hZvEW5rOU2SJ2mx4rhgsKG1oeKcX6yCzfEkv8xH97Oz35+r1L2+58e0UGo46F5mIAJ14RG+&#10;t7daQTqF/y/xB8jFHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6SWY4xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="yellow" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="595140C1" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="64"/>
-                          <w:ind w:left="3" w:right="3" w:firstLine="0"/>
+                          <w:spacing w:before="59"/>
+                          <w:ind w:left="42" w:right="1"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="36"/>
+                            <w:sz w:val="37"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="36"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
                           </w:rPr>
                           <w:t>Recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-                          <w:t> </w:t>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="36"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
                           </w:rPr>
                           <w:t>Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-                          <w:t> </w:t>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="36"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
                           </w:rPr>
                           <w:t>B:</w:t>
-                        </w:r>
-[...87 lines deleted...]
-                          <w:t>Need</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-4"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t> </w:t>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t>help</w:t>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t>State</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="8"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t>Application</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-5"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t>(Second</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-4"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t> </w:t>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t>with</w:t>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="37"/>
+                          </w:rPr>
+                          <w:t>Step)</w:t>
+                        </w:r>
+                      </w:p>
+                      <w:p w14:paraId="1D2E2161" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+                        <w:pPr>
+                          <w:spacing w:before="92"/>
+                          <w:ind w:left="41" w:right="36"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>Need</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-3"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t> </w:t>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t>Step</w:t>
+                          </w:rPr>
+                          <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-7"/>
-[...2 lines deleted...]
-                          <w:t> </w:t>
+                            <w:spacing w:val="1"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t>B?</w:t>
+                          </w:rPr>
+                          <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="45"/>
-[...5 lines deleted...]
-                          <w:rPr>
+                            <w:spacing w:val="2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
+                          </w:rPr>
+                          <w:t>Step</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="1"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>B?</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="23"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
                           </w:rPr>
                           <w:t>Contact</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-3"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-6"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>Training</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-2"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                          </w:rPr>
+                          <w:t>Officer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-5"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t> </w:t>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="22"/>
-[...1 lines deleted...]
-                          <w:t>your</w:t>
+                          </w:rPr>
+                          <w:t>or</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-[...49 lines deleted...]
-                        <w:hyperlink r:id="rId12">
+                            <w:spacing w:val="-18"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:hyperlink r:id="rId27">
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="085295"/>
                               <w:spacing w:val="-2"/>
-                              <w:sz w:val="22"/>
                               <w:u w:val="single" w:color="085295"/>
                             </w:rPr>
                             <w:t>oems.recert@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <v:fill type="solid"/>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <w10:wrap type="topAndBottom"/>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1CFBAEEB" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="864" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="857"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="857" w:right="700"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>already</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>done</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>so,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>create</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
-[...46 lines deleted...]
-        <w:t>the </w:t>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>an account</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>on the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>updated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>eLicensing</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-18"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">website </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
-[...36 lines deleted...]
-      <w:hyperlink r:id="rId15">
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>renewal applications at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-40"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
-            <w:sz w:val="20"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>https://</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="085295"/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:hyperlink r:id="rId15">
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
             <w:spacing w:val="-2"/>
-            <w:sz w:val="20"/>
+            <w:sz w:val="21"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
-        <w:r>
-[...6 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7E721C6C" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="864" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="857"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="256" w:lineRule="exact"/>
+        <w:ind w:left="857" w:hanging="368"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...266 lines deleted...]
-        <w:rPr>
           <w:b/>
-        </w:rPr>
-[...23 lines deleted...]
-          <w:sz w:val="22"/>
+          <w:noProof/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15732736">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487428608" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4541C4BB" wp14:editId="07251008">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>530225</wp:posOffset>
+                  <wp:posOffset>525144</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-323695</wp:posOffset>
+                  <wp:posOffset>99385</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="347345"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="33" name="Group 33"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="33" name="Group 33"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="347345"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="347345"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="34" name="Graphic 34"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="321945"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="321945">
                                 <a:moveTo>
                                   <a:pt x="6528181" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="53568" y="0"/>
                                 </a:lnTo>
@@ -9119,516 +8297,794 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="36" name="Textbox 36"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="347345"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="1713C170" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="124"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="135"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Review</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>pay</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="-14"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-9"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>fee.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="position:absolute;margin-left:41.75pt;margin-top:-25.487825pt;width:520.25pt;height:27.35pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15732736" id="docshapegroup33" coordorigin="835,-510" coordsize="10405,547">
-                <v:shape style="position:absolute;left:855;top:-490;width:10365;height:507" id="docshape34" coordorigin="855,-490" coordsize="10365,507" path="m11136,-490l939,-490,907,-483,880,-465,862,-438,855,-405,855,-68,862,-35,880,-8,907,10,939,16,11136,16,11168,10,11195,-8,11213,-35,11220,-68,11220,-405,11213,-438,11195,-465,11168,-483,11136,-490xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="4541C4BB" id="Group 33" o:spid="_x0000_s1058" style="position:absolute;left:0;text-align:left;margin-left:41.35pt;margin-top:7.85pt;width:520.25pt;height:27.35pt;z-index:-15887872;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3473" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2sv+41QMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv4zYQvhfY/0Do3uhlSbYQZ9EmTVBg&#10;sbvApuiZlqgHVhJZkraUf98haUpaB7HctMUeNheHEoejmW8eHyfX74e2QQfCRU27reNfeQ4iXUbz&#10;uiu3zh+P9z+vHSQk7nLc0I5snScinPc373667llKAlrRJiccgZJOpD3bOpWULHVdkVWkxeKKMtLB&#10;ZkF5iyU88tLNOe5Be9u4gefFbk95zjjNiBDw9s5sOjdaf1GQTH4qCkEkarYO2Cb1L9e/O/Xr3lzj&#10;tOSYVXV2NAO/wooW1x18dFR1hyVGe14/U9XWGaeCFvIqo61Li6LOiPYBvPG9E28eON0z7UuZ9iUb&#10;YQJoT3B6tdrs4+GBsy/sMzfWw/IDzb4KwMXtWZnO99VzOQkPBW/VIXACDRrRpxFRMkiUwcs49hI/&#10;iRyUwV64SsJVZCDPKojLs2NZ9dv5gy5OzWe1caMxPYPsERNA4t8B9KXCjGjchQLgM0d1rsx3UIdb&#10;SOKHY77AG8BJfRykFIbHJ3GE8wQhP0g8yEFAwqx07o1IRWs/GZEK/I1BanQYp9leyAdCNeb48EFI&#10;fb7M7QpXdpUNnV1yqACV+43OfekgyH3uIMj9nQkEw1KdU4FUS9RD0KwpFThtLFHbLT2QR6oFpYpc&#10;HAVrf+1rh3Qhga2TTNPNZaMwiqET2AQBSbtv/zKtMwySwEC0CvxAWfiiqB/Fm8CgGSlcz8mCMqMV&#10;9IfxWVEjB/ZuwgvkgjhZr84Ljt8O1uslOyefQi9asnTCKvSTINC5+CJaUwAgoqswOevbPLIXia82&#10;XmjCe4EpcaS6AhSTagnLbsYRlEVsIn0BhGPygvYLojMXXw763JblVJo76i/maBxNKC4m/zxCp6mf&#10;NVQQUw2qonUJjVUOCTLvI4I2dX5fN40qa8HL3W3D0QErsvTi+1ureiYGjVekpsGp1Y7mT9Afe+iI&#10;W0f8tcecOKj5vYMODJUk7YLbxc4uuGxuqSZl3VG4kI/Dn5gzxGC5dST0xY/UNmKc2oYH9isBI6tO&#10;dvSXvaRFrbqhts1YdHwAUjAN+v9nByC5E3bQVPejssPUcGwSvcQNUx9bTPupPy7X09h3lwv1red/&#10;y+ZvPZ/OrzkT/yyn0nfq+d/eop7Xnt3/J9zQdOoyGEThZqNHmxkJXMgVplffYVEZTtEaxpvHsUW/&#10;ccnzSSO2XPIINLijAzKX1hmXIDn8SuES7is4J0q249GrpjLgVjuxKI5Vs8aRjdUUoXPghIbNOHJy&#10;JZDDbtAD08ba9h9dEi6gej0WwqisLz3HsV7N4vNnnXfTPx9u/gYAAP//AwBQSwMEFAAGAAgAAAAh&#10;AKfzs7TgAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlhN7qJrFWidmISNuT&#10;FNRC6W3NjkkwOxuyaxL/fcdTexpm3uPN97L1aBvRY+drRwriaQQCqXCmplLB1/H9eQnCB01GN45Q&#10;wQ09rPPHh0ynxg20x/4QSsEh5FOtoAqhTaX0RYVW+6lrkVg7u87qwGtXStPpgcNtI5MoepVW18Qf&#10;Kt3itsLicrhaBR+DHjaz+K3fXc7b289x/vm9i1Gpp8m4WYEIOIY/M9zxGR1yZjq5KxkvGgXLZMFO&#10;vs953vU4mSUgTgoW0QvIPJP/G+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALay/7jV&#10;AwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKfz&#10;s7TgAAAACQEAAA8AAAAAAAAAAAAAAAAALwYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA8BwAAAAA=&#10;">
+                <v:shape id="Graphic 34" o:spid="_x0000_s1059" style="position:absolute;left:127;top:127;width:65817;height:3219;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,321945" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA1Qq8JxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvhb5DOIXeiGb7Q5HVKKXQUthScOsDHDbHzeLmJG7SNe3TN4Lg5TAz3zCrTbK9GGkInWMF9/MC&#10;BHHjdMetgt3322wBIkRkjb1jUvBLATbrm8kKS+1OvKWxjq3IEA4lKjAx+lLK0BiyGObOE2dv7waL&#10;McuhlXrAU4bbXj4UxbO02HFeMOjp1VBzqH+sAq7+6s/4Xh3HqUmVT/7rSHKq1N1telmCiJTiNXxp&#10;f2gFj09w/pJ/gFz/AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADVCrwnEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6528181,l53568,,32720,4212,15692,15700,4210,32736,,53593,,267843r4210,20857l15692,305736r17028,11488l53568,321437r6474613,l6549038,317224r17036,-11488l6577562,288700r4213,-20857l6581775,53593r-4213,-20857l6566074,15700,6549038,4212,6528181,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:855;top:-490;width:10365;height:507" id="docshape35" coordorigin="855,-490" coordsize="10365,507" path="m939,-490l907,-483,880,-465,862,-438,855,-405,855,-68,862,-35,880,-8,907,10,939,16,11136,16,11168,10,11195,-8,11213,-35,11220,-68,11220,-405,11213,-438,11195,-465,11168,-483,11136,-490,939,-490xe" filled="false" stroked="true" strokeweight="2.0pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 35" o:spid="_x0000_s1060" style="position:absolute;left:127;top:127;width:65817;height:3219;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,321945" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBnHkFKwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJujZyEluBGNiHBkFuoG3LeWFvbsbUyluKft68KhR6HmfmG2aWTacVAvastK1gtIxDE&#10;hdU1lwouX9nrFoTzyBpby6RgJgdp8vy0w1jbkT9pyH0pAoRdjAoq77tYSldUZNAtbUccvG/bG/RB&#10;9qXUPY4Bblq5jqJ3abDmsFBhR4eKiiZ/GAWPbX4ts7k4m1UbNcebudy7daPU4mXaf4DwNPn/8F/7&#10;pBVs3uD3S/gBMvkBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZx5BSsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m53568,l32720,4212,15692,15700,4210,32736,,53593,,267843r4210,20857l15692,305736r17028,11488l53568,321437r6474613,l6549038,317224r17036,-11488l6577562,288700r4213,-20857l6581775,53593r-4213,-20857l6566074,15700,6549038,4212,6528181,,53568,xe" filled="f" strokecolor="#006fc0" strokeweight=".70553mm">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:835;top:-510;width:10405;height:547" type="#_x0000_t202" id="docshape36" filled="false" stroked="false">
+                <v:shape id="Textbox 36" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;width:66071;height:3473;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+KcM4xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sYWQhvdiEgLQqEY48HjM/uSLGbfptlV03/fFQo9DjPzDbNcjbYTVxq8caxgPktA&#10;EFdOG24UHMqPp1cQPiBr7ByTgh/ysMonD0vMtLtxQdd9aESEsM9QQRtCn0npq5Ys+pnriaNXu8Fi&#10;iHJopB7wFuG2k89JkkqLhuNCiz1tWqrO+4tVsD5y8W6+v067oi5MWb4l/JmelXqcjusFiEBj+A//&#10;tbdawUsK9y/xB8j8FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL4pwzjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="1713C170" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="124"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="135"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-15"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Review</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-15"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>pay</w:t>
-                        </w:r>
-[...41 lines deleted...]
-                          <w:t> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>state</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>recertification</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
                           <w:t>fee.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <w10:wrap type="none"/>
+                <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-        </w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>how</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>create</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="7"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>account</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-41"/>
+          <w:sz w:val="21"/>
+          <w:u w:val="single" w:color="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>eLicensing</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-5"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>System</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-9"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>User</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>Guide</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7AB95E21" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="133"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="345D24C8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
-[...7 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accuracy,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>questions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UPDATE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CONTACT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="22"/>
-[...70 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>INFORMATION.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7458CBD1" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
-        <w:rPr/>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15733248">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487429120" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33E4AB12" wp14:editId="668392CD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>520700</wp:posOffset>
+                  <wp:posOffset>515619</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>153345</wp:posOffset>
+                  <wp:posOffset>157794</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="37" name="Group 37"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="37" name="Group 37"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="381000"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="381000"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="38" name="Graphic 38"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="355600"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="355600">
                                 <a:moveTo>
                                   <a:pt x="6522593" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="59207" y="0"/>
                                 </a:lnTo>
@@ -9793,664 +9249,375 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="40" name="Textbox 40"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="381000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="09C03FF5" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="127"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="141"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>3.</w:t>
+                                <w:t>3. Submit</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Submit</w:t>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>application</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>state</w:t>
+                                <w:t>by</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
-[...33 lines deleted...]
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>03/31/2026.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="position:absolute;margin-left:41pt;margin-top:12.074441pt;width:520.25pt;height:30pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15733248" id="docshapegroup37" coordorigin="820,241" coordsize="10405,600">
-                <v:shape style="position:absolute;left:840;top:261;width:10365;height:560" id="docshape38" coordorigin="840,261" coordsize="10365,560" path="m11112,261l933,261,897,269,867,289,847,318,840,355,840,728,847,764,867,794,897,814,933,821,11112,821,11148,814,11178,794,11198,764,11205,728,11205,355,11198,318,11178,289,11148,269,11112,261xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="33E4AB12" id="Group 37" o:spid="_x0000_s1062" style="position:absolute;left:0;text-align:left;margin-left:40.6pt;margin-top:12.4pt;width:520.25pt;height:30pt;z-index:-15887360;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8qGQd3QMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWE1v3DYQvRfofyB0j/Ut7QpeB6ldGwWC&#10;JEBc9MylPlFJVEnuSv73HZKiJK/R1cZtkUN80VLiaDR8fDOPs9fvh6ZGx4zxirY7y71yLJS1hKZV&#10;W+ys3x/v320sxAVuU1zTNttZTxm33t/8/NN13yWZR0tapxlD4KTlSd/trFKILrFtTsqswfyKdlkL&#10;kzllDRZwywo7ZbgH701te44T2T1laccoyTiHp3d60rpR/vM8I+JznvNMoHpnQWxCXZm67uXVvrnG&#10;ScFwV1ZkDAO/IooGVy18dHJ1hwVGB1a9cNVUhFFOc3FFaGPTPK9IptYAq3Gdk9U8MHro1FqKpC+6&#10;CSaA9gSnV7sln44PrPvafWE6ehh+pORPDrjYfVcky3l5X8zGQ84a+RIsAg0K0acJ0WwQiMDDKHJi&#10;Nw4tRGDO37iOM0JOStiXF6+R8tfzL9o40Z9VwU3B9B2wh88A8X8H0NcSd5nCnUsAvjBUpTJ8C7W4&#10;ARI/jHyBJ4CT/DhYSQzHOz7CeYKQ68WwfARI6JHi3oRUuHHjCakwjDRS04JxQg5cPGRUYY6PH7lQ&#10;7xepGeHSjMjQmiGDDJDcrxX3hYWA+8xCwP295n6HhXxPbqQcoh42zYRSwqJ1JHK6ocfskSpDIXcu&#10;Cj0v3PpqQWpXIdbZpm6XtuHWc+Jnlmbe/HbKpx+5EbAFIAoifysjBKfGxPxqUzf2A20KI8c/axtE&#10;YaC8gn/XPWuqNyjcuptL7Lxt5PjxWYfzt92tE56Pc16T78eb6LzjGSs/dMLofLjzBsCOeu55aJc7&#10;e5F5AHTdaoDXQ4nCKAg8zZsLlhmFcey6mjz+OoQTeYFDF+zO0nx905/Fskql5ULXOQoUnVBcJf9y&#10;h0zumfQgNeWZzhyZ0SqFpiyHdCKLOsJpXaX3VV3LtOas2N/WDB2xFEsnur81rhdmUHh5ogucHO1p&#10;+gT1sYeKuLP4XwfMMgvVv7VQgaXcmgEzg70ZMFHfUiXKqqIwLh6HPzDrUAfDnSWgLn6iphDjxBQ8&#10;iF8aaFv5Zks/HATNK1kNVWw6ovEGREEX6P9fHYD/J+qgkuxHVYe54BgS/ZM2zHVslfZzfVzPp7nu&#10;ribqW81/ruZvNf/ZMWehP6tU+k4139R+fTR6mXtm/lu0oW7lYdALAziJKnn4Zq3QtfoO81JripKR&#10;6bA0lug3LXnRaQRQkLSWPIIM7umA4Ano20JLkBh+oXAIV6e+WZJNe/Sqrgy01XQsUmNlrzGqsewi&#10;FAdOZFi3IydHAjHsB9UwuVPQ/9Ep4QKtV30h9Mrq1DP29bIZX94r4s3/Ptz8DQAA//8DAFBLAwQU&#10;AAYACAAAACEAOwekLN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb40s&#10;9y+4lkMIbU+h0KQQclOsjW1irYyl2M7bd3NqjzvfMDuTLybXigH70HjSoGYJCKTS24YqDT/bj4c5&#10;iBANWdN6Qg0XDLAobm9yk1k/0jcOm1gJDqGQGQ11jF0mZShrdCbMfIfE7Oh7ZyKffSVtb0YOd61M&#10;k+RFOtMQf6hNh6say9Pm7DR8jmZcPqr3YX06ri777fPXbq1Q6/u7afkGIuIU/8xwrc/VoeBOB38m&#10;G0SrYa5SdmpIn3jBlatUvYI4MGFFFrn8v6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APyoZB3dAwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADsHpCzeAAAACQEAAA8AAAAAAAAAAAAAAAAANwYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABCBwAAAAA=&#10;">
+                <v:shape id="Graphic 38" o:spid="_x0000_s1063" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFx6zgwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHprNjFYbHQVsbX04sFEKd6G7JiEZmdDdpuk/757KHh8vO/1djKtGKh3jWUFSRSDIC6t&#10;brhScC4Oz0sQziNrbC2Tgl9ysN3MHtaYaTvyiYbcVyKEsMtQQe19l0npypoMush2xIG72d6gD7Cv&#10;pO5xDOGmlfM4fpEGGw4NNXa0r6n8zn+MgkPcvN7eT8fF5ZpcPhZH92a+0kKpp8dptwLhafJ38b/7&#10;UytIw9jwJfwAufkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxces4MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6522593,l59207,,36165,4639,17345,17303,4654,36111,,59181,,296037r4654,23016l17345,337867r18820,12694l59207,355219r6463386,l6545609,350561r18814,-12694l6577117,319053r4658,-23016l6581775,59181r-4658,-23070l6564423,17303,6545609,4639,6522593,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:840;top:261;width:10365;height:560" id="docshape39" coordorigin="840,261" coordsize="10365,560" path="m933,261l897,269,867,289,847,318,840,355,840,728,847,764,867,794,897,814,933,821,11112,821,11148,814,11178,794,11198,764,11205,728,11205,355,11198,318,11178,289,11148,269,11112,261,933,261xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 39" o:spid="_x0000_s1064" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDgM/d9wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfBf8h3IV9kTVVQbRrWkQR9k1s/YBLc7etNje1ibb79xtB8HGYmTPMJh1MIx7Uudqygtk0AkFc&#10;WF1zqeCcH75WIJxH1thYJgV/5CBNxqMNxtr2fKJH5ksRIOxiVFB538ZSuqIig25qW+Lg/drOoA+y&#10;K6XusA9w08h5FC2lwZrDQoUt7SoqrtndKOBc9tlkf7nJ/Jhfh0u9nJjFTanPj2H7DcLT4N/hV/tH&#10;K1is4fkl/ACZ/AMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDgM/d9wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m59207,l36165,4639,17345,17303,4654,36111,,59181,,296037r4654,23016l17345,337867r18820,12694l59207,355219r6463386,l6545609,350561r18814,-12694l6577117,319053r4658,-23016l6581775,59181r-4658,-23070l6564423,17303,6545609,4639,6522593,,59207,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:820;top:241;width:10405;height:600" type="#_x0000_t202" id="docshape40" filled="false" stroked="false">
+                <v:shape id="Textbox 40" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;width:66071;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGio2qwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1EVkrUYRcUFYEGs9eBybsQ02k9pE7f57cxD2+Hjf82Vna/Gg1hvHCkbDBARx4bTh&#10;UsEx//n8BuEDssbaMSn4Iw/LRe9jjql2T87ocQiliCHsU1RQhdCkUvqiIot+6BriyF1cazFE2JZS&#10;t/iM4baWX0kykRYNx4YKG1pXVFwPd6tgdeJsY2678z67ZCbPpwn/Tq5KDfrdagYiUBf+xW/3VisY&#10;x/XxS/wBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABoqNqsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="09C03FF5" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="127"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="141"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>3.</w:t>
+                          <w:t>3. Submit</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Submit</w:t>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>state</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>application</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>state</w:t>
+                          <w:t>by</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t> </w:t>
-[...33 lines deleted...]
-                          <w:t> </w:t>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>03/31/2026.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
-                <w10:wrap type="none"/>
+                <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr/>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...4 lines deleted...]
-        <w:rPr/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>Fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>$125</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0D9015DA" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="262"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
-[...8 lines deleted...]
-    <w:p>
+    <w:p w14:paraId="6BA308A9" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="249" w:lineRule="auto"/>
+        <w:ind w:right="300"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...215 lines deleted...]
-        <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...30 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
-          <mc:Choice Requires="wps">
+          <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15733248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60A3A454" wp14:editId="00E40CE7">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>515619</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>519004</wp:posOffset>
+                </wp:positionV>
                 <wp:extent cx="6607175" cy="340360"/>
-                <wp:effectExtent l="19050" t="9525" r="12700" b="21589"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
                 <wp:docPr id="41" name="Group 41"/>
                 <wp:cNvGraphicFramePr>
-                  <a:graphicFrameLocks/>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
-                <a:graphic>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
-                      <wpg:cNvPr id="41" name="Group 41"/>
-                      <wpg:cNvGrpSpPr/>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="340360"/>
+                          <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="340360"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314960"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="314960">
                                 <a:moveTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:lnTo>
@@ -10615,8183 +9782,9542 @@
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="44" name="Textbox 44"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="340360"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p>
+                            <w:p w14:paraId="69997579" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                                <w:jc w:val="left"/>
+                                <w:spacing w:before="130"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>IMPORTANT</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-3"/>
+                                  <w:spacing w:val="-14"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t> </w:t>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>REMINDERS:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:inline>
+              </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group style="width:520.25pt;height:26.8pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup41" coordorigin="0,0" coordsize="10405,536">
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:496" id="docshape42" coordorigin="20,20" coordsize="10365,496" path="m10303,20l103,20,70,26,44,44,26,70,20,103,20,433,26,465,44,491,70,509,103,515,10303,515,10335,509,10361,491,10379,465,10385,433,10385,103,10379,70,10361,44,10335,26,10303,20xe" filled="true" fillcolor="#006fc0" stroked="false">
+              <v:group w14:anchorId="60A3A454" id="Group 41" o:spid="_x0000_s1066" style="position:absolute;left:0;text-align:left;margin-left:40.6pt;margin-top:40.85pt;width:520.25pt;height:26.8pt;z-index:15733248;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3403" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzMvjb8AMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vpDYQf6/U/8HiveEbFpTNqU2aqNLp&#10;7qRL1WcvmA8VMLW9C/nvO7YxkE1vyV1b9aF5WQwej8e/Gc9vZq/fjW2DToTxmnZ7y71yLES6jOZ1&#10;V+6tXx/vf9hZiAvc5bihHdlbT4Rb726+/+566FPi0Yo2OWEIlHQ8Hfq9VQnRp7bNs4q0mF/RnnQw&#10;WVDWYgGvrLRzhgfQ3ja25ziRPVCW94xmhHP4eqcnrRulvyhIJj4WBScCNXsLbBPql6nfg/y1b65x&#10;WjLcV3U2mYG/wYoW1x1sOqu6wwKjI6tfqGrrjFFOC3GV0damRVFnRJ0BTuM6Z6d5YPTYq7OU6VD2&#10;M0wA7RlO36w2+3B6YP3n/hPT1sPwPc1+54CLPfRlup6X7+UiPBaslYvgEGhUiD7NiJJRoAw+RpET&#10;u3FooQzm/MDxownyrAK/vFiWVT9fXmjjVG+rjJuNGXqIHr4AxP8eQJ8r3BOFO5cAfGKozvdW4Fmo&#10;wy0E8cMUL/AFcJKbg5TEcHrjE5xnCLle7EAMAhJ6pGJvRircufGMlBskGqn5wDjNjlw8EKowx6f3&#10;XKj1ZW5GuDKjbOzMkMENkLHfqNgXFoLYZxaC2D/o2O+xkOukI+UQDeA0Y0oFPtOWyOmWnsgjVYJC&#10;ei4KvSQIXXUg5VWwdZFpurVs6Pm7+JmkmTfPXun03SSJlFzger60EJQaEfPUom7oB4FGM/Sj6KJs&#10;4Lp6d99z/OSiqHZQ6AWhOZPZ1jz19lrOi9xkt7uocN7b23l+fFl2OZOXJI7vXlS8YOW7jhde1rw4&#10;ADzqQ5xdgnbt2VeJB0kMKMjIfoUpURhFAThXir/imFEYx1E4iW9DOAev1L7tnbX4ttPXtmyH0vqg&#10;4NmNGI3CBcXN4F976DxOs4Zyot0rb7S6QvMth+u0ziOcNnV+XzeNvNaclYfbhqETlmTpRPe3RvVK&#10;DBIvT3WCk6MDzZ8gPw6QEfcW/+OIGbFQ80sHGVjSrRkwMziYARPNLVWkrDIK4+Jx/A2zHvUw3FsC&#10;8uIHahIxTk3CA/ulgJaVKzv641HQopbZUNmmLZpegBR0gv732QEi9IwdVP6SIP0f2WFJOCaIvsQN&#10;Sx7bDPslP27fpznvbl/Ut5z/nM3fcj5dlzkL/2yH0n+U85/XJi/vnpn/Gm5oOlkMemEARauih6/m&#10;Cp2r7zCvNKcoGpkrjylFv3HJy04D6lrNJY9Agwc6Iqh0gd9WXILE+BOFIlyViPL7F3oOndpUCsbp&#10;3Gv8dVcG3Go6FsmxsteY2Fh2ESoGzmhYtyNnJYEYD6NqmNzZuH+oSngF16u+EHplVfVMfb1sxtfv&#10;KvCWfx9u/gQAAP//AwBQSwMEFAAGAAgAAAAhAPt8nYreAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj09Lw0AQxe+C32EZwZvd/KFaYjalFPVUBFtBvE2z0yQ0Oxuy2yT99m5O9jRveI83v8nXk2nF&#10;QL1rLCuIFxEI4tLqhisF34f3pxUI55E1tpZJwZUcrIv7uxwzbUf+omHvKxFK2GWooPa+y6R0ZU0G&#10;3cJ2xME72d6gD2tfSd3jGMpNK5MoepYGGw4XauxoW1N53l+Mgo8Rx00avw2782l7/T0sP392MSn1&#10;+DBtXkF4mvx/GGb8gA5FYDraC2snWgWrOAnJeb6AmP04mdUxqHSZgixyeftC8QcAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCzMvjb8AMAAMUQAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQD7fJ2K3gAAAAoBAAAPAAAAAAAAAAAAAAAAAEoGAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVQcAAAAA&#10;">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1067" style="position:absolute;left:127;top:127;width:65817;height:3149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314960" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDqe/D3wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba8aboiIl2jyC7C3or1D/T2aJ5N1+alNFHrtzeC4HGYmd8wi1VvG3GlzteOFXyNExDE&#10;pdM1Vwr2u81oDsIHZI2NY1JwJw+r5cdggal2N97SNQ+ViBD2KSowIbSplL40ZNGPXUscvZPrLIYo&#10;u0rqDm8Rbhs5SZKZtFhzXDDY0o+h8pxfrIKizf6L3YV/neHDZnY85Vlma6WGn/36G0SgPrzDr/af&#10;VjCdwPNL/AFy+QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDqe/D3wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m6529451,l52387,,31996,4123,15344,15366,4117,32039,,52450,,261988r4117,20390l15344,299031r16652,11227l52387,314375r6477064,l6549788,310258r16635,-11227l6577653,282378r4122,-20390l6581775,52450r-4122,-20411l6566423,15366,6549788,4123,6529451,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
-                  <v:fill type="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:20;top:20;width:10365;height:496" id="docshape43" coordorigin="20,20" coordsize="10365,496" path="m103,20l70,26,44,44,26,70,20,103,20,433,26,465,44,491,70,509,103,515,10303,515,10335,509,10361,491,10379,465,10385,433,10385,103,10379,70,10361,44,10335,26,10303,20,103,20xe" filled="false" stroked="true" strokeweight="2pt" strokecolor="#006fc0">
+                <v:shape id="Graphic 43" o:spid="_x0000_s1068" style="position:absolute;left:127;top:127;width:65817;height:3149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314960" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCxVxplxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLrOmqqFSjiKLsQQ/q7v1t82yLzUu3ibb7740geBxm5htmvmxMIe5Uudyygs9+BII4&#10;sTrnVMH3efsxBeE8ssbCMin4JwfLRbs1x1jbmo90P/lUBAi7GBVk3pexlC7JyKDr25I4eBdbGfRB&#10;VqnUFdYBbgo5iKKxNJhzWMiwpHVGyfV0Mwq2m+bPTfa/vN8cput6d77lo5+eUt1Os5qB8NT4d/jV&#10;/tIKRkN4fgk/QC4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALFXGmXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m52387,l31996,4123,15344,15366,4117,32039,,52450,,261988r4117,20390l15344,299031r16652,11227l52387,314375r6477064,l6549788,310258r16635,-11227l6577653,282378r4122,-20390l6581775,52450r-4122,-20411l6566423,15366,6549788,4123,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
-                  <v:stroke dashstyle="solid"/>
                 </v:shape>
-                <v:shape style="position:absolute;left:0;top:0;width:10405;height:536" type="#_x0000_t202" id="docshape44" filled="false" stroked="false">
+                <v:shape id="Textbox 44" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;width:66071;height:3403;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5sYupxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemo1FpEY3IqWFQkEa48HjM/tMlmTfptmtpv/eLRQ8DjPzDbPejLYTFxq8caxglqQg&#10;iCunDdcKDuX70wsIH5A1do5JwS952OSThzVm2l25oMs+1CJC2GeooAmhz6T0VUMWfeJ64uid3WAx&#10;RDnUUg94jXDbyec0XUiLhuNCgz29NlS1+x+rYHvk4s18705fxbkwZblM+XPRKvU4HbcrEIHGcA//&#10;tz+0gvkc/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5sYupxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p>
+                      <w:p w14:paraId="69997579" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-[...1 lines deleted...]
-                          <w:jc w:val="left"/>
+                          <w:spacing w:before="130"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
-                        <w:r>
-[...16 lines deleted...]
-                        </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
+                          <w:t>IMPORTANT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
                           <w:t>REMINDERS:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
-                  <w10:wrap type="none"/>
                 </v:shape>
+                <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t>Once all the steps</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are complete,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your application will be processed within 2 to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>business</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>days. You can check your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>recertification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>status</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31">
+        <w:proofErr w:type="spellStart"/>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>eLicensing</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">website. </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>Electronic</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="085295"/>
+            <w:u w:val="single" w:color="085295"/>
+          </w:rPr>
+          <w:t>verification</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="085295"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>certification</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sufficient for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">staffing an ambulance. OEMS will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">email </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">your updated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>certification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">or you can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>be retrieve</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it from your account.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="68902BA3" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="205"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DE6E9F2" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>EMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>EMT</w:t>
+        <w:t>CERTIFICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>RENEWED</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>UNTIL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>BOTH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEPS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>AND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:t> </w:t>
-[...25 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
-        <w:t>NOT</w:t>
+        <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t>RENEWED</w:t>
+        </w:rPr>
+        <w:t>ARE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
-[...24 lines deleted...]
-        <w:t>BOTH</w:t>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
-          <w:u w:val="none"/>
-[...82 lines deleted...]
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>COMPLETE!</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1EA9F209" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>approach</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>the</w:t>
-      </w:r>
-[...24 lines deleted...]
-        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>EMT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>EMT</w:t>
+        <w:t>sure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>certification,</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-1"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>be</w:t>
+        <w:t>log</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>sure</w:t>
+        <w:t>into</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>to</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>log</w:t>
+        <w:t>new</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...35 lines deleted...]
-      <w:hyperlink r:id="rId17">
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33">
+        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:color w:val="085295"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>eLicensing</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:color w:val="085295"/>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:u w:val="none"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:u w:val="none"/>
-[...1 lines deleted...]
-        <w:t>to ensure it has renewed!</w:t>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="78B70654" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="1066"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>renewed!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207AB429" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:pos="1073" w:val="left" w:leader="none"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="auto" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:before="13" w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="1283"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Once</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>see</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>03/31/2028</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
         </w:rPr>
         <w:t>expiration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-        <w:t> </w:t>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>eLicensing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:t>eLicensing, </w:t>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>NOT</w:t>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-          <w:sz w:val="22"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
-        <w:t> </w:t>
+        <w:t>NOT NREMT.org</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>NREMT.org</w:t>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>,</w:t>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...3 lines deleted...]
-        <w:t> </w:t>
+        </w:rPr>
+        <w:t>you have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>you</w:t>
+          <w:spacing w:val="-18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...33 lines deleted...]
-      <w:hyperlink r:id="rId17">
+        </w:rPr>
+        <w:t xml:space="preserve">successfully recertified. Check your status at: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr>
             <w:b/>
             <w:color w:val="085295"/>
-            <w:sz w:val="22"/>
             <w:u w:val="single" w:color="085295"/>
           </w:rPr>
           <w:t>https://healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1E5E5540" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:sectPr>
+        </w:rPr>
+        <w:sectPr w:rsidR="005433A2">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="280" w:bottom="0" w:left="360" w:right="360"/>
+          <w:pgMar w:top="240" w:right="360" w:bottom="0" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23F92F40" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="9" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="7"/>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="371" w:type="dxa"/>
+        <w:tblInd w:w="368" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1484"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="2223"/>
         <w:gridCol w:w="2529"/>
-        <w:gridCol w:w="2304"/>
+        <w:gridCol w:w="2300"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="3B2061E5" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1279" w:hRule="atLeast"/>
+          <w:trHeight w:val="1279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="29966A2A" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="631" w:lineRule="exact" w:before="80"/>
-              <w:ind w:left="20"/>
+              <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+              <w:ind w:left="29" w:right="3"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>MASSACHUSETTS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-21"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="53"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFF00"/>
-                <w:sz w:val="52"/>
-[...10 lines deleted...]
-              <w:t>BASIC</w:t>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
+              </w:rPr>
+              <w:t>EMT-BASIC</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="0A73A4C7" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="29" w:right="2"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <mc:AlternateContent>
-                <mc:Choice Requires="wps">
+                <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487435264">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487430144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47CF99FD" wp14:editId="02534EDD">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-1466</wp:posOffset>
+                        <wp:posOffset>-2774</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-515753</wp:posOffset>
+                        <wp:posOffset>-531172</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6858000" cy="874394"/>
+                      <wp:extent cx="6858000" cy="898525"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="45" name="Group 45"/>
                       <wp:cNvGraphicFramePr>
-                        <a:graphicFrameLocks/>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
-                      <a:graphic>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
-                            <wpg:cNvPr id="45" name="Group 45"/>
-                            <wpg:cNvGrpSpPr/>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6858000" cy="874394"/>
-                                <a:chExt cx="6858000" cy="874394"/>
+                                <a:ext cx="6858000" cy="898525"/>
+                                <a:chOff x="0" y="0"/>
+                                <a:chExt cx="6858000" cy="898525"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
                               <wps:cNvPr id="46" name="Graphic 46"/>
                               <wps:cNvSpPr/>
                               <wps:spPr>
                                 <a:xfrm>
-                                  <a:off x="0" y="64515"/>
+                                  <a:off x="0" y="88900"/>
                                   <a:ext cx="6858000" cy="809625"/>
                                 </a:xfrm>
                                 <a:custGeom>
                                   <a:avLst/>
                                   <a:gdLst/>
                                   <a:ahLst/>
                                   <a:cxnLst/>
                                   <a:rect l="l" t="t" r="r" b="b"/>
                                   <a:pathLst>
                                     <a:path w="6858000" h="809625">
                                       <a:moveTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:moveTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="0"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="809625"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="809625"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="2E5395"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
-                            <pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="47" name="Image 47"/>
+                                <pic:cNvPicPr/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId5" cstate="print"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="1193800" y="0"/>
+                                  <a:ext cx="2961639" cy="787400"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </pic:spPr>
+                            </pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="48" name="Image 48"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId6" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="1220724" y="0"/>
-                                  <a:ext cx="2927604" cy="758951"/>
+                                  <a:off x="3672840" y="0"/>
+                                  <a:ext cx="1082039" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
-                            <pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="48" name="Image 48"/>
+                                <pic:cNvPr id="49" name="Image 49"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId7" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="3691128" y="0"/>
-                                  <a:ext cx="1068324" cy="758951"/>
+                                  <a:off x="4272279" y="0"/>
+                                  <a:ext cx="584200" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
-                            <pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="49" name="Image 49"/>
+                                <pic:cNvPr id="50" name="Image 50"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId8" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="4302252" y="0"/>
-[...21 lines deleted...]
-                                  <a:ext cx="1257300" cy="758951"/>
+                                  <a:off x="4373879" y="0"/>
+                                  <a:ext cx="1285239" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group style="position:absolute;margin-left:-.1155pt;margin-top:-40.610489pt;width:540pt;height:68.850pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15881216" id="docshapegroup45" coordorigin="-2,-812" coordsize="10800,1377">
-[...4 lines deleted...]
-                        <v:imagedata r:id="rId6" o:title=""/>
+                    <v:group w14:anchorId="67EB777C" id="Group 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.2pt;margin-top:-41.8pt;width:540pt;height:70.75pt;z-index:-15886336;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="68580,8985" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDFKArfxAMAAMwOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV12P2ygUfV+p/wH5&#10;vWPH+XKsSaqq045Gqrqj7az2mWBso2KgQOLMv98LmMSdZL+6Gmkq9SHOxVzg3sO5B3P95tBxtKfa&#10;MCnWyeQqSxAVRFZMNOvk94cPr4sEGYtFhbkUdJ08UpO82bz65bpXJc1lK3lFNYJJhCl7tU5aa1WZ&#10;poa0tMPmSioqoLOWusMWmrpJK417mL3jaZ5li7SXulJaEmoMvL0JncnGz1/XlNhf69pQi/g6gdis&#10;f2r/3LpnurnGZaOxahkZwsDfEUWHmYBFj1PdYIvRTrOzqTpGtDSytldEdqmsa0aozwGymWRPsrnV&#10;cqd8Lk3ZN+oIE0D7BKfvnpZ82t9q9Vnd6xA9mB8l+WIAl7RXTTnud+3m5HyodecGQRLo4BF9PCJK&#10;DxYReLko5kWWAfAE+opVMc/nAXLSwr6cDSPt+78fmOIyLOuDOwbTK2CPOQFk/h9An1usqMfdOADu&#10;NWLVOpktEiRwByS+HfgCbwAntzh4OQyHlhngvIhQUawAEM+7yyhlq0VA6ZgsLsnO2FsqPd54/9FY&#10;P76pooXbaJGDiKYG9jvec897myDgvU4Q8H4b1lfYunFuE52J+tGGtbBfIRLX3ck9fZDe0bpdO+5r&#10;3HKI9eTDxdgXdn/kFfviv/LzBZ9hQcgNposO8T84jhf+j+4e9NHEhEtDw1oue7/oERHwG2NuJGfV&#10;B8a5g8DoZvuOa7THAG7+fj5deVLDkJEbENSUgQjO2srqEXjUA3PWifm6w5omiN8JYKqTpWjoaGyj&#10;oS1/J714efS1sQ+HP7BWSIG5Tixw6JOMhMVlJAcE4xyCrxsp5NudlTVzzPGxhYiGBhTP5loxUsJv&#10;kBmwzqron+UYRtmdyy1Ievev5uiw/rJTr0ERAX+2ZZzZR6/uUIMuKLG/Z8QplGuMCnIZC/Kuww1F&#10;s6WjdfRxI1yuZxNsOVNxK509hArF8URUL2QbBPtGkl1HhQ0nkKYcopbCtEwZKLKSdlsKeqHvqgkI&#10;H5x+FjRDaSZsKDtjNbUECIfLGij1G5RpoOGxwwd9itOl8BeaMpmspqCwpxLDZVSVfLWYLKaroL3L&#10;YjkLsgPMiLrkGOJUZeCS0wtA/IxEQXh8TCEKb0JQPyBl4HMkaPhAmeKlUSZ/dspMF8u8mF2kzCQr&#10;8uwnZb5VGaigbyizemmUmT47ZWb5Ms+XAEQ8yE8qMy9m8B3+U2RG59Ic4BgzBtov7FyaPT9jpstp&#10;cZkxkxyuAc8sMv56AFcm/1E3XO/cnWzc9p8+p0vo5k8AAAD//wMAUEsDBAoAAAAAAAAAIQAEyzqu&#10;9RAAAPUQAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAABJAAAAE4I&#10;BgAAAInha2QAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAABCVSURBVHic&#10;7Z1pcxs3EoZfiLpvyXa8m6Sy2f3/v2n3Q2Inim1JlClKPGc/dL9CE5zhMTMkUal+qliWxQEGZ6O7&#10;0YBCURRwHMfJgb1dF8BxHIe4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGc&#10;bHCB5DhONrhAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEBy&#10;HCcbXCA5jpMNLpAcx8kGF0iO42TD/rZfGEII9v9FzT970iSfNG2dcmgeaT7FKvk0SVuSz1wm6+RR&#10;kZ/Nt7Rc9t2rvpNpqp5vkucqaeq2e1k7l2HzWTXNJljSvo3H3SYJ2yqLNkYHIgSpmU31M8bqk3lP&#10;8+ggNi7zmKwwuGwZAoDCpJ+ukH5P331g8in0M9LPtCiKaZtp265HkpftG9u2UwATzXOs/4e+0/bj&#10;BMC4qtxJn5U+n9RnlTxDUo5C00zSNHXb3aTrYLk18fZ+/b+t7zrYMtSxYObmQpvjbtNsRSDp4DkE&#10;cAXgHNIwgDTeK4DvAJ4hA7CyQCGEfQBnAC4BHCN22AhAD8ATgMGCFYLprzQ9J/IAQBdAryiK8YI6&#10;HAA40Tqc6c8cdGMAL1qOHoAX5tUkbdv1KKnTHoAjLdc5gFNIX1EgDQD0tVzPWtYTANf6bujvH7Tc&#10;M22vk+FUnz/RX/ft8yqMTgHcaJ5F+syCNrjW8k+0jF3oGGjYZ2wXjlm7AKZwMehDxmAw7bOOULFC&#10;jYJwHU2LAuZJP2OIAGpl3G2DbZlsHYgQ+RXAe8iAB6QTXwDcAfgdMpgmJek5QM4A/ATgR8gAZmcP&#10;AXwB8D9Ih8zloYPzGMBHAD9DOogrxbO+/1MI4blkpaRAvdb07zU9Jy7rMoQMhD8AfA4h9DX/Wmkr&#10;tKza9SjJ50DTvwfwA2TyHSGOiwJx0D4A+FPLeAngX1qnAsA3SLsPMN/2tu9v9Hfp8/v63a8mz69V&#10;eZqyvwPwi+Y/1PINAQzVYmrS7nvaHv/W9yybK2Ot12/67C/67nW1HGqj1FbXgYL8E7QdIHVoPO62&#10;xTYFEgf+B8wO+JF+3wfwEkJ4LVllOQCvIMLoH5htWJoTd5DGLRNqXKk/QCbfKaJmcQYZ+A+QyZd2&#10;yD5k0P8MEYiX+juuaMyfK9DY5NVpkLaMJvUAMCNgbwD8E9KeNxBhxDa1fXAJ4ALSB78jajy3+v1I&#10;vytbzQOipvEufd5oacdr5AlIu1KruoJMrGdI29IEbdLu+5Ax+w4ybjuIZk6ZBj6GtP2hlvtC62PN&#10;ttSHk+bFBcAKJPv8svRTffcDpD1PGtR/J2xcIJkBd4Bow9Ic4MS4hAzEe0inph1OreAWMvgojPih&#10;fVyq4moZOMCuMKu2AjJhLvX7bgjB2t+cUB8gk/dG075ChB+1oAOTL30OTdJWtWWteiR0IBPmZ/1c&#10;ahkmWrZXyADl+470cwHph475FKaupcXWz96C5/n9omeW5buH2TFRu93NmKVfi98NIKZN2RidQDT8&#10;V8jY/o7ZvrTtuK/PjCACYGzyGyMKYzs/V0lPDekVUetsPO62ybY0JHYwB9gEsqIBIlyOIRPsDNLh&#10;wyR96oeg444Czb6n6v2cUDT1xojmAvO/gpgKQ8QBQmF4g7jKDAD8BdEWnrQ8FBTnkI4fNkxbJkia&#10;1EMyiL6R9xDN6FrTDgE8arpHLUeAtPeVlp+TDRXly4W22t2OpylkbP4XsnCm2id9eH1EgWF9SCcQ&#10;jfYDYr89QkylHqJA4SZCunGzanqrKV43rP/W2fq2P6IDkJKdq/O5/vwQQhglGsohZBJeIE6eHuJq&#10;sczxt4c4sY70/c+QTjjX7471/Sf6nd1ROsSss3cAGZR/QVZC+hzuNX+uVEXDtG3Wg1A7os9oH1Fd&#10;/w1xgNO5eaDlv9T3c7DnDMdMW+0ORIHzAHENlLkF2NZ8X8f8/0LfQz8anfB3mBVwU30XF/E66QEx&#10;Ndus/1bY1cDi7lofMuAPEXdu/oIIK3Y4V7trSAND03URtapKgZSYOfSDDCEd0dPHjhCF4gXmzR2q&#10;7zZOhypuAdkynYQQxlov6O87ddNW+NEa1SNxznN3iu15B+AzZNW1C8JQy9Uzdbmoau9MsCbX2u2+&#10;IIbIhhYs3I0KIdiFgO1OX6fVhgb6/jcBV1KGtdIjasuNx9222eVKN4RI6mNE7/8FRMA8hRAYS2O3&#10;uI8gndLTtCcl+aZYpyodwK+QHZGe5nGpz9Dc+YJZPwHV6CmkU48hK9Czft8LIczFcuiYqpV2Q/Ww&#10;2uYJZHBypf0GUeVHdlDqz+MQwgRxcSgrWwdAp2QuW//OtrCmT9N2t7z5ujRUwb4PMBO6JEiyzBn+&#10;5iRPBUGT9CEE6xxvs/4bZ1cCiQPmGTKBqP3QWXsPYGS2bi8hQmkPoj11Ias6V4tF0MzhZKVq2oVM&#10;xAuIP+UI0dw51e8YuDmACMABokbHnZdziN+lC+BZzU2uVk3Stl0PQCYUHZmMBRtpPgvjwHTVLvuK&#10;gvIG0Ry3HED6l6bDNlZgmldttDth211iPrSE2+cvIYSFsXRbos1xt1V2qSEVkBW+CxEyp5g1zWjP&#10;0uFtg+q6kEGxsOOTWJtzRP/Td8RAP76f39PceVStgOX8pmU7QJz0HyCC8la//wrxgfVN+WqlLVkh&#10;G9VD87O7Zux77qwNUREmsIQ9fdd/INvLaZ/Qib7QtG6ZVto9gVvkv0Amtm0r+uA+Q/pk1wJpE/Xf&#10;CrsWSCPEKO0rxPiNc8gEKxCd3Yfm+R7i9vAiUjOHW7dPkMnLHYkeok/FmjuvRVFMQwgDSOdx1+QW&#10;cVJTE7mEaAl3kAC9R82/VtoQwtAMjsb1QHSU7ms72yMaI9QTRiwb/VJV/UGTbpsCqXa7V+TJPngH&#10;qat910jfQfN5p6g228a42zq7Fkjc/n+CrDqniNv73Dmg43oPsxrVKv4juw3OXSmGylODoWo71Gdo&#10;Ip7o7+n860FWQEYu32q5GC/C4yw0h6YQoUSf17ppHxB3uhrXQ/0KNnbHUhXstyo0EWw8DaF2d4gt&#10;jrcGffaA8h00mqMDzG+P24jyXWtHABrXf2fHR3a9fVtltl1BNKUpZmOPaJoMsEQgmR0la+bQ0Un1&#10;e4p4DoqdQCf6BUSVpU9gDBGcNJUYwUuByaC1G8RzTS8m77XThhDogGxcD0RhQb/YW1OhWVAcy3uH&#10;WX8VYcQ0o8qr2MRErttn/YryPUNCIxjHw99PNM3Ot80Tao+7XWlJOQgk6wthXMwFRJpPEQO7+BwP&#10;eK5jrjEadao/MyCQW/P2jI8NBjyBmjtmt6lvyvJNy/kRYpufIq48txBz6UV3MWql1TK2Vg/Mmmjc&#10;Gj5EfZOKzvU/tMypdnEIEUbc2SvDbmWTNJg2pez7sp2qOu3+inm4eH6BhKZMku94O0E2AqnJmEXF&#10;mdJNs2uBBETzg2bbPqSRPup354hb3NSkFvo7VDviWSeaOfSf0IyxAWj7mD0bZ/01NIMAACpchiZ+&#10;o6f/8ngMY4G4AoUGaam1tFUPalBD/ZmqOzXTDtYfiNQen1F+jpBhBqX5qr+Du1Q0eexxoDLNjcIo&#10;vcpmgpKd1yZ9ltSTLoa5CZuTIEppqf5bIQeBRP8Hhc0ZYswEI50Ztk/1cxXoID/D7KFCG7BIeLaO&#10;1z5wktJss76BQmEn89jGNUT1PcTs+ao9Pa5RJy39L63UAzE6/gWiJdHJea5leFITtey2g7f6VLQ3&#10;42HStG+xMhXpgHguizt9FEanAA51Wzq9J4iOe4YvUNDa60Peylaj3auYizPKkQ3Wf6PkIpB4FIS7&#10;RIzcJhRGz1htBefpcZorAfGsVg/zzkf6m3iqnXfIXENUXE7uMYCBrjQ2tieddDxrB8RdsckaaUcm&#10;vTXX6taD9ya9Iu7OPSOagGcQs6oPoAgh2DNrNOlOETWotg9hcqeKh3r3Ec+iPUBi0ui8t33LY0dA&#10;jKcaaznp2K/T7ot2C8sCI1kHIINo5yB3RR2j/fpvnBwEEjB7udUrosQG4opuT1IvmxCcZDaIsAdx&#10;SH7BvJYVIBPuR8R4H56cZ8DfJaRzHyGTmX6YA32GgpQClo7RdxDbfJ20z/ovndZt1OMMUcN8gOxi&#10;nplnfkCM+3rSMtrI7ist8z1WOz+4DnaX8BXR2fpey7uPeC6PwYk/aZk6iBf08QzeAeJVN3XavWxC&#10;LgqMZB0YHLmzeB6zmdOk/n/7+5CWkZpt9tIx658YLogYJqmZ00HcbfgKmcjptmZAjBrnoUQ6iW+1&#10;HB80X263UzhSI6Hqy3fdQwYAL8g6WiPtg7YHHfxN60Ghdq/ff4c4Znl7J82fH7W8jG3i4D7Rf7n5&#10;0LZKbwP5biFCkdHmHS0TtWP2LbU+mvNftXy80fIc9dq96kaDRYGR0P93IZejVV40uCU4duvW/2+v&#10;IRUln/ilCBm7yl0hCqRXiITvY35no+xjr+jguStrpqT+CACABpI9mfcf6ucM8dIqHm+5QTSX6Bjk&#10;St2FxH7w+o9RjbTUfhht3bQex4inxfuaz1dEByavjj1GDB+wtx0ERB/PENGvt4p/CFi9/3mdxgFi&#10;IB9352hK0JlNAd3TNH8ialGpybxOu3NCTpOPDYyk1myZ6PcPiBsIy9phXVZN36j+f+vASB1s1ow5&#10;xqy/wNqwfcgqyfiZAjJIyyQ3jzz0EW+cpJ/B+nx41GSZ9GcsyQNizA/tbg6wKaIj1d47bbW4L5DO&#10;7Wq+j5AYHayRlnEubdaDl3ABUav4BBFOHxHjvexFdzYQ8Aky6buaZ1+fLzB/yZiF/iHG95Q+rxHx&#10;DB/gzivLxOhy1o+C8bu22Z3Wd5QItzrtPjE7f9z9ZZuk9bLwLuyqNuDJfI5X3qKwis9m5fRt1H9J&#10;WTbKtjQkqoSfEe38r5g9ic6Beqc/UyA9QISUDWm3zzJsn4dM2XH3Ju9uSR4p1Mb4/nNIx9FEgubB&#10;sHters8o3e/6Hh78pQ/mEVGdXzdtm/V41PzodB2FEJ4QtS5eZk9nKDWQAWJAKn18Y8S+ZB9VBQXy&#10;EPUfiHFVVc9PtC14Uf01oobIycTjOBTQXUSNkfnx8rK12z3J4wnir3vE8r8gQiHPMZjCq2IYsDrC&#10;/BxYxDrp26j/TtjmXx05gDTIAeKkGdhTxiH+uRwOwDdHIZI/cZTsJHCg8l6YDqLfAyaPZX/VhJex&#10;HSMKa+ZbIK4y9hgEVxtOlBHMTovZMj9cJ625/6jtepQd3GX5eM2w1ZB4pSqPhgAVfVSU3BFUUo+F&#10;z5vy250ye3siY6loQvIKjSLJo1a7J3nsm3TLNlLo7xyg5M9xlfTJFCVzoIp107dR/12w7b/LNhNV&#10;W9YAJc8xsGtpnnxunTxWeT9mhUTp98veUSftpuqxwvNp9PNMunXLVbcey9osLVedPJaVo6Idq1hY&#10;nlXnQJvpm9Z/22xNIDmO4yxj539lwHEch7hAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS&#10;4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxw&#10;geQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwn&#10;G1wgOY6TDS6QHMfJBhdIjuNkw/8BIUINy3AzPaUAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhABXn&#10;ONJNBgAATQYAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAABrAAAA&#10;TggGAAAAJ97oiQAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAABe1JREFU&#10;eJztnH1v2zYQhx86zkub1ybdCzpg2L7/dxoKdC/YujZNGseOI4v74+5MSpFip63lHMYfIKS2SYq6&#10;h3c8kkJDjJEiHxptuwNF66vAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQosRyqwHKnA&#10;cqQCy5EKLEcqsBypwHKkAsuRCixHKrAcaTz0DUMIYZ1yseO1q3bdrjJf0od2O+v2sUtf2qd1FIZ6&#10;FS2EMAJ29Frl0RFYAFWMsVbj7SCDy+rWelWIjVY+iPZhrG0ZEGtjoZ/zMk/Vsq1NQBsElhppHzgF&#10;jmgaq62IPPQtcAnMgN2s7q6Wq/W3z8AEAdv7MCGEMXAInAAHJOj3wA1wjRj6JXDWKrOOorZ1rdf9&#10;twY2VBgcIcb+FbhY474V8AF5+Aox8C/Aa2BPy9TAFPgb+B24InlHQzpYDoGfgDcIEAMxB94DbxHo&#10;p3qvM54O6xb4Q9us9LtvpqFgjRGvuEAMvoM8iF1tVcCd1rO6r4HvSH22kbyDGGkaQpj1zD/mmW+A&#10;HxHg5tkVAv4fvec+cIzAykNhoBkN2n2v9T6XfFkIXamNw1Jj2Xxlc8EIMcyN/m0DWwCfEBgjxAi7&#10;Wj8ghgmI0U+Ac+BjT1sBCWnnCDADZdeOtm0DaI6E1nxuHSMQ9/XftfZtSvIg86xbejz8azVkNpiP&#10;yhoB9Rti5LpVNpJgjvSy+gvEoCCGP0AgHGr5OU2NSPPQC1ISYLBz2SB5S3POegF8j3j2SOt/Av7S&#10;exosAz3jG4dA2ELqrjIYl8ic0zUSDeBBq57NVTaX7SJh8gS4DCEsJ3b16j0krB0jzztHDGxekg8i&#10;Gwh3pFAWtO4+8Cord6N9zwfbRrPBbcGClJ4vYoxVV4Ge9Y5lgbcIqD1k5J8h886UBN9C4BniXWi9&#10;K5I3tu+xoDl4DLjNbeZFCwTqLC+/yXXWNmHZXDYKIeQTcmz97ZKFmwPEq8x7DoHrEEKtRrN0/RTx&#10;jArxiM8I4AfqSVC6EqFlgrRJQLm2BcsytBNkos5Hco3AmNIdHm1UTxAA5jVHCJSPwL06pSUgh8jA&#10;mCJedUvyEjfaFixb9/yMpOR5glEhc9mfiBd0KSLh5woB8JJmuLvVMpZ8mBdZCLzHGSjYrmftI+uu&#10;s+x7WzuNkEXxpKe+lbPdi1PEU48RD7vSMpZ47GXlb0hpuittMxuskQl6TtNw9/r9gn6DWiicI1s7&#10;rxGPshTdMjRLIkY0PbFzvnru2iasCfAOMXadfb8gLS4fG/19ofAU8bCa5tpqomXvKLCeJDP0eyTd&#10;XrR+W7B6by1fhN4gkMYIqHME0AlpbbXc8F3R7rPVNmFZGHuQ9bUWtY/JFsgWCseIh/2gvx0h82Pu&#10;ge3dEjfa5joLdIR/xTrFdkIMxCESCi/0tz3S1tY1D7eiXOk5Loph/TBlofBGrzPSjobJQE3Y0Abr&#10;UHqOi2JIEGZrtGUHlddafo+0AVuRFsIzLev2vZMhYeXe8tiiGP18hSyM79ZoNw+FR9p+RGBN0BAY&#10;Y4xf8XrF1jUUrLp15YviV3SfZ+0jAPLzogd7dArAjuYtKzRYM+Qoo33G1G6v7xC0casnlN2INg5L&#10;jZlnbXbQ1yjW+mw73wZ3jhj8AAmbM5opuIXCD4jHHutvn0jvceT3WJB27u2kuW8LKt9ht/IWogdd&#10;BgzlWRUC6h1iwFXH3pbB2UnyNWmvsAL+pXkqHEnvY0QSrEsE4DzLOPOytrV1pW33JSBzZFfEdvHv&#10;O/qwcQ35KtoYmfzz18n6ZPPNHQJujHjVLim83cUYl8bNXjM70PtYkjKldRiofbFygcxTet5XHJFO&#10;pe1Y/0EfNq3BYMFykbvuDB9bi+PQ9duq9mOMnYvgdtm+co+0Pdg51rIP5f8b9CO3a47/owosRyqw&#10;HKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5EKLEcqsBypwHKk&#10;AsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5H+A6p1X7JziBG2AAAAAElFTkSuQmCCUEsDBAoA&#10;AAAAAAAAIQAQfJ4hlgEAAJYBAAAUAAAAZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAAAOgAAAE4IBgAAAHEIBf8AAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUr&#10;DhsAAAE2SURBVHic7dnBSsNAFIXh/6ZFigt14dr3fzCXgmAp0tbMdTFpbWldzmhPzg/dhELmy2Qm&#10;gURmMoeGvx5ArwxVy1C1DFXLULUMVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFVrNtBlz5NFRFw7&#10;nh2+RkePL94RsQAOv1NsAgX4AkpLcPMZjYglcA88ASsq9IAtwA74ANbAvtU4mkKnW/UOeAZegAfO&#10;94UENsArsI+IMTNLi7H0WKML6ow+Umf1FFqmMbxP/2tWD+gIfFJvz+T6jG6o6/Q212hmZkTsgDfq&#10;+ltxCd1SL8K25WbUfNed1ulAvagD57su/Oy6401Djyf65RkKQs/R/9BsXgENVctQtQxVy1C1DFXL&#10;ULUMVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFXrG9ssTmgris1KAAAAAElFTkSuQmCCUEsDBAoA&#10;AAAAAAAAIQACQGPxtQkAALUJAAAUAAAAZHJzL21lZGlhL2ltYWdlNC5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAAAfwAAAE4IBgAAAAmbyRsAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUr&#10;DhsAAAlVSURBVHic7Zx5UxtJEsV/pQMdgDjGHu/sTuzx/b/URvha22BAiENn7x+Zjyo1QhZjkGai&#10;6kV0SKHuriNfVl5VEKqqoiBPNHY9gILdoZCfMQr5GaOQnzEK+RmjkJ8xCvkZo5CfMQr5GaOQnzEK&#10;+RmjkJ8xCvkZo5CfMQr5GaOQnzEK+RmjkJ8xCvkZo5CfMQr5GaO17Q5DCGHV79ULHCNe1fZz2/U2&#10;6u1U69pJ+31Of8l7aX9r+3pJhG0d3Q4hNICmX3WLUwGL5Kp4phBCCE1MmRuYMNXmDFj8qK1kfO2k&#10;ncqvqV+LqqoWa/oFmAOz+nO1d4L31fKr6WNe6P1Nx/0z2Ar5LtgOcAQcECcLUcAzopDv/ZqsE2LS&#10;fgvY9/a7RPLHwBUwqqpq9sS7ASO852Pb9+9Nf2QG3AEjv+7UlhPfB068X4Ab4MKfWxKu9yVZHPjV&#10;B/aI5I+B26S/jWTwR7Ats9/AiPkP8MsT/c79uscIOwO+hxBuq6qaP9WwC7QLvAN+xwSqVXsDfAA+&#10;hhBuVqzagAn+2N9/4++LDDBCJsAQ+Ax88jEtfB4nwL+9jQo4xxR47PNJ+2p7+2+AX10mnUQeWgR3&#10;mAJ9Bs5CCI8U6SWwLfJb2KR/wSbeJJrlOhb+3DHwHvi8irgEDWz1vMUE2ieu/H2MhAtMoPU2WsAA&#10;U5p/+PeWvyviGkRrMFNbySru+lhP/fkpRvKDH0+U7AT4Dfibf++wbAGFAXDoYxljyrfScv0MXp38&#10;REjycTL5E9ys+aNtTJA9bOJtjIBbogBWtS3FOmLZXIMJd+D3r0IIc60gf7eDKc1vGBlNzPIMvd+K&#10;6BJWxSuam+ZXEWOOFE2f0+9+DZL5ycXN/L2Wj6vj73R4paxsm9F+KpA5Ztr/C1z6bz0iEYfEFTUA&#10;LkMI0xWmTwQeYiu+gQlxTgzC+phinGEKVCXvdjHSteLHwFfMVQwxSyHlOsDjEJZX6fpJx3jnDbbi&#10;j73Nic/9zD/vfUw9H+/Af3sVfw87SPUcFTax78A3bIJ7mED6mADa/lsPG6dMeYoGUVgdb+fG2z7w&#10;e11MkD2/t0je3WM54Br7mL4C1/5sw3/reP+yCJtCq14+vkV0H+8xvz4imvW2j2ngfd+QxA4viV2S&#10;/5DWVFU1DyFIsKm2y6w+yt9rJl9uYoIRNfLHOsQg65Ca6Sea6zTflmmvsFRrHkKY+bjAU9Cn6hUr&#10;xqiA8tjHg8/zC/AJW/XTxB1NvK+Rj2PMK63+XZEPkdimy1G+bo8ofEXNq4IdmfwjYpB3j0XbI2yl&#10;D/wZmf5v3p7IV069wEjvYsHmjd8fhRBW5vfPmOMepng9n9fcx3eOuZYld+bfZyGEee23F8euyJcf&#10;HGDCqDDhyDRK4y/9WuVnZfJFsCzHFSbcQ8zPdoimv+/3VEwaY+Z9THQzykYOMH98Bdx4zPFc85vW&#10;ENr+29THeYNZvZXEbqPKtyvy5Qf/heXXYIIfYGnVAhP6F/9cElItZz4gBlDXGLk3/t5dcl+m/9JX&#10;leKOc8wkt4mK8tbHcer3z4CLEMIttZX6A6TRu2StCH/CKwZzm2BX5CuqbREFkJZJJZy5P1v3r3WT&#10;L0sxxAifYAowIvra1PTfV1W1CCGMMXK73sYpkShZigGWEXwB/ocpz6O0c808W5hipeXfKTsmHnbr&#10;89M6NkTfq9r6cfLbvFboSVM4RfkqwU6Jpd1rTBEUSyjqvyYGcyMs8FJl7RRb9RrHgFh/aHtfF2wW&#10;gUtxV+1l7Pz/4eyKfKVk3/xTxZE+MbeXuQYv8iQrbo9lky8lUjVugRGeKpfq/4eYCZcrmWEWQ25D&#10;Vcgjf14FlxNv9xZTktsN5pluWAlpRrFT7Ir8OUb6R8zsKp/uYoWQf2IrsIcJ/QRPifx9mXxV3hb+&#10;XUWUihi0KYdPCyg9zLVUSXR9S1SAc+//Heb/+0QrcIq7jg3mqTKxzLxSyz2WU8ydYJd5/hRTgGui&#10;CVVNXLt/XYzo/eRe3eTLr8qka0tYv6ebNGmcIJdgAzKXMkly+pF/NojBYJtoDTYhTpZF8YtcSd/n&#10;1uSVCjibYJc+X37vIYd2wU9YjoQbLO/TtzHTvc/yJoxWe732rthCAWWfaPr1HrgVSJRAJeJjzPKo&#10;/qA+nkP+HabsCiYPvN2hu59Vu42yDPO/+pbuKtSLPBA3dzrEDZqHAxnEerxMtzaILrGVmpKpPhTo&#10;aZeshwn+nKgQM2DsypdWFyuWg7MFRuKMzQI2BZ5DzMrJTe1jNY1boAohpFVNuQVlMSPf0n1xC/Fn&#10;KfKkxL4j5t0qxNxgQldAlxZ2RliN/BuPd/4CJsS/E+sC6vfE39cYLpN+lHWc+Fj2/FmlkBtt7ngZ&#10;eIJlB9997BrDr95GF6/0sVwRPPJxfCC6jRfFNslPhVUv8shHa4fuwJ/T5s93YhVOJr9JjNTPMPLr&#10;ZeCAkdXBovg+MRA89X7fertKFbUKZTFk8tXXBc/bbZth8cVX71fxg5TyiFibEPk9/xz6vBohhPDS&#10;Vb9tkb+oXaqjv2VZiOmmyggj9QMm8BnRX+vIVGpSp6t8oxdyht7eESbUPUyB7vyxPkbMCdF1KNBr&#10;YqvyCqsHKNKv1lwP8NU/9rkoUNSxL7k4WT+I8cSUJP75S57k8cmrCDMkCnTpseQzPcb0FfPNyql1&#10;4HFGrONrJT4lHB0IuSDWBuTblWksMAVQfV+B4gxTLK3AT/5dJliu4BZbrZWPvR4TLDDl+4gprFyb&#10;CkfpAU4dXBliFcVrXuEUD2xv5ctkvsd8a518QXVvHWC8xQ8w+qEI7bdLsFeYckzWrAzV8L/49wNM&#10;yHIXeBsq5+oAqHYUr72fKx9Puv2qeX3y8VaYki3t+fvz0xDCkGit0nRWef+MGOM89Pla0f42j24r&#10;506POdeh1abTOItE0Mrb5Q/BVsgda3bH/F0d3OgSFV775jqqJXeg+xrLBCNkSu04ebLBJAJlCR5O&#10;+K4Yi9K4PX+3vvJ1innMD46A/yy2Rj48+QcRdTx5Xn/V+5sKZ90fYyT3Ht3/UR9/dEy195b+aIM1&#10;MnhJbJX8gj8Xdr65ULA7FPIzRiE/YxTyM0YhP2MU8jNGIT9jFPIzRiE/YxTyM0YhP2MU8jNGIT9j&#10;FPIzRiE/YxTyM0YhP2MU8jNGIT9jFPIzRiE/YxTyM0YhP2MU8jNGIT9jFPIzRiE/YxTyM0YhP2P8&#10;H0BU0ymP9k2lAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQAtV7Ij4AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI9Pa8JAEMXvhX6HZQq96Sa1/kuzEZG2JylUC+JtzI5JMLsbsmsSv33HU3uaGd7j&#10;ze+lq8HUoqPWV84qiMcRCLK505UtFPzsP0YLED6g1Vg7Swpu5GGVPT6kmGjX22/qdqEQHGJ9ggrK&#10;EJpESp+XZNCPXUOWtbNrDQY+20LqFnsON7V8iaKZNFhZ/lBiQ5uS8svuahR89tivJ/F7t72cN7fj&#10;fvp12Mak1PPTsH4DEWgIf2a44zM6ZMx0clervagVjF7ZyGMxmYG469F8ydtJwXS+BJml8n+D7BcA&#10;AP//AwBQSwMEFAAGAAgAAAAhAFd98erUAAAArQIAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5y&#10;ZWxzvJLBasMwDIbvg76D0X1xkpYxRp1eRqHX0T2AsBXHNJaN7ZX17WcogxVKd8tREv/3fwdtd99+&#10;FmdK2QVW0DUtCGIdjGOr4PO4f34FkQuywTkwKbhQht2wetp+0IylhvLkYhaVwlnBVEp8kzLriTzm&#10;JkTiehlD8ljqmKyMqE9oSfZt+yLTXwYMN0xxMArSwaxBHC+xNv/PDuPoNL0H/eWJy50K6XztrkBM&#10;looCT8bhdbluIluQ9x36ZRz6Rw7dMg7dI4fNMg6bXwd582TDDwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDFKArfxAMAAMwOAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItAAoAAAAAAAAAIQAEyzqu9RAAAPUQAAAUAAAAAAAAAAAAAAAAACoGAABkcnMvbWVkaWEvaW1h&#10;Z2UxLnBuZ1BLAQItAAoAAAAAAAAAIQAV5zjSTQYAAE0GAAAUAAAAAAAAAAAAAAAAAFEXAABkcnMv&#10;bWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAAAAAAIQAQfJ4hlgEAAJYBAAAUAAAAAAAAAAAAAAAA&#10;ANAdAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItAAoAAAAAAAAAIQACQGPxtQkAALUJAAAUAAAA&#10;AAAAAAAAAAAAAJgfAABkcnMvbWVkaWEvaW1hZ2U0LnBuZ1BLAQItABQABgAIAAAAIQAtV7Ij4AAA&#10;AAkBAAAPAAAAAAAAAAAAAAAAAH8pAABkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAV33x&#10;6tQAAACtAgAAGQAAAAAAAAAAAAAAAACMKgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYA&#10;AAAACQAJAEICAACXKwAAAAA=&#10;">
+                      <v:shape id="Graphic 46" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:8096;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,809625" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAgZUiewwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8IS9LJoq4p9qFFlwWcFLVcTjo3mmxealNFntfnsjCB6HmfkNs1i1thI3anzpWMGgn4Ag&#10;zp0u2Sg4Hja9KQgfkDVWjknBP3lYLTsfC0y1u3NGt30wIkLYp6igCKFOpfR5QRZ939XE0bu4xmKI&#10;sjFSN3iPcFvJYZKMpcWS40KBNX0XlF/3f1bByejRVyZ3W3Oe2O2aJqesmv0o9dlt13MQgdrwDr/a&#10;v1rBaAzPL/EHyOUDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIGVInsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6858000,l,,,809625r6858000,l6858000,xe" fillcolor="#2e5395" stroked="f">
+                        <v:path arrowok="t"/>
                       </v:shape>
-                      <v:shape style="position:absolute;left:5810;top:-813;width:1683;height:1196" type="#_x0000_t75" id="docshape48" stroked="false">
-                        <v:imagedata r:id="rId7" o:title=""/>
+                      <v:shape id="Image 47" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:11938;width:29616;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDhzbHQwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mlXEymoUFQqC9NBV78/N283q5mVJUt3++6ZQ6HGYmW+Y1aa3rXiQD41jBZNxBoK4&#10;dLrhWsH59P66ABEissbWMSn4pgCb9eBlhbl2T/6kRxFrkSAcclRgYuxyKUNpyGIYu444eZXzFmOS&#10;vpba4zPBbSunWTaXFhtOCwY72hsq78WXVXBx1/PH3Ts+Tk11KyztqvnOKDUa9tsliEh9/A//tQ9a&#10;wewNfr+kHyDXPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDhzbHQwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                        <v:imagedata r:id="rId12" o:title=""/>
                       </v:shape>
-                      <v:shape style="position:absolute;left:6772;top:-813;width:881;height:1196" type="#_x0000_t75" id="docshape49" stroked="false">
-                        <v:imagedata r:id="rId8" o:title=""/>
+                      <v:shape id="Image 48" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:36728;width:10820;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACJlulwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0H+g9iCr2ERm4ItXEihxJqaI5NCr0O1tRLrJGR5Nj+++pQ6PHx9sNxNr24k/OtZQUvmwQEcWV1&#10;y7WCr2v5nIHwAVljb5kULOThWDysDphrO/En3S+hFjGEfY4KmhCGXEpfNWTQb+xAHLkf6wyGCF0t&#10;tcMphptebpPkVRpsOTY0ONCpoep2GY2C00R4HtNt5tKkG4dl3Xfv36VST4/z2x5EoDn8i//cH1rB&#10;Lo6NX+IPkMUvAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAImW6XBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                        <v:imagedata r:id="rId13" o:title=""/>
                       </v:shape>
-                      <v:shape style="position:absolute;left:6933;top:-813;width:1980;height:1196" type="#_x0000_t75" id="docshape50" stroked="false">
-                        <v:imagedata r:id="rId9" o:title=""/>
+                      <v:shape id="Image 49" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:42722;width:5842;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBKqutXxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gre6qa2iqauIdgKPYjgP+jxkX1NlmbfhuwaYz99tyB4HGbmN8wi620tOmq9cazgeZSA&#10;IC6cNlwqOB7WTzMQPiBrrB2Tgit5yJaDhwWm2l14R90+lCJC2KeooAqhSaX0RUUW/cg1xNH7dq3F&#10;EGVbSt3iJcJtLcdJMpUWDceFChtaVVT87M9Wwcvkd33a7DozyVfotl/d1b1/GKWGj33+BiJQH+7h&#10;W/tTK3idw/+X+APk8g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBKqutXxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                        <v:imagedata r:id="rId14" o:title=""/>
                       </v:shape>
-                      <w10:wrap type="none"/>
+                      <v:shape id="Image 50" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:43738;width:12853;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCUfPHwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0X+h/CFHqrWVsUuxqltIhCD6Jt78Nm3F3cTJZkjOu/N4eCx8f7XqwG16lEIbaeDYxHBSjiytuW&#10;awO/P+uXGagoyBY7z2TgShFWy8eHBZbWX3hP6SC1yiEcSzTQiPSl1rFqyGEc+Z44c0cfHEqGodY2&#10;4CWHu06/FsVUO2w5NzTY02dD1elwdgbeTrvt+/d6miZnCWkjf2l8/UrGPD8NH3NQQoPcxf/urTUw&#10;yevzl/wD9PIGAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAglHzx8AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                        <v:imagedata r:id="rId15" o:title=""/>
+                      </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <mc:AlternateContent>
-                <mc:Choice Requires="wps">
+                <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487435776">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487430656" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51052BF5" wp14:editId="4E742E45">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>129978</wp:posOffset>
+                        <wp:posOffset>128670</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-389642</wp:posOffset>
+                        <wp:posOffset>-380677</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="51" name="Group 51"/>
                       <wp:cNvGraphicFramePr>
-                        <a:graphicFrameLocks/>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
-                      <a:graphic>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
-                            <wpg:cNvPr id="51" name="Group 51"/>
-                            <wpg:cNvGrpSpPr/>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
+                                <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
-                            <pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="52" name="Image 52"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId10" cstate="print"/>
+                                <a:blip r:embed="rId9" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group style="position:absolute;margin-left:10.2345pt;margin-top:-30.680487pt;width:52.65pt;height:52.65pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15880704" id="docshapegroup51" coordorigin="205,-614" coordsize="1053,1053">
-[...1 lines deleted...]
-                        <v:imagedata r:id="rId10" o:title=""/>
+                    <v:group w14:anchorId="59CE82FC" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.15pt;margin-top:-29.95pt;width:52.65pt;height:52.65pt;z-index:-15885824;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBVuLa/HwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNtu4jAQhu9X6jtY&#10;vi8BJNjKIvSGFlWqdtEeHsA4TmI1PmjsEHj7HTshVLDarXqBNRN7xt/8nmH1eNQNOUjwypqcziZT&#10;SqQRtlCmyunvX8/3D5T4wE3BG2tkTk/S08f13ZdV55ic29o2hQSCSYxnnctpHYJjWeZFLTX3E+uk&#10;wc3SguYBXaiyAniH2XWTzafTZdZZKBxYIb3Hr5t+k65T/rKUInwvSy8DaXKKbCGtkNZ9XLP1irMK&#10;uKuVGDD4Jyg0VwYvHVNteOCkBXWTSisB1tsyTITVmS1LJWSqAauZTa+q2YJtXaqlYl3lRplQ2iud&#10;Pp1WfDtswf10O+jp0Xy14s2jLlnnKvZ+P/rV5fCxBB2DsAhyTIqeRkXlMRCBH5fLh+ViQYnArcFO&#10;iosan+UmStRP/4zLOOsvTWgjilOC4W+QB60bef7fRhgVWpB0SKI/lENzeGvdPb6k40HtVaPCKXUl&#10;vlmEMoedElHZ6KCSOyCqyOliTonhGqfhRfNKEvRRlPOZGBHVv0mwb5R7Vk0TNY/2gIrNfNUMf6m2&#10;b7SNFa2WJvSTA7JBamt8rZynBJjUe4l48FLM8MVwagMiOlAm9GPiA8gg6nh/iRw/cLgiKGfjRoK+&#10;cMYS/NBaH+uWr4sZitN3S7L7C87BDnzYSqtJNJAUCVBqzvjh1Q8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3vp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAPMtY3eAAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2UKvekm0UiN2YhI25MUqoXibUzGJJid&#10;Ddk1if++66keh/fx3jfpetSN6KmztWEF4TQAQZybouZSwc/hY/IGwjrkAhvDpOBGFtbZ81OKSWEG&#10;/qZ+70rhS9gmqKByrk2ktHlFGu3UtMQ+O5tOo/NnV8qiw8GX60ZGQbCQGmv2CxW2tK0ov+yvWsHn&#10;gMNmFr73u8t5ezse4q/fXUhKvb6MmxUIR6P7h+Gu79Uh804nc+XCikZBFMw8qWASL5cg7kAUL0Cc&#10;FMzjOcgslY8fZH8AAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaB&#10;QJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgr&#10;WEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7Taegfzxx&#10;eaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAA&#10;EwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;Vbi2vx8CAADlBAAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAA&#10;ACEAulMhGxdwAAAXcAAAFAAAAAAAAAAAAAAAAACFBAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwEC&#10;LQAUAAYACAAAACEAPMtY3eAAAAAJAQAADwAAAAAAAAAAAAAAAADOdAAAZHJzL2Rvd25yZXYueG1s&#10;UEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAA23UAAGRycy9fcmVscy9l&#10;Mm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAznYAAAAA&#10;">
+                      <v:shape id="Image 52" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSvTRYwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ArealZpRbZGKcLC3oqreH5sXpO1m5d1E3X115uC4HGYmW+YxWpwrThTHxrPCibjDARx&#10;7XXDRsFuW7zPQYSIrLH1TAquFGC1fH1ZYK79hTd0rqIRCcIhRwU2xi6XMtSWHIax74iT9+t7hzHJ&#10;3kjd4yXBXSunWTaTDhtOCxY7Wluq/6qTU3AqfybmEG9HMmXxUVSHzc7urVKjt+H7C0SkIT7Dj3ap&#10;FXxO4f9L+gFyeQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCSvTRYwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                        <v:imagedata r:id="rId16" o:title=""/>
                       </v:shape>
-                      <w10:wrap type="none"/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>All</w:t>
-            </w:r>
-[...13 lines deleted...]
-              <w:t>individuals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-8"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>seeking</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>seeking to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>their</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-9"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...16 lines deleted...]
-              <w:t>recertify</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Massachusetts EMT-Basic</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-8"/>
-                <w:sz w:val="20"/>
-[...76 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="11851FC4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="20" w:right="8"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <mc:AlternateContent>
-                <mc:Choice Requires="wps">
+                <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487436288">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487431168" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A1FFCDC" wp14:editId="18345E10">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>6045003</wp:posOffset>
+                        <wp:posOffset>6043695</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-542398</wp:posOffset>
+                        <wp:posOffset>-536352</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
                       <wp:docPr id="53" name="Group 53"/>
                       <wp:cNvGraphicFramePr>
-                        <a:graphicFrameLocks/>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
-                      <a:graphic>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
-                            <wpg:cNvPr id="53" name="Group 53"/>
-                            <wpg:cNvGrpSpPr/>
+                            <wpg:cNvGrpSpPr>
+                              <a:grpSpLocks/>
+                            </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
+                                <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
-                            <pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="54" name="Image 54"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId10" cstate="print"/>
+                                <a:blip r:embed="rId9" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group style="position:absolute;margin-left:475.984497pt;margin-top:-42.708534pt;width:52.65pt;height:52.65pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15880192" id="docshapegroup53" coordorigin="9520,-854" coordsize="1053,1053">
-[...1 lines deleted...]
-                        <v:imagedata r:id="rId10" o:title=""/>
+                    <v:group w14:anchorId="71A2BD99" id="Group 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:475.9pt;margin-top:-42.25pt;width:52.65pt;height:52.65pt;z-index:-15885312;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBAbxScHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclN9v2jAQx98n7X+w&#10;/F4CaLDKIvSFFVWqNrR1f4BxnMRq/ENnh8B/v7MTQgXTVvUB6y72nT/39R2rh6NuyEGCV9bkdDaZ&#10;UiKNsIUyVU5/vzze3VPiAzcFb6yROT1JTx/Wnz+tOsfk3Na2KSQQTGI861xO6xAcyzIvaqm5n1gn&#10;DW6WFjQP6EKVFcA7zK6bbD6dLrPOQuHACuk9ft30m3Sd8pelFOFHWXoZSJNTZAtphbTu45qtV5xV&#10;wF2txIDBP0ChuTJ46ZhqwwMnLaibVFoJsN6WYSKszmxZKiFTDVjNbHpVzRZs61ItFesqN8qE0l7p&#10;9OG04vthC+6X20FPj+azFa8edck6V7G3+9GvLoePJegYhEWQY1L0NCoqj4EI/Lhc3i8XC0oEbg12&#10;UlzU+Cw3UaL+9s+4jLP+0oQ2ojglGP4GedC6kef/bYRRoQVJhyT6XTk0h9fW3eFLOh7UXjUqnFJX&#10;4ptFKHPYKRGVjQ4quQOiipwuvlBiuMZpeNK8kgR9FOV8JkZE9W8S7BvlHlXTRM2jPaBiM181w1+q&#10;7RttY0WrpQn95IBskNoaXyvnKQEm9V4iHjwVM3wxnNqAiA6UCf2Y+AAyiDreXyLHTxyuCMrZuJGg&#10;L5yxBD+01vu65etiNj93S7L7C87BDnzYSqtJNJAUCVBqzvjh2Q8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3rp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAO1vCrOIAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3FrbhUAIcaqqAk5VJVokxG0bb5Oo&#10;sR3FbpL+Pe4JjqMZzbzJl5Np2UC9b5xVIOcCGNnS6cZWCr7277MUmA9oNbbOkoILeVgWtzc5ZtqN&#10;9pOGXahYLLE+QwV1CF3GuS9rMujnriMbvaPrDYYo+4rrHsdYblq+EOKJG2xsXKixo3VN5Wl3Ngo+&#10;RhxXD/Jt2JyO68vPPtl+byQpdX83rV6BBZrCXxiu+BEdish0cGerPWsVvCQyogcFs/QxAXZNiORZ&#10;AjsoWIgUeJHz/x+KXwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBAbxScHwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQA7W8Ks4gAAAAsBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADddQAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADQdgAAAAA=&#10;">
+                      <v:shape id="Image 54" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByGAm3wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatYka1RSmFhb+Iqnh+b12Tt5mW7ibr115uC4HGYmW+Y1WZwrbhQHxrPCqaTDARx&#10;7XXDRsFhX7wtQYSIrLH1TAr+KMBmPXpZYa79lXd0qaIRCcIhRwU2xi6XMtSWHIaJ74iT9+17hzHJ&#10;3kjd4zXBXStnWbaQDhtOCxY7+rJU/1Rnp+BcbqfmFG+/ZMpiXlSn3cEerVKv4+HzA0SkIT7Dj3ap&#10;FbzP4f9L+gFyfQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQByGAm3wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                        <v:imagedata r:id="rId16" o:title=""/>
                       </v:shape>
-                      <w10:wrap type="none"/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>need</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>follow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>steps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>outlined</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>page.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Please</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
-[...83 lines deleted...]
-              <w:t>on</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>read</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>this</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-7"/>
-[...70 lines deleted...]
-              <w:t>carefully.</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>it carefully.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="2B20B4AC" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="757" w:hRule="atLeast"/>
+          <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="085295"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="645850CD" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="68"/>
-[...2 lines deleted...]
-                <w:sz w:val="52"/>
+              <w:spacing w:before="63"/>
+              <w:ind w:left="29" w:right="5"/>
+              <w:rPr>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>TIMELINE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="329631CB" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="404" w:hRule="atLeast"/>
+          <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="20BFE90D" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="394"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="403"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>VARIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7D5C64E5" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="259"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="264"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>OCTOBER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>1, </w:t>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5C97A8D7" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="143"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="145"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>FEBRUARY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>15, </w:t>
+              <w:t xml:space="preserve">15, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="41351F7D" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="436"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="437"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MARCH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>31,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2E05E104" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="420"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="424"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>APRIL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>30,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="615999BF" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2392" w:hRule="atLeast"/>
+          <w:trHeight w:val="2387"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1484" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4700FC55" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="0BDD1C94" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="3C9E091F" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="141"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="155"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="15D0BC50" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="98" w:right="77" w:firstLine="8"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Check</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-15"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId19">
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">your </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="085295"/>
-                <w:sz w:val="18"/>
-[...37 lines deleted...]
-                <w:u w:val="none"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>dashboard for your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Recert</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...8 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-6"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="03D4F892" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="1C50B2A9" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="219"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="187"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="5EE2CB05" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="7"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="13"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Training</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Profile</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19">
+            <w:hyperlink r:id="rId36">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>Step</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-10"/>
-                  <w:sz w:val="20"/>
+                  <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
-                <w:t> </w:t>
+                <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>A</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:sz w:val="20"/>
-                  <w:u w:val="none"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>&amp; State</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="20"/>
-[...37 lines deleted...]
-                <w:u w:val="none"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17">
+            <w:hyperlink r:id="rId37">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
-                <w:t>Step B</w:t>
+                <w:t>Step</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:sz w:val="20"/>
-                  <w:u w:val="none"/>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-10"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> </w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="085295"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="085295"/>
+                </w:rPr>
+                <w:t>B</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-              <w:t> open for submission</w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>open for submission</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="40"/>
-                <w:sz w:val="20"/>
-[...9 lines deleted...]
-              <w:t>&amp; online payment</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>&amp; online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>payment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2223" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3D935F8D" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="96"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="75"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="59C56ACE" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="11" w:right="1"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="418" w:right="380" w:hanging="28"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Recertification</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recommended Recertification </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>early</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="059F3EBA" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="233" w:lineRule="exact"/>
+              <w:ind w:left="35"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...7 lines deleted...]
-                <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Date</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>increases the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>opportunity</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="49360989" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="243" w:lineRule="exact" w:before="1"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...8 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>early</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>resolve</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="3918ADCD" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:right="4"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:ind w:left="35" w:right="6"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...39 lines deleted...]
-              <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>issues!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2529" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02D073EF" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="141"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="29"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-36"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t>LAST</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>DAY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t> </w:t>
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t> </w:t>
-[...3 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>complete</w:t>
             </w:r>
-            <w:r>
-[...34 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="11FC3EDD" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="36"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-31"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1504701E" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="664DF27B" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="219" w:lineRule="exact" w:before="1"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="1" w:line="252" w:lineRule="auto"/>
+              <w:ind w:left="277" w:right="232" w:hanging="1"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...79 lines deleted...]
-            <w:hyperlink r:id="rId13">
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Last day to submit recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">applications on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-34"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single" w:color="085295"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38">
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="085295"/>
-                  <w:sz w:val="18"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="085295"/>
-                <w:sz w:val="18"/>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId17">
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39">
+              <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="085295"/>
-                  <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>eLicensing</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="085295"/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>without</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>penalty.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="575C52BE" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:ind w:left="41"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>midnight,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BDF18BF" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="28"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>recertified,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="08C50313" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="16"/>
+              <w:ind w:left="48"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-34"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>staf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-9"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...13 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ambulance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
-[...175 lines deleted...]
-                <w:u w:val="none"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2304" w:type="dxa"/>
+            <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="09139F69" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="54"/>
-              <w:ind w:left="233" w:right="210" w:firstLine="2"/>
+              <w:spacing w:before="38" w:line="242" w:lineRule="auto"/>
+              <w:ind w:left="232" w:right="194" w:firstLine="8"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>LAST DAY </w:t>
+              <w:t xml:space="preserve">LAST DAY </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>to receive Training Officer approval</w:t>
-[...3 lines deleted...]
-                <w:spacing w:val="-11"/>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t>receive Training Officer approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId13">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="085295"/>
+                <w:spacing w:val="-35"/>
+                <w:sz w:val="19"/>
+                <w:u w:val="single" w:color="085295"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:sz w:val="19"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="085295"/>
                 <w:sz w:val="19"/>
-                <w:u w:val="none"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
-                <w:u w:val="none"/>
               </w:rPr>
               <w:t>(Step A).</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="50D738C4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:spacing w:before="214"/>
+              <w:ind w:left="129" w:right="88"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="19"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...50 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Late</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>fees</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>apply</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>if</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="6BA984D4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-              <w:ind w:left="141" w:right="121"/>
+              <w:spacing w:before="5" w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="129" w:right="80"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>submitted</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>after</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-11"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>March 31, 2026: NREMT $50 MA $50</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">March </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>31,2026: NREMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>$50 MA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>$50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="23DC6E6D" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="581" w:hRule="atLeast"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EBD6E0"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="456C2168" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="290" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:before="78"/>
+              <w:ind w:left="35"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>After</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>April</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>30,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>March</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>31,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2028</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Late</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Recertification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-3"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="604A77A2" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="48" w:line="186" w:lineRule="exact"/>
+              <w:ind w:left="35" w:right="7"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>tion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...172 lines deleted...]
-              <w:t>you</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...78 lines deleted...]
-            <w:hyperlink r:id="rId15">
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41">
+              <w:proofErr w:type="spellStart"/>
               <w:r>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="085295"/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>eLicensing</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
               <w:r>
                 <w:rPr>
                   <w:b/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="3C5CA083" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="596" w:hRule="atLeast"/>
+          <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A8506A4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-              <w:ind w:left="16"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="35" w:right="17"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>CONTINUING</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-18"/>
+                <w:spacing w:val="-11"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>EDUCATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-10"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>REQUIREMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="3100EA43" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="6068" w:hRule="atLeast"/>
+          <w:trHeight w:val="6047"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10790" w:type="dxa"/>
+            <w:tcW w:w="10786" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4886A0C0" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="228" w:lineRule="auto" w:before="124"/>
-              <w:ind w:left="257"/>
+              <w:spacing w:before="117" w:line="225" w:lineRule="auto"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OVERVIEW:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>Continuing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>education</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
-[...37 lines deleted...]
-              <w:t>The requirements include education </w:t>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>based</w:t>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>divided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>categories,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>total.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education based</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continued</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Competency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(NCCP).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Courses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>scope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>—</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-12"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t> </w:t>
-[...269 lines deleted...]
-                <w:spacing w:val="-4"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>see</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...4 lines deleted...]
-            <w:hyperlink r:id="rId20">
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:spacing w:val="-4"/>
+                  <w:spacing w:val="-2"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>AR</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:spacing w:val="-8"/>
+                  <w:spacing w:val="-17"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
-                <w:t> </w:t>
+                <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
-                  <w:spacing w:val="-4"/>
+                  <w:spacing w:val="-2"/>
                   <w:sz w:val="21"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>2-212</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="085295"/>
-                <w:spacing w:val="-4"/>
-[...9 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
-[...9 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>additional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...9 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>detail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
-[...9 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>about</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
-[...41 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>courseseligible</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
-[...9 lines deleted...]
-                <w:u w:val="none"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>recertification.</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="6FD1B373" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="228" w:lineRule="auto" w:before="249"/>
-              <w:ind w:left="257"/>
+              <w:spacing w:before="242" w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>COURSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>APPROVAL:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
-              </w:rPr>
-              <w:t> </w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
-              </w:rPr>
-              <w:t>APPROVAL:</w:t>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>courses</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Department’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CAPCE.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>sponsors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ADE2A7A" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="259"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>retain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>rosters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18107326" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="32"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>All</w:t>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A1E30B3" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243" w:firstLine="16"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>TRACKING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>COURSE</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>courses</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">COMPLETION: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Individual EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>responsible for keeping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion documentation, either as a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certificate or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copy of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>roster, for at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>least</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>years.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS recommends all course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>uploaded</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>stored</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Officer and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>possible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="033F3034" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="112" w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>AUDIT:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applications,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>investigate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>time.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A28E0F5" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="248" w:lineRule="exact"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>when</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audited</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>result</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>denial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>eligibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>actions.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D4AD4F8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="124" w:line="225" w:lineRule="auto"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>TIMELINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>FOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CONTINUING</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...23 lines deleted...]
-              <w:t>have</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ACCRUAL:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...8 lines deleted...]
-              <w:t>an</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applied to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...8 lines deleted...]
-              <w:t>approval</w:t>
+              </w:rPr>
+              <w:t>completed any time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>after</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>last</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>listed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification dashboard).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...8 lines deleted...]
-              <w:t>number</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...23 lines deleted...]
-              <w:t>the</w:t>
+              </w:rPr>
+              <w:t>For</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...38 lines deleted...]
-              <w:t>or</w:t>
+              </w:rPr>
+              <w:t>example, if you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...9 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t xml:space="preserve">re- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="none"/>
-[...23 lines deleted...]
-              <w:t>sponsors are required to retain rosters and issue EMTs documentation of course completion.</w:t>
+              </w:rPr>
+              <w:t>newed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>15,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2023,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>start</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>accruing hours on October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>16,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2023,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>towards your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>renewal.</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="3AD92741" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="26"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:before="130" w:line="256" w:lineRule="exact"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>DISTRIBUTIVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>GUIDELINES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>There</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>no</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(DE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recertification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C3B783" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Education.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A6400B1" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="44"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="197B79EB" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-              <w:ind w:left="252" w:firstLine="4"/>
+              <w:spacing w:line="225" w:lineRule="auto"/>
+              <w:ind w:left="243" w:firstLine="16"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:i/>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>IMPORTANT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...1 lines deleted...]
-              <w:t>COURSE</w:t>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t>NOTE:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...1879 lines deleted...]
-              <w:t>If</w:t>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>If you</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>you</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>do</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>do</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have NREMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
-[...173 lines deleted...]
-              <w:t>thus</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...31 lines deleted...]
-              <w:t>2028</w:t>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>expiration</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t> date during this recertification period, you will meet the continuing education requirements for your Massachusetts certification expiring in 2026 and can finish the state recertification process by submitting a state recertification application and fee (Step B).</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>choose to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the NREMT, thus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>obtaining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiration date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>period,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>will meet the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">your Massachusetts </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certifica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>tion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>finish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>fee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(Step</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>B).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="0B27E788" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="2"/>
+        <w:spacing w:before="2" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="7"/>
+          <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:jc w:val="left"/>
-        <w:tblInd w:w="360" w:type="dxa"/>
+        <w:tblInd w:w="357" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
-          <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3627"/>
         <w:gridCol w:w="3478"/>
-        <w:gridCol w:w="3700"/>
+        <w:gridCol w:w="3695"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="54AE0262" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="793" w:hRule="atLeast"/>
+          <w:trHeight w:val="788"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14EA020F" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="293" w:lineRule="exact" w:before="59"/>
-              <w:ind w:left="8"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="31"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>NATIONAL</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="705DAF05" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
-              <w:ind w:left="2"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="1"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>that</w:t>
-            </w:r>
+              <w:t>that all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>nationwideneed</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...59 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55104E26" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="291" w:lineRule="exact" w:before="59"/>
-              <w:ind w:right="2"/>
+              <w:spacing w:before="51" w:line="289" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>LOCAL</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="6D92E10B" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="191" w:lineRule="exact"/>
+              <w:ind w:left="109" w:right="123"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>all EMTs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>EMTs</w:t>
+              <w:t>in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>in</w:t>
+              <w:t>your</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>your</w:t>
+              <w:t>state,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>state,</w:t>
+              <w:t>region</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36D049A6" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:right="2"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>region</w:t>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>and/or</w:t>
-            </w:r>
+              <w:t>agency</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="40"/>
+                <w:spacing w:val="-12"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>agency need to take</w:t>
+              <w:t>need</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6FA63972" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="293" w:lineRule="exact" w:before="59"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="50" w:right="25"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>INDIVIDUAL</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="56F6C9F1" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
-              <w:ind w:right="10"/>
+              <w:spacing w:before="7"/>
+              <w:ind w:left="50" w:right="53"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>individual</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>EMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>can</w:t>
+              <w:t>can choose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>choose</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t> </w:t>
-[...16 lines deleted...]
-              <w:t> </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="73AEE5DB" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="378" w:hRule="atLeast"/>
+          <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="329E4FA8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-              <w:ind w:left="2"/>
+              <w:spacing w:before="78"/>
+              <w:ind w:left="3"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E62A2A4" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-              <w:ind w:right="3"/>
+              <w:spacing w:before="78"/>
+              <w:ind w:left="8"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="290659C7" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-              <w:ind w:right="3"/>
+              <w:spacing w:before="78"/>
+              <w:ind w:left="50" w:right="37"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="22"/>
-[...1 lines deleted...]
-              <w:t> </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005433A2" w14:paraId="5DBB3419" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1590" w:hRule="atLeast"/>
+          <w:trHeight w:val="1581"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3627" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="17B4F61A" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="52"/>
+              <w:ind w:left="141" w:right="57"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>NATIONAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-10"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-11"/>
-[...34 lines deleted...]
-              <w:t>via Distributive Education</w:t>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>canbe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>via</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="1451FA85" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="266"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="141" w:right="67"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28048733" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="005433A2">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="50C382EC" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="40"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...32 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="7"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>content. Specific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>topics</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId21">
+                <w:spacing w:val="-13"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">must be assigned to </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>applicablecontent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> areas on </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43">
               <w:r>
                 <w:rPr>
                   <w:color w:val="085295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
                   <w:u w:val="single" w:color="085295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3478" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="778277F0" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="223" w:lineRule="auto" w:before="59"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="36" w:line="263" w:lineRule="exact"/>
+              <w:ind w:right="141"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>LOCAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-11"/>
-[...7 lines deleted...]
-              </w:rPr>
+                <w:spacing w:val="-10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:t>can</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...8 lines deleted...]
-              <w:t>be via Distributive Education</w:t>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>be</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="63403B14" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="223" w:lineRule="auto" w:before="201"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="263" w:lineRule="exact"/>
+              <w:ind w:right="123"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-                <w:sz w:val="18"/>
+              <w:t>via</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32276913" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="207" w:line="223" w:lineRule="auto"/>
+              <w:ind w:left="167" w:right="291"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Elective</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>requirement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
-[...59 lines deleted...]
-              <w:t>agency</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>as required by agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3700" w:type="dxa"/>
+            <w:tcW w:w="3695" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2CF6CC94" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="225" w:lineRule="auto" w:before="57"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="36" w:line="263" w:lineRule="exact"/>
+              <w:ind w:left="50" w:right="18"/>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-12"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>INDIVIDUAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-10"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-12"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>canbe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
-[...2 lines deleted...]
-              <w:t> </w:t>
+                <w:spacing w:val="6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="22"/>
-[...16 lines deleted...]
-              <w:t>via Distributive Education</w:t>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>via</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="131318F8" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="241"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="263" w:lineRule="exact"/>
+              <w:ind w:left="50" w:right="27"/>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB19558" w14:textId="77777777" w:rsidR="005433A2" w:rsidRDefault="00B901DA">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="244"/>
+              <w:ind w:left="53" w:right="3"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Elective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:sectPr>
+    <w:p w14:paraId="71CA88D5" w14:textId="77777777" w:rsidR="00B901DA" w:rsidRDefault="00B901DA"/>
+    <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="280" w:bottom="0" w:left="360" w:right="360"/>
+      <w:pgMar w:top="240" w:right="360" w:bottom="0" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...2 lines deleted...]
-    <w:charset w:val="0"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
-    <w:altName w:val="Calibri"/>
-    <w:charset w:val="0"/>
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="2"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E057FB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0">
-      <w:start w:val="0"/>
+    <w:tmpl w:val="6CCADF4C"/>
+    <w:lvl w:ilvl="0" w:tplc="18F83688">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1073" w:hanging="361"/>
+        <w:ind w:left="1066" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="1" w:tplc="76B4625E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1073" w:hanging="361"/>
+        <w:ind w:left="1066" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:eastAsia="Symbol" w:cs="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="2" w:tplc="2B1C355A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3168" w:hanging="361"/>
+        <w:ind w:left="3152" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="3" w:tplc="42B44984">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4212" w:hanging="361"/>
+        <w:ind w:left="4198" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="4" w:tplc="A6B4DA02">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5256" w:hanging="361"/>
+        <w:ind w:left="5244" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="5" w:tplc="367A3FB2">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6300" w:hanging="361"/>
+        <w:ind w:left="6290" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="6" w:tplc="F028C79E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7344" w:hanging="361"/>
+        <w:ind w:left="7336" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="7" w:tplc="8F320D16">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8388" w:hanging="361"/>
+        <w:ind w:left="8382" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
-      <w:start w:val="0"/>
+    <w:lvl w:ilvl="8" w:tplc="5BF2F0B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9432" w:hanging="361"/>
+        <w:ind w:left="9428" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="840244822">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:shapeLayoutLikeWW8/>
     <w:useFELayout/>
-    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="005433A2"/>
+    <w:rsid w:val="005433A2"/>
+    <w:rsid w:val="007630C7"/>
+    <w:rsid w:val="00B901DA"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4CD9DB12"/>
+  <w15:docId w15:val="{AABDB624-F1B9-44A7-9E39-ED89D0850E83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="1065" w:hanging="368"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="2"/>
+      <w:ind w:left="1065" w:hanging="368"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
-[...1 lines deleted...]
-    <w:uiPriority w:val="2"/>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
-[...9 lines deleted...]
-  <w:style w:styleId="BodyText" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:pPr/>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:styleId="Heading1" w:type="paragraph">
-    <w:name w:val="Heading 1"/>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
-[...36 lines deleted...]
-      <w:ind w:left="2" w:right="4"/>
+      <w:spacing w:before="45" w:line="449" w:lineRule="exact"/>
+      <w:ind w:left="41" w:right="16"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="36"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:sz w:val="37"/>
+      <w:szCs w:val="37"/>
     </w:rPr>
   </w:style>
-  <w:style w:styleId="ListParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:ind w:left="1065" w:hanging="368"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:styleId="TableParagraph" w:type="paragraph">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="10"/>
       <w:jc w:val="center"/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nremt.org/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/EMT/Recertification" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
-
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nremt.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nremt.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/EMT/Recertification" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19037,59 +19563,68 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
+  <Pages>2</Pages>
+  <Words>1088</Words>
+  <Characters>6204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7278</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Paicopoulos, Aggelos (DPH)</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-07-13T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-08-15T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>