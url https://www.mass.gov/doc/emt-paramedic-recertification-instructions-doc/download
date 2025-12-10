--- v0 (2025-10-19)
+++ v1 (2025-12-10)
@@ -2,3450 +2,3488 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="654341C7" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="22C0C14E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="360"/>
+        <w:ind w:left="352"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="45BB4C1C" wp14:editId="3D639C16">
-[...1 lines deleted...]
-                <wp:effectExtent l="0" t="0" r="0" b="15239"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="30019D1F" wp14:editId="48F56DCD">
+                <wp:extent cx="6858634" cy="2161540"/>
+                <wp:effectExtent l="0" t="0" r="0" b="19685"/>
                 <wp:docPr id="1" name="Group 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6858634" cy="2137410"/>
+                          <a:ext cx="6858634" cy="2161540"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6858634" cy="2137410"/>
+                          <a:chExt cx="6858634" cy="2161540"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Graphic 2"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="0" y="64515"/>
+                            <a:off x="0" y="88900"/>
                             <a:ext cx="6858000" cy="798195"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6858000" h="798195">
                                 <a:moveTo>
-                                  <a:pt x="0" y="797674"/>
+                                  <a:pt x="0" y="797801"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="6858000" y="797674"/>
+                                  <a:pt x="6858000" y="797801"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6858000" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="797674"/>
+                                  <a:pt x="0" y="797801"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="2E5395"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="3" name="Image 3"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="790955" y="0"/>
-                            <a:ext cx="2927604" cy="758951"/>
+                            <a:off x="767080" y="0"/>
+                            <a:ext cx="2961640" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="4" name="Image 4"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="3261359" y="0"/>
-                            <a:ext cx="1068324" cy="758951"/>
+                            <a:off x="3246120" y="0"/>
+                            <a:ext cx="1082039" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="5" name="Image 5"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="3872484" y="0"/>
-                            <a:ext cx="559308" cy="758951"/>
+                            <a:off x="3845559" y="0"/>
+                            <a:ext cx="584200" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="6" name="Image 6"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="3974591" y="0"/>
-                            <a:ext cx="2116836" cy="758951"/>
+                            <a:off x="3947159" y="0"/>
+                            <a:ext cx="2148839" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="7" name="Image 7"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="131445" y="126111"/>
-                            <a:ext cx="668655" cy="668654"/>
+                            <a:off x="131445" y="150495"/>
+                            <a:ext cx="668654" cy="668654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="8" name="Image 8"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
-                            <a:off x="6017895" y="126111"/>
-                            <a:ext cx="668654" cy="668654"/>
+                            <a:off x="6017895" y="150495"/>
+                            <a:ext cx="668655" cy="668654"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                       <wps:wsp>
                         <wps:cNvPr id="9" name="Graphic 9"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="76200" y="1759330"/>
+                            <a:off x="76200" y="1783714"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
                                   <a:pt x="6520942" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="60832"/>
-[...2 lines deleted...]
-                                  <a:pt x="0" y="304291"/>
+                                  <a:pt x="0" y="60833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6520942" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="304291"/>
-[...2 lines deleted...]
-                                  <a:pt x="6581775" y="60832"/>
+                                  <a:pt x="6581775" y="304292"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="60833"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6520942" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="10" name="Graphic 10"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="76200" y="1759330"/>
+                            <a:off x="76200" y="1783714"/>
                             <a:ext cx="6581775" cy="365125"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="365125">
                                 <a:moveTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="60832"/>
-[...2 lines deleted...]
-                                  <a:pt x="0" y="304291"/>
+                                  <a:pt x="0" y="60833"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="304292"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4783" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17827" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="37172" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6520942" y="365125"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="360352"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="347329"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="327995"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="304291"/>
-[...2 lines deleted...]
-                                  <a:pt x="6581775" y="60832"/>
+                                  <a:pt x="6581775" y="304292"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="60833"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6576984" y="37183"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6563931" y="17843"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6544591" y="4790"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6520942" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="60858" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="11" name="Textbox 11"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="1086205"/>
+                            <a:off x="50" y="1110589"/>
                             <a:ext cx="6858000" cy="654685"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFF00"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="16BCDB9B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="6DAB011C" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="61" w:line="487" w:lineRule="exact"/>
-                                <w:ind w:left="4" w:right="3"/>
+                                <w:spacing w:before="64" w:line="482" w:lineRule="exact"/>
+                                <w:ind w:left="36" w:right="1"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-22"/>
+                                  <w:spacing w:val="-17"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-21"/>
+                                  <w:spacing w:val="-17"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>A:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Profile</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-19"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>(First</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-20"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step)</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="66417883" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="54567C44" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:line="218" w:lineRule="exact"/>
-                                <w:ind w:left="5" w:right="3"/>
+                                <w:spacing w:line="201" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="36"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Need</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="12"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
-[...61 lines deleted...]
-                                <w:t xml:space="preserve"> </w:t>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>A?</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
-[...1 lines deleted...]
-                                <w:t>Training</w:t>
+                                  <w:spacing w:val="27"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>Start</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="16"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>with</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="11"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>agency’s</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="26"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-                                <w:t xml:space="preserve"> </w:t>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="26"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>Officer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>;</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="10"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>if</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="23"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>more</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="21"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="12"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>is</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="25"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>required</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="13"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>contact</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="16"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>the</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="20"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>NREMT</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-2"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="23"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:sz w:val="18"/>
+                                  <w:sz w:val="17"/>
                                 </w:rPr>
                                 <w:t>at</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="1"/>
-                                  <w:sz w:val="18"/>
+                                  <w:spacing w:val="10"/>
+                                  <w:w w:val="103"/>
+                                  <w:sz w:val="17"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="075295"/>
+                                  <w:spacing w:val="-28"/>
+                                  <w:w w:val="103"/>
+                                  <w:sz w:val="17"/>
+                                  <w:u w:val="single" w:color="075295"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId10">
                                 <w:r>
                                   <w:rPr>
-                                    <w:color w:val="085295"/>
+                                    <w:color w:val="075295"/>
                                     <w:spacing w:val="-2"/>
-                                    <w:sz w:val="18"/>
-                                    <w:u w:val="single" w:color="085295"/>
+                                    <w:sz w:val="17"/>
+                                    <w:u w:val="single" w:color="075295"/>
                                   </w:rPr>
                                   <w:t>support@nremt.org</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="12" name="Textbox 12"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="862190"/>
+                            <a:off x="50" y="886701"/>
                             <a:ext cx="6858000" cy="224154"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="71A957EB" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="76218520" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="60"/>
-                                <w:ind w:left="304"/>
+                                <w:spacing w:before="69"/>
+                                <w:ind w:left="297"/>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>For</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-10"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>additional</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>info</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>recertification,</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t>please</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-7"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
-                                <w:t>additional</w:t>
+                                <w:t>visit:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-7"/>
-[...74 lines deleted...]
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId11">
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:sz w:val="16"/>
                                     <w:u w:val="single" w:color="FFFFFF"/>
                                   </w:rPr>
                                   <w:t>mass.gov/dph/oems</w:t>
                                 </w:r>
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:sz w:val="16"/>
                                   </w:rPr>
                                   <w:t>.</w:t>
                                 </w:r>
                               </w:hyperlink>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>General</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>questions</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>for</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-6"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>OEMS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>regarding</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-8"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>,</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-6"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="16"/>
                                 </w:rPr>
                                 <w:t>email:</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-11"/>
                                   <w:sz w:val="16"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-28"/>
+                                  <w:sz w:val="16"/>
+                                  <w:u w:val="single" w:color="FFFFFF"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId12">
                                 <w:r>
                                   <w:rPr>
                                     <w:color w:val="FFFFFF"/>
                                     <w:spacing w:val="-2"/>
                                     <w:sz w:val="16"/>
                                     <w:u w:val="single" w:color="FFFFFF"/>
                                   </w:rPr>
                                   <w:t>oems.recert@mass.gov</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="13" name="Textbox 13"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12" y="64515"/>
+                            <a:off x="50" y="88900"/>
                             <a:ext cx="6858000" cy="798195"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="50D019D6" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="5078750E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-                                <w:ind w:left="5" w:right="3"/>
+                                <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="25"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
-                                  <w:sz w:val="52"/>
+                                  <w:sz w:val="53"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="52"/>
-[...10 lines deleted...]
-                                <w:t xml:space="preserve"> </w:t>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve">MASSACHUSETTS </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFF00"/>
-                                  <w:sz w:val="52"/>
-[...10 lines deleted...]
-                                <w:t>PARAMEDIC</w:t>
+                                  <w:spacing w:val="-8"/>
+                                  <w:sz w:val="53"/>
+                                </w:rPr>
+                                <w:t>EMT-PARAMEDIC</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="5A7C114A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="382F6BAF" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:line="240" w:lineRule="exact"/>
-                                <w:ind w:left="2" w:right="3"/>
+                                <w:spacing w:line="245" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="31"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>All</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="6"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>individuals</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="6"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>seeking</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>recertify</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-9"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>their</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Massachusetts</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="24"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>EMT-Paramedic</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="15"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>certification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-8"/>
-                                  <w:sz w:val="20"/>
-[...119 lines deleted...]
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>in</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="9"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>2026</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="64B028F6" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="0E42EB00" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:ind w:left="2" w:right="5"/>
+                                <w:ind w:left="35" w:right="32"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>need</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="1"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>to</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>follow</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-20"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>both</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>steps</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>outlined</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>on</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>this</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>page.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-5"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:t>to</w:t>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>Please</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
-                                  <w:sz w:val="20"/>
+                                  <w:spacing w:val="-24"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:sz w:val="20"/>
-[...1 lines deleted...]
-                                <w:t>follow</w:t>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>read</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-28"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-2"/>
+                                  <w:sz w:val="21"/>
+                                </w:rPr>
+                                <w:t>it</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-6"/>
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
-                              </w:r>
-[...110 lines deleted...]
-                                <w:t>read</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
-                                  <w:sz w:val="20"/>
-[...22 lines deleted...]
-                                  <w:sz w:val="20"/>
+                                  <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:t>carefully.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="14" name="Textbox 14"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="127049" y="1777174"/>
+                            <a:off x="127049" y="1801558"/>
                             <a:ext cx="6496050" cy="332105"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="515683BA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="3F3830ED" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="79"/>
-                                <w:ind w:left="23"/>
+                                <w:spacing w:before="77"/>
+                                <w:ind w:left="16"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Log</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-6"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>into</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="5"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>your NREMT</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="3"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>into</w:t>
+                                <w:t>through</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
-[...67 lines deleted...]
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>NREMT.org.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="45BB4C1C" id="Group 1" o:spid="_x0000_s1026" style="width:540.05pt;height:168.3pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68586,21374" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAmH1WuaQYAAJEmAAAOAAAAZHJzL2Uyb0RvYy54bWzsWttu2zgQfV9g/0HQ&#10;e2vdb4hT7DZNUKDoBtss9pmWZVuoJGopOnb+fg9JUZLtOHbdJk3bFGhMWyNqOHPmzHCoszfrsjBu&#10;M9bktBqb9mvLNLIqpdO8mo/Nf24uX0Wm0XBSTUlBq2xs3mWN+eb899/OVnWSOXRBi2nGDExSNcmq&#10;HpsLzutkNGrSRVaS5jWtswoXZ5SVhOMrm4+mjKwwe1mMHMsKRivKpjWjadY0+PVCXTTP5fyzWZby&#10;v2azJuNGMTahG5d/mfw7EX9H52ckmTNSL/K0VYOcoEVJ8goP7aa6IJwYS5bvTFXmKaMNnfHXKS1H&#10;dDbL00yuAauxra3VXDG6rOVa5slqXndmgmm37HTytOnH2ytWf6qvmdIeww80/dzALqNVPU+G18X3&#10;eS+8nrFS3IRFGGtp0bvOotmaGyl+DCI/ClzPNFJcc2w39OzW5ukCjtm5L128O3DniCTqwVK9Tp1V&#10;Dfw0vYmarzPRpwWpM2n5Rpjgmhn5FAswjYqUQPFVCxhH4Ec8GjLChu23pjXnvRYKPN/2Fe6GVrIs&#10;wFNYKYwjO5YC3VJJki4bfpVRaW9y+6HhCrdTPSILPUrXlR4yoF/gvpC456YB3DPTAO4n6vk14eI+&#10;4UQxNFbKYVKVRaeJuFzS2+yGSkHeOy2MwyD0xFxQtRcpqqGogICcUa5tcIMW05+1nHkoLqGCqbWE&#10;/lSSsJcG3AGZDT31JGlBm0ypLhYv19AZBBMOTd7QIp9e5kUhLNCw+eRtwYxbAts673y389ZADOhs&#10;EoUDMZrQ6R1AtAJuxmbz35KwzDSK9xVgKlhJD5geTPSA8eItldwljc8afrP+l7DaqDEcmxwQ+kg1&#10;WkmisQH9hYCSFXdW9I8lp7NcAEfqpjRqvyByzs/qPE3wv2UZjHZC6DAb4y6+FGtTjF4eNUdJ2Odl&#10;/QqECPvnk7zI+Z0kdwSgUKq6vc5TQVDiSx+Nro7G9yWZZ4YrcKglhLxY6c7tkyKvtSPFuFUUkbHF&#10;qPesVbH1BU2XZVZxlX5YVkBnWjWLvG4QYUlWTjJQBXs/tRHPSH0cfFGzvOIq5hrOMp4CbiSZAVB/&#10;I0YVCLsLUuleT7GEPYQSxlbs+30YkEQzihM7YWC1vBv6UezbbZhqThLwEIzSAklwBcy9gyBFOlIl&#10;pYQcQqcfDy+whmJvhRfJW88JL8guj4wX1wls14/vA4xtBZHrvABmSDCIrCFgZE5+ToABAT42YKLQ&#10;8SKgQifanmF8P3YtFPeyZHkhGFEeBpt4CZ5bQhLR/bgJyY1Dz4+R+Hbx4tg2GAYmegFMt58INwET&#10;PjfAgAAfGTC2a3ueqmBsJCdbVik9yQRBFIgCR2BGjvVm49etYkC5w6QU/XqYCSw7REErSWYvaNpK&#10;5pFA8yTdBtRpm92GWPj66G5DGKA/powUIle7bd9F7xACP7LDsI0tN/Bt5/v1HLQq6Dm0moidSN9Q&#10;aDsDvmPFHqpknVywye1l9La+lbXQddiQ1Nf1p5JzQztUM3rYTAn77m0lAHQOCBsPx8iTu829sl4Y&#10;oTiDKObH6KFplYsCC9X3EXKu5TnIrw9N2D/bCeOuNaGXrT/V8vs1uV7oOhJgexfV28oNLNd/WF0s&#10;qHXABrb04/XnrmePEkfOaKuMY1TxAzd2VVFyxDIDPwzituZ1D5uwiyPh7cPeGYofdvqGLgehFAwW&#10;ehijgd9b8SD4g3tiT/vw2zTS0Mu/fKsj8MdupD1JdkAffSs9qM76L5wfOsrRMNqXHXomOwj8niEP&#10;R1TPvAdD9YX1UdAPOOWF9akoeXQ6HGSgg1D6Tqyv2b9VeSf29PUvyQ5FJY6gHN9D4SrMMUgDW8cu&#10;+7KFOva4IM1CHc/IGbpyqT3t+LGOZZ4mm6A8UpuNG2wQJnRtqK34IJsYfP0nxZGurD7F73sOJWxV&#10;T9tWhA3IQwedKEBw2Nc656QN/UMIucQ/wEhVygMgbR3M8fVkDRmxnm90RnfESdvTuBR+2HLp9nH1&#10;F7oUDrXVJmnQodGnu6JF4zie7X9Vi+Yhj+6L+Xs8Kk/rO6D+bI7tDj67WJVbzNNj9aRXEr7sALEn&#10;DDESUde+UfGTBh/6T1vBJ+PiJB+FlqfO7NCwQb9CTjSIQC8OLB8FpYhA13VsRbrYxp/EqfuiqYPY&#10;00UTVJHvPcmmTPuOlnixavhdpvT+TbLz/wEAAP//AwBQSwMECgAAAAAAAAAhABelQAv4UQAA+FEA&#10;ABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAPBAAAA+ggGAAAAgR1F&#10;8wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJztneuW4krO&#10;bZWVden+zvu/au9d1zw/KpUsL6SwAQMGzzkGA5IEOxQXhVYobF7e3t4CAAAAAAAAYA98uncBAAAA&#10;AAAAAG4FIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMi&#10;GAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAA&#10;dgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAA&#10;AAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIY&#10;AAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2&#10;AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAA&#10;AAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgA&#10;AAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYD&#10;IhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAA&#10;AHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAA&#10;AAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMi&#10;GAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2w+d7FwAAtsHL&#10;y8vL3Gfe3t7eblGWNZiz55FsgTFdW9PG8Gw8m58GuCeMp33zQttenz0NsmcQHkvay3kEu5TCxlNs&#10;nth6b9svtCViY/aM2EPfHHFBWx/VwbXqZev+/tY+euv1kWyxnI/qp8/xU2txiZ33LPepnGrnM9u2&#10;lEcdT3A9EMErY4PsHKfzEAPtmYTHgjbz97qyvkU8RJtV9o7qwO15K97/eH0L+5s2q2yp/l5sz73b&#10;ci99s2Ngf9fWHWVfjZXqpRlbi8pz7TY5c066qHxbrg/lkrq5QaD+EH56hVjgWgxtXSFW2wpz7fgU&#10;tp3bXx9tPMFtQQSvRDHQXuI85+MDbVPBa2OnPi9lE3a+21O12ZxdZfnfnzfTZjP98sUe/rmks/Gt&#10;eO/jc9ewf2DPUls+yhd1+Su7/r6gb96MM/ptRF0fc23tnzmpbqycS9rnHuNlVMZF5VtatqI+zjpf&#10;nnTJOc9hQf+qKP3dGuV8RD+9YixwDTofmLjf2EKZz2XOxke37eT++ojjCe4DIngFJNBYEpBX+MpS&#10;97jbAGuCm1OC0YixnX/y/RtnErX8n+x1/l+fI8bC6Y/+vZH2iji2bc7m/J5PBGpf93r1Pjvof5+a&#10;5278VW23xKY0hb55JRYscHT9dhTEavstbueI+X5b+P0lZaraY3XfV/ShanyEPHu/+RNF3YzKN1Mf&#10;ehPOl8H5rj4X2MJA5ze6cpa+bkUh+RB+uqnDU2Kea9H5vz/2uaqv6v+2TifC8vWpsdmWmGvDdrw9&#10;6niC+4EIvgAbcDmoXt9fLw3SkmrA6+NuwWtj5yd7nGOn2/hh5w2zAGrDaxzab2kwq8Hib3n++N+d&#10;M4hVe73Gcft5OzqjNtPHxPa4sD0HgrCypxp71R3wOyGS7eevTxIDl/DsfbOjyFh2fmauz1YLAloP&#10;c49Tgi3tY9r3XmPa91RMVeNlVd/X9CEfI95/fEz8trJl+UZbS6v6qMZkni/iBvUxU87OH3o/qsbR&#10;ReV8VD9dLHZ4OZfGAtegii9+2/udX7lXmc+lXayKYx/6aLaNfHbZVx91PMF94e7Ql6MD7XMcgtXP&#10;MR1k+VnHV710UOnjY8C9vLzcbJWpmfCqxygYjajtTNt+hdl5Axs1WMv2ykdnk9rS2fHr/fO/3z97&#10;s/Zqsj9qo9patV8XwFT2Vn3U2zGf45w6aDJL3mb+ehR4uz0eeHe2+Bg8y54TeLq+2THosy6kOp+z&#10;pJ1HbV312RStf7J4WkfWL7U8X2LaF30RRoOmX/bI/6/Vt0Z9SOemJOvJ+0vWT5ZvTgAv6bPJkvp4&#10;e3l5eVlxN4kL9a5evG6yb1zcbo/sp5s61LJmHY5igWuh9qutn0JsjONxuzRW2wrVAlLapyK4WviK&#10;eCzbtL+W4+2RxxPcH0TwmchkoAL4y/vjaxxPqqOVuCpQy0n2ZxST7i0GV5FR0KAhbV0SmCfuUNK+&#10;fLy8v/f2fv5r3anU7ck2+yp2qT2eTfT2yrb58f74FId2u5otjV0R00lAA7wvcRz0qXj0LIhnsHwy&#10;0MlJ+2m+fpHPntRnB8FWio3OnrnJrRNGHvz/jHr8vcSVJrhn7ZsdzSJHFVR3bdwtdmi/9VX8SuRp&#10;O+v/8/tvTcClvv9rTNspy5fl0uA8z5dtkmgm5yyaceNl8z6k9aT18UMeH2Vr+oueT+fBPKcL76X1&#10;oW25FikQqnbTBYysG5+vzm63J/LTWm7tV963bim41Pep38v4IutGx4XHMZVP3RqjREIK/Ur4PaJt&#10;Gh/6Z9IdP8N4gjuBCL6MdCo50L7JQ4MhX1n2ib0KXHPgf4+/jjwH6E2FcExX+DVoUBtV8C8VwRpQ&#10;fI86OFrXkDpA/BIR/3l/ZNt50FbZo4F1ttW/cZhsfFX6agwEY9rhAbAu0iydDEZiQicqDZyzTCf1&#10;2WKBSQVhll+ftQ+ORHC360IntpzIMnhye9KWVdv0WftmxWDLtwcu+tBgpsreVIsd+ZyBjC92eFtn&#10;e2sgM1nVl3JXvj/byn1/on7vexy3h2ZyLvXrLlK0H3nQn+fTelGfrFv8Jv1l0G+/RcR/o54Lk6o+&#10;sixr10cMytmNLy/nr7ig3R7dTzcL/9m3vP58IeGaYtj9ugpg7eO5ZfVTHMdr1ULN1jKm2h5VrPgr&#10;piJY/abHoVu3Lftsxoc+3vJzDzueYBsggs+gmMx0MvhvHCb/OcdaObV0bDmgPFiJOGRxVtsq5jRZ&#10;KQ2mdOLrRLAHpBHHq+r/xlQAZx28xfWcx6jdMogdrQxXq5U54X6y/1/VlsEWP81w6MJMtfo9t304&#10;YhoIVxk1XdBIwfXp/W8PUpbY45OaL764PdoHPRPh9njwqiu8njn9N6Z9e/L9K7Tp0/TNisHlFb7I&#10;4Q8Xwd5n3b/OLXhov9W++zkOGXPN9v2JKVU7/V9MhZ/2Q138S7+e7eFb7i/1693c9H8xFcI6r+ii&#10;iQpSXSDyxaSuPnLxRvtttp0eo6sP9S+rbIludjWpWPfxNWq3fH9xuz2Zn/ZF8Wzrqm/dWgSrMPw3&#10;puIpX2cWuCr3loVixPECpgqwn3EYp74DZOsCP2JqW7cYl/35Td7vduQ8yniCO4IIPp9qRTQn1Aw2&#10;5pyPZ4NdIGYw8qn4nDqMa+ETdq6aZ7D335jPeGeZEw22fsSxg/NtPWtSZXC03f5fHAuNrt1caHyJ&#10;2pa0d31j6sUY7Yu+YFFt+xtNBB7w+oRQCUfPpEzEVhZ7JlD07G9OZr74ohP8nAB2W1wI+2UI1SKU&#10;f2fN8fdUfbNi5ppMD1x8R42u4M+1c6Lt4wsevpr/Xc6VC3OeWc5jVRlFD6rV9yfp91JIqbjy7cnn&#10;MhpD6bt1gVbty/pIAZz953NM/bKPpbn6yHmiWhS4dn04lQhVIZyLupUIPqucT+an5+Ie71u3FsGa&#10;QfTFiqwTr/uM13y3wpaFovp37SMpgjNeSztHc8ZWcNtyfKng/ynvZbv7WH6k8QR3BhF8HurYNVuV&#10;A1An/rltwr5alA77Z9STsd4A4WOb3pXvoFlNdir0q2vMquxbxME55HfyPd/WozeoWcumLFe1Ha7L&#10;BnimTe3J9krHqpOw2vIpDmLjWlltDz7dJhcUOhFUwUq1WOMr7tpfM0jUidazJZqJnBrRX2OvE5oG&#10;qmmPCyPPNLotboc+VBzp9W0aTOkYXGVye+K++UFx86TcknjKIscoeBkFdV07q6/9GodMsGf9dbEg&#10;M0raVjr20o4uo5j9SbOuPkec5fekH4WVr1pM6kSwCmBdBJoIPTtXdz5f1KhE8NXqo2BOjOrW2EoE&#10;azmr3U+jcj60n26u368uBci+7774mlQiOP2aXu6QQrhaHLpHuc9BfViOV+0L2U+r7d6PZlu2oe5m&#10;Uv+f2WDfpbj58QTbARF8Is2d6HxrkwdwS0VwxCFAGw0qHVzXuqavWzHvtrnNbX/yiUpXzDJbVQUV&#10;qwlhsakLDqvrg7rJIp2atpNf4/YlTNBf6U6nVfZFs/W6WNEFb9HY+la8n3bn8584ngi6hY08Txdg&#10;VQI4F118YlNbqt0Wp9iTZdbspAtgzZStnaV6mr55ZNhxX61Eo29NTFv1JlNVOy9tAw1CVNjmQoGP&#10;C/2cLjx+mGU25ff9+jP1YSqkXUit2Z98PHXl0wA6A8qIaZ3MXVrgvtoFpl67v6Q+fJHjGuhY07bX&#10;LZMugiMOi7eL2+2Z/LSaFXW/0q2oI8F1DTGQ4zvrSxcAXTjpJRg+Li7x7ed859S6yM97DKW7NF7i&#10;eOw9mm254NRlb9N239r+iOMJ7ggi+DK6yUCf5wLWRANxHai6MpYrYp4t1e9fZlB/oxMNWLubf42c&#10;ipYxP5tOpMr0fBxjpeC8ClqrmyxVwV9nizrKFEoaCOh29tVWA2e2Dado/H9xfL1TFdRWdunz5NTF&#10;swaU2l8zu1adsxNcVabk/+JYBFdb8Ee2VPa8FK/zeH/kvRx7vpq85iLN0/RNZ0YA64KaZ/krATwX&#10;uCRd39XveEDsderBjO4C6Pr/a3E8zdanz9PP5vdPEfRLGZUv/1aq+ji1bNX5PsXy+rhWXXgZR+XU&#10;oNbL6ba0ZX1SP13V3efi4YviVdm7v89Bd3p8skclerxt1J5OvC/hlO+cY7cv5rmt6ff1PR3Tj2Sb&#10;i171lWnLo48nuDOI4PNxR+qTQhUI6eDrgnId6BHTaz/0BgiZkVrlxiEFulJebW3TwNyDm8quiKnN&#10;VVA2yjicjW3d84BEb5bQZT/Kw8ZUaOSqpT/SvtymtIZoyvOrLdk+KhirbL2Lp7fBw8/nk0DIcxUQ&#10;6VgoRdtgG7TuOqi231c7LHQi80yTB3JqRzW5RYwXaVbJVD1p36zK4wsc2T+9r2rgUmXbqraOwXv6&#10;nRd7r3po1j/97UiEV8fQgE39ogetVRteWwj7a63Puc8sPdel9VH5mbWojudzuPeH6v9LjqvHfmg/&#10;3dhVxT6VYMnyKz5WL/U7o/qZE93uQ7oyK9W4XTKWfR5aUr5TqL6r9fAotnV9O+LgQzQL/OjjCe4E&#10;IvhyqsmgCgTys2/yekQKAs1EaRbncxyum1gzi6OTl2elqhsMdCK/Om7EwRFXwdE1gh49f7V67XcM&#10;rNpvDhX0lXjJ8+Y13GcvWAy2DuvNXZbcTViFYvXoJoOqvbRf++pzW5/NtbAZKHqW0AXSZIV1xp5O&#10;BHuw5hNWF+RVE+Ml4+8p+uaRUcdZYG9bzfJ3Ariy04MW3a6qn9HvqY+qRFp+J7eJV/XkZRn9vVQo&#10;jT6/BqPgdcnr6u+l59tifSw5Txf4Vp85+l9zydTD+ukZ26u5POLYP+u5feyuIQT1eP6b39VcoJdD&#10;6D0C8lhL+l9VV9XfWsaqHrrF2g4tuz9yF5Pe5FF3NjySbWpjtp32689xfIneI44nuCOI4POpJoLu&#10;EVEPgtGqU4pbDV6r27x/OL4r3aCnus6tWuWqhIDbns/qiOcWDdbAHVmXbTt1e6JO8C9xcIAuYD7H&#10;34nZHecl9uhEMLorYtVWHgRowJB3DfZJ61Px8EUQnfS8vCNbPFB0e0Y7D3xSy4lfAwMvl09qXYZX&#10;66AKitfon8/WN/+efLwV1AWw/qxQFbgkSwKYrs18wa1azNCyVtuk5/qxv658Y9V/rh0gVYFs55NH&#10;ge4l5/Tne9bHqFxe7lE5u2Pqd57FT48+4+9Vf2cZdbxWAvUcVHhl3Xx/f6Qg1vryn7nRX6lYumW4&#10;EkeeEBh9v/NdVbu4rfk5v0ROfyLpLQ5tn38/mm166Z+2X46RZxhPcGcQweuytNO/2XN+1/+usjhV&#10;JnbNwaZBs2akuhssqIPRZw3Cu9XH0eS5ik0DYd9l2jTwHk3KHhBpsOMiJtuw+4mRU2xx0ajBVbVV&#10;vZsIPAjQSVRXXn31NY9XbfuJ4vtL0LrTrdBLtt7rpOk/YK/2qC2VAHbh8xLHgVq3ZeosnqlvTk6+&#10;/G7Xep33nE/TADbb2zMg2s4fxYk6gPls70dMfVe3OLfaQgE8Nc/opzsb/bXjmV+9yaD+9Nal/lUX&#10;QvN3gr/H33rLOsxjp3jMn0N7i2nWdIlIrOaQiKmf9uO4EFMxtqQOvB71d2p/xEEEqy/Mzz2abdk+&#10;2X56g6nqMr1HH09wBxDB63DqZBAx3Sai3/PvzmWHfNvReQYcCywNXv2cuqLotnUr5/d0DGpXlQ3r&#10;bIqoy13Z0wmZMnN+4bZTFxcpMDrB6O3k1zz+G9PrzVU45vlyYUQnRbUxz1VlY7ttRiHl08Uev8u6&#10;3wRLbfEV8cwA+ASnK7UuitwWbSu1pRLDl4riZ+ubfk5f3Oi2uGsbux0a3GZAp4se3j5/5BhdQOfX&#10;cGXdal9dkjUB6HgGP70mOTb1/iYqUPX855TDxeH3OM4IJ3qtf8T0p266Me8xnicolNemfF5GvYtw&#10;9dvtVT2o2MzvZ13md/Nyuew/j2abCvzs99nXs3wqgvc4nmAFEMG3QweDB9MR0+167pBGQlgH4Ro/&#10;yF1N3NVt5jV7UgkCF9X3CiSrOhxdb5noZOyZpe61B/3XWLCo7NFrtUc26SptBgn/xN/JIFfNc9Kq&#10;xIRPBr6t9jUOk41OLHOrwN6/3R4VgoqKo5zU1B7PAOhYcxH8xZ6z/v7E8URZbZs6h2frm0tudOY/&#10;heRb17K82l80c+Q3CNQ27n7KyAXwl6jr4CX67D/AUnzuexY/fQ7uq1SYqZ/W3/E9VwCrENOFUc8k&#10;aoySZaruNVGh7arzVRf36Hny3Fq+79HPVZ1IjDjuI9of8txf4vinxx7JtuoXUSKOY4U9jSdYGUTw&#10;bXFH7Suf6Vh8K16XJcpH3t31EqrgdSS63SbdjujHUid6Mwa/6ez1p1nG/I7aVQXVfmz93yi7eMmC&#10;RZXZGgk4LZcLChWN/3t/npsMqmxaJyR0i5YKlMoen3hHmVAXSDrhpi3/i+NtVNmOehzd4qRbFnWx&#10;J8/R2XLW5PaEffPIxJgG/9W1W37+/J76RM34Zhtk4OJbHSsR7DsNqoUW/T33t+Z4BDNwCs/kpy/F&#10;Yx61S331pdmz6jw+lsPOkcKoypR2GVP1bd/iIK51u6yXS1+rINOF22yD0eKbC07fdqwLvZoBflTb&#10;PIucdnS7FDc9nvh5pO2BCL496qR1gORAizgOYpdkij7FmYF5EZB3WWddKc3zpINREZz25DHfona6&#10;t8Bt6lbyPNOmjlgFVAbKuhjQCY05J73ciOlP6VR9Qic7X0SpsmrprKvJoMuojSYEz57qtqPR5Ncd&#10;0/ubr2D7hKtBlYtg34YVMc0GuxDWBZ+Iw7Yzr59Lg8Wn6JsfxhxngX3LWgrg6v4CWtaIaRCUfbXK&#10;9Pt2ym5hQPuY7nDxLfcvcVjR1wAaAQxz6AJO/v3Ifvpt5aC9yxT+rzn/uefQGMsf/pkc47rQOPKB&#10;Wrdf45B5zb9HQr7LVKtfW5oRdzv9vD6/PbJt+VA7tG8/zHga2Ax3AhF8OzwLrDd1iTgEsDroTglg&#10;Mxt87m8GVwO9EsDdVhNd9cpjhb2+mROYucZZbfNMmztzvU5EM5YRU2cbcXwuF3RrbDutbNLJoGqj&#10;iOmkUl1DO7ctravPz/ac59VJZ7RVtbJFJ7XOHp38dXLTh2YXuix0V4/5yLrTOvPr107iifvmh4kx&#10;FZx+8xIXnRqceRbAs/z/xDS7oNcE53fzOHrcarHj6/sxVJTnin616EEQA0voxvej+uk1qLK0ul05&#10;x9qlIljPpefUY3ocliJ4iUhUP5u+JkWiL5j54r+XyRcD/NrXU8Sif97jyEe1rTpXFS/sbTzBSiCC&#10;b08VyL7FIeDOgVyJ4pEIfo3zJxAf6H6OattixLEQyWs+XuSznSO7FdVqvNdbJezVJr3W5nMcTzQv&#10;9veorS7ddqrnzLJXk0A16VUCw39iYS5r630lAwgtQ9h5fCLQvtAFi92klt/Pc1T2qC1zN+Zacn7P&#10;Gky2ya50g7Nn6pt5nDy2C+Al27z9+q3/xTTLn5mFbttyxLHtL3Hor5/j0Pf9piq56PE9jkU2wQws&#10;4Rn89NpU2Uu93GGtcfY28xzv50lfV+2a6cj6VJGoftjLnnPdSID7gsCSdnCbql1J7v8f1TadU3RM&#10;7X08wQoggm9D5SR0sGgGQx2Rbo9WgVplafW3Phdncs74mRZf/VNxkI4kHcJr1E7lVpwS+CdZXl3R&#10;yxXqlzhM0l2WsjufZqDOvYa7Cup10WS0ml2tjv8uHrqldE445jG0LvL/3s9HCzRztozs0XPM2VPZ&#10;kq+z36o9Opa0ztbIVjxV3yz8iGZb9eE3oHHUp+jNc1QE692/q/bwlfx8zjrKdtaASHe7REy32ft5&#10;VLQDdDy0n77CVmi1T7e56uVUay82fRwn7ZEri/7I8xKRmP/PzF/6EbVlSdm79h3d26A7jj535a1e&#10;d5/dmm1VDODjao/jCVYCEXx7NJBN56DC0QPxkPfnssEfq3gnbonW1TUXwJ0I7lbXQj7njuUc4Xcy&#10;zXZTz7RVW0AjjjNRuoL5kSWLafbdV1yXLiYsXqyozDQbfbVyhK/m+v9Kpy3Bg7ZltrOfW1eodRKq&#10;7HB7qlXdkU1uT2mf2fMmwk1XtFUo6Xl9Iq2OOcuT9009vl97W/3UVWdbdU1ZtQ26ywArGkzlsy+c&#10;/IrjRQddbPAswSXjFp6fUcD+EH76RgG7+1QXLJcdvLGhEMNZlohlQtFjmyoLu6T8br8/lgrFpZ95&#10;NNvSz+buHC0j4wlWARF8H1QI63ZGDWAzi6oB6RIRvDiAHQTkS26ak87NtzO9xTQIvyddUH6KsNdr&#10;S9MZq3DptuN0GTfdxnPpttMljr/6TpWV8Anl6NryRkT6xJDPvkr9JsFHV+alonfOniNbqgOoPe9F&#10;Uls8KNLA7M2/fwZP0zdn/Ij/hIVmgb2N1afo9WQpfj0DPMkajcpZBDK+Yq83x9GyeDYEAQxLcB/9&#10;cH76irgv9dc3EQ3NOUY+JOtNRdxR2Zee3l5Xx7lWNv6ILdr2XqTK3zKeYDUQwffBA7DfMRXBn2Ma&#10;dPlA7rYzvobcnOoEcZXH1exQ9dvAVUCeWSn/Mfq5DM218fpSWzwjpXggnjdRyCBZhUYep3LSVZZv&#10;rTvxnlufVR/Ksv2M6fb1T/HX4Z+yoq4CY1LOhf3wVLuqetaHTuh/spxVWeQ9neTyHJOyrTCpPWvf&#10;7PpWdSd7X1Bzkd/d6MxvCLYoyBgseOR5K2Gu2RDt0+eOW9gXz+qnd8nb25vvHjqqv3MOW7y+2ULA&#10;x4k3aNt7mSIOfZXxBKuDCL49OlA06EsyKK4CL98SfWkA69mbuWsTu6yUZoLzmGtcN3kyRVaqq6sq&#10;I5ULD35Dh+8x3SL7WT6TNyPylcFc0OgyblmnmS0/tZ6qBYbRMXyRRbeq6o0hklxMiZF4LN6/tL2X&#10;LJx0C0K57VavPYo4jK+3eJ/ginIfCrCuPYdCP3ffHC3SdbtVlDkRnH10sjX5nCDDghgPYCpxHs3/&#10;1+DFXn88+g0Tw2N12UeE++3osl/6/45H8dNrcUpWD4DxBKuCCL4PVeYj4u9g1ZtMZTbrVb67ypbo&#10;wY1s/Jh5XA8O9drEfGQwrneqvhcjobH0zrQ/5KE/o6D2pjjx4L5asNDrPvPOi+UWnAXoZODXXlfZ&#10;Py1TluOb2ZGfzcfkmsvMkF5hi5baUf2dn/OgXjOp+TM8/vNFaktmDxdNclfk2fpmJe792EsEsGe5&#10;8+F38PwTK/TDGTGsZfNMyRp04jeirqOlx+wefk64Dc/ip9ekW6T5eO/cobZhm2EdGE+wKojg2+Ir&#10;RxrY5v9e4+8A/fL+vl8bPJdF0izO3JboLgusW6FTAM9lgfMutelsbp4FFkbZbQ/KlbeY3ixHb6Wv&#10;NytLR9r9/E+yZMEit7EuqSvPLlQ3m9CHRxK6Ivo1psIw/6/1ppm3Dxt1u/C5mTgTFJUtbo8H8i6C&#10;v8VxW+RnNIuYlx58HPvGYvip+qa1Y+Wb/FrjSgBXIn/0U1erBiTFVvjqf2sKYffl+tBfBDjFh/q4&#10;0EclOuD6PLSfvjI+BvK5EzQjPj67cZvhPJ4i7oFtggi+DzmA9LrgHGw5CPXW7Tk5VCL43J85qTI3&#10;VRbYr010EexZGr8W82bOwrabpuMbbfnUwNBvkuO/JadCow3OYxqMVll2Fwd6PfhSIawTQXWr/048&#10;Zj96jb+TQSUYs87S7lc7/kcmNeKibKpPXG6PT3KOtnFObrqtScdIbqf1NptMotcUwzvomy6+KgHc&#10;ZYLTxmphrQxIrsUNg5tqMSR950ucZ6uPiWoBAiF8G57FT69FtTsh7chnFzuncCSez7jhJGwXxhNc&#10;BUTw7XFxqAP6LabX11aBnwdPoyxOeU1fsRVat4roo8reVMG43hn63ABuTeYWCjwg9ExUFYTr3WPd&#10;7rltp1X9anD6OyKW/qyVTwSa4dQJQbfQq4jRgONbHAckWT69E6+KKv9NvY+txWdOCFXdV78pmH1L&#10;J7hPcgy1VUVmtrturfXj30wMx3P2Tc9qvtpDfYg+Vytq1KmdAAAgAElEQVT83geOMtoPGnhUIsB3&#10;36QA1rten5MJ1oWhrm8hhq9HFbA/up9eCxcd2U/Tr+tNipbi9b0le2EdGE9wFRDB98WDv7c4DLx8&#10;/iKfqwKdKpO05Jo+zwbpDQOq6/i8vFXGJuKw6hZx2kS2BlV2u6uf0XZTbQMVG7pdphJTld1VWbx+&#10;Z7edylZM7zMqjFzYaaCrr7PNtc6qG0fkhODiUc+Tix4f24VOmBQ6W6rz6G4ItUm3kPp7KuzcFrfn&#10;2mL4afvmwD4Xwm5XlqcLcKqFkEcPOKpFEBXAn2Mqgk89dsShzr9GxH/i4NO7LemwDt5ez+Kn18D9&#10;g16fqX1fx/oSfA452k2EUHlcnjTugQ2BCL4fGtSpA6+uYey2RPt2xnz8iCaAXfDbwPm6CpgyGO+2&#10;LOZEdvNg1bLbLu7nbtBTBeCV8/NM/ShjqWWpFiy8jvMxqjfNhmZ5q+snf8XhWu5X+W6WKcXIZyuj&#10;Cse80/KP6G9S5KukbxEnbxWqspw6+eTxR8G716FvMc2bZuXkltujq0nujz0uXu198r7p2U2/vnW0&#10;DdczwdqXvF/9Kb7/aFTZhxQB2SeyD14igv3436IWwojh6+Fz+6P76TVw3/efOAiKL3HYTba07+tn&#10;3T++xGFhHiH82Dxj3AMbARF8f3RgR4yv60u6AeyZnNE1fTohdRllvY6vytZoViqFSrkF+0ZoEO4r&#10;fNU1lxH9dtNqu82bfaa6ZrHbdupiw4XP0i3R2g4qGvNR3dDMBaS+NxKOOhl8j/Gk4AJyKB7fV3hH&#10;9nyPOnDPiexl8Fxl2n7IswritCXvsqztrqu9H+Wu7FnAHvqm26j+wx8ugFXsVtvP/n748QIMF5rq&#10;d9O2XDysbu52zvl8bnARjAC+Ltl2D++nV6Iq+7c41JMu/pwSP1QC+Hsc+8+5xWXYPk8R98D2QATf&#10;F88GV9mcDAgzw9oN4C6g/ghg38/p3537vpazui4xBfBv++yt0XpRp+aBfZUF0SxUlW3LwDRi6vyW&#10;bDv1Mn2x53O3RGtbpLMe2VlNCBGHSaPrD/l7et9iOim4iMytuCpglkwIHsioCO7uUN4JYbW5Eng5&#10;uf2M44nuS0wnOe3Xl05wT9k3iztDV9lgFcId1Zboydb06vwPhi/SfLa/v8Rx1v6Sc+l4Vr/ebUuH&#10;9XkmP30uOV/5Dog812scL/6ckwX+GX9t1fpTHzL3SxmwUZ407oGNgAi+Px4A5jaeLpPjW6LnsjhV&#10;ALtUQKvzqLLAfgOedFQebF8VC8ar4M8DwCV2lat88lm/drvbdpplqupbrwPN7eRzq9aaZdDJ4N/o&#10;t9XmOO8mBM2yVmX9FcfZVL12xm8m8SL18afLohaTW9bn95gKxUocuhDW190E9+vdHhfB+fq72PIa&#10;9Y0xTprgdtI3Pcvrq+36OccXAvXxDOI3os5G6N+vcWz3pefzjLBem+1t8+j1uyV87nt4P70i2R8T&#10;3RFxThY44jBv/IjDNtdMJnyO6SIhPC6MJ7gKiOBtUG31OHdLtG57e5Xveiai2jJaiWAVtqPy3Ttg&#10;7bJ/1U2HNPjz1UXfEvs7joP07trMbttpteigz1nuFFnttlMRjj4ZfI6/E0J3Lbdmnjpx4osrf+IQ&#10;SGj/yskgJ4Qv7+fOlfjc0p+7A/5EtDdoy3rNCSRXV0fXyb7J+6MJLv+uVnt9gsvt13kTrc8xvXY4&#10;OWeldxd9M6Z9qxPCHZ7xdX/yDIFEtYijY21N/1ll5rVd4DY8i5++hG7x0i8LOOWcHpOkAM45RO+N&#10;smRxGTbME8Y9sBEQwffFgz2/wY1vaXRBUInZajujTgIuCr5EnZXSYNwD7Gq7ZcQ6WYxz8IBvdJ20&#10;O0LfblotPugkXWXnlmw7HWXtP8dhJXHJZO2r4J9i6ogrMZUPzZJGTCeCkNfev6rtQl/juI5zUnp5&#10;tymZmxA0i+l2eHvlY8kEV4nhvLzA7fkex/b8+/49/U3ej5XeBZPbXvrmSxy3Q/Veh9rQCeFnQOvh&#10;Nf7aVm43X/FcXdvAFUifIJtAnslPn4sLYV9gj+J5jvQXmV1WAZx1QT9/Hp4x7oE7gwjeBh4Autj0&#10;7Yy6pdEDWB2gvhLqwXi3FVoD8iojVV2zfJfJptlu2m0PVycYMRYNmT3zQFy/s3Tb6Vy9V1n71mHa&#10;TaWyHB7kVkIiVzhVPOpz9Xo0Kcxtw9e+91GfOiGILVm3lT3Vgkz+tqSfr7PHxXAGTyr0fDtwtU05&#10;bYmYEcLP2jcLmyuxtTTj2AXBzyZ+Fa8XH+9r2D0a2wiDG/BMfnpF3CdGnL/bQ+fKkU309yeA8QTX&#10;ABG8HTwjXN3+PQdbUmWYfHDmoMzB98k+r1uoq4yUlmmUkdJz3Hqgu8MaZcWTSty7aKhu1vHWfH60&#10;7dQz8CMn+hIRS+7Em2Vx4Vj9Pz/zTf52gefBwpJJQW1RO6qtSRFT8XYo5GFyy2u3fJJSO/yh59V6&#10;rmwI+59OWm6P2qH19F1s+cj4zGwRfqq++W5zF1hqPzolAHUBvDdUCK8VtCOAt8FT+OmVUd+ufijf&#10;W3qMc/0NPC6MJ1gNRPA20KA34jj7M9mGGccDeJTZzWsb8hzVZ/P16Frg7oZYi7KXV0TrwR1Uty08&#10;WSLuPSgfZcZdnERMA9t0pl0GfvH1S0UG9Zd/JKZiMcv27f2cmQn1a2s9WNZnFUzVxNBdp6tliugz&#10;qLrgoudUe37HtM30Wvac4M4Vw27L6Fpd371RsYe+uURcnSqE/fWz0WW+q8+cgwsMfd/fgyvyDH56&#10;ZXTXivvSU4+jvk7r8JLjwoZ5hvFENnhbIIK3hYqA7tpb39LoQXyXZUpxUAXj1We1TJ0A9ptiRdxw&#10;0rGffdIgfqld1bXOI5Hh3+tuWFS1kZZzJIZyq+7sTzoUGdScEDRAqMqp17VUWc+5lVHvey9xPKG4&#10;oPMAZZJBLe4Urd+NOJ7YfsXfiU3tyWt9s45PFcN/orelE8FvUbTVs/fN4tyOBwNLouk9iDMXvtW2&#10;9kt9qGfGqn68h7reBI/up+Py/qi2us3V+U45XvpI/w3XjEsi1ik/bIRHH08I4W2BCN4OOoAj6i3R&#10;1V2iIw6ZJr8u2LeKvsU0GPcL/Kttmbqa1ony/Ow9GGXD/RrnxFeR1VlWIuPFXod9vxIamrHXso6y&#10;9t12mpZmQqgygtl2PyLiP3H4maCqrpZMChHTrfMjwVgFO7/DKFZ5q6BJbcnHN7NHs8KniOHOFhXn&#10;1aOb3PbcNy/NbD6jSNOg3Bd1KjF8Cd73NIuhn4Eb8Ex++gLcr6XN5wrh/E7W2b9xEMNzC4bwwDCe&#10;YC0QwdvDt0S78Oy2RGfAU2WbPsdhEM4JYA363aF0ojziIDZuSSUyRpm2TtB011jmsTP7pecMO87v&#10;4jhVef36UL+uZPGW6MQmBBeO1ZbaFI5f43h1NMvh185E1BNC9/+qDL5tLT9X2ZLCVY9X2ZO/9av2&#10;VHdeXiqGfYJLsm69v+T7H5Pbexb42fumM+qro/952au6fyZGCxy6q+ZcX6rjUrftZTvm/561fjfL&#10;g/ppXZg/t89Utqbvrhb4Ipb1f/VxOQ/kT9b4DUXhyXjQ8XTvpBEYiODtoIGPDiAdwFVA7MF2lcn5&#10;KZ/3/40yPRpEj7LSiwXbWhTbTatMm2YEq8C6Wq3zY6poyv+9xLS+1PG92UO/F/Ldrh1O2hL9YUif&#10;RfWtQSocv0YtHr/EYWtxJdRG4vGjSHZeD/Y/RcTv6gZgzdbozpbOni9RT3IphpdskVY8E13dcEp/&#10;FiWP96x9s+uTeuylYk7tr14/umDz+nAh0P3m+jn4fJDt92b/Jwi7Aw/op//EZfjuh+z33+WRff9U&#10;kaDZtayz6phvEcEW1CfkAcdTG/fAfUAEb4scQC9RX9PXbYn2LI7e9VmDoLc4Dm5VBFcrWkuuT74X&#10;VbatC9wr2zyzptn0FEr6uUosVFvIPeh151kFqSqMfsUZgX+TRdUJwbcH5W/j+uqoTwx+A4iIekLQ&#10;7cd/4nDNrk5AGuy3wbj91uZopVeFsP+gfWVPtf0pbcjyuLjMceDn08UptaXLBD9T33yxY1VlP9U3&#10;dNdZPTJex9l/NWjPbZw/4ryMWNg5tM99jb/bAPMzXVAHN+IB/XQufJ1tsjwynsis7T9xXua2EtdZ&#10;b/6b7pcsKsHGecDxxCLkhkAEbxMXwp6F9S3RiWaDXejmoMvAyG8QcO5W6CzHzSi2m567hbMK+r+9&#10;/+816gl0JBRcdMydb26L7MmLDI14zHZ6jXEWNR/f5PlXTPtQde2M98HP7+fL+sxg322czXbbBFet&#10;8qYw+xzTSc5t6bZAaVY4bVEh/BaHNvr9fjydSPP8+Vk9zjP3TT93lwGeC0D1vCOR9gyBg/ddFQL/&#10;xGF76Dnb5nQsZht+jcNNY3Rx5Jqi4FTxnlS+5BYi/S4LAY/op9cwOw6ixPu+Z26X9p9qYdQz2Y/u&#10;N2CGRxxP3CBrGyCCt0clQEdZ2AzY8+EBrAZCEf31wB50Vuf3n1u59wCey7R1N/Op6ivvLvzy/vfc&#10;9ZP+3fyt5dEWGv1ut002FzE+Mm7nOMtidXTUr3IyyP6S19jmNTT5O3t5jOraQl0VjThMCD/luGfd&#10;ZKmY4NKenFBSBOfzDzlnrvjm41ccJju3JVHBpUJYx5SvFv+S7y3JAj963+zwAMQzw3OCv3poee/t&#10;cy7Fx+AoI5afX4KL4C9xuFnMq/ztWeZbiMBzBfG16PrgUpYu8Mwf6DH89Kc4+J+zTY3jLao/YroT&#10;4mecLoLz2Hp8v/4SsbETHmQ8sQNnQyCCt4kP3CV3ia4yT/rTMekQvsj7GcT7CleXBfbrIO+5zWiU&#10;uaqu6cjvvMnrDOq/xkFcebA4Ehpe1/lbdNWigtatttUo43aRszTxGHFYuPBg5DUOTvuHPbzPZTby&#10;c2GfB+Jp32gb8GJh00xwuRNBxbDakpPbkvHTZaG8rbSfHV3HHfvom575zrbQ55F/8Hb3cpeZ8ge+&#10;lsqz47pNz8XApSI4Mx85NnIh1K8vvzanzg/d+FtrAaTzV0u5Sr09gJ+OOL2uOrrY4nsc74JYerx8&#10;rh4I4J3xAOPpWRZ0nwJE8PboAqUuG+yBtGdxNIiOmGaCK8FVrZxV27Hf7Lg3GdDNVui5TJs7Kq2n&#10;L/J+Ztn85jQerCe+6KDZwU7EeqZvlHE7Jxg+orh5RD7nCn+1XWipaEw7Navk2UgVgi5wIk6YEGyC&#10;68Twp5hmh3/ac2dPRH/tT7etucpW7qVv6kq7+y1/zAl2La9fi/VMq+eetXL/nn10bhHBcRGcOyW6&#10;3UPX8NdHAqT431y/Gy1GXcKLPXfn7qjsGf19Mhv20+lXLzYxjvu/bl8+RwTncfX54zUCeL9seDyd&#10;HPfA9UAEbwt35jpReCa22hIdcRigGbx+i0NAFO/v53bQ7lpBDdDmHMO9ssGjTFuXTVWnpfWUr/O6&#10;z6WBogbwVfDeBVf+vSrDOFkxvDQDVqyORhyETPaxnBR021B1bZVOAj4RqI3aRqO6OdmuGTH8UthR&#10;jRsXrZUoXWqPf//Z+2YVGKvo1XsGVOLI61iF96i8zxA0eH3o9YyXXMuo7ZmBXtUG1+aUPlr1gyWi&#10;9BJGonuOTuCvwkb9dMR07J3TLqOMbbuN+cRj//0D4QvvbHQ8PdNc9vAggreLZ2Or63JzwtDsla5E&#10;Zdb37f29eH/OrZHV9cBdhsJFhAqJW1MJjequfl2wn9/1v7POT3FOWhZ9dPWizq8rf7XtdBWHKQFC&#10;/gxRxDQY8UBcgxJ37i7+1EYXhFX9fHznXJHfiGEVxJ0oq0Sib/PtRHBni3/GtxM/W9/Uz1cB7dK7&#10;s3YLBz4O/kQ81Q1F5sRAfmYJvoiix7um+HXBW71eKoav4iNeLAK2840WwZxKwF2lXrfqp9cyz+xx&#10;296eZHzDRtjqeHrgy3ueBkTwNtGJobs2Nwfs56i3ZGT2KP+XN7P5FNPt0BoUu1PwTHCVWbiZCC62&#10;QneZNs+kTg4T00A/31Pxc24GZmmGwe3obNBtp6uvHL47X/1N3nyugrxKFKlIUeGor30yWFpH59gy&#10;J4a1z1b2jERmNbl1ba4T5rP2zZ92jFFWc+5O8nN1tso18hujE4ravovFwLHOK7OV1w62XNCPxKKL&#10;9ipgXFuEqdgdLWSN7PK/rx7AbshPr2lrJYQBrs6GxhNsAETwdqkEaZcN1uBeA0p9P8WyCscqM/QW&#10;060hflMsvybxHlQiuNqu2QU0fqx8rgLHuXJUx9FFBXW0lQ2aNewyhr8j6lVDz3KskE2NOG7jlzjU&#10;9ddY9nMWL/acr6v34/38x5H8GXfFfj9WxLT+lew7aUv1m5JV3/Hye5DeLdA8c9/UhQPNAHdbe33B&#10;zs/n58p6U9/zZ+1ssPU9raO/L/5eX3btwGUiDE6xz8p3E4E2OKfOXXMLS/nsCyFVAHmJPdUiVrUr&#10;w8vm6P0w5oT+4WDP4acJ3GETPMl4gg2ACN42lRDutkRXAXpugc5gNV9nsKlboXVi7wTwXFBzNcTp&#10;eRDT3bjHV9w801JlX061q/u8C4s5sTGXAcsVRw/EOyH5FnGegLQbSbzE4TdwR9fWTg7THH5U7nZi&#10;UHNPFQX2/d/vz2qL76rQbOXoXNUEl+/trW+6CPLLKUZ124kgv4P9lzhegLvYB5lPiea19yPocQHc&#10;ZVeUSgBX19tfshXeBbDeuGbu8gTv1/oY9sWmf+n/Hs1PA9wNxhNcA0TwtqmEaRXAezvmZK+vNfDM&#10;Fa4qiM2gtbohVpUFvqUg1iDFg/PuzrvKKEDzz51SpurvagtMxHG5dLXRM2BLbmJUOVYVzJdklFK0&#10;VNfMLMqAeJnktdvQTRAf38tinWGPHsuvV1163epReeLYfg20l9wVujruo/XNj50KUn73VUtu9uQC&#10;JW/qV/1cRfbvvyc9Megpgiltt/w7j3mXRb8Hw/vrnGD0PuaLLbrgctGN0YrFU9+h4YuNLoDVvur+&#10;Ake+Y9C/nEfy0wB3Qy6Fi2A8wYoggh+Dakt0daOqKitVOYzu/aXnqYKZWzHKtHXXD2pAW90kaZXM&#10;0jsaUGc587V+prJnlHHL9s1613OE/M/F1MmrpMU2x2he+9+jALKbCFx8eLB7NPGcK35myrJ0Qksq&#10;4VwF2s/eNz040MBh6d3s81mvQc7fNq5EcPInTugPhThRP6jbb/X4/mA1f4zW1dzPMlX9Mdvet8Ln&#10;cV5ObO/q+KMdGk4n7OcWz9SXPZqfHvlI+j/cFLsXzDOMpzXndLgQRPA20UDRg0vP0GZw+BrTAemr&#10;Zm/2d8Tx8XUrY/fTSPdCnWAGLUsybSoyutvgr+GYNLDWLef5yP91di25E6/XgQqZtFX7iouTo22d&#10;M9cYV5NPlUGMWDYRVBmhSoRo27VZJZ3kZmyZs6Gyx/Fx4vbkeeZupPGsfdP73siHdFuitWx5DdZ/&#10;4lhEK23fbuqg6nO6LVb9pbaJnm+ur+wRHQ/djdF87EdM20L7WG6Hz+v1dQyc0t5+rXkuruh2e780&#10;yH1ZtRurskvPrb7g0fy0+7m1g3aPQY5er3H5AXfdfXyam6E++niCDYEI3jY66XdZWp2MX+373WD1&#10;GUYHanUtcHc93q1WhrtAeXQNrZbLA/Mf7w+91nkNoaHl02BOj/tq34mYBuOdXb/ley5iNIvRBaC+&#10;Yvq3AH20UQmErp6rY/gE0N0oKY/hN2yLmC7K+LWlR6usA1t8AvXtkG5LNz6qyVZt0WB+D32zuqSi&#10;E8E/38/3O+p+42LoT/wVK97u/tm8e3q1Qq92qD26iOTjKOtAfaG3F7xTZE+WCEZHx2dug/fFExXP&#10;SxaHfJFDBXA+/FcSqsuDvE93Oxv0vPnsW68fyU+XW73lO2vQCY11Dj6zSAoPxVOOJ/rk/UEEPw46&#10;oDzD4tv15iaTyeQQ9UTf3YDrXoPWg5pRZkpR235GxPeI+Pf9ObdaeqbhFBu1nj3r8C1kG18cT/hu&#10;m2851Tvxvspn/eZBKhw9WPObmmUQPwrmq/L4FsUldzp28euBcNaH2pM2Zx+tbDlly3CXacrzdVuV&#10;NRju7NEyqC176ZvaB3z13UV9+hOtC+0Hb8W5soy+jTo/5/6v6wddNqFrp7c4tEmW0/2r1++eWSIY&#10;R9vhfXymWK12IOWiRDf2q7bOvvQfe3yL43svuF2VqJ8TwpX4fjQ/PSeET6Vqb62nfM4yXXI+j21y&#10;kRTR8UA0lzMwnmBVEMHbxwOM6uZYv+Lwm8AeZETUg9VXyOa2MX4MXLnz7i2DQA+Wqke1QudB+feI&#10;+Of9kWLDxdmpDkqzTBp0/Zb/dze5qgI2D85/xCE4dyHzn/jrqDOAGLVhJxg8a1YJpgwcdQLSLYQh&#10;x6pWQruMkG5/zXNkW6pA7G7UVgXDHmRr3ep5dEvk0ptWqS2aqc1zVdfOPmPfVNt+xdSfaJv/kEdV&#10;117WaoubC4wsi2fMR1tT1Q5fqPCg6i0O7aH2/I7T638vdGM++7YGgVnHPkbVF1TZ/2y/SoDOjflv&#10;EfHfiPi/90eO/+pSBbXFd0fp4tQou+2Z7Ufy0yOBfwmVqFGfkjatIYLdPoTwY/OM44l+uAEQwRtG&#10;tppVK9I/7dm3RLsQPjp8HA/aJVngWw/cKrCprgfWlWXN4mm9/Yi/mbZ/IuJ/768zkF5TaORPurzF&#10;dLLPso+yIZ2I+i3feY1pYJcZjcyQqPiorh8fBTi+PTlF439jOiFUwWPi9V71Vc38+XlyctOM3A95&#10;9pXebnukZmd9Av2v1Z0KVbVjFNirLVl3lVh8xr5Z3cFc7fJMcD78O34JR8j7VXtqGfSmWaOt41r/&#10;Oqb8Z5g+x2EMZcZRM8Ka8YZjRnPJzzjUcWbUI477lwuXtzjuf9UOgLDj6ZhX35IP92Pdzg+1w/1p&#10;d/4qmH4kPz2XvT8HF8Caactr7l8H9p5CHiPt0mzg6r8xDlflmccTbABE8MZphHCVCVZnX2Wz2lPE&#10;NMivnMe9A78lGaluu2kKKQ1kMuNWCY1z7NRsU2YqVGSoaMhMSHWMLhuc2TYVwZ7h+BqHVfQqc7H0&#10;Tt/V1qM8hwePc6KxW5nVfurnym2K6ZtcULkQ9q1GWQ5vE1/ddRGs1/soc/bolmLPMj5733T7tJye&#10;4XbhrIFEtQ1dt0dqGVTA6vXTmqkd9WkfW35zpHg/zsv7cUdBD0Toz5D5HKWLH+p/uu2EKoS/Fe9n&#10;9r/yJUm1YJPXAOtWaG33Lpj1senX63f9LcusC3yP5qeruf/SGEDHcLZL7kjJhd5LYg1tC1+0/CWf&#10;ISP8eDzjeIINgAh+DHQScrHqAUE3KXfH1cE7N3BP+u21leicVBVUV0FqFcx8t+dLV+g8cE+Bl2X9&#10;EYdr3PS6wyobokGCC41ObKXDzvFc9RG/0ZmujitVGTSI1MypijvPoOj5PRDWTLDWmwph3Zo6Z4tP&#10;bskoINYtVSqCk2piUxHutlT19ux9s7pBVvanyi6ta6+TSgjrZzyT60FOJYLDvqsi2MeYCvk8nttW&#10;1Ssc8IUdF8KV3/DFhWzjZJT9r7aoV2Neb4j1VR7VwlcngPU6fd3e7WNSF51859Kj+GldfPOFxXOo&#10;xvBXOXZm9yeXXZ3IKEb6IWXP/8Pj8Gzj6V6xNBQggh8L3Wrh26JP2RKtgWKXXfaJ/h4DNjPgntHr&#10;AtjRdtMqm1gtIFxSVnWuLv6WXBc32nb6U8qnQb1/VncNqPPP84+25vhWwuq6yWoLYVKthGbwqPXt&#10;K7E+wWWQ9CrHzW1znT2VCPYtTr4F1u8OuyQb9P39obbkuapt+s/aNz0brGJGxVD2Ac8a6+dzHuoy&#10;wvm3nj9/PqfaDeCiqOpfaof25fy+i1+ywAOKHUt6GYMugHgQWfWxiGmGVgPfdoFWjuM+NPtLd4Ob&#10;iSnRj3m/YV3V39SWkT/dsp/2TLcLhlPwOTy3w399//+nOPj2S7PO7ney7bSuP7ZKkw3ePD6OnmU8&#10;0ec2BCL4AbDtZj5J6/OpW6LntnBsYfvGSBzqtYzVlrZqdc7rq9pKe0k5I463YS3dEjMnNH7L516a&#10;7+gKZQYcamslGHwycMGg5fCtrImKugxA8k7H+az13uFZOxUnbsMved93QeSxdHIbbVUeZYOqQFiz&#10;tLrNr6qrZ+yb3fbmjyDz/Xt5jn9j2g6+MKBC2MvsGWEtg9ZRl7nybLA/57H/yOfzGCGv/W+Yku3+&#10;EsdCxMect03Ie94HVAR7QFvtfKoy//r6U9RjvhLA/8bBf+XY14B2xKP66epeBGuQi2spWtJndv77&#10;VNSnZr/T3UTq42D7dItL+Xrv4wlWABH8WHQZJA+cP8dxYFAdy1fOqizwPbZvvNjryjmNREyi9VTV&#10;lQbOF9knN8quMvWjbetVJqTLKqYjHS1uqJPO7a85Kfij2jpaTQj+Wicj70cpEHMSqH7yR7OnnbjQ&#10;ushV3rSne/ixqjp1ETbKAGsQ/29M7dHte95me+ib3ThMvB67+s/PRhwy/37erGMvwySzE8f9WY/h&#10;NrxE3fZadvW3/hnocTGpOwF814AL35C/sw9qn1uy6KGLX774MTfmddHrH3nkNfpHc6P8WkIea/RQ&#10;+7bqp0e7axQt00i8al37zo68F8GlAsHt08tp0l6vF8by9nnK8cQOhO2ACF6H0WSQk3OXVTh1MPiE&#10;7RmkHGgaYFZZKD1OJajP3b7hdo2+v2QlXUVGlR3tHJQuFnj2y6/PuHhblGTr9fwucvzcc9tOPZPx&#10;Goc6c/s0UPfg0ieOkWDwcrhg8AAiy+HZk3/k2bPAf+QYWZZutdbL09lRZUs9KHYhpfb6mMiJLSc0&#10;D4bTFs1WVavHz9o3O1szG5zn+h11f/JgIuKwePcqn1c8WOmCIq8vzyC4AOv6YbUgUR3f39NyLPH9&#10;1w6IqvNX5658wuKyST/TbPCPmA8m/Y7h3lb5Oo8zGvP6varPdYGsBrMugKtxP5dN1ONWot3t25qf&#10;PkWUzn3OxUqWXXeO+DHOGRMqSvLYP+N48eUabCfdNnsAABGASURBVHn8X8oWbNvTeIIbgghelzlH&#10;3v09OziKO3COMjrq8D2QrARwdSOByeS0MBAf2ZPHqhzn6Ptd8K3b2l6K74/sq7bSrYkLjeomDblK&#10;6ZOyZ7t8G5+KRxdPv+I42KvqZq7fdaIh+SPP1UTwP3n4VmidDFx4qCjTbZOdPbrQM2rD6vtuTyWA&#10;Mxj+Xxz/fm/aoivG3XWvWcaI5+qbVSZYgwU910scblDjIiQ/9y0OK/gpdqr+5wHJUtFWBcBeH14n&#10;o3sjjP6eE8r+3rUCpNEclPVbvT86xhK83efGxJc49Ctvcw1offdIVbZORKs93j81a60+TAXw0Y3q&#10;mnmxOvaj+enu0ggXFp3Q0IV4t6Fqn0v7v54/YupHqvsQrMXWx/8lbMW2pxpPZIG3BSL4fHxw6UDV&#10;TI5mvar/e7A7N0D0OFXAlk7BM11VYKpBuN8kpwv8RmXy+hjZ6nXUnctX5/xRTaJVlm10reUqND8V&#10;4kJHHXe1LTDtUOHv9rpY+xHT62IipqIkimc9l9IFCN6+3ofymrkUix5A/ozjOn+zY1S/JZufGwni&#10;zpYl9rgA1htb6O/2+sSm1zWP2srL9mx907c4V+2Svirs/aovuRD2xbxO2ETx3shvdSKo2vZe7Yrp&#10;/L8LAT9n5RP9M2sy8rcpKJOlPrk/2XTXgdZt3qCo6hva5rmw5G3uz0vL1I1Bb/v0Pbrrw33YkmB2&#10;JK71JnzJVv30R7vLTc86O/Uc+feLPHdlTDveBvacSjVHrCl6lSULAf75LiaKOHGsXZmt2PZU4wkB&#10;vD0QwZdRibrf8qxbCt/s/yOHseS81QSeDxUQKh5cQPvdaE+5HmhUHz4pal3k50Y3K6iE8Ej8/pHP&#10;Vat01c+pTCb5E2xcQh7bhY7/VEi2ka+Ya72n7W6vXuf0Wvx/JCKieD2yRW3Sfq52qWgcXUdXBd0+&#10;sam9aYtn/keT3Jw9KoC1DB4Md/b8imngpsHW3vpmZ7t/J2IqhHWs+xZk/zkKF9inBrYuXNOG7JPV&#10;ljbN+nv/1fathEA+NMB3/68Z/5PF5gl2d+V7lTJGTMvX+eVlJ51ui46o26oqV/c70peImSyDz9Xa&#10;3/x6vjkfVrLgDtl+A5+t+unsl5X/6Y6v/kTjnqrdriEEvFx/7L1rio9qIWA0/n2MbUn8Onez7RnH&#10;E2wPRPBlVKtUOalqEJmDrsq8dNuOjk9Wb4n2AakiIlfVdRttBn9+J7vMehxtW50JxNVZuKPIukj7&#10;1WF5XXSOs5pE/TwR02DOV+k0mPVrLq/lnHzBoXPemZHxuukCUZ3kI6b1k3Xiv8eqmZWlAtLFYhU8&#10;qnj6t3h0v5Gn53BB7/XwK8bXgHfZIrdFber6qvYZt8VvchExFYjJ3vqmjlN9jjj2DRGHOqkEyc/4&#10;+5uMP2P6kzbdlsYuK+x9zM/XBTQugssMoB2vWlDIu5pn/Wkgp4uN5TXgK1AJPi1f3oBM777+Jv/3&#10;+0Kcs1Cbx8zzd+/rPKCLH3539Wpn0+i8+qzl1/6ru6Cqcd8tgowyOt4vcqzrQuXW/fQSG6t5Xn1H&#10;ta39Wrif8X589oJOc665eSRjnm78V+Pr2kJ9CVu0bQ/jCe4IIvhEbHWqWqHKYD7ikAF1EawZoHOc&#10;hTooDd71Osq3ON5Wmt9NJ9Xdye7UCcODar2mMleFsy4ijh2aOo0q6KoCugzm8ljuEKuft+gykqsx&#10;WKjQRYpsoz9xWLTwFU0N0rR/ZB2nrVU/zGAyz+U/C1JtW9VgOJ+rybCaCDSA7BZUKgGsbefl0b6d&#10;v9E3N8HNCbGRCHJ7/GdRfGxU2cA99s1Zf1FkBlUIV+3wLaa/56w7Aea2SH+cVp7n+nEnhKqft/CA&#10;WwVVCoGsP9+qpyJYj+3HP6v9bdtqVbcZPMb7+50I9t/CPuqXcwFdkcWZ/DuO6y7rRX+T06+vnxvr&#10;eex8Ho15X/zxBWGfnzObsySYrcZXtQi9WT/tNhY/01jFHjnX/4pD3xoJjjVxP6zt6vbl5y89n7dx&#10;9qFsa4+9rjr+V2Rrtj3deILtgAg+Hx2AHmTk+93NjH5EfdfcxUGGnCMdvgoDnYiqQMwzwZn1KMuy&#10;sC7cSY0mRRfBWhdVxqUKNrOeU3Co0Phlx9btKbdanavqRCeOnDT8BlAR0zby36fMx1scgm21+Vsc&#10;trVWWRWfDKps5inCQSe94eKO1nWxzUn7ho6TtEUDYxdEVXBc2eMLCVnHei63p9qpkHjd7K1vdtvd&#10;P4KdtMGE8JscqwsyNBPc/exUt8KfNo76se9E6fpx55N8QUCDxGxn34Wj/br7CY01gvMlAlgXPELq&#10;Jz87ulHSojKKEFbh0ZVPBXD1G9SjsX5KILvEh7WZ8IXiP8Rm75MasG/eTzfnVB/qGeDcueN+41bZ&#10;YF2I18xcJYQvOddo/Kvv1/Gv7XKt8X8pm7JtB+MJ7gwi+DzU4eYg1CAyhWklgnWVMp3F4uxrceOR&#10;XzHNiKVjyPN326E1A6ROa/EAbjJLGURpMJhO6UXe10nUhd4fOeYnqzfNVGWgXtXxr5iu1FVZ7qtQ&#10;1MuvmDrhXBjQ6x5daFQrq+5ktS61TSvxoH1Bz+fbibVvZ1+pMig6Iejfmjlpg8emH1cBVjWxVZNb&#10;J4SrwFsnNp/c8jnfz89VY9PH9F775qJMtrX5R2Ytjtu8EsCdIPJtsh+nK47fBTV5Xv3bFz607StR&#10;6wsI1S4cXwRp6+7CwEnt9vL53KDj3kWz983FAvijIFMh7Fnqym9p25861tX2Ubu7D9Mxr+JX++ip&#10;wazOtWrzQ/npgW1qh+72+hrT9kquKYK1zO5LNMZae4z5eFbfX93csVrczuTDmmW7lC3a9szjCe4I&#10;Ivgy1Fl8j+nKVCVAq9VvzaScGmTo+XMw5/n1BjceiOlqabeKdQruBD3b6+Xwz2td+GSVwVMG6yqu&#10;M7vR2ed1rFnuWzgotzPfq/qIb1n3ldiqfiIO9aHH9ABylD0dTQYeRP6yx8+oA0cNmNt6LrKD1Sp0&#10;2uT2rCmCK3v0c/ldt8OF5J77pmey65Meb6v0tsn6/1w8uqxg14eXiKHq0fbj4lKY9L2+AKk7c6oF&#10;yMr/nyU0G9LWl/dz5HsexLow1bHQ+ZyTKLZGa7tXuwC6dl9TBM+1+2RB6pTxaPZOhHQ8oJ82u/Kc&#10;OSfr4ljVt66dAZ4UMcZx1sVjbLDwHzEV37oA6vFf5TvXHv8ns1XbnnU8wTZABJ9BsUXj419xnBmu&#10;gmB1FkeD6ITJKOKwMubndxGun9FgPD9/lPE6Y+Vby5LHr+7qWwVA+sjy6bEyuKzq2I9bOS93VFel&#10;6SNaNp1M3Ib8nk/mVYZCRfCrfPa1eZwSSFZBpLaZ/u2B46LgscgIax2lPafYUm1z0uPmsbVu3Ta1&#10;52hSK651TKFB31zgP6QeI+q2GbX50j6sx57ry127H4mgQtClGMi/1fd6f9QyVALs4rYvxlO2p/rj&#10;anF05JMvzm5Ym0cc7M2dPlWbawA72gbvVO2u7VuN+cp/nR3IFu2Qzw/ppwvcd/yOv+2VmeHRuLwW&#10;lX/SvrzKGJNz5Tn0b+3HHnuNFmR0Tr83m7NtB+MJ7sQLbXUecgOSDHSqyVoHW7XSpMH4yRPvexk0&#10;+NdzaxBWZca8DJPBfMogLsrhZfGAS8uhdaBlyM90x3WRoULjLY7rd+KobuGkBn2kWplckr30vvJx&#10;qpjWU9UffBKYCyRVBFR9Vl9rWSPOqF+rK2/zuceLPfI4WQavz1HfPwqE06CivPTN4755JBxPKEfV&#10;h/XxGnX/7QKaiOP+OXos7scn+N60rfL/V2n/hW3r9TZqVy3fxQHeCW1e+S9f7PK+6bZ07d4teKwe&#10;yEpfiTjuvw/lp82ezkffQwArWielUFmpD1fj331nxI3H/6Vs3bZnG09wXxDBF1AEGz6hVwNNB85a&#10;4sEf1USkwU4U579o9XvGMXV10ZbBDy/HXRIIeQA0ee+WjqoI+DpnPBfE67P+/+NUzXmq1xHHdef9&#10;w+tRJ4Wqbj++e0n9NgHynE1dX1c79HVVp5W9Q1uKPk/ffP//Sosgc+2vn6/oFkHa+tfvzdlQ+N45&#10;Yd6VZfUg6oy2nRsjqwrDpoxdfS4d65UdXX1X/1/dxsRszedH99M+38+1zS3o6uVaY+zc8b9pEbV1&#10;255tPMH9QARfyGAw6nuKD7aP984dRAvL8CLnq8qxtoDpyqGUddFk3fR41XmGx4w7OyoLGuZsiGja&#10;Jxo7irrX81xybi/DUVm6Ml3Cgr60pC8kZV+IgU0n7sbwMnXl2WXfPKMsfu4lrytG/TiK139fnL4L&#10;pivPTfz/gvKdW2etT16Tlcd6xLz/iuL1TcbfM/nppt2qct6Lq7fxwP9H1PVw1/53Co9g2zONJ7gP&#10;iOCVkMEYsWwSOCvoWliGUyahawqYpWVZVBdbse9cFtaLL1Yki+0YnKerv24y8L/f/L1r1+sKtkQU&#10;5W7eW3Mhagm765tnlmmuDyzhKu3+UZDT2391/99xhj+OuGH5lJk2XzLWIzbkv0Y8i58+s3/dgnuM&#10;sU2Pr3N4FNueZTzBbUEEXwEbjCU3DnzuUoYl5VhBdKx+7FuxxIaI1TJrk7dPPMzk/BsKHCM2aAt9&#10;c31W6Mc368Nbb/9r+eS1WWGsJ5vxXx078NM3497tu/XxfwmPYtuzjSe4HohggB3yKJPZUp7NHlhO&#10;1/a093OytQWaa4JfA1gPxhM4iGAAAAAAAADYDZ/mPwIAAAAAAADwHCCCAQAAAAAAYDcgggEAAAAA&#10;AGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEA&#10;AAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcg&#10;ggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAA&#10;YDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAA&#10;AAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCC&#10;AQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABg&#10;NyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAA&#10;AABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIB&#10;AAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3&#10;IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAA&#10;AGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEA&#10;AAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcg&#10;ggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAA&#10;YDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAA&#10;AAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCC&#10;AQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABg&#10;NyCCAQAAAAAAYDf8f9N/30Cc97kcAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQDMI6fqlhkAAJYZ&#10;AAAUAAAAZHJzL21lZGlhL2ltYWdlMi5wbmeJUE5HDQoaCgAAAA1JSERSAAABXwAAAPoIBgAAAAYT&#10;RGgAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAABk2SURBVHic7Z3tdts6&#10;DkXhpB8z8/7POrdN02R+xIiPj0FJlmXBne69lpacWJZISTwEQZA8vL+/BwAA7MtTdwIAAP5GEF8A&#10;gAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAG&#10;EF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBf&#10;AIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCA&#10;BhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQ&#10;XwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8A&#10;gAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABr50J+D/&#10;ncPhcOi69vv7+/u9zr0kX/e8/p7M5XXLfHa+L9fy//J8uzhw/7ajKDiPUpA+H/K1BWajPK2+/p5Y&#10;Xu+ezw2u9yj8Ec/30UB8N0AK0WjfyXu1nyskG+dpVRr24phXF8K1+dQ8vVd5HNzbR3hX1qL5fqhn&#10;+8ggvjdiBfcpTgVJ/99RsLQw5PYmn4cFxPKUnzVvId8tvX4cr6/71oI6yOe1z6+6z75dXLrYnuz7&#10;R2eU789niwBPg/jegBTe3J7joxDl5oV4T7xAvEXEb/kcURSQIk+Zl+cYi/BcGt7iPB1v9v/dBXgi&#10;n7pFLMur32fPp4qw3sPR+/KnUD3Xs3wjwGPocFuJFd4Up+f4uKe59wK1V8HSAv/7uL0e0/N6PObN&#10;f7QgT7nN5UmtIi2QmY78/JnWw+GwmwBLPlX4NK9e2Xz+1E6lFn3e67f4yONrXFZ2Mbjel6hF/1HR&#10;fOtzzX1+F3s+1z8NxPd2siB9iYhvEfFVtrRs9rZo1BJ7jYhfx+3FjnvLwmF+yMzTV9tUhKfy5Fa3&#10;VgC/4iROhzgJ1C4FtRDeL7JpPlWAp/Kq1l/m65dsKUaZL7+3+c7kvXXBf0T82Wp+/RgYgPiuYFCA&#10;v0XEvyLi+3HzArWH9et+uBSDl4j4Yce9HdPiwpvN4RSjJXnK3551NsWl5f1im/7+Le5cWAvLPvP4&#10;LT7y9+24pRgvEUMVIc3jDzsurV+9bnVvH9n61efjef4Zp3fgzKUUiHAJ4nsbKlQpvv+OU6FK67dD&#10;fNXq/RGngpH/fzr+fZC9Vihfj3nIPP07zoWpytOU+Kbl/fOYnmwRaJoPO1i/btlnHnNTAdaWi/4+&#10;05t7tQAzf2HfJ9lySMH/T5y/L48svhHnrZp8v37GKc3a0nmLY+WO6+ESxHc9leX7PT5E6j9xbs10&#10;iK9aJYc4F+PnOBUQTZNbhJqfrFSuFV9tjr/EeYXkx71H3Mf9YFavWvaex7SA1QpdKr4vcbo3+v+8&#10;BxGX9/dfcRJgdVXptR4Jdzm8xEea3+1vv29gIL5XMugl98KkVtQSv+FWVOL7FB8FJS2UKT+0WoVT&#10;Fcpcnjy8LK1C7YT0QqydVvfAOxLdstcKRl0AUxWn5yF/k/lQv6+6HVz8u96XNXil6u+XtxjcHQVH&#10;EN/bcLFSH2JuU4XpHi9lFo58+VMUqkKhhWNkGWpevse5L3RKfDUtv+P8+hHnPkONDHB/4c1MdCa6&#10;WyUtX+8sDfm94lEleS9f49J1kaKs0Q5VZ98tVuOa31x7n/P4zO9bnCorrbBgBsR3Pe4j9cLknTZT&#10;IjX6ew0qCKOY4yotU/nRKIC5PGk6cv8cp+iGiHPhVetQIx+29hN6RZkVi7ZUKpdD/nZE3usUXq3s&#10;Kr+xt5qe4lygb7V8r/nNmvurrZp8tvqOdce3/zEgvrfjBckLk76QEWPB3apn+H1mm6ISBo/xHbkt&#10;/NweyfBFjlP/88/48BOqAG/WVB3ELqdLJa35FF2N5hhZcFPWr8bvVhXf3LPPz6N3ZSodIzeS827f&#10;V+/F0nvvQgxXgPjehluTKrRpNXnh00KoBfds6K+wplmY51NB04D/OTFW8a2sGXdZ5G9G5L34cjze&#10;3RkeZvUWsXnkg7scNA1u1S+JzR6Jn4+SG7mbdICCbvn9EquxsjCrv/W61fv3Zn/P4SMm9d1a8n5B&#10;IL63sMQqqv7Wjqhq2O8t/s6qw+3ncfOm/ahwVAIbMRYjL8z+Xe5TgLXZrwKYnTXaibMFlSXvAxxG&#10;HWyepzkxru6Vn89HhaXb5fn4/VK3Q9VKcVfJ1O9Hw6Dn7rt3uGmrxd8vmADx3YYlIhVxaen6qC8X&#10;xrUvcBYojfN1AV7aXJyzrJa4TVyEfYCDdjZlGFwK8OpCPDF4xEcjuptI8zaVn+r/I6szz+fPPSNQ&#10;sqNuSYdb5TPOvEXMD4l2q/uad8/f3xxQUr1fWL8TIL495MufAw9yS+vh1tFBWjg08P9nLLNODrb3&#10;z3qd3HthS4v4yf6XIjjq0Evx+R0RW3S8qbuhGgY+8vG6P1PdRnruqes6eU4f/BLH/811ZlaVibpR&#10;lOe4xIXTh0Hnu/dmv6nOU71f+Q5j/S4A8d0PFyof+psv7684txzWXMebhiryv2Ib94Z2CrnPOr/P&#10;Y9wS86iDr/L5Jc5Ds24VXrUS9XqV+Gr+PE96nmvxJn1ajAf5e8r1UeXJWw9ewWla3TXkHZ4qnK9x&#10;/hyrvESct650SHW+v8xsNgPiuy9aCPXF/RER/41TIbjVcqiuo5uL+5LOnanr6LVUrFSo3Bfp4usT&#10;9+Q9UOFYzCC2d8rSVsFTy67Kz5pY1qp1kL75HICyZCi637/vceqo0+gUv7Z+Vqv1R0T8E+cCPNUn&#10;4CLuvmsXXxiA+PYwsj7+G8sKwNJrqCh6x96WBcPPr2Klw23VEq6s39L6u8H1UPl6R1ZvJbyaH3ef&#10;rKm41Pp18ZqKjvA85b37FqcKKv+eEr5Ri0gFeGnLy10Y6jv+TANW7xjEd38qq1TdAtlxcav46rUq&#10;t8C7TSV56zW0EKbQVj33B/u+cj9k1MOqmN8ittdDzOaEV0VRxXeLKR/9maj4Lo1wyEothTyFt+rs&#10;qvzYo8pfW15Trgc/n0dOYPUuAPHtwV9aHWZb9Rjfch3fv0fEZ/zsDQLs53TBSkvRhdBFsfL7avTB&#10;LTG/aiVW8+dWw2HTFaAumpDjRsK2hMr1kPcq06v7qTyp8HpHrbsZ3Ofrz8sNgCVuAz/fRd6weqdB&#10;fPenKgRV0PoW4ntx3Y0LhPv/NO2HODWJUyxckDUKoZpY/JY5DlzgZ90bcVkZZhM85PgMC/N7MMfo&#10;N3nvlghvfq8W+GiAw1xaRm6Da6IVvHKPwNWwGMT3MZh0D9x88vsWBk2n+v3yOw3+f4tTZ1AljqMJ&#10;Zha7HmYmhnfXhg5KyPS6NZgVScRJeG95LpVg6d9LxDcrtnxXqoERS9Ln7921roOz7xHd60B8e9FC&#10;XH3+U6yIyoWSeUhr0SMhIubFMQX4WtdDFds7Onfl79Xee7fe50aALWHquQ7zJxVLFQd+baXg1nfp&#10;RvhD3r8/EsQXtqDyI7r4quBVvuAlkQhLWBrbW1m9Gpan4qsVSB6b+1s7LBdj/nkXzNWnLT4jvDuA&#10;+D4Ocz3dj45bjhol8CVqP+KUherDjV34LlgZ2+tpV7dD5iPTsKUPHv5yEN9ePAzr4n9rI8F2tFrc&#10;ctIZulJ8U8hG89tWQlm5B5asB1bF9s4NJ3arPXv+f0n+3A+KCMNNIL79VKFYOrT2mkL+eezRCtwr&#10;5Mc7CDXQXpv+1Sg4F9+R62FyuPEgtnfK5eDhZe5yyH3ItfV4gJtAfPfnUGwpPh7KtKaZeyHaO6wI&#10;rNdV10Pm7WucW7/uehh1vKnr4VWOnbN8p8LLKqtXLV8V3rwms3TB5iC+fVT+zpwgJcVojeWrAvgZ&#10;htQgwLoysk+ZmRZxNQqtikzQULXRcOO5c42mjnSXgy9t9CTHILywGYjv/oya2t/jFNaUQ0evDR1S&#10;IfH5Cd52FGCdlEbFt5o31sPOrh5uXHS0jaxenbzG01sJb1Yg+HphcxDfHjwM6l9xEt5sol/TzHV/&#10;qwrJ4fg54v4C7JZ3Rih8ifGE8ddarKOY39E5pkbNuY/a57fNZzIbaQFwLYjvvlRW7/c4Feq08FS4&#10;rhFfFd6fcSkyi0eK3YBb4O8xXqXYp5m8xlf78cN6gcxqEp2pjrZqWsSsAJ/kWIDNQHz3I4XPJ3vJ&#10;Qv0cp7lZr3E5uNWbs1Sp0KgPeOuFKUfpUfH11RLmrN+5kLMqDG8qakI77rTTTiusalWHiPPBFQCb&#10;gfj2kP7NRKcIXGP1Rpz8li9xPoduRhjoQIV74KFYKWxTlm8260cxvyPrV32wleWrM5i5r7fqaBvN&#10;KqctBSxf2BTEd1/UVNMmt4rvLREOKbQZHvUrzpfmWRKqdQsqVFqR5EALX8pe37+pmF+3fj3udhTb&#10;61NUjsLLvHLINE7GFgPcAuK7Py7A3gyOYj9HCkla0yq82tzeA49RTsu3sizd+h2NdksLtprprHJX&#10;jIYT65y8avX+sm20hBEiDJuB+PZRWcFrm7gqFC42KlZ7zh2h1m+Gm1WuhyrkzK1f3etcD9p6GM0P&#10;ofdD0zYXYqbzDyO6sDlP84fAnXGfp//vmnOs/f3WuPtBm/bVah3JyPUwChebC1EbWctzwssCkHB3&#10;sHz70I6yd9uuPY8PrvA5FDqsN4/CcAGecj142Jm7EfS3ldU7tyKGd7RVLgfNQwRCDBuD+O6PC2K1&#10;esAtHW45G1dlXe4pIJquHOgx6tjKodRVvO6o4y3929dMorOko00HVyC4cDcQ3x68w0cXnlwjwPmb&#10;FJNchXbkX703VafbKJwr0/Zs5xhNtuPim8Oxp46rXA5TVq/6kwHuAuK7L27xZk/7S4wXL1wa65ui&#10;kSvQ/ojTMvSdPsy5wQxq9bvbYcqXq6sK6/dTsb0h16rS4pUUli/cDcR3P6pOqByNlpsLkv5u7twu&#10;cNU53yNi74nWK2vTfb9f5bglft+vcRoEMRqSXM1gpsJbpcN90JkHgM1BfPelaoanlfpPrLNUR5EF&#10;6v/d2+3g6cuKZCrqwV0Po4ETlfimxbtkEp0pl8O9RwECfIL49uAdZCm+/8SlpXrNQAv3JT9K6FSV&#10;rrmoh4jp4cYpvs9xKbxTsb1VlIN2tBHdALuA+O6P+mfV+v0Z5x1lt0Y++PZxwP4r0moelvpaRyPe&#10;0sL1VYV1jTYfTlzN5TASXmJ7YTcQ3z5GYvAzLv2+S8+X+2rrEF5lqfWr1uqc+KbILnU5jDr9vHXQ&#10;OUAF/hIQ3x6qOF91E6wR3zyv7j8/P4DwRlxGGlR+3ynrN8U359rNyW++HzedA2JuBjO9/mioM1Yw&#10;3A3Ed3+mLNShu+DKc3/80Su4EZeVwJTPVWc6UwGsIhq+Hb9L8U3L1+e10Gsv6WjD3wu7gfj24kKs&#10;n9/iQz//dCFwAa7menC/q7seVIC/yTEpvpW/V6/p4X3VKDt9Brgd4O4gvv1UAvz/hlcuU9Zv5XpQ&#10;v29+/yTHpCjPuRw8ttdHteHvhd1AfGFPKh/3aK4H7TBzv2/EpfhWM5iloM65HC585AD3BvGFvfDB&#10;ID7KbGowSIqpzuegk/GoZTyawWxq3l5CzGB3EF/YG7V+R8N804pVN0AVghbynU8cPzWizf3M2umJ&#10;2wF2AfGFvRl1gFU+WBdTX/cu5O9qtY4plwMDK6AVxLeX0eoTn59tefRVPFDERFqWSwdcuOsh4nzx&#10;TA9J82u5hT21fP2j3CP4S0B8HwMfULDpMkCHDwX/FJcHEGMXxrnhxhGXFZO7CNzinbN6u+e7gL8c&#10;xHd/XETUX/ks+4jbLbJqkEMcDodOAfaOt9E0k+56CNlXvln186r4LgkvQ4BhdxDfHkYThucIroht&#10;Vs6txOhMgA9b+DXWp+2aUWfKXJpHbo3hwIrmewF/IYjv/rjw6pDZ1+Mxz7GNVeZxrmdDlzu05ihy&#10;Iely63fkk70msaORdOV0nQ/ghoG/EMS3Bx0u+zU+JoXJZXFyiZxb/JFq7ar1l1seo/u7YyK3xC+r&#10;roclQ3/9nHreXKrJrWqEF1pAfPelsnpzroI4/p3N7rXCUA3jTUF7ictht7sjTfw5v+8tK3r47GnV&#10;xO0IL7SB+O6H9tDnkNi3OM3QlbNzbbGiglq9Kbo/JQ2P0NlUWalLJlmfO2c1fLlayfnjB7gcoAnE&#10;t4dsRn+NcxfEVrGnKmopvHlNnTc4l+15BAGeW9RyzvVQRTksGdEG0ALiuw1akKcKtYqGj9b6Gts0&#10;h12Acr6D9zgtWVRNXLMr5npwwRx1vA1PJ/u5uRyI74WHAPFdT1V45wq0fu/iO3IDrHU7pJjluX/F&#10;KZzNhXd0De8gy72v9FAdtzSdc2Fhvrim3jdPg3cwVm6MLaIcpu6X35O9RH7qWVUdnX4c7Aziexse&#10;R1vF1Prk4PqiV0OLby0Iev047nOiGl3lYWoU3VxhrY71imNpPpZEPbxK2keVU9XRNjWD2bWVxOiz&#10;Wu+j391T3NY8q+p/CPDOIL63o+KhFpxaa7mvfptUQ2ZvwSebWTpkeUllkrzZd9U2vtA46kE7yX7F&#10;aWHMaoYztXjd1aAdbd6Ree09UOH2Zxv2/y1bMdemc/SsptI4qkDhjiC+66lEVxfAzCZ/Cmolfvd4&#10;0T1db3FZKJeco6pMfsd5M/bdvlvjs3bRcPF8idPyQPobRe//i2yjGcyuWZ5pVLlmXHY+U70HOkn7&#10;HlElc8+qmsyIeOdmEN/bcIstC3/6VSPOl7W5d8eWN8HnJg+vfIMuhGqJpqX3JL+rohOqqI2pwu3C&#10;kPfxZ5xbverGUTfNu/0mtxxYceHvXUBVsea9zGeqLZr0q+s17zFt5cgi93dQn5Xeu2qYNXHPDSC+&#10;V2LDY13kfsZldEEKx16RBe5DTUHSJngWtjy++p2KruZJF6isRO+qWcMGrgeNTdZrv8Vlh6E+g5eI&#10;+BER/8S5AF+bFr0f1b1IYUsRjjgXXxf+e4S3+bNKa/9HnMTWFxPdO40wAeK7HrU6Kov3NU7N5b3F&#10;NyRdr/FRIH9ELcAj8c1CqoU5IyZUoLTiyc0tzbnC7G6M1+N5VDwyTbpIZv5GK8AU33/ifEjxZ35n&#10;XA6a5rTE89mm6+N3nD9bt75/xLm4bR3etvRZaUihVyT3TiPMgPjehr7QL3E+kOFbnEcYJPcUXy04&#10;XjFkYbsY5RWXfkEV1LTysuNL8/MW59ZUVaCvKcxqyWlYWQpMuiCqddq8EsjKZk06vGKt7kWmQ2ef&#10;Uws574WvTbfVqLprn5WLtd6ne6URJkB8VyCuh/T5pVjk//zl38Pfe5bEGLsQtBk+Z/lG1JZ9ZXVq&#10;0/diMcypwiz3U68XcRKTTL+vUKxpcL9spuXMqpsTlcINsuTZ5nea1uG9mLr+HMWscEueVdXhdrc0&#10;wjIQ39txC/J3fNzXtIT36mxT1PXgHVlTlqAWUP0742wr4VPr/9qRaacLn1doivqu1dr0Y1xYtPPv&#10;WkFx103+L8+d90KFza1lvxdbC9q1zyrzU70Pazok4UYOtC7Wc7SQfKayaiXd7gnLUzjeZLuwSIv8&#10;PNverfiqx/3Nr7O0CSudXXo/PQ1+T72i8ZCvTx/uNU1puRejlUaq5+p5v4gu2ao5f8WzijgPD9wt&#10;jTAN4nsjUggiLsWhbe6EuHQnqFBGDAqZFeos2HMDNbS5etZrfm1BNgHW67vwu/hW11/twyzS4Wlw&#10;61vToNeevN+3sPJZje7TXdIIYxDfDbCCWu270ebkrBgNhCdinB8XwLzE6pfLKrUqDZX4XqQhE3LH&#10;dCh3ScOC9GnaNF0PkUaoQXw3xNYAexThjRA/3oqmd8TyvGxaiFfez1V5vVc69hK0tc8qAtHtAvG9&#10;M52LMm5ZqObysUcBXnIvHyEd3WL2KPcJpkF8AQAaqDoNAADgziC+AAANIL4AAA0gvgAADSC+AAAN&#10;IL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+&#10;AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAA&#10;DSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0g&#10;vgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4A&#10;AA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAAN&#10;IL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+&#10;AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAA&#10;DSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA38&#10;DzQQpDGWciQSAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQAakJEKdwUAAHcFAAAUAAAAZHJzL21l&#10;ZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERSAAAAuAAAAPoIBgAAABKjjaAAAAAGYktHRAD/&#10;AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAUXSURBVHic7dztThs5AEBRh0I/9v0fdtvS&#10;zv5gppjZVEwSULV3z5GsCak0QeXKcmzCaVmWAVV3f/obgPckcNIETprASRM4aQInTeCkCZw0gZMm&#10;cNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCk&#10;CZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4&#10;aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIE&#10;TprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNIETprASRM4aQInTeCkCZw0&#10;gZMmcNIETprASRM4aQInTeCkCZw0gZMmcNLu//Q38F93Op1O73n/ZVmW97x/3cn/3+V2Uf/u8S32&#10;P5RlDLFfwwx+oTXuLeTTbrylZRrba4v8QgK/wBT3Nu7W8dahb2H/XMf2WOQXEvhBu7jvxhgfpnE3&#10;jTFui3yO+8d03R7/FPlxAj9ujvt+HQ/T4y30W2bxeVnyY4zxOMb4vl5P63UZw0x+lMAPmN5UnsZT&#10;yPdjjI9jjE/r9eP63Lxkuca5uL+NMb6e+XcOEPhx89LkYTzF/XkaD+O2WXw/e38fT2F/WO/1rzW5&#10;Wfx1An/Fb9be2wz+eYzx1xjjy3g5i18b+BhPAT+Op5l7i3t77nE8r8c5QODH7dfgD+Mp8C/r+DSe&#10;1+K3zOBbzPfjOe5tqbLd+259nlcI/DL7WXybybf1+Bz4GJdFPgf+YX3ux3gKe34TO+/UWJ68QuDH&#10;7Jcp25vNbdxP1znCS23r72W65xz2u/5aQJHAr7Ofoc8d9Fwb47nlzbnX4QCBH7PsHs87GvsDmTFu&#10;X4OfG8tucIDAj9ufMG571dv4Nv37rWvw+YBn2zmZQ+cggR83z67bPvV2CLPtajyO695kLtN13ib8&#10;ul632Lf1uVn8IIG/YlmWZTrJnE8Zv40x/h7PcX8fL/fBx7g+8G335Ov6Gl/X+5vFLyTwY+alxzZ7&#10;bzsby/r1/iRzjOsCn08yz83iv9bjTjFfJ/DLzPGdpq+3veq3+l2U+eRyv0Qxg19A4Aesy5Qxnk8P&#10;t6i35cS5veprj+rnWXx+MzvHbfY+SOCX+fXBg/Fypt1/8OHW19hvGb6I+8b7/6/4TOYFdr82uz/Z&#10;fKvPZu5n8jn2MczeFxH4Fc58LnO+vpXl3FXclxH4lc78uYj3OD7/9cMR9nUE/obe6m+kiPntCJw0&#10;f7qNNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkT&#10;OGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDS&#10;BE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmc&#10;NIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkC&#10;J03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6a&#10;wEkTOGkCJ03gpAmcNIGTJnDSBE6awEn7B/wxP5dtYI9qAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAA&#10;IQCOgFkWKEgAAChIAAAUAAAAZHJzL21lZGlhL2ltYWdlNC5wbmeJUE5HDQoaCgAAAA1JSERSAAAC&#10;twAAAPoIBgAAALvEb+wAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAACAA&#10;SURBVHic7Z1tdxo504TbTjbZ3ef//9W9d5PYPB9Mm5qiWtK8MMCkrnPmgDEMem2VWi3xcjqdwhhj&#10;jDHGmCPweu8EGGOMMcYYsxUWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfG&#10;GGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wx&#10;xhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOM&#10;MeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhj&#10;DoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYw&#10;WNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPF&#10;rTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwa&#10;Y4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHG&#10;GGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wx&#10;xpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOM&#10;OQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjD&#10;YHFrjDHGGGMOw9d7J8AYY4wx5tl5eXl5Ua+fTqfT3mn53Xlxmd+eqsHP5Rk7yJK8P3o+t6pP5NHz&#10;vITfte4fPQ+j9PK6Zz5v0edGuFUet8zPM7e3Z+xPRZpH63OSl0fL25GwuN0Yavi3NMhXFfcoHWWg&#10;DPC1Ks2fr98zXzvWZ/Kw9dpjZr1HdOr+geo9YlndP0Qb7rFBG980n3focyMszuNGbWkOMn2P0gah&#10;POaUw11tQpHmJe30RI+T549SR0fA4nYjzo2fG/se4pYr8G5GQBiAF3qOjwzn58Sv3clTpPJyS6TR&#10;iwc3gNT+19Z7Pj5KvePjHGTeHqX+NrRZ2FcjPrI4O4937HMjzLZHG7elOXRtSMT+7ZDKY6RM7joW&#10;dOqvsncR13nhOsArxPOHsRHPjMXtSkSHfYnLRj3csLfWoCkjxZ3jboMpDJRcDvxaxLQsqry8i+c3&#10;z0tRn708rEUZv97zhzCAjfbPfaFX93xh/S8SS3MpBDrmJeB/Faq+3unxEbxQvXYeMS+f6hrK4536&#10;3AiY9kl7jE67pDIesYNbpBH/Lu2GeNzLro6MDUhpD+KGNkGIWhzPezauNYmv8iPbVsRj2PhnxeJ2&#10;BdQJXotrS++DEju9DnLzjkKGK/P9JcbLQuXlPSLeztduQgfyskd9IiyGRuv33iIp4rq8vsSl/kcH&#10;sHd4fIPHz//tVO+qHVcit0Ll6Z3+vkvdNfKJV8RYXrm/8hUxUG937HMjqDxObBLnT5Qx28JWf1ia&#10;Rn6cc31+9hbtUYwPWB7Yv+L8HO2gKvey7DdIZ6ah10eqNqrqVY1tveshbPwz49MS1oMd9kt8lOnX&#10;mHbitTP1nqBtdZDPjpJ99wYGAY04l8PX0EKH88ei9hdcE5H78vLycmMjnAYr056PyhCvpVW3Qwbw&#10;FvU6g6r9Y5lVAoXzm/Wc9f5y/jsi4v3l5WXPwZfr/UtM81AJ9XzkQfkXPM/3nG6VJ0UhIjGvSmxE&#10;6HqLuLTB7JvYX19ioL/eqc+NoAQWt8u3iAisw4G2lOW8hQf3RM/V5JjHAvX889raljTGhz9iWi7c&#10;5lS555X/jy36T2P1ifsIXyzUR8c3tHXVdWXjLXDnYXG7EDLK2Vm/RsS38/PsvNjw19ATP71OsnlH&#10;KQz5H3Epg3xsiRwlcH5FxM+I+AGP+V6c2W9GMchmPXI+tvS8sLgdrde7GkDR/rO8voXuAzx4RVzn&#10;OQevH+frNT7q/9f5fZsMZlWWYtqG8WKhVdV7S6xnPlAcbTZA9yjad16YTxS4rbyiSMp8/YQr66zs&#10;r3fsc6OgeGebFAHOA7FpDPsF9gfuE1uNC/hcOT3e4tqm7DVh5jr+FlM7wXWc+eBy/wH3xHwvT9h1&#10;+AheOEn/Ki4c19jG5T3VmI02HEU72oirOrLAnYfF7QKEqEuj/B2ub3HttYyYZ8y4IasZOQsenuX+&#10;ov+f4txRIjY1XmjI/4xpObDQV/nE/KQh+xoR/8J7Pj0TN+ro6GHg+vwe1wNTxPLBSXldKo8f1mvX&#10;AEbc1ovbmNT8GdO6R8FUTfAwvymM/o3LYIdl8yY+v2VeUKSrfChxy+IN05r19oMu/Px7bDBIt2jY&#10;q29x6aNprypPGsOT0czb3P66Z58bhb222e/+g+9GMYhtQAm5kbY0midVhuz4YHuqBBU+4srCZhPm&#10;zjiZtoLHhwTL/Udc2wPsN1ulDyckPPHjya4St6qNqhWAzNtbXOx52r4fMZ0gTrzVFrjjWNyug2fn&#10;f0bEX+crB4wtxW3Lu8czQOws+dprTJd11i7xK4GThuvvuBh1FDnKW4EekhS3/53vmflGb8SmNMTa&#10;97jU559xLdZC5GWUStxWS/TDBjDW1+soOGhx+8+BqyWWOL84kL3GdXv/nJhtnDcc3LANY1/OAU0J&#10;kpa4zTz9Fx/CL/sADswvOwxaVT9FkVFNyCOu88r1lvkL+H/ZX+/U50ZBQZJ9EO0Re0ITbBdqXEB7&#10;uFTcYvrw79bKXs9TqCbMWzpClJ34Oz7KJCdX2OZwRSAnTPk6r1wtsnVFiE72cVx5ZC8zTk6+xrWw&#10;rWxD5bjA1arsRz/gMe9jgTsTi9vlVDPSv+Ii7FjURWxrxCrDhcs42Um+nF9/icvSaBqHNWc3siHH&#10;MqiMF5aB8pKk8c//s5fh1iJH1SeKnK3Fbf6tJi4tA8jewL0EbssL+FdE/F9ci1tVXkrc/gHvxUGA&#10;hcT6TLQ9S1jvf8Z8ccthFiho+H2nc3o2H7Qanumqn1ae9pa4zVUWFia/4jJJqTzUe/a5UVjcpv2M&#10;uLTTdBYoTz57bjFPONnfUtzmI7cr9txWDhB0hKDQ/bzvwvapJjAs+LGOk2xD2K6yL6nJ11hi9CZY&#10;9NJmfeHKowq14lA7bJtqfOuN21n+3+LDvivv/h7hWYfB4nYZ3GG/xKVTcKddE1/VM2KVEEJx+y0+&#10;Zr5f46PTZFq2CMxnA4GGK8uhWlpkcEaLS1C4dJOD5ebe27iuU7WE9j3q5emK0TLFAZWXFSsDmN4k&#10;3szwK2oxsQoxOLAnUHluq3CUiKmnM8sWJzTooca6v8WkppqkKW+bqvvJUnxc2i5OcHmAQxFyC1qr&#10;KyzgqxUWzivnIT+D/TVFSNqZEJOtW/W5tXD+su2muOL0oCe+miyxl3xNHHE1LmDaVXhCywmCjpCM&#10;d98qPpzHShSRbCdwgpTOmHz+Na7bJ5b9kvTwXgEOrcLQOt4gzelo1WM1duMKj9qrkGBI4q1sxaGw&#10;uJ0JbRxAI8adRIk6NUiM0vLiqo7yPT6MleqUzKzOUiwpctwxGoiRwQkHExa2aXi/xnQ39tbiTQ1M&#10;vDyVnsU59cmvtz7X8s6nAeTNGJyeT4F1w9hkjlGr4iV55YLJfGLb5DjHP4LqfUOvdOXZxHJWbbgS&#10;t5gnFOzKG515wgnNZnU1YyLSm4RW4jbziJ41jt3tedjW9rlMz5bgBCW9ZViXLZuu7KJqU622tGZc&#10;yNdGJ8toX9kRkitCKHDn2BQWftjHuK7Rk53pzbzgGNaK328nRm+CZVH7V0wnIRyuo5wJo2mpvLjv&#10;cSkPFvA8EcYVLHtuG1jcLqcSeNxIWwa+NQMfQc0G3+IiBqoOEzFNz9Jl/tYMmIPve97rU0w79Le4&#10;DJZ5pUchPXhbxipmujCGSu2STQOHn8E88POTeJ/6LNMygBj3pYz9ZHDbWOC2xCA+jgqcTCsK87eY&#10;1jt6qDEWdyuUWOeyHvUeYr2n5zLfj8IWPdLoGds6lKTqo+hJVCEJ+dkKrDcUf0qEVB62rfuc+nsJ&#10;eA/MR0/082Siyk+vLW2Vp9ZKH3tws58p+5LpXBv3yeXCy/uv9N53er+KbR374lrY4h6RFLYYpqNO&#10;ERntH1fJoMcc89JWcDlwWBqetrLXvoqnxeJ2PdhhuRPile+tDBc/qu/BR34e8dEZvsRFCH2J6eBQ&#10;iaAlQqjy3KojlEZn29jp38W98kLBsAVctlynaIx7A7byws75bnyObSLrlgd8VafprUmv0yYGkFYt&#10;qnrnAbw3GGUZogBUO5Qzv1n3quxnZymm5Y/1jmXc8ta1vPLZD/N97JHOWMfNVyMaqyvojeYBvDUR&#10;aXlvuX80RQgdv7Skz+X35+e4ja8tQ149YTvZ+p6qPSmBhmW9dlxQf1d1lgI3nSBZ/+rou0zvf+d7&#10;LBW4youLZcDi9hTXbUnds//FbWGLoTm5V4ZPcajaYKaz9chp5frh9sIT4fSsj66EmDMWt+vgxskd&#10;lTsyejoirr1zlRBRHUB1tIxXVAZVdcrJsS+N778kRB+fogSOGugwL4osH0x76763iCutyriqA0w7&#10;12VVp636zJk8egi4XCqjzzHYeW3t4e55OZcu3aGgUYIZ631LL6cSWNif1XWiz1b5iXPac3mVl9s5&#10;X1ufnICDOi/5Vx72Vp6UmBppm700zulzaEeV/RwVoi1wJYxPEegtDfdEXMS0rLcYF/B71fN8RG8h&#10;T5h54lx5l5dubGoJu9Z7+TPD4m7gVI6/4cK9AhiiU42fvUkQ24hWG8920XIYcFrstW1gcbucVoMN&#10;+h/+/eklhYvjaU7iHtUggoYTv6M1KGPs1VIhlN+LRrESOPiZ1v3weUs4TTx4N945Wg2yCBo1NQjy&#10;BrhenbK3v5cGrlMVzxmx3hiqgaKa2LA47N0X22zWsQoN+Anv27LOe8KqSnOIdOBnq0ELQy5yNeJT&#10;uG8Aty3+bizXnke6129bZTVLjDTuWfW5lg1d2j6wP1eedmWrW/np/d0bF+ZMknuTs4jr9sHOkJG9&#10;Im/09yhqTODxC9PIn5kLC1s8reHv+DjdRQnbStyz84Lj5nni07L3aCM4rTgGNldDzDUWt9vQErQI&#10;z8gx/o7FSA72eU9eqsMLvbWYBjZoPBjwod6jg0JL4LRiLecsrY14BrcUAyo9o8Jc1aeqU7wXGjas&#10;S7UkiGJOecR405n8/jWezmJzUq9uktZ3clmjGGPhnOWSedpa4HK6Wv16ZNlY9V+OUeZ8rV6RoLri&#10;ieLILyj2PIXq9dG+UiZbfLZ3H5xMYnufY8ta98774zm+eVzWyHeMTJLwu6pxIV9T4pZFbCVUK7F7&#10;Kj5bed7ZQ/n2qLGfnR9oyThb9NjmxlGOPU+4jngMZUfRZ1JC103lIVfjdzVRebhyfxQsbrdjjkHP&#10;xs9HsSgxxEIyZ5+8WSzrEgUu/l0ZTyWEpDe0WOJR4rYXJ9dCfUcVf5lxiqP33hoelPCXmtLTk+WK&#10;E5ZWGXJZRlzXacRlg80pPgQLHxeWXqYtBvqkN6lpeTsqsaQGbCWe5aRp44F1VGCp5WPsr7j0m6/l&#10;ANubFLxFbJIv1b7UQfQtYYvL5aOic0TMrUF5bHHHP9oyrpu55Hdkv2aBu1W/4u/rjQtcxtVEmSfL&#10;OGnGz7euBMucvckP98MCnXAEdVIInhaSNgxRq2P8Ixj8AxjY/1HY4n4Y3oQZoZ0h+GgGsLjdDx4Q&#10;8YD3f+NiNH/GdeNmbxYGxH+D97YEbnp4UQihAcWzRHsGu+e15eUTzjvfCx/x/qMiZ++dozzYo7jN&#10;n4/9X0wFbmXs2KuW9araQH6W6xW9gRxPicv4a2b6StiOhKJUdV+JJeXlbE2c9hxQsd5RZKGI4vpJ&#10;Wn3mj5ieBLJWMPHA3tvsifnjPOF97onqc2jH0oZmn+PY2LnflY8ooPEHD9SKzBJGxwUU7BHas8ei&#10;VvXRajNqTr7YHvMEvhK4DyNsCQ5H4LPo+bhKnpzzREqdD8y/FqnaHQtbdmSgsD7F9eTpkcv4IbG4&#10;3Rc2EmjE/jk/ouFMWNymgGGDF+f/K+/JiBBCb2jlVVPCrGc4M+/s6VDLLgh7qzlOcCsxsAb2iOcS&#10;5v/iMtjyhKXygKah5frHz+DfmXcV+8o7fRd7BMUyNw4YvBGFlzRZMHH6VVtteW85JGWPn65l1ICP&#10;YhCFIE9KWnHKq0MuFoSPqIGcVxoyD9VS9d5UfS5t6H9x7b1d+h34PXwk01ae2yXjghK3VX2rX9nK&#10;72UvJbZXVQYqlO1e/VAifloXVy7UEXhV7DnXCXrw0YvPHnblucWJJo9nfG75S1w8+GoVwmJ3AIvb&#10;+8Cevuwo6e1jr4DqpEoEoWD4Il5HIVQtKUsh1Ijj4xAJJWxV4P0ppgI1Qosd9ljjtZVXci08AObM&#10;Hj0vPJvHekLvXQ5i7DXjsgl4XoU3tDaFzIXrvfII8YQGywaXVbM9Yv1Xwqzlvb0nvPEH85aTTPQ4&#10;qklhubFrxWpEq66qMmQBk/nh8Ap8fk+ybXFYQk4qsR+tEQI4MVMbRbe0Oa1xAUMhEm5Xqn3halAK&#10;ukx3ilz0Vmadx/keLYHPG94i7meDFdgH8Pg79NhWsedqAoU2HZ0XfKRf5bnN9HCYEIrsP+IycceQ&#10;h1uEwRwai9v9UbN0NM7odUh4sMKNBjig4oCl4jR7oqEnhCqvbWsjGQ5CkwPrYyrKMK3sbWZjfas4&#10;xbmomTQLXF4mTbBOsV65TrleedJSLUviZGXxMn5x9JtaVuPvwnbOHg0UgJgPFE7KE6Xa2L0mNcqj&#10;lXlDsYBtGv9f9Z/FZ9526mpE2KKAQXH7Be55b5TXPL1crT63RtzmZ7NMbiEyRscFtQKi6hzr/XuI&#10;Hwwh2AZnXaNdq/ZqfMl03XtzWeG1xZAEdb4zC9sILWz/BxeuEmRZVKdbVHb6R1ycGvxrfBHT0EGu&#10;OwvcDha394ENGf9aTBVf9RrXjZw9NDl4occI77FUCOHnq5iuVjgCH1GFXuS8PwqjoNeV5xbT/Agz&#10;2qpOWxsFc3BArwx7dNMI41Jx0H14YOPwkC08t61Qgcpjz+WQS+6ZH8yD8tq3JmL3CE1ADxW37fe4&#10;tEXub1xPKu52q5ALLDtc+lRx8Zgv7qMR0z6p2t+9UUvH3N7yfUvvj88/6x/rhX7gZCkj4wJ7BbHf&#10;oGMDxdOo+OIQmrRD6eV9iw9hiHGmed/JUvxG5bEGnERiH6iELcKOivTYpqj9Jy6e29bxcLzKwXbt&#10;5zkNKW5xHH2JqbBueYWNwOJ2f9TgyMubaCyS7BQc31cNYCkilOe2EkEshJSNqpbAq2VwtVyP4jbT&#10;+RrXaWbvZm9z0b28eBG1R0kt9UZM84gGC8X8t5gOHpnflsDFOq5E4xKxNCo2uTxwgEjPdBruE3yO&#10;xVb1fTi52fqX6kbBPsx1nPWJbZoFL3vXRn8lrIcS0CMrNCymss0FvD9FDpfBPalsKF5bero+73GD&#10;iRSPC9y2qnEh4rp/YxvDyUo1webP431VmEMK3GxTeEbzA+jaSRlwuiuPLa5iVOEILG7Tq6ramqoj&#10;nISkPcfJC9qAtNPovd1qE+NvgcXtY8AGjZe6Iy6NHWdtOTvHmXR2tMrTl/dC0ajEbeVBVZ4n3ryk&#10;DAUG4+dPOOZSGMeMobEdDYN4j4h7hCYgysujBi187ws9z7JVO3B7+VJeQizLWTR+jW5kUqMGiDTQ&#10;OJHJdqMmNspTXE1s9q5zrE8Mucn/YXt+j+myL5dltfoxnK9OTDz3GTURYS9hCvWIi7B9hNWRFqqv&#10;bZLmO9gUTn81LkToiW72vexbVRxoy/aiGPt6vh9vUPsvpn34Lm2ksemVw9nU6gXbRpzoobDFC0/C&#10;GYk7xnE4J7z4mH0Pw/QiLuM5hyKeHmHz3iNjcXtflPjB5yfY0JWv56zvJdpn1VYN/4WuV3pUIojf&#10;rwROtdSpPLc/z//7SvdMI9Hy3j6ayFFUIvcUMR0owctReZ54E16rXvE5/70G5W0c3ZyEm2NQ3GZb&#10;ZsHVG6RUKMTeoQkJe9fwyLdMN6+0RPTF59J8cT2NxsRznCd62F9DC6NHgQWF7CdPJgSGx4V8HcQd&#10;t7PKbmQbxPbyCq/ze6swl2xbj7K5N0I7RKqfvObxSk3KcWMfhyJMPLaddob1hF7eFLk5GalWVey1&#10;nYHF7ZNwOp2yY3AHVBfO9BH2ErLAVeIW/24tSyuRWRmKH+f7pUjPJWYVLzzqvc3Of2/D2oSN37le&#10;I6Z1hp6Wtd6nLYQtD244uUGvP4Iee6x7PEv5le6j2mu1xL52CX8LuI0rcYvpzHatlk3X5qt331b4&#10;CHqOUNyiQM/35uO9ynwOv42HqyF2lTcVJ1doQ7kvs/dWxbDKzb07kzYf+8DI5LHy2iq7lZf8YY3R&#10;NkbOqvy+iKkd4RWwK8/979Cm12Jx+0SQEOKBdY4QqkRstYStBKbaVMQDsvLa5u7STDtufHiD19T3&#10;qyXqK0N17x27G6E8NyPvX/r5CcUv/CiB2YrhRMGUdZ+e24jLpCYnNsrDOeK1/wxLWZLXlbDnM/sh&#10;LuXyRLPlYcUQn6GY0YVn23La1ca/TMNdlppXMGk/j3L+6p7QWKFWQ6p47JzMsA2OuHYwsFjM655l&#10;Xa34qMk4j3PZztWYhUd+TVbUlrSthshVY/PEe/+7teWlWNw+J2oJjmd3WzI3NADTxrPgvCIuRjR/&#10;kAI9liy2ewJr8RFKD0A10ai86RWtdrDG89ubWFRx1hxvmx6PfL/axc3taGRSlRvL9jyKiMuWV05e&#10;YyrcWVhW5aq8SyP5Yo/V1+j/3C57nTlsKGIsnvCesHBTE/TFm5yeWUiQgEKv4Gt81HO2EbxyaVyt&#10;np1iuk+DPb/3XEVJ1MQRhW2VTrRbynMrQxHWtg8hctWqyInfb/pY3B6TpQZGLQvn48jycHrkWNjy&#10;kudPeE+Knu/n9/wB/1Meh97S+L3iL4dgkSK8bijm1GaPqm7ZOHNoA75nOLlxLS6rJT5OizoXE2Nu&#10;X8/3yXpnDyemcyQcJgffPeucJ5fo0cHQAA4xqbxLs/PV2PRXhSRg+1EhCfkY8N34/keEJ4LYZyLm&#10;h1Fg//x44QFtyQJ4o9TXuP759WyvGEaTKM8vhzTke/Yur6oftNKoRGQ12VNHOm6Wx2IfxtX/zDgW&#10;t8+JMjjZqUeM+GSZI647Ki+hVgMxGg0Vu1Qd/I2eoa/wGhoP3F2eRlbFfT1K/CVS1c+nF47+X3kn&#10;0TDPFbbVmZb9xE8F01yPPS9zo7BNL23mt9oIObKUyuWDsWr3ELjo8cn05jFJGHaRsKeVxWiW+a8Y&#10;y9fIcnPPw44C9yWmIQmPOMAqUYuexfSgz03/lX18ZpELIQoR13aZxW1r41LlFe3Fse6FagcqjTwZ&#10;j7juDzzZ41MRbhYe8Ixt7BGxuH1elJeit4zdCmNoDWKjcXytgbMnbnlm/B7TfFTe48q43sNAVKI2&#10;QtdLJdxwmZAnEOx5Q2GFgxZ6EZd6GlqTGhVrWw0QWL8ZloDilgePKjRBeSXRI/MWce0d3wHOd0R8&#10;hl1wm8a89bzik3jiIl+9e7XCRzjWFuviNaY24tFoeely9WdJLLaykZ/951FXhHqIjascY115JtF+&#10;qVUHvK4m8rfP2dX3VOmr4mwj2naUx6ZHnegZwuL2iSg8aqoTj3hxlbePO64aOHkAxkGY76tCEvLv&#10;vD8viY548Kql3HuGJlTLopnefM9JvD/LtfcTkZVhVkvLa5bQKg9IdRQXp4fPZuS6z/u20hsxTbNK&#10;i/LI3GvwQdGQ7bZVF9iuqzJuxpKLkJbKa4vef06v6p8p0B8x1pYnjJjvjN2PmLEhD8j3sMjByUk8&#10;q8A9oyagLXFb2WC0bRxCFfD+PeGxqhK3lQDHckEnwRoHgbkTFrdPQrF7XS27KMGBKFHbE7i9OD7+&#10;viokAQ1o3rv6fy80oee9vQfKg/Y1Ll7od3ovCpuMP/3rfP0ZF4Hb8rxhWbMnFL2hHx/qDMrFYehV&#10;KEAvJIHFK3o/qv+1JjZq9UCdmLG35171qYjpqoTK2xyPazVhq+7R+tWzTEPVbri9PuKAzrYgN0Od&#10;4jJxwroYFbcqrAYn5Pc46mprlIhTQk5RTeCVeNyz3VQrPZWwZbgPZ3lIgfvEk5vfBovb+1ItW38+&#10;h1ipnjetWoKcs4zN4rYSay2Bo0ISWMDgANFaGqtCE0bibvcwruwFQAGWAiPzkAOvyksOzt/jQ9T+&#10;HR8C93u0NwOlSOTYVj6yphVyUuWrJbpGYjiVVxbTU018eqEJvYnNo4QmoIBngZuTQZ5AjJTzxwfr&#10;ya7y2qq2o0JHMp25pJ/vfTS4fWY/i/Pf6qdK54hbPOXjS3zsls//nyLi/Rm9t+IoSfZOY/9cInAr&#10;4bgnuHLJHuVW+tBG4vjDYv+p6vx3xuL2MVAiiUUdGpMUQ3mhCFKxkBHXcWQ8Y58svcH3trxKauBV&#10;98fBHQcd9tz2vFyYJo6xY5GzZ2iCKicUtum9fYf3qyXVDEdIzy3G3KJ3XIkTPLJmdINIlRflKeVy&#10;rtoYe4OURz5iOpkZCU1Qkwd8vHdoghK31YpE5b0diSXn3dStPor9FCd8anLBHsovMbUF94ZFCfaf&#10;zNNrXFZA5sZHcjhV/uwqiny2j8/KKfR4wCsPLbDt8ph1z5WziKnAHRG3aGveQ5eJQxKeDIvb/WHv&#10;rFqeVGIEB8A04H/GZfk6BW51ekFEP9YKBwT2ClUCpxJdyjPHxuItrkVaFZqA5cdloUTOXgaWyynr&#10;Jj10GTeJgj5iWt8pRFLg8oQF84Nll2WbPw+ZF3puP9vSjJCETF/lDeQQiUyXWu5lSwAAIABJREFU&#10;8gayR/Yd3q926VehCVxmVQzwr9h3WZRj9rJuWp7bnPTwhK3nJUe7oDy32I441hY97GpJGtOIZfdI&#10;Azr36cx3/i/LYMlqBYv+/+Ji27CcuB6eFRVKw0JO9UG1wthb8r81SliPiG7Vd1WZzG1L5gGwuL0P&#10;1ZLi17gs2XNgPg5g3+JD1GJ8ZsbYtUIFWp415eFD70gvBAC/J70fvc0KlbDthSbkQNbbXHSrQajl&#10;RUIR+zUuXiQVb6smDpXXLfOBZZbeJfzd83/j8itwKKrXhCTw5GEkJKE1ccK4NlX3VWiCEoH4iPW+&#10;Z2gCe34w/WrlAu2uagtqMxh6pfGzPNHDMhkNHeFJ5b2833PIvONzdAwsEbYobrMMsp/9CBJMzxia&#10;QCgPbqvs0A5Vq414sTC+NZXYboluzCvbJy6fjzc9d53/Nljc3ge1xJqiNWJqpNUAluI2YzN5CVt1&#10;ZvTW8NmjfBRTplHF97Y2b7UGThX6wGJ7NDRhJB7004N3w0GIRddX+ju9SC1PPJcx7/BVHrcccP+L&#10;D1H7z/nxf6GF7Wj+W95AtfOe637UY48DSMtrz97D3kpCbuDa03Ob8ACZwqiaRKL3tsoXh6WwaOBw&#10;BuXNRi87e235eL5MG5fdow3mmD4WuEqcjaY/yyYnSL/ifitCt0YtxUsxJ1DjS/XavVBCt4Xqv/bY&#10;PjEWt/ujBrMUqxGXI2ywQ7GQyzAEDEvIgbAKFVAxmviTqMq7yAKHPUIjIQmtnbjvg5/h0AQuk8qz&#10;+OnFuwHsTWZPe05QWMyrJb3qCvgcCpKstxS0/5wv9NqqDYJ1ZnRIQhUDyvltCVX2Hqu6Hw1NaHk5&#10;0dNdibQ9wP72EmPx5BF9rzTmCwVdtbm0itXmlZVqw9ujD+o46eP0Lkl73ifbjFqluOfS+yacN5Vh&#10;2QU85zLrleEjloeqJ7Yf1eS3JWwfuS8YgcXtfUCvLe/0zb/Rs6MGcxWb2RrM2OOXl4zPpDRWS6Uj&#10;IQnVoJ7fgUuBvdCESuSoI8pSDChDviUsCvORl0jV59hzx0aZl0px49i/MfXYZljCVXnP8Fqj2O5t&#10;3EpUG2ttIsTBotp4VoUmoMeyd2rCS0TsfWoCe8O4XWOZjIQmtI7zaon8ytvbE7ZzN2E9AtUEZm6/&#10;702EHknA3YI1E4NHg8cJfG0Olfg1T4DF7X5Ug9L38+vVMnYVHjCyyUd5/FLUcmwmeouVgFBxfHND&#10;EtRyYe9z7PWrQhNacaGnHUQOpgtFWMS1QayMLxtgNTHJ+Fq+eKIy1xCjsMa2Vm3WmxuSMFr3ShBH&#10;XLfN0Vjwe3hucVLSW8VQk5wqzAA/q7y2LTEcoVdJOCQB8xDxuIO5WkZW6Z97Lz41INvgUTcWHSkv&#10;LW/tKKrdH6mMfhssbvcHBcQf8Brvqj/FdMDDAR0HtRR43Il52VdtPsKwhBFvcRVvW3nvqhjKoM9V&#10;n0WR0wpNaO3o32OJFUUUhyucxGv4XP2Pl8XY6551iKEIi05IiAj1S1cosKoYzgSX4XsbCKP4XK/N&#10;YF/AdLYEeIak7L3xB9vzC+RHbdz6Etf9XE1isd9lP6gEvjphozeJRG/5PSYES8E2pITonPuovtab&#10;oB2BNWLw0cX+Em+t+szRvfaHxOJ2X9C7F3EZqHIJXXnclMDli71ovPyohG16cFW8bWuQ7W0kQ88Q&#10;byCryoM/31rOxjLh0Aleov5J772VEVYeyZbRHzWgSgCOnmk791d0epMaPLkB06fqrheGgvltTWw4&#10;NAHTOrokvyfKm9gL1eBJG7ZplS88+oonIKquOCSh5bXFeN5HBvOj7MYSLyvXVy9s6yl3zVNsfWui&#10;zf9nKkfFI7EmPXM9vubBsLi9D7hknYNPenFaQq66IrTBRyGEG484PpPDINQAq7y2KFaUwK02qfF3&#10;VUunapc9fm7k1ITX831uHX+J5Y/1wGDZYRuYc38uY54YbSFsezvvs+7Ra1ZNSPLe6RnE74y4brcq&#10;LIHTq8JSem10T1gsqZ+4VaEJvTb9dr4/e21bZ9sGfJdKy1JBuDfp5ea+oH6IgvtfL0/sFPgZdejW&#10;I5fRErhPVsKOl+zVRH5kcn8r2MnAr41Qrabh/45U94fF4nZ/sHPg7lwUfSxu+bnynrWELS5jY0gC&#10;i1sUtmqpvxVzyWlgYYPLqZi/6nQAXmrMSxkbHOiVyLllaALnXQnzJMsuy0OdjqDyp65NPGwiJKGa&#10;1OBSNw98qr74npxmbGvYD3CCUE32Aj7bi0G/Z2iC8kqjAPsjpu2a27PyzL6J9/CJEbyio8JGWjHA&#10;mYdHAoVt/o1CNO1chln9inkiK9/DK17pvUXB/GhlswRsa/jY81j2hO29WSO02Raqibh5Eixu7wMO&#10;ICxm+DUFd2D2eqlfrsr4zPIs1Jh6jtgbprx3VZrwXilAIqbe6XwPvw+FHhspJL+/F0Lx5ZzPrWfd&#10;WE8sYnC59w0+gxMH9DhmuSjx1xOdWxx71vqe3oZFHjxYoOHEjScoKFCrUxhCfE6lWYnxX3G/QSnb&#10;RET71AQOTeA+yMIdxW16bFsbyZTI5pAEXmF5Bthzy3sJeP9C714JTwTY234kry2vFvDKTITuP9X4&#10;8yhlw+lQYpfz2HIiWNg+IRa394E7XkvE9Tqp2pSTsZj/iiuFLe+qHxE4LEAY5UnNOL78Lh5E0YOn&#10;Dq7v0RN/E+G3cWgC1wOWPU4g0FOPojZFSaY331N5U7+d7/c99Ma7T6/4iKfy7LWtlsNby/xXt6K0&#10;5lF1EfWRaC1xOqedjYRR3Mvbxt78kVMTItr9MMVtHhuIwrY1SahOs+AJ7iOIkx7c53DDLIZczT01&#10;BPtz1o08veMZ420BJeBY2I54cNXK2r0FLovu0XZdlclVWex8vKBZiMXt/UADjY/cGZXwxc/wRp7q&#10;yC/cHKE2kbWWRHvL0hHXQuXbOY3pOW3N7FkQqx+lqAwtiuPeBritPLfsReSBlicSGCeJ5fMrLuca&#10;Y7o4Ljc/8x6Xn/PlzVs4+KK3eITRSQ3XARp+FOApwDJGtBU7y59V9a7aXM+rfeW1v1NoQsR4rGvL&#10;W//t/Ll3+B9Ojqpj+iqvLcemPtNgrSaVvFL1I5bFyCrHwUTEPbmwaQnbynvLqLHrEby3yvnDIhff&#10;q/LXKgt7cJ8Ii9v9UYbzDR7ZGKtZMX42B8kcsH40LhZCDC7xt47W4o6uRFjEZQDmMzSDPpvfzQKX&#10;jzXi7wz6bGvpHs8H3dL48rJvDrJ5/iwOsixuf8bHzyer9GCeM2why7baVIaDy/ugmGt5QatQFCxD&#10;nFikUH85f35kUqO801n3amMUijZewm9NbO7FqPeWQ1Ja4jbzNRqSUG1q43bzDIM320UV05z2rjWx&#10;6t0bv+PzemZhK05KQHuPV6vPcJnwpl98315g220J2ypNldBXm2i3Hj/MjbC43RfudDzYqdMB2FvL&#10;gyUb9upSpw8k3KGV17Zl9Fjc5j1zGbVl+HgplmMNR714yuMsvVk3WFZS9YlepAxN4PALFhbVFXGJ&#10;y8RBpXV8VpMiJKHnteWlc1Xv6LHlZWFV7xHXbU/V3VUW4OrFXLcmV7cE+y56GFWfb3lv0dOfdf8a&#10;l5/hxlCeymur4n7Vd2O6Hx1lT3lFY65XWtmpU0Q8eygCwsK2Cj/ifsfOlTd65LFlzwlTy+M+4lVW&#10;9gTFfjW5Nw+Kxe19yM6GXgbc5as6o1oCUgKHr9aRWhH1YMrLnV/ovdnB8bNf6bk6FqqChRYa3vxu&#10;9Zmgz1W757MstjRMyquOIgLPoUVvdusItir2LeNpv8Y0PIGXmlFUjnhvW17balLTq/uc1PAErZcG&#10;5UkamdSoWGHl9d/jl+oirgUST0ZUfeXmO27TmJ9v5/+luMUwDhyE8btHNpL1PFuPTk/YLBW3Hy8c&#10;R9RGXHsoW/H1AY/KI9oTtveAJztzQiZGRf9edsSswOJ2P3ipCzd/YYxmde4kLrGomXO1TI1XBCyt&#10;0TJVa1laDZwRU5HzCq/lJp65MVjKmzgS91QtrVcnCtwq/pLrBj3qGHerhK3yFPAgk4NRfk9uLkMR&#10;/TMum7h6qHJTk5qq/LHe8W9eDhyhVe/V+/P+Vfq57ue0xbWwwFUrNTyZ5bLEOv8G70lxq+Jt8Tvx&#10;e9VZsOxZ38vLtiVqIoHPTxHPHU6wBWKlZmQyq9oDt2XlJb9HWVcTHLVayZPIfGQnSTWG3CuPZgYW&#10;t/vCnQ/FbR7VlbFiaklXCdzWxeJYCTrl/fojrgUuL0nzPSIuHR9FzlwjgN/TMrLqcyMi51YDeMu4&#10;Yn2+hBa2IycUpHjB+NSfMRW46TUtvbczBrrWJkIWl/naa0zb7BzYW92a0PD72cvJZZlee5rT3RTu&#10;vy3vrQpNwLrJ/2MfyzbQC0ngs235V8lwsH9WWOTmo4XtWAhStSERwTbVive/p9dW2V129KCNUpN1&#10;ZY+lHfnd29YjY3F7H9DzhvGZ/0R9YHg+vsMjC94T/f/zc0UnRKPXO21AGT0lYlAAqwGnohLMDA/E&#10;KjSBRXq5tNRJ01yUF4nr6AVemyPI2UuOS9V4pWhKL3WLypi3zrZVeY2o6129V6VD3QeFGuZf5aEa&#10;tNH7PPcUia1QHn3lRVVLwiqWHcWtaic4AW6FJMzpn+b5YVuDGxIrmxOhJ+5V6Nve7UjZGiXCeyEq&#10;1fihYvhHVsVmI8ajiS21kJ6Hxe3+KCOB8Zl5fNQklEA8quW3q/dWHUL8MhUvxbQ8npWIU/8bpfXe&#10;yrPEoqgnFiehCTPTN4feUmmmNT33X+Kj3lGkqg1V6MHlzUZ5/YjrGGNOE3txWpux2Hvaa4v8XSNU&#10;71cTmZbA5QnaIywpYpmwKECx2YqH/wJ/58kZ3Na5jyqvbbVx1RyQzq8Ppr3IDYm9Ca1aCWiFJdxj&#10;NUAJ22rDLa9E4ipUawKA+Rw9kaYJ1RM+TtKWb7PIHcPi9j6wwFVLh60NOZWIaApaQbWkq+JtlbFT&#10;3klO19yO2PLisdBT4mfu5qi9UB543nyGAreaXFR1pj6XXobPDRBkSEc89mqJUq0YtNrpCJXnnuN9&#10;lWc3/1aTGrXcesuJTUXl9ULvbZY7tmsV0xzwP15V4QFeeYn5iLZ7CBFzQygUgftGito/43LiBk9o&#10;kdZY1Zqc7QlPIrmfVQI8YmpTT1FPAnAj8OcK6VKBK2yxsnFX46zDIcawuN0f9nip4HcVc6vucXlh&#10;fmNnT6cSOFXMJQ+gc3akLkkjppMHdGWgMj+9Zf6IfY0xG+CXuGz24TOJUagqTwMvw7PXNw3xp7dS&#10;bCCsvLY9j321WeMWdY/pzOf4HpWflvf2nqEJ2GdQcHIMLItVjmkO+JsHxPyuKiThWX+4YQkvEU8f&#10;G6kml9dvuj7DNh+xj6OozQs9t9VKjWpP+INAj7ChLGl5bjGdX4rPY5nleesc0pN5/HX+zPuoV1XU&#10;E9s5duKwRng/3+eZ2/QuWNw+Buz9LL1hWzToznLViMA5xTSeiXd9Kw/urCTCI3sXM10h0qa8mpXI&#10;eYTBnb0hKG7Rg5/ePPSwsRGuvLdpzNHTneW2ZBKgBg6ejK0pV/RYqnCZ/J/6XOW9VaEJe5Llrgbe&#10;SiAkWB4nuh/+H7+LPVctEXLvPrAWtaR7JQi3iK/fUUyoPExeg+yoFY/KY/s9Pn405u/z41/xIXC5&#10;jyTsgMGJEv8w0D2FLa8UZppb7V85DPKRnQbstcV8psBFB0JVBtVYxRNznMTj+NByeBnC4va+YENV&#10;z2+505c9na0Y1corhIaOwynWBt2zsE1D835+joM+Gw32alYxxLsvxcIxbPmS8rCpn0lWHkv2UnPs&#10;LXtvERaOVYwqlpHy3vD5zFuIW6xDFO543y/0GcxT60i7XzH1+O9JJRSqUxMirkUbhxC0VlR633E0&#10;Wsu8WzgFPp/vIHTZq5ePakm9+gz2g/TYprj9+/y3iu9X9h7bEv6UO4cl3BM1AUebqjZvqn7G3m41&#10;gc/35upba49MNQHjlSZcLc20ZT++cjLYe9vG4vY3ozgWpncUFYId7mdczudNg1d19OEkwiOmLX+0&#10;IAf3l/gwyuzFUt7eRzj3dALEv7IYyUEDxSnGYkbUZYRCkL23WI8ju4LZO8qTmjzhAwc6dXzdKCp9&#10;6HHC0yZ40Md7cL7U6Q+33lCo4JAUFWfPZ97yoMjCNv/HKz3Ka6WO/3r2gbHl/eLY5TV5vXJA3GBz&#10;jxLkGI7zNep+VX0ubfm3uIQh/AWXCklIqokS2nr23L7H2SGz53l7gmqCh+Fe6iSaiOkkIkPC/ozp&#10;mIbve43rSWPl2FHjbjom0A7j6mKOCZivm5zWcDQsbn9fel7bamkaPU8pcP53vvDXuLYSt5m2HPgj&#10;dNwtf64lctKDd2+yPHP2z/FsynurvADV7l70WKLRVcv97DnoeXD+i0u988RmibjFPKlJDeaVN4dF&#10;1AM7n3n7U+RtT1qe1d6RSr00V2EP5Q83PIAQWQuv1OSV/WptiFR+NssWn8cNik559HDVAie5+X4l&#10;8lHYorjFK+0E2lKcLPGkm4Utr9Z9sne7ohUxlXa8eIxTk0YM+WLBynZGnUKS6cj35z3RhvG4yxON&#10;t3N6sx2jF/deq09Pg8Xt70lPCFTL0ixw8Aco8oxe9BDlZ+amLR/TAGQ4QkB6UbQpWiLnnvGXCiV4&#10;UOB+O/9Pic4R7y2GJqBnuxWKUm1qSIObkxr88REMTYhYL25zUnOiPGLdK899NWnLz2H73IXzYB9x&#10;XZa9Hd1zBIJqR/g48dg+6ZJmJeaw3edEcIs4cBR6uIkS/7cFVdvNVYuXuIh2JW7ZG4ht/ztdfNwg&#10;em1Z2GL40b8x/TXNq5MSHqRNZR7Y44xhWziJD3qu7BDmC+uIQ7OqsLxqpRRtNf4gS5zvlyfe5C9P&#10;8sT+Ecr7IbG4/Y0Y/KWaVlxqNZtHo4cDdH5mdlIhjV/j4rlTgxjGo1bLc5w/Xq6/Z2hCRNubh6EJ&#10;uTSJIjVFa+W9Ra93fo7jvJTwnyQ1rgeLrPv/hRa3a+o908jCFuuR45DxHqMTmxQNN4UG/Gq5V51m&#10;oGIC5VfQPbmeMGbwaCEJGG/+PS7tZe0GnFYYSa76VOdIL4VXq3I5/CWuz1jN9ytxix5sPkWFz7RV&#10;4QgqFEEJ24fb5AQeY45tx6MWW+McO1cQNflgL3aWHZYJj0eVuMV6SUF7isvZ5VcOpzzicX5JHR+L&#10;29+TUQHQisFCg4HLVRh7GbFO5GQnj7gIW14OS8GnvJktzzTGNUXsIHIacLgHCxMUJz1Bx8tcWCcJ&#10;Llsqz6Zatlee5f/oca14Yo9JDuyZrx/xIWA4Dll5budM3Hap+0ac9cipCeVt4ZEHdOURfoSNP2tR&#10;k9cUtvk3LxHPhT223O6RbKdL25Hy2mZ+Ii6rL2qzIX822z3HcuYjxiRXK3PKeZGT2JzIXsVwP5DI&#10;ynSovLRWqdBJEvQa/o22pZqYqklIJW55X0DExV6jx5bryzSwuP39GF26rQwf75xVXsYtvEPolUyB&#10;g7Pk3nJ9xNSYtE6CGPGO3YSG4MHlwMzryOBWxd6mFzSXN3ub7aqQBA6bUCc7rK13FCVcDupM2F5o&#10;Ak/eqvCOPVBe1t6pCb209eqIV1OeMSSBywBDa7A/YJz2FiEJWEf/xaW9YZmvWf3Jz7JYz/t9iUt+&#10;VN/Kz7HAxRAentCr9p/3RjGI+yk4vp7Dzx4G8t6yBxodOGqcawlcXlHMVbEsCxa3iIq3RfuEjgXc&#10;h6FErQXuABa3vwkiJKG16WYkJKF1zNBaccuDhfrO/DsHAl6ux2VLzBvm9WdocbQ36GmoJg/VxrKI&#10;a6/AH3Et5rGvVx5N5bVVHnuO5cQl77UbePD7eSl41Ls5Onm713Iqlmkvf73QBGz73Hbw3u/03mcF&#10;vfsRl/jEfC0nvFtMsLE//gffhROTLUOb0l4lKYIqwZSf4RULvJSgxT5W9e8MOfoHrkePtUXQpuae&#10;g0pMss2rBK5aGXqLaZurwjT4s1/iun5wLMKQKb7fo5X1Q2Jx+/uhxC0vi/QEDotNFDZbGDyceecM&#10;Ng1vJaq+0D1UaIJansvdp49A5b1dsrHsG10YlsAhCey1ZapJDU9oVi9PivN/q7jUyrupBpGvdN0t&#10;JIU89SxIq41l5e3gsVdHW3jVb4kKY+qlNcVg1jkKwbUe24hpmaZ9STuEk+MqdhvT0EpPJaxQ3Faf&#10;RzvAAozFbGXTW6EISthO2ucDClu1nyHzxuKfhX4+oi3E92R7y3rnyceJroipbXotHnml7CTu+cj9&#10;9+GwuN2GnhFjw32vBqpmnr2d8hHtkAT0YHx26rUGr1iuV0u4aFiU91V58dBDnUZKpVcNtCmk+H+L&#10;63hgY5k68xZn+Ww8VTxthiVEXJdDFYvKg5/a3T+JL9uo3j//DC3a+LuXhCbkhkKZDPEc779EiPH9&#10;1WSxmjTw0iin4VTcR276WTPp7OSH07UUZU+x/AOeY5tVwgLvuSQNaXMiLgJJ9ZeRSUjv/608Vffh&#10;MuE+gP/jMkWbnnnjcIQUtuy1XWPn19jVJd+FXumWsM0LV7rUpIXtzTs9qvbH9cJ/4/fzyoCazH98&#10;0QNOLB4Fi9tt4UatjDL+Tz2/FcqjpS723CkjqJZQtxg8Ge7w/P1K8KGBZJGjlqVQyLNwwDTw6zHw&#10;2pIBVQ04KFb+iGsxn/DEBQVu7rwN+l8VZ4vpURMLnNhUgmItldjHtpeek1ZZsPcWBzgUuEvqXfX5&#10;0byN5A8nMtX3VxPPtaFCVb5QiGzR/lmUcntqiVUOU9iqHbLtzs2r6jim6rPqQq/cK30mUXni96nv&#10;ba1AsAeQJ43quK/cRJYbhtfG1W9hV4frFybKuEKT58YqLzaXD+/NaE0kTqHri2m1F7T7vNeAHQm3&#10;sLeHwuJ2OWx4VedQRhr/Vy1lbNpo6TBtJfZapyO0hOXVjtmt0x7TclIeLlx2rbxb+RoL+1YIRmtQ&#10;qtKnymCoTApPNXpuUeRWAywOfChw88q0twQ+prUKQ6nibDehcSasEn8ZT9crCzWJU+JkpN7f6X+z&#10;+u/AJkKcyHyNa7GD6VShCDggYrxtj54tw0kVeqla7T/E3/iaso28WoDeLVVfTEvkjYDiXS1NV6IW&#10;06OEJHvjW+EMCE/YW+mu0oHtlb38aV/UkV/prV0bZ7uFXW3lV3/pVODmRFbZfKyj73FxIih7wc4Q&#10;9t6PtNF8Xdk4dQqRip03DSxu16EGAVxOYLHF/7+lKFS8NK4EDU01+PLgWQXRr0KIAPZOZVowVpjP&#10;bUTDiPnl5alqUH+jCwdZLB98LxrtWVmGNLOxw7xmHnPw5aW1RAn6oHzjd6OHg8ubBfYtPfaYJiXg&#10;+JeGsp+x+KvqXrX9lhjhTUMn+l9rAO7lDSeP3K7Ts46fQbBvYhtRYTtzBUmrH0Rc27Sq/V99H/Xr&#10;vIfyJqo+NyIG16LS1XJYqM9zfjBfHFK0Jk/VRELZMi5fbG//iauMcV8RjrDErqp+tuT7lYCuyieP&#10;HFRnAqvVvhGqusHJBp4fjj+Q8yOm/ct0sLhdBzdQNBq4sxbfrzxQSwfILWDhqIxM7hbm82zXLlON&#10;pi9Ci+w8txDFHocnnBakUwmq9KC90/3fIT1lLOqCPPOSIeYVl784Pi/rS+VXhV9gufL/sq1Wdb/H&#10;5EwJwCwPFLZZL1g2PJFUnhVu6/k9+F1Y7/kZFZrDcXG9cmkNbui1zfepiQx+Rnl65k48lTDDFQP2&#10;OK5t/y2Bj5u4qvOXbwHWHZbBSD1XYwJOwiPqnfpz0sjPMR3oEeXJB4cX4VnVeMQf5vcznwsmSKo8&#10;R+0qr9TMtqsUx8/jcau98y+5qX0pyouL9+fHatLIdZG//JmhIVc21/G2bSxuZ1LsdublBDbKnx8/&#10;v4bGRHrB8rtukQWR9jS+PfGGS1Vo/JYYviXpxrJWAiDLG0VAGoPWTvuARzY4OShl2eAAle/nAUIt&#10;IXXLhZbjUVyymMu0ZEwmGlksIzSIWX74Hhx48/v4PhiHhx6dm05qGpvs1KTm/fw3i9uqLFTdq8lT&#10;ljdOmvL9LCpnTfYaYShc1/l/rHtMc6YjYySxf85NS96XRR33AVwdWdP+lR3Kvo11i6sVEbcXuGgL&#10;Mn/K7rEnED+PYp3rM2PFlTiakz78m0UtT5xUeBGHwbCNvHK6rPTYzrWr6FRRYTbDk7aGwM2/cVKb&#10;Ij9/qlgdmcgCt6rHasKhHGLYh9Dmqh9HMh0sbpdRzezzkO+Iy5JGdgIWLLn0gGLhLWZ22oXp5sEU&#10;xTgaGcxfdjhcKlnroewnWB/pgmIbhS2HKPDnKmGuBgT+DhSTKP6z3lD88wA4t2zQAGbZs7jKmEwl&#10;bpXgYOOIxjnfz6IF2zX+zC6L5r0mNaosMu0ogJTQV7+sxAOPqvcT3B/bFJYNb7gZ7cMorjN/Kewy&#10;f5kmFnjcH3CHO7e/EU8P2zTsT2gfeKUEhf6S9q8mrVy3eCZpxH7iVtm/Xv5U30WbmuMCt9UtxC17&#10;BVviFr3RLGivQgBWnrCxxK7yxA3HnEV2lQQu9lMWm/nLjhkahD+GUwlcDkHMvHMZcL2ocCT0orPN&#10;std2EIvb5XCH5Y6ZgzAPSOyBQmN5U6FI6cZBI+IymLGIYvHO5x3uIXAw3ShUWdjy7n/8XL6HPUzs&#10;MUejyoOsCgvggbn0bo6UD4n59KSyEE0DrDYDYhmxwH2D92D6UzxxG0bBlXW/W1stJjYcJ41xcSNC&#10;n+sGvTjYzlH0c73zfZXomVMuWNY4UGa74jOo8XMsslkEzEkH9zFVFrg0i+KWy6LZ/jt1i3nDsr+H&#10;uFX9W65a0efRzr/Ca99Cn0wzmiclbPMRJ+qVuEVRhY/vMa2vTxuxgV1nsdqzqxHXNmyoXXUToj24&#10;SuDm96ofw+FzwavTM1oeWyVu1ZXvsbCdicXtOrDTsserJTw4xgYFw5rlH53I6Y7Rl5ga3oi+1xPf&#10;r2aTN+1sheDj8sb0KxHARqvyAuT9f8a1eOZftcHyeaN7Vx7C4WzHtK0NZCXyAAAHsElEQVRg/nFA&#10;YEGnBEpeaczzCKxfcC8UFiHugfmaDOw7GNteWVQ/QqE8RipmOMH7q3alvKbYL67qvFU2YqD9dX6O&#10;kxjOX9U3lT35TEuvjkSYBNs0FiGtydSc9o/eYlW36kSPvaj6Ek/w1GdeYqwM1+TpRI9Y1u90sYB9&#10;E++ZiNqIdeNQMYFB29myq+xY2cqufuYJxkScFHCogPoBmK3FrbrwPZg+M4jF7QLE+Xmf/wotFJXw&#10;UA17cYedQX63EuMsDNm454DDMVl7zSZxQI+YlmN1ZAsvi2EesMxZ+OH34f3Rs5ZpwDJiA7XI+Bai&#10;Z2TQV/nNMsq05MDLy/xVmSmju4uxLfoae+PVeZQ4sLAIxHzg+/j+ql3l/3kgxPIZLpuGLanyx+9R&#10;7RrzNtdzm/dttTnVTma3f5H3/E6cWOzttf1MHjyyDbyy1yCY0K7ivd7iox7Tc6nE0JL04d94sWhT&#10;IhYfJ0J5Y3vOgj//5nCbm9rVq0RNxbdyQOVqAocicFhCa6Iy16POk47POrXHdh4vLq9lgBHDZeMv&#10;9MgGTM2qrxrzrRrxOc2YXtVRWRxwh+Q038IY9tKfecB0tw5X53JXRiTf17o/x1axgFJ1utgwNeoL&#10;01O1MeW9QXH7Gto4v4h7VPW+i8Ed7GtqgFH5wLyw+Mt79O6t2tNVWY+WzQpbEqHb3WS5fE4dzWhz&#10;yKr2X3zniHDYg6ovlfUs7FSrr22VRn7kth8B9UHv+/zsLfrzgN3e1a520hgxraOqTVbtk+u0NemQ&#10;439M62m38fVoWNyuQAxKL+K5Ahvvrg1ZGBpOr1pWqbwBu3c8Sr8q794MGg3LpNzxa1beGweUVQZY&#10;5JfbWaaX0xNxnUcUt3xPvk9llO/iSaC+VrXdiH5ZXNUPfo24f6vey348t2wW5K/qm/h8dt8U6aja&#10;HLKq/Rffqcr+HgK3Vc5lGTfE0tb54e+uhC4//3zPHRwTa+zqzewPtcN8bPWDXvpVPpp5ioG2Zcaw&#10;uF1Jo0Pga4w0PHs1ZDK81fNMHz/unl6mY4TwdaT0WBSeF7wvf5e6t/qOTYxTp75Umlr19nnbzn2a&#10;g+Od635pWTTrpxBZ6p7VvfOWW0xmMB0hHnsiZlUdDaQD2SQNHVt6b67Ke6ZoV4+34Eq8qr/v0X8f&#10;za5WiF/0zMdK9PJ7Ea6P3qTDonYjLG43ougQPe5mbJ4tvQoxeFy9Ja4NfMRgPgbuv+i+S1mQns/k&#10;VLece48Hq/eIhXV/i3rfeIn08885aXiUdGwgrOd+762Z5GehaI+4fX5kuh6h3yYL7dhd7E+j7hbn&#10;oXr+SHV0BCxubwR1iiseqSH30hrxWOlVjOQhWRH/uvl9lzKa3xnepcX3uDdblcWSe+8cc/zQ6djR&#10;m7YrN56orubR+2eLR2nbo4j0LhW3Hy88UN6OhsWtMcYYY8xCWiLdAvY+WNwaY4wxxpjDoHa+GmOM&#10;McYY85RY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHG&#10;GGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx&#10;5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMO&#10;g8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY&#10;3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8Wt&#10;McYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3Bpj&#10;jDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYY&#10;Y4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHG&#10;mMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5&#10;DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNg&#10;cWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3&#10;xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuM&#10;McYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhj&#10;jDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYY&#10;Yw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHm&#10;MFjcGmOMMcaYw2Bxa4wxxhhjDsP/Awasuil2FYAKAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQC6&#10;UyEbF3AAABdwAAAUAAAAZHJzL21lZGlhL2ltYWdlNS5wbmeJUE5HDQoaCgAAAA1JSERSAAAA2wAA&#10;ANsIBgAAAOSD5EAAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAACAASURB&#10;VHic7H15mB1F1f5bp/veOzOZZBIIMRDAsIR9FQRlERFFERVcUFHcQEVEcP0E9VNQUQHlhwu4L/gB&#10;yqICKggquygKssoiIRASyJA9k5k7c293nXN+f3T1pKen+25zJ3dQ3uepZ+ZWV1edqu7qqjqrUVU8&#10;jymNHgAHMPPWAEhV11Qqlb/09vauSBYaGhp6ge/7vdVqdW1fX996ALYj1D6PXJjnJ1tH0AWAAAzX&#10;KGOY+X+MMZ8johnJCyISAriAiD4NN6mY+fOe533JXWcAgwDWAVhLRB8A8M9J6MfzaALUaQL+2yAi&#10;3xORQWZ+V61yzPw/nuedA8Bj5k9Wq9VdqtXqDsx8EoAyEX0cwFlxeWPMLFf/TQDOBXAZgL8DWFGt&#10;Vodq0HOOiPyBmT8XhuGBbeji88iB32kC/sNAAATAK0XkFAD3E9EXUmVWE5EvInvXqKdojDkdAFT1&#10;Q57nXeJ5XnxtobV2BRH9WkROIaIvIVohZ7ny13med16yslKpVIvmVxPRniLyKs/zKq6esMH+Po8m&#10;8PzKNkFUKpXtmPkUEbleRO4DAGvtTCJ6A4DD0+XjMgD2yqszCIIdiWiWiASe512Rvu77/jUisp6I&#10;esIw3NNlzwIAY8xezPwOa+0RYRi+BMD8GuT3AdhNRJYA+DcRTQuCYJeMckUROYeZj69WqzsAMDXq&#10;fB45eH5lax4Fa+1BRHQkgCO7urp2AgAReQrAdQsXLixttdVW9/m+DwC7A/AAsLvXqOpK9/9uiMZ/&#10;HCPDGDPN/TsIIMiggQGsBzAj3j4C2AQAiOg4AMfFBUXkJiI6LKsj1tqX+r7vichfAFQB7OJ53n4A&#10;7k+WE5HziejDAOB5HkTkLCL6fN4APY9sPD/ZmoCInENEJ/q+35fIK1trDygWiw8C0AULFgDAE27l&#10;mcHMnzDGzAWwJ4C9CoXCpgBARNOq1eqCUqn0SLqdMAyXFgoFANhkeHh4Xk9PzzOpIr0A5rj2n3Z5&#10;MwGAmd/OzI8YY2a6ibieKHsDQ0QHAYCq3gFAAbzPGLMvgB/FZZj5HZ7nfVhEngBQIKKtiOh5ZksL&#10;eH4b2QRUdUBErmXmdw4PD88TkTIRTUO0rUqydQXAAwDged65AD4CYDMA1zLzJ0TkQQDwfT9zK9nT&#10;0/OMiNxPRKarq+uLSG3bROQMIiqKyBPFYvFfLnuWa+/fxWLxgUKhcJvv+9f4vn9zjS4dCADMfIfn&#10;ef9wefvFF4Mg2NUY8wMRqYjI+wHMExEdHBy8I6uyMAxfYq19M4BijTb/e6Gqz6dE6u/vnxYEwSGN&#10;lGXma1RVrbWfzbj2bY1wkap2pa59R1WVmc/JqzsIgoOZediV+zszf9GlO1zeSBiGr0jUOeTa27rB&#10;vhaZuczMa1WVHnvssRIzjzBzoKo9qtrLzA+7/r0/DMMjXLuPZtUXhuFRzFx2ZZYHQXBAp5/lVEvP&#10;r2wJjIyMbDVnzpxlnuf9AW5bVgtEdC0AGGOOTF9T1fsBQEQ2B1BJXavLJCkUCrdbaw8UkWsA7ExE&#10;X3CczR1E5DJr7f6+79/kinsAFovIMgAD9XsKhGG4NxH1ALgTgCxYsKCKiHtaCMNwLxH5CRHtLCI/&#10;8zzvx/GWE8BfMqr7IBH9GoAnIo8T0Rwiyu3bfyuen2wJdHd3LwXwJBF1M/Nx9coPDw9fJyIKYP/1&#10;69dvmrzGzPe6f8ex+D3Pu09EhlGHxV4sFu8loqOJaCaAaUuXLu0hos2I6NhisfhAsjki2o2I5qHB&#10;yUZEu4uIqmpy8vzD0fcdInqriNz3zDPPnOzKH+j+JssbZj4DwA8AVETkzQB+BwDGmC0boeO/Cp1e&#10;WqdastaeoqrKzPc2Ut6VU2vtO5P5blsWqqqWy+UtUveRqvqd7uvg4OALVHV2ou/H6QasGxkZ2T7R&#10;l2FV1UqlssCV95j5R3FZVX25q+N/Xd5FWW2uW7duk0qlsoumttb/Dem/cWV7pYjcLiIXLF26tDt9&#10;cWho6FIRqbht0D4N1Je5lVywYEFVRA4fGRnZuqenZ1nqHsEU0F3s7e1dDmBV/NvJ9A5l5s9ba9/e&#10;1dX1OADMnz9/byLqFpHlpVLp8aVLl3aLyNVE9H4AEJF7wjCsumpWu7wt0u0x8+emT5++vFQqPSQi&#10;a0Tk4kqlsv2kd3SqoNOzfWMma+3bNQFmfqBare6aLsfMv3DXv5u+5lYDin8HQfBSZh5k5p90un+T&#10;larV6p7M/AtmvkBVZzPz39z4LGXmy5h5xP3+FzP/xv3/UKqOPRLjfp619gvM3M/M5TAMj+p0HzdG&#10;6jgBGzNZa493D/vXzLzc/V+21p6oqiYu57h8qtH2qEdVvTAMX8vMv2HmIAzDQxP10mOPPVbqdN82&#10;YtrLTbwHRkZGtlNVDAwMbGqtPZWZ79MNWJe8LwzDN7nxXq7uYzUwMLApMz/MzCPDw8MvnAJ9m9TU&#10;cQI2Zoonm7X24+VyeR4z364OzPxrVZ3lyhIzL3L5VzPzUvf/Wma+MHFueT6lUhiGR7qxkv7+/mlx&#10;/sqVK6cz89Pu2v+paq+qgpnPc8/kQ52mfbLTf+KZzTDze8Iw3L9Gmek9PT3PENErRORXAEBEbxKR&#10;+8MwfBkAUdWfurJvIKJFzPwuIppHRCeXSqWFk96L5yjWrVt3GwAQkZk1a9YWALYWke/39PT0WWtf&#10;KyJPEdG7ROSfYRjuy8y/FpE7EJkD/Wej07O9zWk+M1/vvp6XpK/HK5uqnjkyMrI9M/+cI4w44a4y&#10;s1XVM4eHh7di5q9VKpUdpkC/nlOJmW9gZlHVl4dh+AY3rre767OY+XKXF1hr36bRFt5z1/dh5juZ&#10;uV9Vb7HWvkMTW/zncuo4AW1KZK39CDOvdyzq0zWDtZ44sz3JzCEzB8x8Qblcnucm163MfFcYhq+b&#10;An16TqeRkZHtR0ZGthkeHn6hG+snk2dba+3/uGexXt2WcsmSJd1ukqnbxt/t/v+DqvZ1uk8TTR0n&#10;oA1pJ2b+i3sot6nqTi6frLUnrFy5cnriAceTLWDmH46MjGyTqov0P+QrOpWSU2dTZr4uwQjZSR3i&#10;5+A4wzFmqyrCMHyj43beogku8HMxdZyAiSZmvs49yIXqtiKVSmUHZr5VVdVa+8nEQ48n27c7TXdW&#10;GhwcnGOt/bwTORwzMDCwaadpaley1r6HmVe4Ve5+Zl7jnsU/dcMHrhgzo6y1H0s84wtUVZ1+Zsf7&#10;0mp6TjJIwjA8hJmPBYAgCE4RkWEi2p6ZT2Tm0wqFwn0AXsTMH/U87/yMKno2LsW1EQTBniLys56e&#10;niWe532JiE4CcEVvb+8KEblXRL5hrT0CkWnNcxKe5/2ciLZV1VMALAWwVEQurVarRwM4TET+BGAL&#10;Zj5ORCruuZ2JyOLBBwBjzPzOUN8mdHq2N5sqlcqOzFxl5jsTX81PaALMfIOqzo+vl8vlLcIwPNRa&#10;ezwzL3Ls6U73xQvD8I2qeotjJsS096vqFZoB1+/bnUpUp+lvW0psM7/v8g5KrHw/WrJkSbeqnl2p&#10;VHbsNK0TSR0noIXkM/MzzCxOxw4a6end6R5OcltirLXvV9V17iXeWlULHaa/z1r7CWZ+Qh3cGfI3&#10;YRi+XlULw8PDW2kNMPOTU+A5tC3FsjlN6FNWKpWdmfkZVVVr7amdprEdqeMEtJKY+SxVVWY+N86r&#10;Vqu7M3PVPZy3jYyMbMfMf3bl/l6tVnfrNN2O9ofUgZkfsNZ+bHBwcE6qnM9OiTkLCTb6f0oyzPwH&#10;J3Z5b5xvrf2M6++tefeuXLlyuuMeT3nGVscJqJeGhoY2D4LgwFT+fCcf69exLP4z3cNZw8xDThXr&#10;k7pBhtPxFH8A3ItUq9xSzQFHupsd70ubUy8zX+b6dyszn5MQA/wgXb5SqezCzN9xooN4TKa0JUHH&#10;CaiVnALsU8wszHzx0NDQ5vG1mAuZkokVmflBN/g3xSYiUykx8w8dfV+rU+6vmgOOLKyfcFy9m5n5&#10;l8z8DWvtyWEYHl4ul+d1up+tJsfq/0eiu3cnVn7fXb8xPucy82p2eq7OPKrjfchLHSegVmLmP7oB&#10;jRkI66y1n9Lo3HW0u/ar5D1BEOxnrf2ATl2ZzOmuL1ck890LdTQzn6+qd7stVctg5pXMfJ1jphyk&#10;U8B+rpk0ODj4AqeDapxI5HPM/FSif4ustac4nct+VdWp7oqh4wTUSrExIzP/kJkvSXzN/hWG4Wsc&#10;o6S6fv36zTpNaxN9epvrwyPW2mOZ+fscmaaMciQnAxwpUV/qzFmKnR6HRpOTz1VSfXlMnUZJLAhn&#10;5uGpbn3RcQLqpC63TVii0bnrIGa+JzHo61WfW9yqIAj20w6DmZcz81efI9tNn5nPZ+YrgyDYX1VP&#10;d+f1e4eHh7ey1n7U9em2KUBrzdRxAhKpj5l/GATBS5P5bluV1B7wrLUnMfMqN8irgyB42RSgPzOt&#10;W7duE422h+cy880a2XlNCXCkgP3t59LOQFURhuGb3bl1mRP1KDN/tdN01UsdJ8ClAm+w/mVm/nH8&#10;AjhZmjLzVcl7nCrT2VNQK98EQfBiJ564m5lZpziYea0750559nmcgiDYN5bDqaqGYfjaTtNUL3Wc&#10;gDg5TuNFiXPZGmvtSRoJrG9j5nCKb3vmM/OX2RmdPhfBzL9ZtWrVDO38WDaUwjA8zNEtusHwF07G&#10;eqnbLq9i5muCINi30/R2esA8a+3JmuCUBUGwX7zKOdzNzqlpljPUTicnnvjVRLmHUwXMfL+qztUp&#10;MLb1UsIT2gNxXhiGhzLzQEa/Amvt+zpJb0cVkUXky57nXSAi18Ip2RYKhX8Q0QHM/G7ndHQfIvoI&#10;ABhj3tdJepNYvXr1DBH5ge/79xDRm4nIq3/X1AcR7SEiNw0MDGzSaVoaQBxzIfZluTUR/YaIZojI&#10;Q9baVwAoANgXwD3GmB87he7OoMNfp/nsXFy7g276i9rLzF9xB/mycxrTaZrh/Jc8nP56/ifBCZZ7&#10;dQqMd41krLVfsNYeqzrGrfsj6e3wqlWrZnDkDWxpp0QEnR4srFu3bhN2jneY+Ykcze5tVXWvTtMa&#10;05IUrnYCzPzFSqWySxAEBzs51AXstOTb3M4NOvmK2/NV9YM6MSWE+N67VVXDMHxzVjlm/rq73hFL&#10;/I7bs/X19a0holeJyG+IaJtCofCXDGc9TwC4L+v+jYmRkZGtRORmItq6k3SIyH2lUunhQqFwu7MT&#10;+4iqnpG4fruI3F+rjkZARIeLSJY9YDvxlIh8TkT+EgTBHi3WIQAgIoPu72M55XYEOucafaNOtiAI&#10;dmfmDwM4BsBB1Wp1x9WrV88AUCWiY0TkQiKa7XneTdba129M2hrA7FKp9KdOTzQAcPHeYvSJyLeM&#10;MeeLSMDMnyWiQxEFUpwwiOhkZn5rO+rKgQK4mohe6vv+3SLylSxP1Q1VpHotAHie9/Ks6yJyoYiM&#10;WGtvbZ3cCWAjLqPzmXlZxm5FmXnYKdb+nTeESepP+h1sNfX390+baD3O1/1fsmifLDiVpGOY+dKM&#10;a5aZv+LUvZ5xeQ+r6j4xzTzWYWpsM/enFmlZO5liFxeiK9neoy0qKvQw879VdZ3TNsl8D+P/3ZHl&#10;mMnqVzptrIlmdIOnpBFmvt5NrMXsXFenBnuoxmA1k4iZf6oTVEp2dWwUMHO/E4cUNHohFrCz08sp&#10;L8x8oUaem5M0L0qVW6qqCMPwCI6MT5ul60qdwBjWScQpkyKn3PCtZj+UzpJ/GUe+Tv7EzP907vTG&#10;lLPWHseR2/iRarX6okns20afbAiCYH9mXuEG8ipNvBwrV66cXqlUFgRB8NIwDN8cBMGL29Cmr5GQ&#10;/IaJ1JPwNTmpYOb11tozNIMDyJGRbNY9/XmaE8y8MlX2b4nrfcx8dbM0NhokspUUMy8y+vio0ydt&#10;uC7nlvDPiTrW6wZOd0/y48nMN28sZYmNNtlUR7/SsVvvO5zeYNvbcWzea1VVrbWntVrPyMjINu5B&#10;jYHj/J1trT2NXbTNiYJr27d1xTqAifK/zdJpdNzdn/N4K4IrUmWJI6PMZnBLDRonlKrV6m4ZNMd9&#10;DZxCQ1NGwNVqdY8wDN/k3EzEbcSiJquRsfFGMyzeKI0k0+Dg4AuY+S7X4Uc0sYduU9opKQObgDsE&#10;k3XGYeZ/JeOtsTNinSg4w4NzKs3lyFB0rUas8nFl3Bbx6Zz6z8u4h5j5t02SOnoubHdKaQ5l9eGG&#10;Cbj3+2DMD3B1Paob2bJ7Uit3cZYvYebfWmvPSLykvbzB3+Mz2iYZmpM5DSYG9OEJ1PXWcU87QpLW&#10;nnhr3AqSLzrX8LPRQOph5gtrrAx35QUDcSthw33gyIfjpLwv1tp3NdD+oma9bHEUziu+/3pr7cmJ&#10;s266/KTZ+k3WRCvkcNEGY2m/K/MTl3/5RNpbv379Zu4APwYT0KUsMPPj6fpUVV18Nmi08v04q0wj&#10;YOY7nbvtQff7iVZorVaru3LCiVCqDauqZ2udF8j5aWmU7qdaobOR5Li+/Q3Q0N+ky4v3MnNorf20&#10;OssGjox2JSEA91T1TGa+17nOe25MNmb+nhuUa62173Gu2x5zeRyG4VtcWWOt/fBEWPPW2rex80GR&#10;eiDVpM+SJus8Ll1fot4rgyA4hCN3DC2BmRfHtLELE8yRNXJT5wdr7bvzzozM/FQqjlytNJubU6Te&#10;uhk6m0ynawNg5sXaxBEkbYrlPnQPMPPaIAgO5MjWUFVVrbXvnoy+tb3ChNnDj1LXuniD96SlOnEf&#10;IdvGTJCch9GyBypm/ntevRMFM69K+LtEPCaqqk18HHxm/maNZq7QhMlJIylvdcxCGIavaqbuJlMf&#10;M69uhA5m/lcylkOzyXnoKifqG3Qf2knpW9srdGePdVl2Ue5rskxVtVWjT1fHF5OH3YyHINriQd4x&#10;VCYFzLw+LdZg5i/H1xsRebit1lV59Vtr31OvjqzknltDcJ6cJ2uyNbut/XmL7RSY+evMkXEvM9+b&#10;OguStvn81tZBcp6OLDPfmFcmflFaDOvaxzVcvCUewDWt9sFa+4V69bcCN9HGeX+y1r4zLtPAS+y5&#10;vmXVf+dEXPc1Mq4JOscJiducihxpgjRKT7Pu5OfH/U0wSkY5ky5O+j+Y+Svt7FdbB8lxG+NtYpbr&#10;NGLmhY4Z0JQJfn9//zR2LsZrwX2pWuZuNvOFbxQc+UvJXGmTDoCc85pa9H0wo27LzF/UibmqM9yE&#10;1UC1Wt1zAm01lNy5uCGXEsy8sEmzmYvcfWuTFgLOdOpi3uAt4FlNaeZMJLV7kDzeEBj+XE1NKGvt&#10;h1VVnTpSs5Ng9GxTZ+B/NgH6iZmHGmmnUThWda0tc1/i4WbJwpJjcEGq7uUa+YSc6Iu9bxP9CTaW&#10;PZj7iDQE50Kj0bpnanSune9+F621n0lwhtlxyttqsd72AXITKX4w14ZheFilUtnFWvsFjvTVbtfm&#10;pfbjvug5WNcqB1JVUS6Xt2ywnYbAzLc24rmKN7jZricCuShV/x2t9jXV/vea6NM/29Fmg8m4LV4j&#10;dD2pra3uPjPflKjnr21SFxyXJlzB4ODgCxKyJ6gqrLVnZG0BmPnBdNl6qVwub8kZKlNZcCtny32p&#10;Vqt7N9JOPbhzwHnaoOFlvHV154haZS9KtXPvRPqrOqpHOE4ZvEbfvjnRNptN1tp3cUJZIQ+tWPI7&#10;MZRyFBfiPTqJnrQnbM/W09Pz5Z6enidE5Gvr16/fFAA8z/siMx8oIr8WkadF5N8i8rU1a9Yc0Nvb&#10;u7yZ+ru6us4loukNFL3V87zvt9QJB2NMcSL3A4Dr72uJ6JMAwgZv+7f7u1WduisTIi4DpVLpG0TU&#10;1Wh5Ebmh3TTUg+d5F4dhuJ+I/KtWOSI6Ie9aGIb7IgqsOAbGmJ0BQFU/7Xnez+EMUTNQaILkbExw&#10;ts5n5iDx1Rtg5q+0KzxttVp9USOHZI68KW070fbc2aolOEbFd7WFQOsufoFyFCYqdyuUFBO48hNa&#10;2ay1b2+yj2u0s67Le9yZPI++UF0s7oyx+0aWUrq19gTVfNmhO5+ezpHmTGbdjaYJdZ6Zz3GdvFWd&#10;vZr73ZZJx8y/zhvYJNooiCwmPx6NwG0Zf1+tVvdotV0XBDFGrnZG/GIk2m5Z99NpwDe0PU+098NW&#10;22slVSqVnXPG4QN5W988OSMz/5SZgwzbtbnMXHHn1vRzOYoTantO3avl/kx0QLbmKFqKDcPwiDAM&#10;38QJC2FmHkgGIm8mOfOWuipEvCE0bDvSQfXaS7Q7xMw/dee8ib5UO8b1ZsSiGzNBUjS0pE/pzmlN&#10;Oy2ayAellWStfb8TcI+75jwiL07T6LjW48qzU69z72d693A2M7PzCl2oVqt7c2QHGdf5jFPhmpDH&#10;6AkPiHOKGTLzmpGRke1U1SQnnTOIzHt59sgzf+fIvqsmmPmOdrKhubb6l2XmRxxL+Bhtr5u3gtsC&#10;qdva5ZUznBD2tjjZ5nILbvg4Mjad9AmWTE62upYjF3XjttdOAf2PKTr7NWNScMJcKkOe2cVORY8T&#10;EV/dive1iaiEJVNbBsWtXspRIML4JTROYJh5hnFCy/Vua5T1UtX88jLzoozwuC2nMAxfk6j7ykql&#10;skO1Wt3brVzbTrZsiZ2itju/1RrrtyXkcs1Otm05x5qhzliPdCqwJDN/29Hwe83+wHnM/I0UyePO&#10;75zQd+VI9zKtO9rHkUC7wpFPnF+6xSO+XnT1tuzar12DYpj5YteXK7T+cnsQO+FxVrRIF8kmF8z8&#10;WJ59VitpaGhoc97gOOfGTjjxZObfufa/3UDZL7uyyxqt37l1f7bWuObBWvuhjT0ecYrjr7n+3htb&#10;XaeT8ykyoprtN5JTitbM/KWcNguaWkXdwvCsu29Zq4rYbRsUpyAcm+6fnleuUqnswAmtbmvt5zMG&#10;ptYW8pY042UiwSDcRLvfDeSj2qS2fLsSM/8/R8Nv6pV1skd23MG6dTs5Va7idi04JthGH4/U2NyR&#10;oGdZnjMo90F5xum3pusYs6JzpEKXq4plrf1AInxZzPxb57a15WYNWFUVfrOiAmvt640xPao6DCBU&#10;1UEAPGfOnAEROR3ArwGcxcx/LhQKdyfvXbp0afe8efN+TUSjfuSNMbMymjk8q20RuXTRokUnLFiw&#10;oBrnMfO7Zs2a9SIAH2+hL0d1d3d/l4i2EJEhIjoawNr4+sDAwCa+75earbcVdHV1xfLHXZn5bbXK&#10;lkolAHgGwBwRubBO1XM9z3tTKzSJyDMAevPaKJfLZ06fPn1lK3U3A1X9CYADAICINgdwCzOf6Hne&#10;/yXLFQqFfwwPD+9XKpWy/Fz2Jn8Q0aYA3grgonTBMAwPKRQKPzTGXAPgaBGZQ0QAsEe5XB6ZNm3a&#10;3YVC4WsAmhvXZmamYxc3IvdaodleotJ7a2Xm/0uV68vhQp6t43UtP+2+8Ok68hKFYXiE03C53+3P&#10;q6qqzotWmt6GNeH/G7GxznHOgdM4I1mOtFka1dIZt4V2zJWssl931891v29VVY1XM2vtx5k5bDaI&#10;ZFMrm+/7nwciLQIiWi8iRQDdLpXc36KqXghgKHlvEAS7+b7/0Yxqt0j+sNbu7/v+aEQYERFV/ajn&#10;eRckihVE5Fue550UF2uwC+L7/p3WWlXVO8vl8l3Tp0//mYhs4nnezzLKz2mw3v9KhGE40NXVsPJJ&#10;y9h0003Xi8jVAN6RzCeij4rIiyqVyrE9PT3P1KmmLyPv0IGBgU36+vrWpPKtq/9cAFDVGwG8zPf9&#10;1wD4t6o+5nme393dvQ+A6xvuSKOzcmBgYFN2ca8ct+b8ZpR+3VlkHNw5KblanZa4FmYIrGcmZSCu&#10;3Lea+cKk2ju+hu/FJVk0P49RTEijopnkbP0ywcwr6tkCcuR2Yhyy7nP2eqPGvLHOrHvvuth5hwvD&#10;8PBm+tCwbuSMGTNWl8vl7UXkXABMRB/r7u5eJCLnl8vlzWvdW61WdwZwdM7lrQGMrmTGmN0AQESs&#10;qr7T87xLEvXsIiL/IKIxZzpVfbbRfqQxMjJybblcvrPV+/+bsWrVqmr9Uu3BwMDAjSLCWdeIaDMi&#10;+hUzH99svUR0YDrP9/3rReRpz/M+CQDFYvE+ESkDOBjRqici8mR/f//tzbRlVLVZ+jA4OLjZtGnT&#10;PgPgQ0TULSJlIroAwDcArEqXF5HziOgTefVVKpVtu7q6nnRl7wKwl5toV8RlrLVvJKKLiGhGRhVv&#10;BXBl0x3ZAELGVlRElhDRVqm8a1T1lxNo6zkHY8wFRDQ741IRjStbTxgicgcRHVDjuqjquzzP+0XG&#10;tQoRjWN2icgfiejV6Xxm/oDneT8UkR+r6hJjzBcB6KJFi3rmz5+/b6FQeAbA4qY60MjyV6lUds7S&#10;cyyXy1sw87ditrK19tScJbzmdiwMwyMSZVc4/4Hx/b5G6jSZPhFVVUdGRrZpZjlvNGXRzbU9F/9H&#10;piwFA8dYmjRzlKwUhuGr03Rk0BVmbe84I/SvK/9YTnuGI6dRybK/zSvbCP0NbSMLhcJ3ent7nxWR&#10;G5n5I8PDw/MAoKenZxkRfXRkZGQ7EfnasmXLfpS+NwiCXdOrQxrGmM3cv12qeoHneRcDQLlc3lxE&#10;/gTgNCIaZx4BACKytKura3Ej/WgBI5NU738CQjTOmGoLfN+/QUSuqVWGiHwiujIIgt1Sl/Ke5WY5&#10;+UpExwE4UUQuZeZPE9Hb44vVanUBM/+viPyLmY9rqAP1ZqNjjISaAEea7n+z1n66HvvXBQ2vCacA&#10;Co1UYkhVEQTByxrReODIrGWyvuhjwi659rK86P5Hp5yV7ZlO0OJ2U3X9pTgh9sxEHxbnlBtuou0t&#10;rbWfYua7kjstp/1T9/66K9u0adNeS0S+iDzKzGeKyF/crH+J53nndHV1LRSRexcuXJgp/DXG7NLQ&#10;rI8QAJAwDPfzPO86InpBvRuY+ZJ6ZSaArICCmSvsZCEIgj0RMZE6CS8jr+2GrI2gp6dnmYi8v145&#10;ItpORH6ODc+r1eCQs5j5wyJye1dX11Oe532diPYFwCJyg4jcCODw2HC6kRZhSgAAIABJREFUJk31&#10;Cnie9zsRuZ2IdjLGHDE4OHjUyMjIlo6AP4pICKCS1OpIYV4zPRsZGXmh53m/JaJp9cqKyL2FQuGv&#10;zdTfJAYy8prWumk1kiaAvXzfv1dEHgdwUIt1TBhE1JuRPZSRt1Hg+/5vHFe8JojoDcz8IfczLUuL&#10;sbpWHdVqdTPP8y4konj8bxWRESK6lIheQ0RnElFx2rRpedz2DWhwCe1i5++Rx0eemZVn5OeW7+vr&#10;LfkxQ8Q5IL2rXvkYrficaCalD8iu/816WiZuwZGo8+G/LNHuUt2Icq3UOGRpb9TzlzLZiTjHWW2K&#10;zkHHQLsi53rdfjDzPcy8PBHH7QpmXuMU1omZl3AUD65mPY3K2Sou5vWPiWgnF2w8PoCuLZVKj9S4&#10;t+62S1XXAsB22213jlui60JE7vR9/6pGyk4AazPymvJTYq19rareG4bhi5u5z8Xuvivxe0sRuRgb&#10;OQ46AENEPRn56zYyHWkIER3rjjW5IKLeYrF4oYg8nVPkvnoNqeoviWiO53l9AGCt/SURzdpmm20O&#10;R8QkuhzAIUNDQzU1jpp5cJaIPiAiXyWieb7v34rGtjblegVUdTmAlwM4tRFCRCQkopMQBT+fTGRt&#10;PZraEhLRIZ7nfYeIjmjmvnK5/HcAhwKAiKiIfAXAfgA+3Uw9E8Xq1avznC2t35h05KCyZs2a1zYw&#10;4Y4AsGPWNRG5qV4jnuddKSJaKBTeBgD9/f3Xi8h6IjoWAJj5cgDo7e3NlQECLXwliehzzHwqgJki&#10;8qcwDF9a55a62h2FQmG5iHw/j72fhqqeiQa+SBOFqmZNtiwduxg9zPxhZj7BnRVOV9VHATAAYeaT&#10;mflEZn43M7+1Vl19fX1riOjUSE6rZwLYF8ANInKs08jZKOjq6so7O0+FyYbZs2cPNjLhALwyK5OZ&#10;70/+ttYemlFsMYC/Ang7AGy11VYjAK4G8CIAVCgU7nbWCFfXIqCRw34XgPnW2vnGmPme5803xswH&#10;MEBEs6y1Nbk8qvpkresiMqyqR3mel/nlySh/led5ZzdStg0Ypw0DoBbjZtjzvAeYeR/P874LIPS8&#10;iJHned5ZroxnrX1FPIZ12r9IVa0x5mQADxPRLwFUCoXCqUNDQ2c26xawFfi+n6WxA3R+GzmK2bNn&#10;DwJ4lYhcQUSvzypDROO2/yJSLpVKT6TKfRbALUjtmlT1Ss/zvhkEwYuKxeI9RPRRRB8cAYBqtbpp&#10;oVD4uFNezn6uNQ6FZzHzM7VMaph5Yb1DYT2pPzM/5A7/dcHMt04klluzySkop2lYVO8+Jwv6Zpbb&#10;caf43HBgCmfGocx8lrX2VOdx+iBmfqxZh7etpGQsgiQmEGiy3cnoBk0WjyN/JQ2Bx3uULjJzmGOc&#10;OpeZf+dctWe9K69RVXWe0jJpzdtGegBOJKItAFRE5CER+b2IXMDMn7LWvjkIgn2IKPfQ/+yzz04D&#10;AN/3/yEitTQNXkhEW9a4DgAQkVuI6Mi5c+fWPQO2CyKStQWutY0EMKpZc7Hv+69I5jPzOzzPe8L3&#10;/d82SkOpVJojIsPW2stE5K+e593BzLsT0YLu7u5jGq2nVeQY9wJ1WOYbESUROcP9z0R0CjN/SEQa&#10;UZL+e/JHEAQLiMj3PC9rdXyWiF6fNoiOsW7dujscLyFrGxohZ5Ye6mZ+v6qe7UwNmnLjZa39TPw/&#10;NxB9psbXhzkyze+Ec9CtM+gJtYFYBdbaU1xUH3IrZLFSqSxIRF1tNM3XyBz/Zma+3Bm9foeZl2SZ&#10;/7c71XDkekwHnkdmYuYRt4MazXNhn8ZFpE0iw7zmGNXW4xkw851O6yjzet7KVhKR+4hoLoDTCoXC&#10;P0RksYh8KwzDQ5CtUTCKgYGBTYwxpyM670FVW2LRi8gKETmciE5DpF2yUbFw4cLl6VWZiHykTOxz&#10;0NXT07MDM5/k+/4TzPxhIuozxjSrDbJCRHjt2rVHEdH7APxtaGjoTAC97XCX3gA2ycq01uYJiTsC&#10;Ivr50NDQqMZRoVD4m7X2lSKSebYUER4eHr4tlReLs/YCkGXlkEZXGIaHMPMXRORmAHsD2H1gYCBz&#10;zGrO1JGRke2cLtgdybMbMy9PBKLP+hqepKoaBMFLXN78Wme/LHDkhGcyYzfXTc6Z6TijwwbcARiO&#10;HLimve8exMyXNuO9a926dZswcxAEwQHW2hOY+bfsDHE5CiE12atGZtimdjinbSONcZiycVr5YRi+&#10;Ouvdc7utdD2jQvI8Y9QgCA50EZlu4nwnSkdn3VuT9d/V1bXI87xvENGBlUpla2Y+WUT+DGCW1jDY&#10;NMYcBwBEdLDLWgygrjwjhojctnbt2oMBLAGAarW6I4C5jd7fDjDzu7q7ux/MsoHyPC9PUzyGEtEJ&#10;xWLxnlT+X4johOnTp/sATBiGB2fdnMS0adMOJaJCoVDYwfO8fxPRT1X1n86Ysa4+XhuQ+YW31k46&#10;J7QJrAUAIno9M48JruH7/g0AzknfoKp/yKhnz/ifPLs5z/O+5HneF4noUGfLuUxEfgHgxCAIdheR&#10;QERenklljS+GKZfLWzhHlWNcfjnbtswAEC56Yxyn+NrEtaNzvgLpL86flixZ0p3+4iRt3iY5+c6S&#10;IBe1OE6Npmq1uruqnlmvHDN/jZnLzDxkrf0IM1/IkaOi9RzFupvsVeNXGc+IO+FbswaNSVd3Azp+&#10;R1R0aoajcOM/5p1OafLfltWWtfYUZr7UWvuBLG4zM9+ed27L68BBnHBqyZHr7ZvyXIWn0gcT963X&#10;Dd6PDGeYrCThlvYxXrncdjXXMLXNqYsjz7s1Ya09caJtWWtPZeaf1ivHzFcx82NuLGeFYfgqN9lW&#10;cBSzrJ1u0LPavz3jOTXkr3JjJY5coyfpu0FTDD33sY6vP5quI0PMsy5dR4O0nMXMvG7duk3S17K2&#10;kXs571m7ODUhISKPiA71PO8m5PsSAQCIyKiJORFND8MwXo5VRD5X477Hieh1SGiTVyqV7Y0x33XL&#10;9xZ597YJXSJyDREdWa+g53k1fa40AmPMvqjtvWumiHwVGw7rwwCOQhQnzCOizRzNv7DWvslttbN0&#10;GCeKrHHvn4R2JoIxeo9EdDgzvzeZ5/v+H0TkDnf9snQFGdvGvthIuhlUKpXvM/P+fX1941QJx002&#10;p4PXzcyfJ6JNiKgUBME+Tjrvicg3kc+NJAAvS2Z4nnds/L/v+9c6rk26zXVhGL4OYzU2eovF4q+J&#10;aKYr00hAxJbhlKwzncNmlJ3wZAOwK4Cnsi6sX79+UxG5HcBMx4F8yFr7KhH5ARFdDqDqxvH7RPQG&#10;VV1ZKBTeLyL3AWin7M0g+6w8lc5rUNXF6TxjzHnVanVBMk9E/p+IaKVSybKBfHk6o6enZ/tmabHW&#10;jhQKhbsAnJhFaDLN4igizcU5S+S1qqo1TGp2ythyhMkABUEQvDi1N5YwDI9K1UMZW4NJs5B2UU0a&#10;BjNfN8E2DTMvZOazMq7FfT89joPAkau+IkdORV9prX27tfaUjGgs23LkVnundoyL2wpl9f/SyXgO&#10;E0iZ/ACONJySZkkFzggp5Ti+Yfr+vFhv9RIzP5s1hyg1K/dyVtlXjJuV0cS8DAA8z8vkDDLzOPMY&#10;IvKLxeKoZy03669NFDnf9/0xfiWcN66j0tVntTlRVKvVHY0xX2vytpo+VephYGBgFoCVqroqbZZh&#10;rX2Tqt4B4Gw4cx5VfXz16tVdbuX9s+d5lxljXqiqDyZu9QA8AeAiEWnaFXsW+vr68mSC9RyiblRU&#10;q9V/Z+UT0fYicjk26ACHa9as+UC6XF9f31uc/DSNelznPDwMYJyHgjGTzRgzFwBUNU/JlABARDL9&#10;u3uel3ayEuM9AEbVfojoPFfPg4sWLfpssiAzf4qIPpauQFWzlIInjEKhcD4RNWtJPSE3Bd3d3VsA&#10;YFV9ure3d8zE9X3/rar6MICZxpjNAUBE7ps5c+b7EsV6ARzl+/4/4ozh4eHNAYCZLwPQlDlPHqy1&#10;mf1U1Sk12Uql0mOSE2+ciF4B4H/j305peQxE5KR0HgAYY7KF0xkol8ubW2sPY+ZTEJ3Fd0LquDVm&#10;snmeN+IIzJT/GGMOF5HKU089tTDruogsyMonomnM/M5E1i0i8igRvS/lTuG9xphxMhGHPOO/lhGG&#10;4YHN2pkBgPNd2YiGQSaKxeLriOggY8yC9AstIjOMMftYa18U+2ocGBi4zxjzHhE5j5lPFJEbVfUi&#10;JJhJhUJhnvt7L4BZuVoMTcAY88KsfFVt+7OYIBjAA3kXReSzQRDsnXUtCILdiGivrGtElCuH5sgt&#10;yPdF5DYRWT1t2rRlvu//2fO8bxPRrkTUU6lU5o+pL/ljeHj4LhFhY8zn3OSgROXvAPA2AH/M8zdC&#10;RJkPBwCMMe9J/rbWvgXAP5O/ReRHeR0UkUfz6m4VnueNW0EbRRiG27Vyn7X2cBHZVUT+DaBgjElv&#10;SWcx89VBEDwqIl1A9DVesWLFwaq62Bizq4ic6XneV5I3JephAI90d3e3g2M6PytfVZdMtO5JwN/y&#10;LhBRwff97yGDIej7/rEZt9SFMeYjRHQiER1MRJuISCgiDwO4UkR+5uoes5Uc07gLTvBjIurxPO8S&#10;EXnWzdzHPc+7FIAy81nIgYjkfu2JaN8kd6hYLD4U/2+tPZKILsnZN0NEeGBg4MGsaxPALACZtk+N&#10;gIi2bfG+g1X1ZgDTjDGlpEjD6fYVisXiA77vz0bCwmDu3LllZ/F9qu/747QfUhNjKRE1zbbOQOYH&#10;pVqtZnJROwkRubXWdSLan5nfnso2cAahOXXmWqtoFMbqiwDe6lbHXiLaFcBby+XyaQDg+/6uY2jI&#10;IOpUETlXInfNm7mZu52IDKrqex2DIw812fO+778xI3snIro8Sy0qQdN9WXvtiYCZD6/VZhIikhUL&#10;IHPL3AB6jTE7IppIbxaRUeXZUqn0QjjVo2Kx+DjqKHzHsNa+0Riz9apVq+Lx7/J9vx1yyXGTTUTK&#10;vb29kx6TrVn4vn+z8/SWC2PMGUgYTIdh+OJaH01VzTUj8jzvPABnArjSLRyjivLTp09f6ZToa082&#10;AAERnbZ27doXWGtfw8zvt9a+iYhe6Fa3WqgZP8gYM24lEZELqI7bOhG5oU67TcMYMy6gQk7bVkTG&#10;WYYbY3ZqpV0R+S2AdxHRdES+DA8MgmBXV+csALOr1eouiOIXNCRb1MiHy6tmzJgxev5j5nkA4JQK&#10;ioiE4c3AAMh6EZ/C5Pt+aQXrANxWqwAR7WCtHVXK8DyvZtBJTIzr+itVHcvbyJITpHUTm5AvrMqS&#10;dyTkHqEmvNSq6strlY8Rh+5pZ2LmmxppmyMXZVl2bfe22rbTGhenZ/cbjdys3cLMTzDzDcz8D2Ze&#10;ycx/a7DOorMMiK0sLmLm77l+/p6ZVziL62boHNdn1++GvP92IllrT8iiOUX/za48cR0PAdVqdc92&#10;0pde2XYCcPe8efOSK0mfiDzNzJns0RRq+tQgIt9aO+qRS0SygiOOgYg8Wmfr2ioakpWp6h8BLBMR&#10;m7q0Ixrc5mVgPYALjTE7A9gd0Sr2OgDXiMj5RPQWNGARDox6TA4APBbnMfN1APZfuHBhiSLnouVC&#10;ofBwkzTukJP/RE5+x7F27dorRKSeI6JDAGwbhuFLankIEJHhYrFYd8yCIHgRM38+/s3Mx4nID5j5&#10;o2kv4cnJ5ovIVQD2QcJV8/Dw8HQimud53nettfXUmeouu0T0ciAKOwWgrh6iqv6wXpkW0VDITM/z&#10;7kEUk2uMihIRdVer1ZaYJABmEFGZiD4M4C5mfg+AISL6pIgsX79+fRmJUEwceerKpNfzvNj1wkIi&#10;2lZEFgPYgoge33bbbU9CNGkH0aQHY2bOdBuvqpkC5KkAd67/ca0yRGSY+S2e52XxD5K4DXXCYYVh&#10;+BLf9+80xnwKAJj5BM/zLiaiD3qe983ttttuTOiq0clmrT2MIgesVw0PD48Glevp6VkO4DOO0PH6&#10;XmPRCHv+AFfv64io3jliwPO8nzZQZyto9NwRy5TGsbs9z9szndcIjDG9CV3Pp40xH7PWvgaAFIvF&#10;e6dNm3YyJRyjGmNeaq3Nkwey+3CtNMb8GMDdxpgXi8ihxpi3iMhKVW06HkJejAZVfbzZujYmhoeH&#10;z6m3uhljjkSk1J0LVa0b78/zvE+7d/j3rt7jAcBpYN1KRG8Kw3C/uPzoZCOiA52S5kdSLtJCAGdL&#10;FKSwZpAMVf1nresOeyGSL40LQJeGiHwb9d29tYqGopVWq9WY/TuO3Z0nDG0ABbgtqKouE5FPG2P2&#10;Z+YvWGuPMMbECgDdzvP0Dr7vxxObAMBtUQrGmJ17eno+gEhL52lmPo+IriSi2ap6NYD1y5Yt+04L&#10;NO6alRmGYS3v1x1Hb2/vClX93zrFDiSiXG6yiKxOBuIcHBzcrFKpZIlB9hGRPxBR/Lx2FpF1RHTs&#10;s88+e6REjlwPiwsn5VozAJR7enqW5dDwBCJHobmw1t4U+0nMg1ON2hXR3jkXIrJy7dq139h000kz&#10;Rn4aQF2X4EQUE5B1Vtmnxba7scGPyXJjzCzP877o8o4Iw/C9qrqtMebNvu//GcAcEdmGiB4SkQ+p&#10;6o3bbbfdqyTy/vViY8xWRFSUyGvv36y1byAiFZE7CoWC75yKNgMDYJzqnYis7+7unlKqWklUq9Ud&#10;SqXSY57nXSgirySiN2SVI6KaL6mqnoPEtnv69OlHIvI2sChVtAQg9rZFiHyKLgYgc+fOLYvIUmPM&#10;qGgnOdlCANNGRkZe2N3dnSW03Bl19v2lUmmhiDxIRLvXKsfMr8tTZo5BRJ/edNNNJ9PrbkMvjWMw&#10;/E1VH8u4/KIW2x5lxYvIMiKKV60hAFcWCgUA+BszTzfGdAG4B8BLReQXTvD/CnfvakTu2MoA9gCw&#10;fRiG+xYKhd+KyNWe572uUqn8tKuroePpKEZGRrbu7u6emXHpUWzkAIjNoFQqHYDopX+UiN4pIrcS&#10;UVPPSET+7nnet1J571DVn2QsJP3YYJPY5T548Tvbg8gWcFSBfnQbqar3EpEplUrfRcoIkZlPJqI9&#10;kAj0kAdVHRd9NA1jTK7UHgBE5A8Afl6vnokgZ/KMgzHmBETMo3HliWjOyMhIropaHcwAABHpN8Zk&#10;csWcLG8uIubIpgCsiPzByR2vBHAdIr+be7hbbkp8SbcgogO7urrSX+O66O7uztQjBPCvZuvamLDW&#10;rhGRWAVvqFqtvklEsoKjZEJEHhgaGjoSCQG12z4ehmyZ532Izn6zwzCMjxRrh4eHt5TIz+ksIhrV&#10;fBqdbMuWLbtKooDtrxWRRSLyfyLyLYkcg14gImyt/V4OnaP1rFy58qciUtO40Km15HW4GgTByZhk&#10;wamIpJ3xZIKIdhSRMwuFwoMiMs7Mp1gs7t8iCT0AUCqVliPHmZGqrgSwBxF9EkBRVf8HEWdx2NFS&#10;BXAtM5+G6Gy7jTFmpjPb2Q/A9a0QJiKZk01V78/KnyrwfX89gHfHgQm7u7ufIqLj69wGINphVCqV&#10;I2fMmDFGa6RYLH7c6euOs4IXkV9S5O7xcc/zYnHZQ0TURUQvFpGHli5devnoDUmhW7Va3ZuZn8wQ&#10;BFade7o8YeI7U7+PrydczAMznxfXE4bhGyYrOL2LBTfYBF3nJv2yJPK/2WzbHLmguzvx+6qccr+y&#10;1r7NWvt5a+2769T5dVVVa+1JlUplF1XVpNFuk/RdmzUGDfqg6VgKguBgNwanpfrzs6z+xGBmm9W3&#10;crm8JTOPuDo/lTNW303Us3R4ePiF/f3906y1H1u1atWMZNlxNy9ZsqTbWvs293J9xzWybZ2Hc4OO&#10;DZBoGnGck9HpctJ/PTP/2Vr7yWYHvYmUGSCvSZrvarZdZj6fmf+d+P37nHLXqipGRka2Hxoa2rxW&#10;nbGveWvtRyuVyi4T0HAxnOFJmJk5/fJMtRRPNmZ+Qsd6rZ7FkXfvvGd4bs74/yQuY639cF671Wp1&#10;N+dFvCevjGq+d61mX567OApokMyfxcwP53Uwp9OjdVQqlQXMLJzjUqwdKStwRrNg5mDlypXTm2mX&#10;mb/CUVTR+Pc456KqOjNhWt+Il6deZq6q6nuHhoY25yhgeyvjMj+nn+M8Uk21FIbhYTG97uMzes3t&#10;DLL6tTBLPTEIgv2YNzh3dapgE6KvXVEsewGcMDIyklSBWlupVA5v1A5NRDgIglEuUKFQeA9F8dpe&#10;ioSVdzvh+/71zq6sZRBRYebMmQ0pNcdQ1WGMVceqpuNuh2G4u26QWzZyfh0C8FsAv5g2bVo/gCcb&#10;CaqeBjPnBfT7e07+VMLomBLRGPcHnuddgoT9ZAwR+USGaKTged4PkraV6qLjTgRtCxlLRN2lUulL&#10;ybyenp6nBwcHDwRQ09bI4fqurq5YO8EAONbV61trX5F/24QgIlJPAFoXzvS+GQw4DZGYJ9+/2Wab&#10;jbE/I6JdPM/LjJhSg45jsIGTtkZVm2YyGWNekpWvqrnGmVMFxpikP5fXYaw1vVhrz0yWF5E/+b7/&#10;u4yqPpdWWNCIWTUhtDs+87vDMBzDnevr61uzatWq14vIvbVuFJEfxP+HYbh/0s4oKYVvN3zf/5WI&#10;tMS1S6BZ+tYCQLlcngUARLSsq6trDEfSGLMnIvlaLXjW2lEdP6e2dbqIXABgcV9fXyvBLzJDNzPz&#10;HS3UtVFhjBnVCiGiIkfRXUfhXCk+CEShk621p6frCMPwAMnwb1ooFCYszG/XZKsAkc+GQqFwIVLa&#10;8LNnzx6sVCqvF5FM7RQRedr3/evi34VCIe0I9mWYRFQqlRMkOxZbo9irXvDyJNQZJfq+PwsAmHk5&#10;MyeNPQ0iYelwnao2Q0Im5Pt+l4icBeDtRJTly74eZiISjo+BiKxNWtZPYYzZzhtj0i4PVFVj8dU1&#10;6VgMQ0NDczzPuyztMUBEAgBLJ0pcWyYbESX1F/dh5nGmMz09Pc8w81tyrGkvQULSLiJpNZudEb0I&#10;k4Kenp5lzHyUiNR7uTNBRNTd3V1X1zOGiKwAgFKptAkQ6Uci4Xm4Wq1ur6p15YBhGG6V8QFbXi6X&#10;dwbw50bpiWGtPShHlelWTGHNEQBwZ960tsgBSMkwy+XyFSISWmu/lCpb7OnpuZKIskyvHkMdC4BG&#10;0JbJJinXdsaYs6rV6jh7qEKh8DdV/Uw631qb1EqfT0RjArQTEVlrW1WNagguBt3rG7CHyoQx5rWN&#10;lrXWPuv+bgpEEU6T6mue5+2MSMeuXptznVAVANDd3T0EYPa6deuaMqeJQTlRM1X1xlbq25iYO3fu&#10;rmkrEiIiZh5jxjVjxozVqnpWsVgcc6wRkZ8QUd4OquYRqFG0axuZ9rXeXSgULkaGKb7nef9PorBT&#10;AAARuT+5RWHmV2U14M4wkwrf92+y1r5MRJ5s4fZXo0HXAz09PctFJIz9dAZB0C8iowwSY8xmqloB&#10;UAzD8GWIFJ7TCo6eMWZvIvoKgLOZ+SMATiOi4uabb/7SFugHgFdmZYZhONEz7aSDiDKdExljXpPO&#10;S3smY+aPEtFxeXWrapYPmqbRlsmmGTZORLSfiHwhqzgRfUCi+GLQlN2QMSaT2dCqz49mUSwW7yei&#10;vUXkpyLSMDePiGahjiVDAgxgGRy3rLe3dxXGet81xphtROSeQqFwK4C7RWTIOZF5REQeAbDaxQlb&#10;7274EIDT3P+t7ALmIrIaHwMReSzBJZ7KyFNsfxmiM3ASo0eWIAheZIw5t1bFLqDMhNGuyZZn4/RZ&#10;ZH8tF6vqVwHAWvur1LW8AIGtWkW3ggEiOoGZD5YowEVDEJE3NVqWiBbHKxui81BSprPCOasdDsPw&#10;5dbaVwL4g/N2thMR7YTIXcWliAJCnA7gN/H9nuc1EoY4jdc4uWYa12TkTUVk9pmI5uTYogFA0ff9&#10;i4goN1yyiCxCY0bRddGWyVYul+/LWgWIiETkkkqlMi4aiNtO/qlUKo0KlUdGRl5IRHku2HL9RUwW&#10;CoXCHUT0sjAMDxGRyyTHxXUCR6PBMXVb1eTXePQ+3/cfICJPVa8uFAq3+r5/46JFi94Sj7GIXCMi&#10;K9yk8wFAVQcSdTcdOkpExm23AICZr262rk7A87zcLXyhUNgvK5+ZT6tnDkZE6cWgZbRlsjl5Tl5w&#10;gxcUi8U7wjBMG2pWyuVy0iU5uru7MwfFYcLutFtFoVC4jYiOdcyIt4rIj0XkX2nOKhFtbq3NZDKk&#10;oZGJT1KQPZLQIlnstoqj2HzzzWcC+CsArFix4p2q+hkRWYPIP8roy8bMn2DmzMAotbqI6Mw5BiLy&#10;RKFQmPLCbABg5lymkDFmnGVGpVLZzhgzjlmXhPu4XTRx6iK0U6g9Lu7aaCNEczzPuzGtCTJ9+vQx&#10;XEwRqcUEaTb4xWRgAMCVRPQBItp97dq1s0VkzEMmopq2ejE0cpyTXK37N9tss+RKd60xZtSGqre3&#10;d0BVfygiK+bOnVvWKNDIqK2aiMx15vznFwqFpjRPABxCLg5eCpdgavqIzEItDY9xWjHFYvE8qh9Q&#10;5Wa0aQsJtHGy1dPCIKLpRHSttbaWPKrmkj7V4CzJ06vIW9J6jllg5ocAbI4N1vLPJl2Rq+qjGGuw&#10;WEG07bzbXV+GhEAbkcuKZt3VAQBEZJzzGxFhIvpZK/V1Alo72MeeSbdy1tpX0PiQZONARM2GEqtd&#10;X7sq6u/v/5OI1HQR7ozqrq4x4WpxHNvqfrxdYOYxlulENHOLLbaoGQoZAEql0uOIJsuWAKCqz8Yh&#10;oly9f0eKw2aMOUxVfwEAYRj2wzEFqtXqzogUtmt6BM4BAchi7PwBDcj6pgqCIMh1REREpfnz58cG&#10;sYaIvl6vPieealoxoBbaNtmc5nRd91/xhAvDMM11LADYpsatUy1MEQCgUCjcKVF43VEYY96XVz4B&#10;BvCgtXYbAPA8b5kxZnRlcw5CR7XYK5XKNgD2il3A9/T0rEDkWmFWoVD4UVSkkmdJn4swDA/KYUrN&#10;RUbo26mKnp6eZXnqgEAkigIAZn5bPb8kIlINw7CuA+Fm0VZF5PTmS3XZAAAgAElEQVRXPrdRoi7P&#10;8652Pu1jzEtrAKSQG3+r01DV76ayDkNjoop7jTE7AEAYhs8mPTEhEgeUY02cQqHweoyNOR4C2ISZ&#10;X43IBcIyF4WoKXiel3nGJKJ9AdwsIlc6BefnAnJXdmPMSwH4xpgv1qtEVc8olUotbclroa2TzX3l&#10;/9pQw0SbFAqF3yVsrmqy9ono2lrXOwnP8y51nq4AjIo86jm0hareZYzZDgCstf2IznDJ63+No7la&#10;a68HkNZs2bFard7uVqamHfsg2k3UDHhPRG+ZNm3aPUEQTKq6XIsorl69ekb8Q1V/X6PsiwEcR0R5&#10;btUBACLye8/z6m4zW0G7TWwgIl9uuHGibXt7e3+OSMKfG7xPRBZibBzuqYZhAGk36cejjotza+2d&#10;cI5vu7u7lyM1BsaYWb7vJ90KJjXPDYD/M8b4iNj/u2K8pkRNWGtfSy66aS0Q0ZbFYvGmpHffqYAg&#10;CBbMmjVrdKVat27d70Qk00cmRWHPzqhVn4jcuXbt2ndikpSu2z7ZnPVzwwdLIjqSmT/EzLXkaJej&#10;DVrXkwki+nZS6E1Es1OhjcehVCo9gg0TrILxk/MF2KAEazA22EWfiNzofHyuA7BmcHCwqdDDRNTI&#10;2XK0Pc/zfocJxhNvJ4rF4oEAjo+5v447fHleeSKan5UvIioi31y0aNHLE75K264e2PbJBgBhGJ4q&#10;IpmhgLNgjPlqvJ3KAjMnJ+/sZ599tmY8tw7hWaQEoMaYj6H2aqOI3JrHMq70F5XjPKdpMxpJp1qt&#10;vgBj3at1TZ8+vRlj0bkAGrZUACJ5qYhMVuyFpiEiryaiGZtvvvkos81ae34zOq0islZEjiaijyfC&#10;V5OItBT+txYmZbKVSqVHiOjMhomIBKqZIalEpFooFEb9XzDz0XPmzLkakVfhKQUiOscZGsa/d7PW&#10;1nyhVfW2MAxjYb5gbL/SfiqnwRnmikgl4dy1D5GMbZxfyzww8/F1GFKZIKLD0hbQnYD74L4aAIwx&#10;o9pJxWLxAQANWZWLyD1BEOzj+/5vk/nMfAzGKoa3BZMy2RzOlSYihhJRnvLsA3CW4EDEVSKiV4rI&#10;+RMlcBKwGKnVjYg+W+sGZr6RiGINh/7h4eHkQ64iWhnnIjKz2QWRf3l0d3cvQeQlGQC2V9VmbK58&#10;Y0xdBk4ejDHj3AlsbMydO/e15CLWujh3o1DVuvqMInLRM888c1BXV9cYptPSpUu7jTFfUdW2xzSY&#10;zMkmg4OD75io9yqM94gUB7M4qUYYpY6hWq1+NXV2OyAMw1zTm2Kx+C9jTCwmWF4oFEaZJKq6KAiC&#10;PQCscof7EjZ8eBTObQIz76KqDbsGt9YeTUQtn72IaG8XhLFjSG3zxvTFWvunGvdZZ7/2vqyAI/Pm&#10;zTvT2cYtbhuxDpM52dDX17eGiA4XkZa/Eqr6YOJnF1woIyIyRPRtNB8relLhGBbfT+YVCoVash1F&#10;FBjDU9X+pKwtCIKrfN//EACrqlcBuAVjz3UWAIwxezuObUMgoo83WjYPnudlWglsJMzG2ECaSfkk&#10;SqXSozkW9wMicqTned/OqtQZ6n4SAJi57aGxJm2yJfQDlxDRy0SkpfCwTkcwxq5JZyxEtD0zv3si&#10;dE4GiOgrIrIukXWIC3aYV/62MAxfAqA/qUXS3d29FI5baa29A+NjysX6fgevX79+cSO0hWF4ABGN&#10;+oYUkWERaTp+mzGmZviwyQQzvyNlg5YOiSxENObjIyJLgyA4yPf9P2bVOTw8vIXneb8gIk9E7PLl&#10;y587k22LLbY4NiFwfGJ4ePiARgXeSYRhOCqsZeZxATka4Ph1AqtU9axkBhF9Ffnj/UfP816tqsux&#10;IQRRjOkAEIbhuKCQxpjtETFUtnYhbuvC87y0WcmFRHSqiNS0Vs5ALvd4kmGMMR9M5ZXShZKqWyLy&#10;70qlckCxWMzcaq9atWp6V1fXNUQUmzw90EJMu7qYzG1kMGvWrNGDdG9v7/JFixa9QqLIOA0JDUXE&#10;JoPvpQ/CQMTxm2rCVgDwPO87yfMqEe3NzHl+LoYBbCIiy5PKyA5bAkCxWJyL8S/Vq0QklkHWVQ9z&#10;NoWj2y8RWTs0NHSOo++zItKMr41J83ZWC25lzo2ClMAqABCRB8vl8sE9PT2ZurVLly7t3mSTTX7l&#10;1NNi/KUdtKYxaZNNRB4H8AkXphYAsGDBgioRfUxEXtkg4+RZJGRLGCvUHYXneTVVjjYGMryJBSJy&#10;SjLDGPNV5Jjvi8gtnucdgBTLmYgGgyDYzff9LyEKkWyAUTORbVT1j4iUtNNf+3HwPO8LSdcHqnp2&#10;IkQS19OwSFfXRNm2wfO8DzdaVkQWVyqVI9J2kzGWLl3aPW/evKuJ6PDUfQ1z0ZvCZAU50CjQg9Uo&#10;NFIx43rBWns8My/JCnigqsrM/0ze4yKzZJV7aBL70VBi5t+oKmXk/zJF69ey7l+yZEk3M/+Vmf8c&#10;54Vh+Hpm/lEQBC9hZsvMEgTBi921V7j62P19Oqv9OAVBcAAzS4KOJ1S1K1XOZ+Zy3vNI9ePvHRjn&#10;ucxcyaBlbUbZi6rV6p55da1fv34zZv5rRl2DWYE22pEm+wV80HXgWzXK9VhrP8fMQxkdvyFV3+p0&#10;mRiDg4NzJrMvtZKL9Rao6ivT1wYHB1/AzGsSfaq4+GlZ4/UDF/kHGkWxeZqZy8x8gZt4rKrHJMpf&#10;7cJPXaaqt6jqmTk0Gma+PTleYRi+MYeG3I9fEsz80409ztbaM3JoGTfZXAinzHqq1eqezLwop65L&#10;J4v+Cb1gYRgeWStAHkdB/1RV1Vr7vjp1bp2O6cbMlyeudyW/zGmEYfi6yRqkeikIggMcvRerKlwc&#10;s774urX2Xal+3aoZYaCCINiXmVe4sbuQmdcy8w3VanVXZr6Vma9W1Zlx+XK5vAUzP1mpVHbUaFW6&#10;NSt8VRiGb0m1f11OX2a63UhdWGvfszHH2H3QMmOsuQ9E+h4vqx5r7XF1Vu9xH0yX0ruAyZ1sAwMD&#10;m1pr3/X/2/vyOLuKKv96dd/rhKQhQQLGJYAsgoq4IjIwij8RGUUHmQ8qLsigMgwiIKITUWdkEXAX&#10;UBBkRgQEFxBEEaIIBlAwrMqeQAJNQjdJCOn08t67db51fn/Uud3Vt+/63ut+CXA+n/NJ576quqfq&#10;3qpbdZbvAXAFJGsnUhL5sXvI7/UGpGmM+Ze8e8jWMmr7Qu+37TMGiInoK+0ORqtMRF8SeUfWrl27&#10;RbPZ3A3A6X4Z2Wb68n4mqS0AN8AlohwFcO2aNWs2B/B9AD9NG2MATwC4CcD9PHkrOQsuV1v0HEbS&#10;srkS0XFZY+y10RwcHNxqmsf58Ax5CuWOI6L/yVqw4RJUJubCA/ANAMuY+cwwDPdMK5fFuQXq9for&#10;iOg4ADcCMDHhDIBRZu5NqT8LwAav/Cinrxxj3Gw2dwfwJIALvGtvSBskoYvKdr5TDODGSAgiOoKI&#10;jgHwbH9//+yojJwRxlZmAENJaXjXrl27BYB7jDEHyhftTwAWZZ0jRkZGXkZER4yMjLw8QbbT/UEi&#10;ouOT2mg0Gq9k5vU5YxzRL7swxtelCQPg9pz6NXbvRyYR0X9k3H9CimdZ4M6SbKeJX9E4F3npbewm&#10;DwI4IwzDvYwx/8rMbIw5OKOdi2L1G0T0wTzB5OGf6V3bJ2es/lykw1PAW8p5LerffQDWMjMT0Yf9&#10;ssaY/f1tGoC/cMKDMsYcAOBWAKvlnFJtRTZ5fk3vfrdwghJFsrwuyxnfqA0bhuFbpmNsvSNKxT/3&#10;Jsh0fVob/f39s7MmqtfGE0uXLp2R1s6aNWs2J6JDZVc3HKs7AOC80dHRBVn9yetwBcAqAM8S0Rdk&#10;Avi/z5QDfOIWh1MmCVz63vMLKDXmRX9HOaMzBuuhnLamhInoiAyZfh4vD+DUWJlTpki2GoC7vfsM&#10;ckJudGPMO7MUTwl9unKK5I1PtL0xnuJ5Xo5Ml6W0MxcJGsckIqKPFZUNwM8ADAG4VMaVAZi897lI&#10;w+cDaKQlL5ft5Yqcdu5M6eN6SVBfy5PDP/8lUaRYmG4WxcVo0uEdwKqEOgGAP3hliAtsrVuQ62Rf&#10;FiL6aLyMHA8mHA1yxniE3dl5Ssd0/fr1LwLQB+AmZlaiAMqS67vxNoaGhrYB8I+C/bqFi5/Beph5&#10;PUR5J4rC9xDRF/Pq5jYuSg0mog8l/S4vW5glrKiZszr7IOe8cGEYvj2njXrBweoYh2H4Zrn3Wewt&#10;KP7ES1rtBgcHt4KnepaFYtsOyvXP/iTyz77MYza9n2aNZxIR0WenY1wBXCVyXyf92TNHtIV+/ZGR&#10;kZdBzE55BGC00Wi8qqhsxpj3yFgkzocszi0g+9j1AG7j2PlC7BVhygrucwXAHTmdtgAuHx4efklK&#10;G2/Kqd+MysrWrm1VbR4D+JG81NvCqf0ZwOO+Vk8m5KS6zWbzNewpJOAM+LPalUlW9JVeu3f4Y1Gv&#10;11/hby+LEpw2tbQGrgU+0rvnL2SsXpslGxEdFtUXc8ijRftFRP+ZJY8x5h2RIwG7Z/6/AEaTTCx5&#10;XPSl+o50/npjzP5hGO4tqvb1cj3LaK2YWYVhuBfgvB1yaL2oxScc5EdGRl6WVcmfbAB+C+AR0RRN&#10;1UtRkYPxb5lZyQNnIjpxeHj4JZEixBjzrrQ2jDHviikwEr1QSnANnmYUwFO+hlIM46mKhoyx/Xsr&#10;L1dZFkXNkHff85jdApElnzHmncxjC02hL5q0f0meTNHCJNrH7wJYA+CaVvpXqJCoo9M6cSd7Btwc&#10;wX+Q0kbSQNwmK1pUX8OZDtLKPx2VJaL/lmskColCqtmSvCvz+KoqY7SY5Ssi543MySayftRfhACc&#10;06pMAH7ktTPsfVVrcLa7VBtTxrgul4VuSicau7PsrbF7nyy/9WbJLme6uUhx50vp1815blliSP81&#10;YkZwAKvlXd6PS2iKywzGlgDOgXMhGgVwDxF93leXphlLPe6F0xoWHZCmaOt62L1Mt2WUHdNGGmP2&#10;j/32+zQFTxt8iDS/fdLvRPRp+f2QvLaI6OiYvCfn1Ulo4wv+uEUOBLJtvD1t3LJIzpUdO0vmyH9C&#10;gghHRr8DWJMiI9i9m4tL9Oue9evXv6iATEcw80H9/f2zieiDAC6DZzeWtp5m5i2L9LETA9UjXiVL&#10;ANQ3bNiwdVb5ZrP52rjABQbngTAM9wRwWkaZO7z7zI1vWQHc3UmvByL6D1HKpJ1jtmeeeJ7Iae/z&#10;nqxWXr6isvx7tPIDoMi+R0SHQVTTZQnA36fpixYtCJNcqIwx747KwNkkk+QcgDOxFO3XbUXeA7HP&#10;PQOnOR673tfXt5m4Bl4EZzK5s2g/Wx6goaGhFxPRfyOm8iaiL+fVNcb8i39WKThIBs43MO33P/n3&#10;SNr2ArinU184ecHrnHLGEoMsG2PeX6LNo/1FQgzaeXU+EdUB0CSij4rz85UFhzZpLK+dgp1AKsP5&#10;ak4i38MGwPkpshbeGgP4FRdUQkW7jRwXw9ro6Oh2RftZemCazeYbAfwUXqgDgAFm/pp83VZyAbuZ&#10;nFUKOb0WHMg/+u3L4Tqp3CLuwBkuDMO9mJl9TVXs/t+VW+5apl0i+khsbM/mlAlNRJ/2JtqIMeZ9&#10;RPRJlDBSx8aG2EUOtKOkSeS+vr7NkrZuaWYhWcjGzkP+NrmFfjVkp1BUm6oBPAJnkurYWJQq7G91&#10;pBNLmcftL0R0qPz/0CLtGWMOTto+tELxySYeAWllTyvT7xQOACyXc+Rc/zdxkxqGixkrrS43xrzD&#10;nzAArol/aYjoq97W8Uki+gpyzCs54/cEM+/bgXFJe3e+EB8nUUAkqunhtIB+/WNa7NcNCSFNmWcs&#10;Y8z7pO4ggG9zh86tZSvsCmcPezgMw73Zqb8fhPO61uy0XivlBSzUppzFxuxCrZLs6cfaFZV3Wlnq&#10;hH+fMeb9cDQA4HvMfCSc1m+QmVmUJK22vwOAez2ZH242m68Tg/Slsf609CWTupAtWiGNcivcaDRe&#10;LYvqBM0dER2bIdeFsbJHp5VNqNsA8NNms/nGuCwSFrZXlrxwXlF+oG0I4BdiXG95HCrM5bK4SobR&#10;t6xevXrB/PnzRwD8ZxAE5xLRe6rV6nUAvhwEwWnGmD1rtdqSIm0ODQ1tPXv27Au11u9vJdpc5LpP&#10;a7177NoyrfVOKeXvEHDUtpIoAPhwpVI5V2u9Zaz9PwI4TbWRJrdSqWymtT5Na72HtNlUSj2Rl4ml&#10;DFlr71NKFcUeMatWrTqxDBjOwMDA7G222eY2pdRLY0k8ZlprV0ie8kkk79WPvP8fEwRBJgqYtXat&#10;Uuo8rfW5ajISmSKid2ut/08w/xNzR4Rh+Iaenp67rbVnyDtygtZ6H+8ef7HWfq9arV6tSiBQK6XK&#10;n9kih2AiOkqu9QJYB3GtEcPiLa0YlOW80tJXTs6N8RUq8dwWkTHm32J1ih6ejwCwwuNEtfRzjQB8&#10;i8s90woEFgIx6IqsbT4zcxzSgIi+miHXUiI6KsNuViGiz4mSLdOQDeBiOTPPj65JUO/PfKVeTqRL&#10;Z75syiUdeEgpRVrr3ZRSbK39tlLqYPmyDGdXn0QzlQcvrpTqBXBspVI5QWu9VVqlOFlr7apVq3pj&#10;q+4hanLOa7/OX2Kr1rcbjcb38pIKLlu2bMaOO+54u9b69QVEG7TWPq6U6lNKPc7Mfcz8eLVaHTDG&#10;UE7dtklrvXMQBBe324619lGt9euUoDAXIQBfCYLgVKl/vdZ6DMHaWnul1jopvbCy1j6rtd5aeV8O&#10;a+05WutjYkXvIqIzq9XqVSr9K7O9tfYCrfW7lHJpsqrV6nUpZbW19jqtdb9S6vD4j/V6fcFmm232&#10;GWvtAYLGVe75lZ2dssocI7N7f7nWyxM1fL0ATgbwkwLt7SseH3GtTy8RfQYFPbeZJ6+G7IydmV7t&#10;ftiQrH7L6/X6TgXk3j5u9ihDcg54DM7T5CIAJxPREcaYd9br9Z2yYqvKsNjc/myMeUcRJqITRb67&#10;AdwlZ/Sw7HlFYr/8c8+53u8z4bllJYzNVfH25Fr0+61ig8tSPvWy05CPePWWczFNdBJA1YQvZSvP&#10;oqUHKKH6qxMMr4FssVZJ56zgc2S1VxWlyh/S4oFEu3cqgHsiVXcSEdEnEx7SLWnlpc5Y5LJMVgYw&#10;kKbS97nRaLyqnQmXRaK4WAXnl9ryZANwlmjUcsuKy9lDLFHv0VZPtNCF7xmG4dsRQ8HyxzkvNjHJ&#10;ORjAPwAsyXN/W7t27RZE9AU4z454u8e2M5btcssV4/tjY8z/g+ebBhePtA7OVShzJYDEXgFYlTeY&#10;zDxPtIDnwMPWkPqTggiJ6L8SnqdfxwcVqgB4Uq4Piwo4b8LtnKa+7gSV0ewmMYAH4hHjKVwDcK2c&#10;rXobjcbO7KI9Li1zP9ntTIJX8HZBCs5xPa2/lhNc4AQVIPU9ajQau4hGOBHaAcCTUwVRV5TbbkBW&#10;92u8To0S0Ul9fX2bEdHnmCfDAyTwfDgjZhRqczYXU1ZUJKL3Aji71gaO4aFIrFIqYRw6LnoRzvN+&#10;M2mYHT4LvsjNWfdplcSM0Gpoy64AqEBEvAZwCYAB8W/dEs6kc3OJ7WyVmc9EikeHLwMyIBhkwS7a&#10;v7mC2vbntPtGlOM2l7u1JKKvJJkSynC7k+0gCP4GnIf9cgBNz82mR84lj+Z1SCaYP+iPcrkI5nnM&#10;fKbYY+Jt35/2EABY3wcw7sQsZc7nfO/uWtaK3Q41m83dc+6dNqanypkwc5KIpm1AYuzmwnkC3cMx&#10;I3QGz4HzzEkkOIO5Ys4Pl8lDSduwYcPW4ip3dbRA5xFc2FHigiWG9XvhHN7TgKv2kY9Aoe14Grc7&#10;2eYCWAuHbbhbvV7fEc5T/4qoTBTuIgi+qW2JP98Ep1np4OVcwoIvxuwJEzuSIYMO98pX4cwI8Qd2&#10;U56Ttdzrg3CgoR2jIj6SCTwTQH/Wii5n7+sBPNloNF4tX+glAP5RFPS2YFT0GBqXIFilUgLOjWLm&#10;mTLBbsk6sycRUrBXPHk+7pXtZxdp4L8/FQC3wzkOFPLuT+N2J5uKIwrJgZ4FGDSQPX+hkPpIE5Yw&#10;YKPS7vy8NpJYFoEsvMAJZ720LxQc1srrC4zJdigR8pFHcFq0UghbRHQsgP60bWCj0XglgPsB3CUL&#10;1K4AlsJ54hT6oslEeyRPfv/Zy1in9TMOSTeLiL7UqhIKLnoiD8lNi333ca/efaLEibS5LEeituZK&#10;25MtgSPYbAuBdGPO/7IJV5ERsg9xw5G2cp2dY/znjHbXsreaRVrJlLIjSeA5CayJ6AR0yPezaKgO&#10;8xjGyZq0F0TU8oPstI6z5Gu8AcAVPtZlDs9DwdhE3zcRGfDmnqOEFq32UyWGaBLBBQ4XfT9mijLN&#10;h6q4Hs5p4VHONwd0ZbJFqvonROBQtnFF674WGRHZ3kAMsYsluoiIDsuLvZIVLov28csjP+ByAshM&#10;Gtfr9Z2QgitfhgD0FYUmAPALAI/HtW+CWnUpO+iJj7FThPwU5b39e4oqhOSLoZhZCb5MWrkNgib9&#10;ugJjX+S+E3wri7Jspc+BhwUqu7S258WUTDbhHmZ+fZFzTgKPgb6UGFwrGrSzjDHvTVihq7INTKv/&#10;Db98njuRbEsPz+uLnEVzF48ihGx8zkjuE5knoT9VyGHcPw3nVretfN1WAXjKV8sXYTjohqIynx3V&#10;E7NOWrnz4RwhwrQyJe55IbcZGiOmhKtRDuaua5OtLYaHp9EKAagDuJ6IPhsF+JFLBpFW/pGYDD3I&#10;8dME0AzD8K1Z/RDtWifpTE6PbztOFp1ro2thGO4Bh668iogOFVPJrSL/z8suhhIMW5j8xCuIYVn6&#10;hAQjdFmSvp/O2ROtAuB0AN8UZc1+8n6kacvbRjyLeDonUFCv13c0xhxIRJ8vYDCuwiFXtU3yEJYQ&#10;0eezzhmi+vZf3iRcjHjbT2TgWVRQENa7DAG4MeaZs6V89RjAMyMjIy+XsJZfwSFWny4JOK6VsVgq&#10;+Idln+HcMuco2UmMvfhwOd2mhAAME9FHOKcPYpdLqt8A8DAcMttZRPTZMniSRXgqJlUvM79Jtimn&#10;MvMv4VxtJrjvABgSVKTUtsQGcm2pUW+DMBkKvBcOQDWP0hJN7DpFojKzOw8B+A0k6kAm0jcAXCkv&#10;zyXkct8tkd9Xi8tSS4d9OA+NwiSe+lH9bdECulcRAnBHwYlRiY4SAC4HsChS5iW0+Sx3GOyo45NN&#10;1LxJA7IGLiPL92QfzHCYIpntyYS7osigt0vyFZqwPy/ydWNmTlExFz57wtlyvouYC1pZkkl2v7xI&#10;6+TacnkuLW+JBJSnMG4MgObIyMhLeXwcE806bdJ60biWMYssFPnGkjnKLqAuX7Yz4Fz4clHRynLH&#10;Jxu71eNCOK+EU+G8229leYlF2xNFMud+9oW1DMKUrIw+xR2nJTJ6RV49AAPx7SScp3tR2jeq12w2&#10;dyei/4JTPZcykEOiHOTluUK2i23jaJTsC/PEFF4VxFIutULy5V4LZ3g/oxXlm6BmrQQASUNWkYWp&#10;mYZe3SmesoYjJkkUGHmOQwzGcC5UZYF3DsIUB2oiQWUcYasUqOuHkaiiZ04Zi6yFppD2D0C/bB0P&#10;5c7CHMxBQhrmDDkMTwQ62rdoXak/AhfhcRkR/Q8RfVgmQlH3sbx38ii5z43RToyITurgeHVnsrF7&#10;WW6EQzj6EES1mxAlXYiHhoZezO6MNCUkL1X8oVZQwCMEgPH9GJET3uPVSwVlFdtYImQ4JntjHJTW&#10;TjtMRJ8q0g9Prh/79bPO3XDmh98COMUYc7BEG5RZhIMcwNUkF6saBKwKLnr7lpL33GgnW+TWswbj&#10;aFB/52TbReHtjoT0tIwmlUWUkP5HsoDmnlngJeYrMkGZmSUdVmI/EyZUdJ8V7MwTi71rA1MBrIoC&#10;yQQ9Wi8LomIey7MWPfdQzqbfNsYc3K6sIyMjL5VA5sSJIgvVQwC+H/8t2q0AQIo/5qY52aRzYw6o&#10;SfgNYiNaVDJCuWKMORBeMolOEJx9LSkLzteK1DfGvIN5ch7tNEpD+hIH5DQZv8U85pr1gHf9rg4D&#10;rPaghMtZDFGsCuAaAOcaY97XSbmI6MOiOEtU+ohi7WYAJsXMpCGugUX8djvB0zbZovMLnBo6/tsp&#10;0cOCQ60t/UmXuLrTUMAxtgiJ9izpxbsrr658bRRcSEYRiocSzURGEhIADR+JV7LmPOT9fjt7WVvb&#10;4SgHXREC8DueuGOpcocBX8XJ+zfSx7RzqYZAkkdR3xLBfRJ7msso9yCc7bDjwLRxnpaJJgNkmSdt&#10;mSYc/iF47nDxYy3fr9FovFLwS34m6txWkJfXJyWEl0ldZKXfV1ymcgnAGdJ+VZyCMxeMpDOefOH8&#10;LeVjndCu5bmtefdb3slcCnEWyIZTRHmSNdEUnOud74JXBfAHAJCkmn7ZxWVhH1rlaZls0qlL5KsW&#10;rXw9AH4mgwKxl1QgblreC9g2y9Z0zsjIyMtHR0e3azabuzWbzTeGYfg2Y8x7iehDRPRpcqi9Z8I5&#10;5/5RzkuTtilpXgg+AbhOzBxFJvp6uGjzVQXavYXTIx6qcP6FTSkbAji9hCd/0nP7fgGZ1sW9bzrI&#10;88ihP6+Wey3mjIkmwcPsvWsVOJvahDAZibquSKDzlH/VeDon25o1azb3QHRm+RoquAiBaNujZStZ&#10;FFG4Iv6JqQGCbXKiwVQ0bqkEwIpS5Q9Z5coSnI1pUQ4/HKvzNDMvbOHLU0NOLBmAdZ22T/X39882&#10;xvyr7ExGvXv9jnMM8wAu9sqfgXF8m7O9cvvBJSHJjArvNLeCG9kuzbHW/k5rvY+1tsnMJ1cqla8o&#10;pe5ft27dfvPmzRtSSvUK1mKwbt26beVaKi1btmzGDjvscHylUjlKKfUgM/+Nme9sNBp39vb2rp6i&#10;fvRYa//k407GyVp7vrX22mq1ek27NwNwglJqnX+tUql8KMJiNMbsW6vVbi7QVOEHDuDQIAguS/td&#10;nt9xQRA8RkRzKpXKFkqp2Uqp2ZVKZbZSao5SaqbWeoa1dph0ptoAAA+TSURBVI5SqiLX4mSUQzCe&#10;oZTaSSn1Wq11LXavC7XWR6l0fMh9BgYG7pk/f37dWvt1rfVCr+41WusPKKVsGIa79/T03GytXTc6&#10;OvrWKXw/JtN0zmxmVs1mczd226ZBFq8JSSEVAviTrL7zMY5fv0/RtsWlaAIWBlx61qtEs3cQuy9g&#10;R7YNck5KPV/BxdzNlS1NW5S0TfPhHnzv+g5xgBKYnVNF7oQx2RTjszHmA3AeM4tYtthEdBTG8XFu&#10;Yua5YoLqgwsWLpVdqBPcjS+bMsbsrZRq1mq1O6NrAD4TBMEPrLUjSinWWvdaa9cPDQ3tOGfOnC8q&#10;pZYrpS4o0HwFwKcqlcq3tdZbJBWQeyxTSj2ulBpSSm2l3Iq7mV9MKTWolHpGKTXAzE8w89IwDO+d&#10;NWvWSq/c9tbaxVrrbZPuBeBoa+2dQRD8VWtdLSB/Illrf2mtvdQY84+VK1cO7LzzzgRgYRAEpyml&#10;lDHm7QW/bIUIBbD1p5qstc9aaw+rVqu/yypnjHlbEATXaa1nKaV+pZQ6VCkFIjpQa325vEsPKvcF&#10;3QXA/rVa7ZZp6MJEmu7Zncbig2jh3HRuBXBTGIZvEXvJrfLbaVwwkE80oDcVWz/LEZzXw2VE9BHx&#10;XtgVKf6TAO5bunTpDGojv1hBmS5h5iMlQ0tbMVgSLV3YPWsqCM5hofA5XEKIIsXQj1neE8Hp75fr&#10;RTBJpoy7PskiFhsII5aAgccn4hXy+8VcPEQkQIuJ28uQbIFTzQEyEQJIzNlUk8jzN7hAyn24xLZZ&#10;lDptp/BqleDom63Ar/tOAAC+6f22PRxY7RfKttlJ7vokEz4c4y49aX6CAQT/ES7xYRlH24PQRg6z&#10;ThCck3JPpGmd5ns/BeC7WTFfshM4Hx2CcGhRzoc4/4yuAZwSt4EK5PkG9gB7xAleMTsNZ067z4/J&#10;JkGGkfdIWsh/9OWDbCnvTTI6p/Ho6OgCmaRdIzgMzF64mL4pDxdKuL8FcG3MPWwugG+hIODpFMk1&#10;RERfKvI1g6RPBvBAFGIjLnsNACsajcYu5PK6MzOzuAl2/R3njWWysZtMJ6RhsRPRx6OXUyAV/k20&#10;T0+KdrPofSrk8lAnetFPBwG4o16vv0JekCe7KMflgi1ZJBJ9qmSoAzhLULeKPsMdvDPY39hlezUA&#10;HvAxTCH4pfCCRLvNXRcgj8W7Pzr4nhNdF2/yx8MwfEtZ7wXx7LgArblxtU1i9jhSHHMXdvOF92Qa&#10;AvAbZl5ojHm/BFZuPzw8/JLh4eGXSP7z3yAGb9HivQYAfN2P5C7DAnfoL5h3JgSSVsSzvyPIWJ3g&#10;rgtQYFCflQf0a445KIuW73hZ2U7mksCtEg7/c6AcpHWnCMBtYRjuLf34EBxAz7SfLeFcwNJw7uPc&#10;K94d3wdwW5ZiyGvfAngUwPkSOV4K3TmJwzD8J0iONzh4jbbbnGruip2tCI2Ojr5s5syZt2mtF1hr&#10;b9Na76cmZ73c1Vp7t1JqhtZaK6XuUkrtoUrmsW42m7vUarVjlVIfS7PNtULW2mHlPCPWKqXWe3Jt&#10;q7V+jVfuRsnTfJ1SipvN5s4zZsx4FYAFQRDMtta+Smt9mLX2H8rZBkeUy3q5tdb6AGvtgNb6LAA9&#10;lUqlVzm74YuVUtsppXYQ+1MmATgpCIIzWuimrtfrC6rV6naVSmVetVrdAsBMpZRh5sFqtTowNDT0&#10;yOabb76mhbYziYj211pfIx4qF2ut/121mSN9Sqnbsz1j5dqbnafJ0hSsiQAudxl7ZoFH27lnf3//&#10;bMF9/zUyMmPGCcAggBsAfIuIPiFZOudx9hZmVwBfhwcNB2e/O8sY806eGE+3K/PkZH6SsyyySaXd&#10;Z7/YPRJBUAFYY8wH2hm/DnElDMO3EtHRRPSxAijQh0Q7E5TP+T2t3HUBslgy4ySm3I2wTeBSGx0i&#10;f/+ug/evyUM/Vs53iwDcARf5uwTAr4joWMkL0E5IfQ8708eEhIqiXVvCDk5NAxiM42R4k21xvF2J&#10;cfuZ1x4AfGfNmjWbG2Peg2RXrPWckIhwuli2hmMJNUXuZXlqe1F6jQiAbNff2zTuugCtcLPZ3E1e&#10;xia7rDIRPNk3pluWTrGc206Mn4EkwFEBWAxnpB6r46nB/UWmSkSfhZd+C0C/fC1VrNzxmJymqyWM&#10;/A7w4XL2fhrAqRJjdmfBhCyqjBmoW9x1AVrgGsbD2b/MPB5WIXFmE8qLWvlMScLXbdlzWdIGj0WD&#10;R1tHOEzJSBsbyJaJmZkBXMk8FmA5IQuQKD+yUm3NB/C/cNlaBtHBOMKiLBDpBsBSH7/kucZdF6As&#10;Ry45ssWqMrOSv1nOSlHZQLAl1kv5ITFwbjSq4AyeJdpXhoDVENFHAVwnCTImRBHIYqPYwSv413/C&#10;HUh1NNUMB4qahyO6z3QB80wV624raFqgZ62167TWhymnkasopV5lreUNGzY8pJRSxpg9rbVLgiA4&#10;21pbE21mb6VSOc8Y82Zpp9KtDhSgUa31Idbaq5WL71JBENyltT4gCIJLtNZ7xMoPy79v9q6drLU+&#10;QikVToO8pcgYs5eaGNe2u1JKWWtXJJUH8Dlr7eJqtfrB6ZBvqmiTm2xBEJyttd5BKfWwUkrV6/WX&#10;a617lVKrqtVq1Vr7IwlneaO19vda67cppaLwlx/VarU7iOhd1tp7lVIHqY130mH16tUfU0o15f9L&#10;rbVpQbRNpZSy1u5prWUAxyulvqZKmkCmg6y13wqC4C/W2oXe5UGllNJa/3NSnUqlsouYdsx0yDhl&#10;1O1Pa7sc5fwSr4Sn5e++CC4P4zgnj4pWqwIv2R6AO4wxB/LGu718U/Q3UnAoIRk2AfR52Ts3SpbE&#10;ggyg7iGERQquZ3zUMGZWQ0ND28izrXMXNaWd4K4L0C5Lvux75WGFcPBxvfJgPyDXKYpkFgxBBlAn&#10;opMiGxScn10cUm6jYoi/XwItFMDS47stYwGuYDyxyuXMDp8GklAEwApjzMH1ev0VgjT2GABDLrd1&#10;t2Vvi7suQIe4h4hObDabr42uif9j9KX7TvSg2aUGZricA6qvr28zIvoiJIdAUVVzl3huvV7fKc7s&#10;4NI3GnclgRA/PO33MAzfInY/Gym1ms3mG5CQx0HMFu/udp86wV0XYKoYEjcG4KEomsDPmglgScz2&#10;1MsuxVNFAijvJ6IThoaGtul2XzYllvS4JDbQ1Pxm3vb+LyxbeMEI+Q6AW0TzekKH0Z27yl0XYCpY&#10;VkmS7WNkDtCR1wQcLPUz8vdN7KVrkhdhDMkYDu6g633aWLmvr28ziboYS0YSnS09u+AklmDVUebU&#10;3HbPOe66AFPI+xDRcd7/I5euoQ0bNmwtcNRfhkNaYq9sTQ7khPGo5TgSU8fyLG+iPFPOU2MhNwBG&#10;o+2eMeaA6BpnGNQBfF3KLW8FBmFT464LME3sf9Wu5onR4HPgwuyjjCoHSblFkPwEcQdguBRYt46M&#10;jLys1ZisTZB1GIZvA/BjjIc9PQ7gUjiQ3Qk+mpEXTJZHini8DABYKwjF3e7jlHLXBZiuF4Wd791y&#10;eQHuFxz+SRAMcAGULJDkEZT176Pf6/X6TnDxWSuHhoZeLAf9pQB+KOaGpHxgmyQPDg5uJdpbHfVb&#10;xuPnot3VzA7ZSq7/Kqor+feiQNmxLaZsH8+JXO0k0+tzZsyyuOsCTDPXiOhTnpr5bvGcj2xs88VH&#10;7xlmnik48AwH6zaTmZXYtBjA6YODg1sJhPWfMR5NTnDIVl83xrxjE94eVSFhRlGCR0hIk49S1Wg0&#10;XgngWgAriegwz7dRQ1JZEdFXpdxPADRlgfrxFMi8UXPXBegSzySiYwA8KVuiOcysImxHuHRNit0L&#10;tpQd7cfOAbgPgBX19libEtISxVXd530FrtwI+pvKRHQYgIsbjcYu8d8A3MDMLAkHlfzLAO4joqMB&#10;/FW+8tbr+yiLwomIPhFdkwnWhIPzm3Y04o2Buy5Al3mmhzRVAfAgO/K9Ns5hdoGJ3sF/UvxYZFYA&#10;8BizS0dMRB9JCG0Z49HR0QUSVnMhnOf9KXKPUvAOKVxjB3K6HxF9EsCpcI7JF0nuuTnSvz8xj+cx&#10;i/HXpE+Xy//nYWL21TuJ6Njh4eGXCJjuIikfLTBVOdfVAfyQN3EPkHa56wJsLCy4/bfDBS+OXRdX&#10;Lgbwd4h3OicYbOGypDCAC4rcT7z361IH7OEdwnlRjE1SQfX9Y4wXwQWwfjyl/eM5RvBQjuFCcQJI&#10;Ikq49FgT2hAZGA60tSL9/I1cm5RDD+O2sygKQYVh+NaS6FnPWe66ABshx8FfZ8nKbOECVjdwAjiO&#10;91U8JO8ecn6JznjneQnY52M8IHS00Wi8mnmC/+ewnAcfgEvy+HAGym+kVX1M7GC9zGPQ4g1m5jAM&#10;9/La7ou30d/fPxsCoyDnV8XjJpSV7CLUawL9fX103Sv7AnvcdQE2BYYH7oqESGYxG0RfqNz0unDq&#10;8Mgfc5IDNMZj2S5knjDZsrBGJrAoNRgO8s3/TUNwF+Wr3QvASPe2T5BlCfO44Vmg4CPV/xUYd4l7&#10;ipnPnMrso5s6b3IhNt0grfXHASy01j4C4Cfx32fMmPFO+fNe5ZC08mgPpZRi5itVQhgMM/9W/nxD&#10;7KeqUmqmUqrH48QQoaGhocdF9i2NMXsS0XsBHCc55eZba1dXq9VblYuFu0eq7ZvQ1Ij8O0MppRYs&#10;WFBXSl0h196tlPojER2gtV6glFq4xRZbPJPZ8+cxtZzC6HlGA0EQfEMp9U2t9aTJUalU9pM/byjY&#10;XhQ4mfhiBkEQ3WPCYqi1fr1Squ5fM8a8LSn90VZbbbVBgmxfVKvVbo+uW2vr1tqrtNYnKQevp5RS&#10;i5VSe1hrj9RaX6Yk4NQY8/YgCPa21jaCIFjsyfFDADcHQXCVUmrYhZq9QHn0wmQrR4nBmMz8mLX2&#10;EWvtDQVfvCeUUm+uVCqvSfrRWrun1lpprZfJpTly/SlmHstRV6lUqrVabVXGfZYrpV5krf2Btfbq&#10;arW6Qmvdp1yE+xiFYXh+T0/PUVrrvay1f1dK3ayU2ikIgn2Vixo/QinV51W5NwiCe4t09AXyqNv7&#10;2Ocje94VQ16eccU8Bn5TZ2YW+GzF40qJ28vcB+O5yXPj3ETjuYglKyyA24noq89lAJ7p5he+bF2g&#10;arX6a2vtuVrro5VSf7XW3qAczMNLgyB4v9Z6prX2hiAIfhGrOjy5tUxaoZRSlUpl+7yCkgX23Uop&#10;5X+de3t7S97yBUqjFzbb3SHWWn9G4LOvUkq9Ril1jFLqYKXUEwC++thjjx2o2oTSZuYV1tq1aiPE&#10;Ink+0kaL9f88pGiXQfEfRkdHX97T0/NWZl5dMm+2Vhsz9v3zjP4/x2GRNmG5oRwAAAAASUVORK5C&#10;YIJQSwMEFAAGAAgAAAAhAAw/EnvcAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C&#10;/2EZwZvdjcFQYjalFPVUBFtBvE2z0yQ0Oxuy2yT992696GXg8R7vfVOsZtuJkQbfOtaQLBQI4sqZ&#10;lmsNn/vXhyUIH5ANdo5Jw4U8rMrbmwJz4yb+oHEXahFL2OeooQmhz6X0VUMW/cL1xNE7usFiiHKo&#10;pRlwiuW2k49KZdJiy3GhwZ42DVWn3dlqeJtwWqfJy7g9HTeX7/3T+9c2Ia3v7+b1M4hAc/gLwxU/&#10;okMZmQ7uzMaLTkN8JPzeq6eWKgFx0JCmWQayLOR//PIHAAD//wMAUEsDBBQABgAIAAAAIQBcoUd+&#10;2gAAADEDAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zSwUoDMRAG4LvgO4S5u9ndtiKl&#10;2V5E6FXqAwzJbDa4mYQkin17AyJYKOttj5lh/v875HD88rP4pJRdYAVd04Ig1sE4tgrezi8PTyBy&#10;QTY4ByYFF8pwHO7vDq80Y6lHeXIxi5rCWcFUStxLmfVEHnMTInHdjCF5LPWZrIyo39GS7Nv2Uaa/&#10;GTBcZYqTUZBOZgPifIm1+f/sMI5O03PQH5643KiQztfuGojJUlHgyTj8GW6ayBbkbUO/jqFfMnTr&#10;GLolw24dw27JsF3HsP01yKuPPnwDAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJh9VrmkG&#10;AACRJgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAF6VA&#10;C/hRAAD4UQAAFAAAAAAAAAAAAAAAAADPCAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAA&#10;AAAAACEAzCOn6pYZAACWGQAAFAAAAAAAAAAAAAAAAAD5WgAAZHJzL21lZGlhL2ltYWdlMi5wbmdQ&#10;SwECLQAKAAAAAAAAACEAGpCRCncFAAB3BQAAFAAAAAAAAAAAAAAAAADBdAAAZHJzL21lZGlhL2lt&#10;YWdlMy5wbmdQSwECLQAKAAAAAAAAACEAjoBZFihIAAAoSAAAFAAAAAAAAAAAAAAAAABqegAAZHJz&#10;L21lZGlhL2ltYWdlNC5wbmdQSwECLQAKAAAAAAAAACEAulMhGxdwAAAXcAAAFAAAAAAAAAAAAAAA&#10;AADEwgAAZHJzL21lZGlhL2ltYWdlNS5wbmdQSwECLQAUAAYACAAAACEADD8Se9wAAAAGAQAADwAA&#10;AAAAAAAAAAAAAAANMwEAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAFyhR37aAAAAMQMA&#10;ABkAAAAAAAAAAAAAAAAAFjQBAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAoACgCE&#10;AgAAJzUBAAAA&#10;">
-                <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;top:645;width:68580;height:7982;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,798195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIqrTExAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdiE7qokp0lCItbehCTBuyvWRuk2DmTsiMefz7TkFweTiPj7M7jKYRPXWutqzgeRmB&#10;IC6srrlU8PP9vtiAcB5ZY2OZFEzk4LB/mO0w1nbgM/WpL0UYYRejgsr7NpbSFRUZdEvbEgfv13YG&#10;fZBdKXWHQxg3jVxF0Ys0WHMgVNjSsaLikl5N4E7pRzYUp6TP39rL/Jh9Jdd8rdTT4/i6BeFp9Pfw&#10;rf2pFazg/0q4AXL/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMiqtMTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,797674r6858000,l6858000,,,,,797674xe" fillcolor="#2e5395" stroked="f">
+              <v:group w14:anchorId="30019D1F" id="Group 1" o:spid="_x0000_s1026" style="width:540.05pt;height:170.2pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68586,21615" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBlgA0iTwYAAJEmAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1v2zYQ/j5g/0HQ&#10;99Z6fzHiFFvTBAWKrlgz7DMty7ZQSdRIOnb+fR+SoiTbce2mTZa2CRCLkk6n491zd+Sdzl5tqtK6&#10;yRkvaD2x3ZeObeV1RmdFvZjY/1xfvkhsiwtSz0hJ63xi3+bcfnX++29n62ace3RJy1nOLDCp+Xjd&#10;TOylEM14NOLZMq8If0mbvMbNOWUVEThli9GMkTW4V+XIc5xotKZs1jCa5Zzj6oW+aZ8r/vN5nom/&#10;5nOeC6uc2JBNqF+mfqfyd3R+RsYLRpplkbVikHtIUZGixks7VhdEEGvFij1WVZExyulcvMxoNaLz&#10;eZHlag6YjevszOaK0VWj5rIYrxdNpyaodkdP92abvb+5Ys3H5gPT0mP4jmafOPQyWjeL8fC+PF/0&#10;xJs5q+RDmIS1URq97TSab4SV4WKUhEnkB7aV4Z7nRm4YtDrPljDM3nPZ8s2RJ0dkrF+sxOvEWTfA&#10;D+9VxL9NRR+XpMmV5rlUwQdmFTNMwLZqUgHFVy1gPIkf+WrQSB22Z7xV550aSpLUaXUw1JKDi0pL&#10;cZq4aSgZd1Ml42zFxVVOlb7JzTsucBtgm5kRWZpRtqnNkAH9Evelwr2wLeCe2RZwP9W4b4iQz0lW&#10;cmittcGUKMuJ3Uoib1f0Jr+milD0RovTOHHcVtSepKyHpBICiiMQsPWAITPHRnEekis1QQuGwhw1&#10;JfRlAHeE5s7XZiXludaynLxSd6cQMByqnNOymF0WZSk1wNli+rpk1g2Bbr03od9Za0AGdPKxxoEc&#10;TensFiBaAzcTm/+3Iiy3rfJtDZjKqGQGzAymZsBE+Zqq2KWUz7i43vxLWGM1GE5sAQi9pwatZGyw&#10;AfklgaaVT9b0j5Wg80ICR8mmJWpP4DnnZ02RjfHfRhmM9lzoeDTGU2Il56YjenUSj4qwT6vmBQIi&#10;9F9Mi7IQtyq4wwGlUPXNhyKTAUqe9N7oG298W5FFbvkSh4ZC0suZ7j0+LYvGGFKOW0HhGTsR9Y65&#10;6mh9QbNVlddCpx+Wl5CZ1nxZNBweNs6raY5Qwd7OXPgzUp9AvGhYUQvtc1ywXGSAGxnPAai/4aMa&#10;hN0NJXQvp5zCgYASR7GTDNyAjE1E8dLIjRBqdURJ4kCHHMDCxCQJDxlRWiDJWAF17yFIBx0lkhZC&#10;DSHTj4cXZCEdvTVegqeGF2SXB8aL7wWR690JGNdJPMdPnwEzCDDhNmBUTn5KAQYB8KEBkwRhGAIV&#10;JtH2ESZMAqy/n/EywEu0jZfoqQUYuQx/2ITkp0Hs3o0Xzw2S5DnAbK1g4m3AxE8NMAiADwwY13eD&#10;AK9BfHFDJ9Ar6T7IRFEShe3usR3rxdKvu4pBPWW4ikl+PcxEjhsnQMoXQSOhC1A9EGgepdqAtLtd&#10;bUilrU+uNsSRys/Ss+LEj1213h24Vpi4cdyqyY9C1/v/ag5GFNQcWknkTqQvKLSVgdBz0gCrZLMY&#10;wW6mp9muDUQOqg5blOa+OWqe0EusOQZx+uVyA7ToIWBrfQZqtwkBDDtz1GwDaFyRgj9GOmYZEnMc&#10;VjEgr38Kne8EXqqqTie824vTrjRhXmqO+uX9nPwg9j0FsIOMe135keOHX5aiN8AWtszrzVGLEQ0s&#10;exI5ckaK7TVscYooYeSnfkt+fJpRGEdpgqQjuR9XYWTAK8mPW2dIftzoW7IchVI0mCgsewSjSKyd&#10;Fo+Cf2ihXTf5PoU01PIvXxvWP3Yh7VGyg4u913Z6wJVfOz/sxfxD2aGPZEeB30fI4x71HPWfo75J&#10;bOZoEly72EKS+Emi/s4E93zP3P+a7FDWsgXloUfoqFr0IA3stF0OZQvd9rggfKnbM4pDt/5qux0/&#10;VlvmcbIJlkc6m1yjhTClG8tVfb3BbsMSmz8pWrrd9QNNiVDXl13XdcJErSgHmw7TC1R7szBAs681&#10;zr029ADFwcbcJf66pseAbKcxJzbTTZs1v1OP7oRO2+OYFPuaHZPutqu/0qRJgn6TMv8Bi3pegAb/&#10;Q1n0kM/fYVHVre+A+rMZtmt8dr6qto7399V7fZLwdQ1EKVwfd6XXtV9U/KTO1zUbOxspv7iHjVwv&#10;RmFUFx7wtUWIugZ0NvDAII0cGXRlTPV9D2H3WzzwkDd1EHs8b4Io6rsnpO2tD6uG5yql91+SnX8G&#10;AAD//wMAUEsDBAoAAAAAAAAAIQAEyzqu9RAAAPUQAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJ&#10;UE5HDQoaCgAAAA1JSERSAAABJAAAAE4IBgAAAInha2QAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZ&#10;cwAADsQAAA7EAZUrDhsAABCVSURBVHic7Z1pcxs3EoZfiLpvyXa8m6Sy2f3/v2n3Q2Inim1JlClK&#10;PGc/dL9CE5zhMTMkUal+qliWxQEGZ6O70YBCURRwHMfJgb1dF8BxHIe4QHIcJxtcIDmOkw0ukBzH&#10;yQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhONrhAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwsk&#10;x3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAcx8kGF0iO42TD/rZfGEII9v9FzT97&#10;0iSfNG2dcmgeaT7FKvk0SVuSz1wm6+RRkZ/Nt7Rc9t2rvpNpqp5vkucqaeq2e1k7l2HzWTXNJljS&#10;vo3H3SYJ2yqLNkYHIgSpmU31M8bqk3lP8+ggNi7zmKwwuGwZAoDCpJ+ukH5P331g8in0M9LPtCiK&#10;aZtp265HkpftG9u2UwATzXOs/4e+0/bjBMC4qtxJn5U+n9RnlTxDUo5C00zSNHXb3aTrYLk18fZ+&#10;/b+t7zrYMtSxYObmQpvjbtNsRSDp4DkEcAXgHNIwgDTeK4DvAJ4hA7CyQCGEfQBnAC4BHCN22AhA&#10;D8ATgMGCFYLprzQ9J/IAQBdAryiK8YI6HAA40Tqc6c8cdGMAL1qOHoAX5tUkbdv1KKnTHoAjLdc5&#10;gFNIX1EgDQD0tVzPWtYTANf6bujvH7TcM22vk+FUnz/RX/ft8yqMTgHcaJ5F+syCNrjW8k+0jF3o&#10;GGjYZ2wXjlm7AKZwMehDxmAw7bOOULFCjYJwHU2LAuZJP2OIAGpl3G2DbZlsHYgQ+RXAe8iAB6QT&#10;XwDcAfgdMpgmJek5QM4A/ATgR8gAZmcPAXwB8D9Ih8zloYPzGMBHAD9DOogrxbO+/1MI4blkpaRA&#10;vdb07zU9Jy7rMoQMhD8AfA4h9DX/WmkrtKza9SjJ50DTvwfwA2TyHSGOiwJx0D4A+FPLeAngX1qn&#10;AsA3SLsPMN/2tu9v9Hfp8/v63a8mz69VeZqyvwPwi+Y/1PINAQzVYmrS7nvaHv/W9yybK2Ot12/6&#10;7C/67nW1HGqj1FbXgYL8E7QdIHVoPO62xTYFEgf+B8wO+JF+3wfwEkJ4LVllOQCvIMLoH5htWJoT&#10;d5DGLRNqXKk/QCbfKaJmcQYZ+A+QyZd2yD5k0P8MEYiX+juuaMyfK9DY5NVpkLaMJvUAMCNgbwD8&#10;E9KeNxBhxDa1fXAJ4ALSB78jajy3+v1IvytbzQOipvEufd5oacdr5AlIu1KruoJMrGdI29IEbdLu&#10;+5Ax+w4ybjuIZk6ZBj6GtP2hlvtC62PNttSHk+bFBcAKJPv8svRTffcDpD1PGtR/J2xcIJkBd4Bo&#10;w9Ic4MS4hAzEe0inph1OreAWMvgojPihfVyq4moZOMCuMKu2AjJhLvX7bgjB2t+cUB8gk/dG075C&#10;hB+1oAOTL30OTdJWtWWteiR0IBPmZ/1cahkmWrZXyADl+470cwHph475FKaupcXWz96C5/n9omeW&#10;5buH2TFRu93NmKVfi98NIKZN2RidQDT8V8jY/o7ZvrTtuK/PjCACYGzyGyMKYzs/V0lPDekVUets&#10;PO62ybY0JHYwB9gEsqIBIlyOIRPsDNLhwyR96oeg444Czb6n6v2cUDT1xojmAvO/gpgKQ8QBQmF4&#10;g7jKDAD8BdEWnrQ8FBTnkI4fNkxbJkia1EMyiL6R9xDN6FrTDgE8arpHLUeAtPeVlp+TDRXly4W2&#10;2t2OpylkbP4XsnCm2id9eH1EgWF9SCcQjfYDYr89QkylHqJA4SZCunGzanqrKV43rP/W2fq2P6ID&#10;kJKdq/O5/vwQQhglGsohZBJeIE6eHuJqsczxt4c4sY70/c+QTjjX7471/Sf6nd1ROsSss3cAGZR/&#10;QVZC+hzuNX+uVEXDtG3Wg1A7os9oH1Fd/w1xgNO5eaDlv9T3c7DnDMdMW+0ORIHzAHENlLkF2NZ8&#10;X8f8/0LfQz8anfB3mBVwU30XF/E66QExNdus/1bY1cDi7lofMuAPEXdu/oIIK3Y4V7trSAND03UR&#10;tapKgZSYOfSDDCEd0dPHjhCF4gXmzR2q7zZOhypuAdkynYQQxlov6O87ddNW+NEa1SNxznN3iu15&#10;B+AzZNW1C8JQy9Uzdbmoau9MsCbX2u2+IIbIhhYs3I0KIdiFgO1OX6fVhgb6/jcBV1KGtdIjasuN&#10;x9222eVKN4RI6mNE7/8FRMA8hRAYS2O3uI8gndLTtCcl+aZYpyodwK+QHZGe5nGpz9Dc+YJZPwHV&#10;6CmkU48hK9Czft8LIczFcuiYqpV2Q/Ww2uYJZHBypf0GUeVHdlDqz+MQwgRxcSgrWwdAp2QuW//O&#10;trCmT9N2t7z5ujRUwb4PMBO6JEiyzBn+5iRPBUGT9CEE6xxvs/4bZ1cCiQPmGTKBqP3QWXsPYGS2&#10;bi8hQmkPoj11Ias6V4tF0MzhZKVq2oVMxAuIP+UI0dw51e8YuDmACMABokbHnZdziN+lC+BZzU2u&#10;Vk3Stl0PQCYUHZmMBRtpPgvjwHTVLvuKgvIG0Ry3HED6l6bDNlZgmldttDth211iPrSE2+cvIYSF&#10;sXRbos1xt1V2qSEVkBW+CxEyp5g1zWjP0uFtg+q6kEGxsOOTWJtzRP/Td8RAP76f39PceVStgOX8&#10;pmU7QJz0HyCC8la//wrxgfVN+WqlLVkhG9VD87O7Zux77qwNUREmsIQ9fdd/INvLaZ/Qib7QtG6Z&#10;Vto9gVvkv0Amtm0r+uA+Q/pk1wJpE/XfCrsWSCPEKO0rxPiNc8gEKxCd3Yfm+R7i9vAiUjOHW7dP&#10;kMnLHYkeok/FmjuvRVFMQwgDSOdx1+QWcVJTE7mEaAl3kAC9R82/VtoQwtAMjsb1QHSU7ms72yMa&#10;I9QTRiwb/VJV/UGTbpsCqXa7V+TJPngHqat910jfQfN5p6g228a42zq7Fkjc/n+CrDqniNv73Dmg&#10;43oPsxrVKv4juw3OXSmGylODoWo71GdoIp7o7+n860FWQEYu32q5GC/C4yw0h6YQoUSf17ppHxB3&#10;uhrXQ/0KNnbHUhXstyo0EWw8DaF2d4gtjrcGffaA8h00mqMDzG+P24jyXWtHABrXf2fHR3a9fVtl&#10;tl1BNKUpZmOPaJoMsEQgmR0la+bQ0Un1e4p4DoqdQCf6BUSVpU9gDBGcNJUYwUuByaC1G8RzTS8m&#10;77XThhDogGxcD0RhQb/YW1OhWVAcy3uHWX8VYcQ0o8qr2MRErttn/YryPUNCIxjHw99PNM3Ot80T&#10;ao+7XWlJOQgk6wthXMwFRJpPEQO7+BwPeK5jrjEadao/MyCQW/P2jI8NBjyBmjtmt6lvyvJNy/kR&#10;YpufIq48txBz6UV3MWql1TK2Vg/MmmjcGj5EfZOKzvU/tMypdnEIEUbc2SvDbmWTNJg2pez7sp2q&#10;Ou3+inm4eH6BhKZMku94O0E2AqnJmEXFmdJNs2uBBETzg2bbPqSRPup354hb3NSkFvo7VDviWSea&#10;OfSf0IyxAWj7mD0bZ/01NIMAACpchiZ+o6f/8ngMY4G4AoUGaam1tFUPalBD/ZmqOzXTDtYfiNQe&#10;n1F+jpBhBqX5qr+Du1Q0eexxoDLNjcIovcpmgpKd1yZ9ltSTLoa5CZuTIEppqf5bIQeBRP8Hhc0Z&#10;YswEI50Ztk/1cxXoID/D7KFCG7BIeLaO1z5wktJss76BQmEn89jGNUT1PcTs+ao9Pa5RJy39L63U&#10;AzE6/gWiJdHJea5leFITtey2g7f6VLQ342HStG+xMhXpgHguizt9FEanAA51Wzq9J4iOe4YvUNDa&#10;60Peylaj3auYizPKkQ3Wf6PkIpB4FIS7RIzcJhRGz1htBefpcZorAfGsVg/zzkf6m3iqnXfIXENU&#10;XE7uMYCBrjQ2tieddDxrB8RdsckaaUcmvTXX6taD9ya9Iu7OPSOagGcQs6oPoAgh2DNrNOlOETWo&#10;tg9hcqeKh3r3Ec+iPUBi0ui8t33LY0dAjKcaaznp2K/T7ot2C8sCI1kHIINo5yB3RR2j/fpvnBwE&#10;EjB7udUrosQG4opuT1IvmxCcZDaIsAdxSH7BvJYVIBPuR8R4H56cZ8DfJaRzHyGTmX6YA32GgpQC&#10;lo7RdxDbfJ20z/ovndZt1OMMUcN8gOxinplnfkCM+3rSMtrI7ist8z1WOz+4DnaX8BXR2fpey7uP&#10;eC6PwYk/aZk6iBf08QzeAeJVN3XavWxCLgqMZB0YHLmzeB6zmdOk/n/7+5CWkZpt9tIx658YLogY&#10;JqmZ00HcbfgKmcjptmZAjBrnoUQ6iW+1HB80X263UzhSI6Hqy3fdQwYAL8g6WiPtg7YHHfxN60Gh&#10;dq/ff4c4Znl7J82fH7W8jG3i4D7Rf7n50LZKbwP5biFCkdHmHS0TtWP2LbU+mvNftXy80fIc9dq9&#10;6kaDRYGR0P93IZejVV40uCU4duvW/2+vIRUln/ilCBm7yl0hCqRXiITvY35no+xjr+jguStrpqT+&#10;CACABpI9mfcf6ucM8dIqHm+5QTSX6BjkSt2FxH7w+o9RjbTUfhht3bQex4inxfuaz1dEByavjj1G&#10;DB+wtx0ERB/PENGvt4p/CFi9/3mdxgFiIB9352hK0JlNAd3TNH8ialGpybxOu3NCTpOPDYyk1myZ&#10;6PcPiBsIy9phXVZN36j+f+vASB1s1ow5xqy/wNqwfcgqyfiZAjJIyyQ3jzz0EW+cpJ/B+nx41GSZ&#10;9GcsyQNizA/tbg6wKaIj1d47bbW4L5DO7Wq+j5AYHayRlnEubdaDl3ABUav4BBFOHxHjvexFdzYQ&#10;8Aky6buaZ1+fLzB/yZiF/iHG95Q+rxHxDB/gzivLxOhy1o+C8bu22Z3Wd5QItzrtPjE7f9z9ZZuk&#10;9bLwLuyqNuDJfI5X3qKwis9m5fRt1H9JWTbKtjQkqoSfEe38r5g9ic6Beqc/UyA9QISUDWm3zzJs&#10;n4dM2XH3Ju9uSR4p1Mb4/nNIx9FEgubBsHters8o3e/6Hh78pQ/mEVGdXzdtm/V41PzodB2FEJ4Q&#10;tS5eZk9nKDWQAWJAKn18Y8S+ZB9VBQXyEPUfiHFVVc9PtC14Uf01oobIycTjOBTQXUSNkfnx8rK1&#10;2z3J4wnir3vE8r8gQiHPMZjCq2IYsDrC/BxYxDrp26j/TtjmXx05gDTIAeKkGdhTxiH+uRwOwDdH&#10;IZI/cZTsJHCg8l6YDqLfAyaPZX/VhJexHSMKa+ZbIK4y9hgEVxtOlBHMTovZMj9cJ625/6jtepQd&#10;3GX5eM2w1ZB4pSqPhgAVfVSU3BFUUo+Fz5vy250ye3siY6loQvIKjSLJo1a7J3nsm3TLNlLo7xyg&#10;5M9xlfTJFCVzoIp107dR/12w7b/LNhNVW9YAJc8xsGtpnnxunTxWeT9mhUTp98veUSftpuqxwvNp&#10;9PNMunXLVbcey9osLVedPJaVo6Idq1hYnlXnQJvpm9Z/22xNIDmO4yxj539lwHEch7hAchwnG1wg&#10;OY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5jpMNLpAcx8kG&#10;F0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdx&#10;ssEFkuM42eACyXGcbHCB5DhONrhAchwnG1wgOY6TDS6QHMfJBhdIjuNkw/8BIUINy3AzPaUAAAAA&#10;SUVORK5CYIJQSwMECgAAAAAAAAAhABXnONJNBgAATQYAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBu&#10;Z4lQTkcNChoKAAAADUlIRFIAAABrAAAATggGAAAAJ97oiQAAAAZiS0dEAP8A/wD/oL2nkwAAAAlw&#10;SFlzAAAOxAAADsQBlSsOGwAABe1JREFUeJztnH1v2zYQhx86zkub1ybdCzpg2L7/dxoKdC/YujZN&#10;GseOI4v74+5MSpFip63lHMYfIKS2SYq6h3c8kkJDjJEiHxptuwNF66vAcqQCy5EKLEcqsBypwHKk&#10;AsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcaTz0DUMIYZ1y&#10;seO1q3bdrjJf0od2O+v2sUtf2qd1FIZ6FS2EMAJ29Frl0RFYAFWMsVbj7SCDy+rWelWIjVY+iPZh&#10;rG0ZEGtjoZ/zMk/Vsq1NQBsElhppHzgFjmgaq62IPPQtcAnMgN2s7q6Wq/W3z8AEAdv7MCGEMXAI&#10;nAAHJOj3wA1wjRj6JXDWKrOOorZ1rdf9twY2VBgcIcb+FbhY474V8AF5+Aox8C/Aa2BPy9TAFPgb&#10;+B24InlHQzpYDoGfgDcIEAMxB94DbxHop3qvM54O6xb4Q9us9LtvpqFgjRGvuEAMvoM8iF1tVcCd&#10;1rO6r4HvSH22kbyDGGkaQpj1zD/mmW+AHxHg5tkVAv4fvec+cIzAykNhoBkN2n2v9T6XfFkIXamN&#10;w1Jj2Xxlc8EIMcyN/m0DWwCfEBgjxAi7Wj8ghgmI0U+Ac+BjT1sBCWnnCDADZdeOtm0DaI6E1nxu&#10;HSMQ9/XftfZtSvIg86xbejz8azVkNpiPyhoB9Rti5LpVNpJgjvSy+gvEoCCGP0AgHGr5OU2NSPPQ&#10;C1ISYLBz2SB5S3POegF8j3j2SOt/Av7SexosAz3jG4dA2ELqrjIYl8ic0zUSDeBBq57NVTaX7SJh&#10;8gS4DCEsJ3b16j0krB0jzztHDGxekg8iGwh3pFAWtO4+8Cord6N9zwfbRrPBbcGClJ4vYoxVV4Ge&#10;9Y5lgbcIqD1k5J8h886UBN9C4BniXWi9K5I3tu+xoDl4DLjNbeZFCwTqLC+/yXXWNmHZXDYKIeQT&#10;cmz97ZKFmwPEq8x7DoHrEEKtRrN0/RTxjArxiM8I4AfqSVC6EqFlgrRJQLm2BcsytBNkos5Hco3A&#10;mNIdHm1UTxAA5jVHCJSPwL06pSUgh8jAmCJedUvyEjfaFixb9/yMpOR5glEhc9mfiBd0KSLh5woB&#10;8JJmuLvVMpZ8mBdZCLzHGSjYrmftI+uus+x7WzuNkEXxpKe+lbPdi1PEU48RD7vSMpZ47GXlb0hp&#10;uittMxuskQl6TtNw9/r9gn6DWiicI1s7rxGPshTdMjRLIkY0PbFzvnru2iasCfAOMXadfb8gLS4f&#10;G/19ofAU8bCa5tpqomXvKLCeJDP0eyTdXrR+W7B6by1fhN4gkMYIqHME0AlpbbXc8F3R7rPVNmFZ&#10;GHuQ9bUWtY/JFsgWCseIh/2gvx0h82Puge3dEjfa5joLdIR/xTrFdkIMxCESCi/0tz3S1tY1D7ei&#10;XOk5Loph/TBlofBGrzPSjobJQE3Y0AbrUHqOi2JIEGZrtGUHlddafo+0AVuRFsIzLev2vZMhYeXe&#10;8tiiGP18hSyM79ZoNw+FR9p+RGBN0BAYY4xf8XrF1jUUrLp15YviV3SfZ+0jAPLzogd7dArAjuYt&#10;KzRYM+Qoo33G1G6v7xC0casnlN2INg5LjZlnbXbQ1yjW+mw73wZ3jhj8AAmbM5opuIXCD4jHHutv&#10;n0jvceT3WJB27u2kuW8LKt9ht/IWogddBgzlWRUC6h1iwFXH3pbB2UnyNWmvsAL+pXkqHEnvY0QS&#10;rEsE4DzLOPOytrV1pW33JSBzZFfEdvHvO/qwcQ35KtoYmfzz18n6ZPPNHQJujHjVLim83cUYl8bN&#10;XjM70PtYkjKldRiofbFygcxTet5XHJFOpe1Y/0EfNq3BYMFykbvuDB9bi+PQ9duq9mOMnYvgdtm+&#10;co+0Pdg51rIP5f8b9CO3a47/owosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALL&#10;kQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5H+A6p1&#10;X7JziBG2AAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQAQfJ4hlgEAAJYBAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERSAAAAOgAAAE4IBgAAAHEIBf8AAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAAE2SURBVHic7dnBSsNAFIXh/6ZFigt14dr3fzCX&#10;gmAp0tbMdTFpbWldzmhPzg/dhELmy2QmgURmMoeGvx5ArwxVy1C1DFXLULUMVctQtQxVy1C1DFXL&#10;ULUMVctQtQxVy1C1DFVrNtBlz5NFRFw7nh2+RkePL94RsQAOv1NsAgX4AkpLcPMZjYglcA88ASsq&#10;9IAtwA74ANbAvtU4mkKnW/UOeAZegAfO94UENsArsI+IMTNLi7H0WKML6ow+Umf1FFqmMbxP/2tW&#10;D+gIfFJvz+T6jG6o6/Q212hmZkTsgDfq+ltxCd1SL8K25WbUfNed1ulAvagD57su/Oy6401Djyf6&#10;5RkKQs/R/9BsXgENVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFXrG9ss&#10;Tmgris1KAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQD+FBRAVQ4AAFUOAAAUAAAAZHJzL21lZGlh&#10;L2ltYWdlNC5wbmeJUE5HDQoaCgAAAA1JSERSAAAA1AAAAE4IBgAAAFgjOD0AAAAGYktHRAD/AP8A&#10;/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAAA31SURBVHic7ZxpcxvHEYaf4X2TkmnLsV0pJ///&#10;NyWp+IhtSuIh8AAPbD50v5rBYgEswQGoOP1WbfHAzkxvT989i9Q0DYFAoA7WXpuAQODPhFCoQKAi&#10;QqECgYoIhQoEKiIUKhCoiFCoQKAiQqECgYoIhQoEKiIUKhCoiFCoQKAiQqECgYoIhQoEKiIUKhCo&#10;iFCoQKAiQqECgYoIhQoEKiIUKhCoiFCoQKAiQqECgYoIhQoEKiIUKhCoiI1VL5hSStM+axb4Cqau&#10;+frOU5uWZdG1KC3PmWcWL/rMMW/8c56hnGvBcSUtzUv38jlIq1rLH3YdU+IuzzgCnvxn0zTNqMec&#10;5XwJaHz8IzCasflrTsv6FFo0T0nPczZ2Ubq6eDQqxvaiw59vw+eScGmOp3KOHrwo0WA8edT+9Bzf&#10;e29bvKO93pQxJd/K59a6j8zhfS2sRKH8gXeAY2Afe+gxK4I9+D1wV1xTGZlS2vC5jn1uCe4QuAQG&#10;TdM8doxbA7Z93AHjQidaGmwDhk7HrdP2NG9DXkBXArYKujb9o5HT8Am4dp7M8jRa/8jXl2A+AAPg&#10;Chg2TdP04EUJGYUb4Nx5knqM196Kl3f++8TeujLtAW+cdvyZz4Hb9nM7z/QMB37tYXyUQg2d5oFf&#10;932M9aJYVci3jjH9R+B0yrojbNNvgAvgA3CRUrptmuapvLFQ0HfADxgj17DNuwZ+Bn5JKV13MG/N&#10;afkb8NUUWiAr1CfgI/AeGKSUHuZ4mEXpWseU4EeMR1sFX26B3338JSagXeuvYcr0PfAdJlxSqHvg&#10;DPgnxuenZ/Ci5MkHn2uICW2f8SMfc03e26uU0h3jRmoDU6YfgROMbx+c3mH53M7rTYzHp8A3Tst2&#10;QYcM4y2mlP8B3rtMLcWTrEqhZDW/wh5+newJ9GCy5I9+3wnwC/BbSummJYBrmLB8jTFyrxi/jzFf&#10;VrQtuBvYJsyiRfTIwr31NX7GBGLCw1Sga50sHF8zLhQP/vkNcJtSuptirTcxofoO+JZsqXGaR5hi&#10;XqWURs/gBcUcQ18nPWO8ePDg9751Os6ATymlh4J/O9jev/X/PRTrlc+6hSnfX/xZ32DKpPvK9Y+A&#10;Q6d3iCn3tD18EZauUP7wYv4mOdYeYi5Ylm4L2MWYskVmzj3wkFK69zCl3MhjH7NeLLmNMfAAuEwp&#10;fbaARYigeHsaLRs+747Ps+X33QN3HQpOJbo2/VJIPCp4c4QJ2Uensy3w8o5vfX0pk671gv8Sunm8&#10;aK/xhBmUe/+sLy83yPu6hRmXA6f331gY+uT3rxXzao12GLmOKcgPfh35sz1RpAvF+tt+HfrPpVW3&#10;V+WhtKnCCGP6PzCLnbCHlWXfxwTyFGP2FWapGnLcfkgOaR4xZiqZ3cOE6j1589v0TKOFYu13ZOE8&#10;9v+9xzxM1zO+hC4Jk2hTTomvX+agg+IzQfOfOP0qQkghu559Fi8+MulFlQsOGI8susaLl9sFXW8x&#10;/sjYNBgvh3TzdAJF3neKeaYTjL/3mLK/9593Ttsuxrcj/9/S8id4hbK5QxtzDvzmf+9gTN0gW7Jd&#10;jBFl6LJGZtI2xqBrjFkHZM9y5L9fM5uJbVpGvt41OeFVoqufa0zmMTXpUgHgFlMKWeAD//28zOWK&#10;EOiQHNrcY8KtnKJPWbzkxe8dz4jTNS3/6OKl9vMQU4DvsfBsC1OGd1ie+tAxXxfknZQzbWA8Ogd+&#10;wvKkATmk28T27Qjbo+spz1UFr6VQkKs/T03TPHpMf4F5o68whq/7zw1Mbsqw6hBj1j1mTQc+7zZZ&#10;+A5phVc9aXkie8Z7ci7ULkUDE+FeLbpU3bvxcTIwJ8AfmLJJMBTunTit+LhLslfr1Wdq82LaTTP6&#10;Tm1eltXSB6dDud4OplwnmFLN9B6F4Tjxa9s/usEMwK+YDJXGRpXjATkkXZqX+pJOSihEUQWqjTLc&#10;OyYL+R1WCfpAtnSJHF6VieosJBjL+cpL6yux7wohl0HXPblc/kS29PvARiHUZal+2+kc+Nh2aDgP&#10;n/OYlNJ6ca351VcxAW+cWb55jyn4GWaoHsleXW2CeXOXnniXHCkM8MohhTIV66vSN7ft8FK8podq&#10;Q81IeSbIpfSn4h6FgduYYMsSDzBGn/pnCq/2/LNpVkkJuzzAE7a5soLKP1T27bJwy6BLlv7ax8n7&#10;qOjxESvWQC5a7Dstt772DbNDtC5ebPpcbcMmpbh1r/MseEFJvbABuXq3gfFEXr0PfbvkPp1aLTOV&#10;ZVWnJV5ToSTI655oyv2rCADGLOURkEOmA3Ke8AnboGtMiG6LzxVeXXgYN42OHawgImVQSfaUvNFK&#10;eCWkNni8H1KTLpyWu2L8HuOh3Q05/1RlEbIyq5DTF+pj/dWfvVR25Sm/+rMtIqAqnasKB7kK1yfP&#10;K6t2kl1V9u5ZcsGhD15LoRQivSn+PsASzTfkRHOACcbQ7yvDKsXDV+STDNc+RvG1wqszjOldQpDI&#10;QqTEWB5r0/93gfXEzoB2D6gd7tWiC7IAKuw7dpoOnV+Xfo+KFVvF/QNyJa0v9CzqA7bpWMNCq7LK&#10;9xzI67ajjnY5fxZ9ar+UR5Me+AKUCV5PodYwIfg73X2oJ0wofsc2cMh42VlVtFty+KAKk/IG9T1U&#10;VftEdzOvLCio76Py9QOmGL/4pX5J+1mWQReMH8m6wrzGHrkMrdK2Cg9rjHu03ckpZ0LVRTU/S6Up&#10;Tyu8NHzqykHbrZUu6J527j+tEb1yvKaHUrWmbVlUkfkDCy8kxGqyKmzSoUeFKSOyMpbhxD5m0c+Z&#10;XuxQiVn50y6TpwwmzvIVVadl0FXS1xX2Hfv4EeO9J4WYQxZTqGus/HxF3hsp9g05zFwEUob2AWkp&#10;8rx5dV8pM0odvogC22v2oR6xzZEVl+tWxUZVGyWqCqvUFBz572ruNeTjO+Upgd1iXFfSq2bkv/zn&#10;PpZPKadSQeEKGKaUyhPLZbhXm66SV2VOpt7LIdYoHWHerszdrp2/zxV8Ke8ZZtCeWp/p5Hfz3Gpf&#10;AeVAKjzJA/fxfKWcjMgnKlTIWpSmanhNhSotoY7X69DlLbaxT755as6V5eYNctgk66b/l96lzG8+&#10;TaFliIVPZz72DvNUp5g3OGW8OiVB0+noZdBVQmGkwr4NH/fOPzsgl+rlyRbJKcoQs+xz2Ycvr5SJ&#10;7n0mC099CigyxFJAVQnltdfbNK8ar6lQpSVUf0dW6rMXKKpon/sv5I2X9S/dfSrm0jmzPXJ41bVp&#10;2qihX+rG7xc/TzGveeNNaFZAV0mfXv+49fV2sOKBqpLytKVXXxQN1Cs1F+8r7ZHPGm6QDYVC1L4K&#10;JQVUte8AiwauUkpdr4Vo/YQZ6f/51zfamLCEMzZPZW2FRzowe0HOe9pVNyX9OoZThlfzzoyVjUIV&#10;AcoQS4dDWSFdZZ6naqGKOIKU6aVHa8Yaux10lD/7jJd33sOquN+SX2u5w/h1QTZksyDDoudUmL3v&#10;c98Ajb8WIqVRSKgK7KDrlaBaeO3Gbh9LWL4wpz7RAAsXz5i0xjqN8B25P6ST3vvMOTNWNCCvsI1W&#10;BW0XK+kfYJvJKukiv9x3hQmizhRCttqX5AOgiyTpsxq7kBW77A3OGi9Prd7ZN5hR2vLxl1iEcul/&#10;z1Qo35t7zKN/JJ9a3/a51ZPTYeryZMUxxpefySFjdby2Qs1ER7i3jjH+CmuynjG5sYl8uuArTIhl&#10;xY4woZyXvEp4L7CNUmf+CBMM9X9WSVc77CtfXnz0ua+wN1KbZ9QMSmM2q7GL/31JbiHMG68ek7zp&#10;DiZz6pXpnajn5HyPPvYP8pEl9fa+wxRH/b+yHbPlNJ9h3jMt4/TEqhSqmXLNQ/lKhF6JLl3+Q1c8&#10;nFLSPaqK6fWHQ0xJumjKxGZLeIlt3mExxwm2KaMV0NWmqTy6c0xWKIVON0xW5mbxfdS6ysbumzYN&#10;Pvc25iHU3J01vsxdlEOqrP8HdiK97O3NlRPnwxAzXCoE6ZX5HXKLQvwve4r3fi3tuyWWrlDOAIUK&#10;N5i1aMhhw7x4XC+oqcx+iW3orBMG6pmck3tEZUih81+zaNE5ug/k0EIFBb3Mtgy6bsntBB3R0Xzy&#10;nKLp0D+7mLK2juXckN/4fWjNp+qhTiuU6FIo5YbKg2eNF3TwWa+i650lGR8VoPrKiQowv2CG7B25&#10;F1eeuiib1FeYAs9qpL8Yq/JQCod+JVu2c+Y3CcuStu67xL/XYIaVkdX+3X/XKQhZ8dsetDT+v9+K&#10;ObS+8pRl0aVNf8949UsCpvFSqPOOtct7dWxIh3XVjtC+/OQ0zCsKSJB1qLfpMV6KJ8W+Jit221P0&#10;khMf85BSuiJHBvqimB1yX0qVW3nFS2DibeuaWOW3Hm2SH/ZzctvjnRtVw8pT37fM//afNXJItVGM&#10;vfPf59Lic4ju8nSzPIHmqE3XJln5hmVFKuWvCJugn8mTHOV9qkLq26Sa4h69c9bna8QkpFLKPuPb&#10;r+Y0XTxaRE6KkrjOXrY9lNbt/Kal2lj19/KNZcp9Hm7RcdPGki1drzlrzPGCOWcJ3kL0T8nt+pyj&#10;m0pTz/Gdz9KHlgXkZIyHfdeugZUpVCDw/4Av4kBhIPBnQShUIFARoVCBQEWEQgUCFREKFQhURChU&#10;IFARoVCBQEWEQgUCFREKFQhURChUIFARoVCBQEWEQgUCFREKFQhURChUIFARoVCBQEWEQgUCFREK&#10;FQhURChUIFARoVCBQEWEQgUCFREKFQhURChUIFARoVCBQEWEQgUCFREKFQhURChUIFARoVCBQEWE&#10;QgUCFREKFQhUxH8BiOgCvdfhFFkAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AA&#10;ABQAAABkcnMvbWVkaWEvaW1hZ2U1LnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPk&#10;QAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV&#10;/lun+947M5lkEggxEMCwhH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqy&#10;yiIhEBLIkD2TmTtzb3edc35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YA&#10;SFXXVCqVv/T29q5IFhoaGnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOi&#10;GckLIhICuICIPg03qZj5857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM&#10;/D+e550DwGPmT1ar1V2q1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZ&#10;PxeG4YFt6OLzyIHfaQL+w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2h&#10;tXYFEf1aRE4hoi8hWiFnufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y&#10;+RQRuV5E7gMAa+1MInoDgMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBj&#10;zF7M/A5r7RFhGL4EwPwa5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr&#10;7UFEdCSAI7u6unYCABF5CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839Owgg&#10;yKCBAawHMCPePgLYBACI6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA&#10;4HkeROQsIvp83gA9j2w8P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAn&#10;gL0KhcKmAEBE06rV6oJSqfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387Mjxhj&#10;ZrqJuJ4oewNDRAcBgKreAUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESu&#10;ZeZ3Dg8PzxORMhFNQ7StSrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur&#10;64tIbdtE5AwiKorIE8Vi8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY&#10;1RjzAxGpiMj7AcwTER0cHLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/N&#10;uPZtjXCRqnalrn1HVZWZz8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUe&#10;e+yxEjOPMHOgqj2q2svMD7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfO&#10;nGWe5/0BbltWC0R0LQAYY45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt&#10;/r7v3+SKewAWi8gyAAP1ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8y&#10;qvsgEf0agCcijxPRHCLK7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/&#10;x7H4Pc+7T0SGUYfFXiwW7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy&#10;/MPR9x0iequI3PfMM8+c7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM&#10;9zZS3pVTa+07k/luWxaqqpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3&#10;mPlHcVlVfbmr439d3kVZba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3Q&#10;Pg3Ul7mVXLBgQVVEDh8ZGdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39v&#10;IuoWkeWlUunxpUuXdovI1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3&#10;dKqg07N9YyZr7ds1AWZ+oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+&#10;QFVnM/Pf3PgsZebLmHnE/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP&#10;+9fMvNz9X7bWnqiqJi7nuHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2&#10;U1UMDAxsaq09lZnv0w1Yl7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj&#10;5XJ5HjPfrg7M/GtVneXKEjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a&#10;/6lqr6qCmc9zz+RDnaZ9stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6&#10;sm8gokXM/C4imkdEJ5dKpYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9h&#10;GO7LzL8WkTsQmQP9Z6PTs73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lm&#10;r1UqlR2mQL+eU4mZb2BmUdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb&#10;/Ody6jgBbUpkrf0IM693LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1H&#10;Rka2GR4efqEb6yeTZ1tr7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3&#10;qepOLp+stSesXLlyeuIBx5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIw&#10;fKPjdt6iCS7wczF1nICJJma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5&#10;HDMwMLBpp2lqV7LWvoeZV7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyE&#10;mY8FgCAIThGRYSLanplPZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJw&#10;RW9v7woRuVdEvmGtPQKRac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI&#10;4sEHAGPM/M5Q3yZ0erY3myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfF&#10;C8Pwjap6i2MmxLT3q+oVmgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSeg&#10;heQz8zPMLE7HDhrp6d3pHk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8Nb&#10;aQ0w85NT4Dm0LcWyOU3oU1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeN&#10;jIxsx8x/duX+Xq1Wd+s03Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr&#10;7615965cuXK64x5PecZWxwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDc&#10;i1Sr3FLNAUe6mx3vS5tTLzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzM&#10;fPHQ0NDm8bWYC5mSiRWZ+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRge&#10;Xi6X53W6n60mx+r/R6K7dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujc&#10;dbS79qvkPUEQ7Get/YBOXZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgC&#10;p4NqnEjkc8z8VKJ/i6y1pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1r&#10;E316m+vDI9baY5n5+xyZpoxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqk&#10;LrdNWKLRuesgZr4nMejrVZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LW&#10;ftT16bYpQGvN1HECEqmPmX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLz&#10;zRrZeU0JcKSA/e3n0s5AVRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXuc&#10;KtPZU1Ar3wRB8GInnribmVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9ka&#10;a+1JGgmsb2PmcIpve+Yz85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig&#10;2LfT9HZ6wDxr7cma4JQFQbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3Fe&#10;GIaHMvNARr8Ca+37OklvRxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9&#10;evUMEfmB7/v3ENGbicirf9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfA&#10;PcaYHzuF7s6gw1+n+excXLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w&#10;1h6rOsat+yPp7fCqVatmcOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVK&#10;pbJLEAQHOznUBey05Nvczg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGi&#10;V4nIb4hom0Kh8JcMZz1PALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jc&#10;X6uORkBEh4tIlj1gO/GUiHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHV&#10;anXH1atXzwBQJaJjRORCIprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJD&#10;EQVSnDCI6GRmfms76sqBAriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMu&#10;o/OZeVnGbkWZedgp1v6dN4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5&#10;D6vqPjHNPNZhamwz96cWaVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0&#10;g6ekEWa+3k2sxexcV6cGe6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQv&#10;SpVbqqoIw/AIjoxPm6XrSp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFq&#10;tfqiSezbRp9sCIJgf2Ze4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg&#10;5vXW2jM0gwPIkZFs1j39eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbr&#10;Bk53T/Ljycw3byxliY022VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1d&#10;tM2Jgmvbt3XFOoCJ8r/N0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1&#10;jzAM3+TcTMRtxKImq5Gx8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462x&#10;M2KdKDjDg3MqzeXIUHStRqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9&#10;qhvZsntSK3dxli9h5t9aa89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfw&#10;s9FA6mHmC2usDHflBQNxK2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZE&#10;K+Rw0QZjab8r8xOXf/lE2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJ&#10;VmitVqu7csKJUKoNq6pna50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3&#10;VPVMZr7Xuc57bkw2Zv6eG5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwu&#10;XV+i3iuDIDiEI3cMLYGZF8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2Dm&#10;xdrEESRtiuU+dA8w89ogCA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIH&#10;Kmb+e169EwUzr0r4u0Q8JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKW&#10;Q7PJeegqJ+obdB/aSelb2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDm&#10;L8fXGxF5uK3WVXn1W2vfU6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFy&#10;no4sM9+YVyZ+UVoM69rHNVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUy&#10;rgk6xwmJ25yKHGmCNEpPs+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+&#10;f3//NHYuxmvBfala5m4284VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU&#10;3Lm4IZcSzLywSbOZi9x9a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0&#10;bFNn4H82AfqJmYcaaadROFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPR&#10;umdqdK6d734XrbWfSXCG2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoH&#10;UlVRLpe3bLCdhsDMtzbiuYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+U&#10;qOevbVIXHJcmXMHg4OALErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPA&#10;edqg4WW8dXXniFplL0q1c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9Oome&#10;tCdsz9bT0/Plnp6eJ0Tka+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi&#10;6Q0UvdXzvO+31AkHY0xxIvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD&#10;53kXh2G4n4j8q1Y5Ijoh71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dm&#10;r7QrPG21Wn1RI4dkjrwpbTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Sz&#10;rst73Jk8j75QXSzujLH7RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/O&#10;G9gk2iiILCY/Ho3AbRl/X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bh&#10;A3lb3zw5IzP/lJmDDNu1ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYi&#10;byY585a6KkS8ITRsO9JB9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19&#10;vxNwj7vmPCIvTtPouNbjyrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOa&#10;kZGR7VTVJCedM4jMe3n2yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2&#10;ONnmcgtu+DgyNp30CZZMTra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQl&#10;U1sGxa1eylEgwvglNE5gmHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtO&#10;tmyJnaK2O7/VGuu3JeRyzU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq07&#10;2seRQLvCkU+cX7rFI75edPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz&#10;3uA458ZOOPFk5t+59r/dQNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03&#10;klOK1sz8pZw2C5paRd3C8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLB&#10;INxEu98N5KPapLZ8uxIz/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG&#10;6bem6xizonOkQperimWt/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5&#10;HcCvAZzFzH8uFAp3J+9dunRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1&#10;IgAfb6EvR3V3d3+XiLYQkSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5&#10;sE7Vcz3Pe1MrNInIMwB689ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P&#10;71cqlbL8XPYmfxDRpgDeCuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dm&#10;ZqZjFzci91qh2V6i0ntrZeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY1&#10;4f8bsbHOcc6B0zgjWY60WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByIt&#10;AiJaLyJFAN0uldzfoqpeCGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57n&#10;nRQXa7AL4vv+ndZaVdU7y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA&#10;3pHMJ6KPisiLKpXKsT09Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f&#10;3d29D4DrG+5Io7NyYGBgU3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G&#10;78UlWTQ/j1FMSKOimeRs/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZ&#10;M1aXy+XtReRcAExEH+vu7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewi&#10;Iv8gojFnOlV9ttF+pDEyMnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRg&#10;Os/3/etF5GnP8z4JAMVi8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUi&#10;ugDANwCsSpcXkfOI6BN59VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZW&#10;VESWENFWqbxrVPWXE2jrOQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J&#10;6NXpfGb+gOd5PxSRH6vqEmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2&#10;srX21JwlvOZ2LAzDIxJlVzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOU&#10;rBSG4avTdGTQFWZt7zgj9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCg&#10;p6dnGRF9dGRkZDsR+dqyZct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEA&#10;IrK0q6trcSP9aAEjk1TvfwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l&#10;5k8T0dvji9VqdQEz/6+I/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHL&#10;GtF44MisZbK+6GPCLrn2srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n&#10;/VP3/ror27Rp015LRL6IPMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M8&#10;7zoiekG9G5j5knplJoCsgIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV&#10;4JCzmPnDInJ7V1fXU57nfZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2&#10;MsYcMTg4eNTIyMiWjoA/ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6&#10;aTWSJoC9fN+/V0QeB3BQi3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/z&#10;LiSiePxvFZERIrqUiF5DRGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate&#10;+Rit+JxoJqUPyK7/zXpaJm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+&#10;MPM9zLw8EcftCmZe4xTWiZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbb&#10;bXeOW6LrQkTu9H3/qkbKTgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9Gfnr&#10;NjIdaQgRHeuONbkgot5isXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0ND&#10;NTWOmnlwlog+ICJfJaJ5vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9&#10;h4iOaOa+crn8dwCHAoCIqIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1Ebmp&#10;XiOe510pIlooFN4GAP39/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrra&#10;HYVCYbmIfD+PvZ+Gqp6JBr5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VW&#10;XX19fWuI6NRITqtnAtgXwA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwx&#10;gL8CeDsAbLXVViMArgbwIgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq&#10;+mSt6yIyrKpHeZ6X+eXJKH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGet&#10;fUU8hnXav0hVrTHmZAAPE9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/P&#10;KkNE47b/IlIulUpPpMp9FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41&#10;DoVnMfMztUxqmHlhvUNhPak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ah&#10;zHyWtfZU53H6IGZ+rFmHt62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70r&#10;r1FVdZ7SMmnN20Z6AE4koi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1e&#10;SERb1rgOABCRW4joyLlz59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMi&#10;w9bay0Tkr57n3cHMuxPRgu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuI&#10;yPc8L2t1fJaIXp82iI6xbt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN&#10;74Rz0K0z6Am1gVgF1tpTXFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAee&#10;R2Zi5hG3gxrNc2GfxkWkTSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMND&#10;kK1RMIqBgYFNjDGnIzrvQVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7&#10;/hPM/GEi6jPGNKsNskJEeO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGh&#10;UPibtfaVIpJ5thQRHh4evi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu&#10;2B3JsxszL08Eos/6Gp6kqhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2&#10;471r3bp1mzBzEATBAdbaE5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC&#10;8jxj1CAIDnQRmW7ifCdKR2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMta&#10;DKCuPCOGiNy2du3agwEsAYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE&#10;6dOn+wBMGIYHZ92cxLRp0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0z&#10;jwmu4fv+DQDOSd+gqn/IqGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Yp&#10;l8tbOEeVY1x+Odu2zAAQLnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6&#10;u6qeWa8cM3+NmcvMPGSt/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/m&#10;nU5p8t+W1Za19hRmvtRa+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW&#10;9jFeudx2Ndcwtc2piyPPuzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/&#10;PeM5NeSvcmMljlyjJ+m7QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEh&#10;Io+IDvU87ybk+xIBAIjIqIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInIN&#10;ER1Zr6DneTV9rjQCY8y+qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYm&#10;gjF6j0R0ODO/N5nn+/4fROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2I&#10;qBQEwT5OOu+JyDeRz40kAC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGU&#10;rDOdw2aUnfBkA7ArgKeyLqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcB&#10;aKfszSD7rDyVzmtQ1cXpPGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVo&#10;Ms3iKCLNxTlL5LWqqjVManbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k&#10;5rMyrsV9Pz2Og8CRq74iR05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJm&#10;SQXOCCnlOL5h+v68WG/1EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfr&#10;r00UOd/3/TF+JZw3rqPS1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhz&#10;HlV9fPXq1V1u5f2z53mXGWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJy&#10;OTboAIdr1qz5QLpcX1/fW5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0A&#10;RtV+iOg8V8+DixYt+myyIDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1&#10;ff+tqvowgJnGmM0BQETumzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXS&#10;Y5ITb5yIXgHgf+PfTml5DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8Y&#10;Yw4XkcpTTz21MOu6iCzIyieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813Z&#10;iIZBJorF4uuI6CBjzIL0Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3sv&#10;gFm5WgxNwBjzwqx8VW37s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3a&#10;tGW+7//Z87xvE9GuRNRTqVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+&#10;tta+BcA/k79F5Ed5HRSRR/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoi&#10;XUD0NV6xYsXBqrrYGLOriJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh&#10;6Pv+sRm31IUx5iNEdCIRHUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sU&#10;gDLzWciBiOR+7Ylo3yR3qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVm&#10;ANOMMaWkSMPp9hWKxeIDvu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5&#10;tdZ1Itqfmd+eyjZwBqE5deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82b&#10;uZm7nYgMqup7HYMjDzXZ877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsi&#10;mkhvFpFR5dlSqfRCONWjYrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+&#10;f7Pz9JYLY8wZSBhMh2H44lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdY&#10;a1/DzO+31r6JiF7oVrdaqBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5&#10;LYB3EdF0RL4MDwyCYFdX5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoR&#10;n8Lk+35pBesA3FarABHtYK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krq&#10;y2uVjxGH7mlnYuabGmmbIxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyI&#10;rSwuYubvuX7+nplXOIvrZugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x5&#10;85IrSZ+IPM3MmezRFGr61CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9&#10;gAuNMTsD2B3RKvY6ANeIyPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9E&#10;Tn7HsXbt2itEpJ4jokMAbBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hV&#10;APZBwlXz8PDwdCKa53ned6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1&#10;V6vVlpgkAGYQUZmIPgzgLmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7f&#10;dtttT0I0aQfRpAdjZs50G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoA&#10;mPkEz/MuJqIPep73ze22225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/r&#10;iKjeOWLA87yfNlBnK2j03BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMa&#10;Y15qrc2TB7L7cK00xvwYwN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTU&#10;nQtVrRvvz/O8T7t3+Peu3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet&#10;6w57IZIvjQtAl4aIfBv13b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQK&#10;AN3O8/QOvu/HE5sAwG1RCsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/X&#10;HUdvb+8KVf3fOsUOJKJcbrKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+L&#10;CyflWjMAlHt6epbl0PAEIkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQT&#10;kHVW2afFtruxwY/JcmPMLM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+&#10;9WJjzFZEVJTIa+/frLVvICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKv&#10;JKI3ZJUjopovqaqeg8S2e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZG&#10;Rl7Y3d2dJbTcGXX2/aVSaaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbb&#10;HmXFi8gyIopXrSEAVxYKBQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI&#10;1Z7nva5Sqfy0q6uh4+koRkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63&#10;UnnvUNWfZCwk/dhgk9jlPnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300&#10;DWNMrtQeAETkDwB+Xq+eiSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5sim&#10;AKyI/MHJHa8EcB0iv5t7uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+&#10;SUSygqNkQkQeGBoaOhIJAbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qi&#10;gO2vFZFFIvJ/IvItiRyDXiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2&#10;FJEzC4XCgyIyzsynWCzu3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuN&#10;MWamM9vZD8D1rRAmIpmTTVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgs&#10;ftzp646zgheRX1Lk7vFxz/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtT&#10;v4+vJ1zMAzOfF9cThuEbJis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr&#10;1Pl1VVVr7UmVSmUXVdWk0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+V&#10;M1bfTdSzdHh4+IX9/f3TrLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely&#10;0n89M//ZWvvJZge9iZQZIK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XK&#10;LhPQcDGc4UmYmTn98ky1FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53&#10;rWZfnrs4CmiQzJ/FzA/ndTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjn&#10;oqo6M2Fa34iXp15mrqrqe4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC&#10;/Zg3OHd1qmAToq9dUSx7AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXO&#10;rqxlEFFh5syZDSk1x1DVYYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7&#10;Tv5UwuiYEtEY9wee512ChP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcP&#10;BFDT1sjh+q6urlg7wQA41tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uM&#10;mFKDjmOwgZO2RlWbZjIZY16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZ&#10;NSG0Oz7zu8MwHMOd6+vrW7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJA&#10;uVyeBQBEtKyrq2sMR9IYsyci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUK&#10;IaIiR9FdR+FcKT4IRKGTrbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8X&#10;kUztFBF52vf96+LfhUIh7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCd&#10;qjZDQibk+36XiJwF4O1ElOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7&#10;LO0xQEQCAEsnSlxbJhsRJfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI&#10;1Hu5M0FE1N3dXVfXM4aIrACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09&#10;KEeV6VZMYc0RAHBn3rS2yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpiz&#10;qtXqOHuoQqHwN1X9TDrfWpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQR&#10;TpPqa57n7YxIx65em3OdUBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPG&#10;NWPGjNWqelaxWBxzrBGRnxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZX&#10;ZTXgzjCTCt/3b7LWvkxEnmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMK&#10;jp4xZm8i+gqAs5n5IwBOI6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5&#10;datqlg+aptGWyaYZNk5EtJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+I&#10;ZqGOJUMCDGAZHLest7d3FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63s&#10;AuYishofAxF5LMElnsrIU2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa&#10;+6vUtbwAga1aRbeCASI6gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2&#10;ExHthMhdxaWIAkKcDuA38f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJj&#10;RtF10ZbJVi6X78taBYiIROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwP&#10;EZHLJMfFdQJHo8ExdVvV5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1&#10;Nx06SkTGbbcAgJmvbrauTsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwb&#10;albK5XLSJTm6u7szB8Vhwu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAi&#10;Wey2iqPYfPPNZwL4KwCsWLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDm&#10;XKaQMWacZUalUtnOGDOOWZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjF&#10;ZGAAwJVE9AEi2n3t2rWzRWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6d&#10;W9Yo0MiorZqIzHXm/OcXCoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV&#10;08IgoulEdK21tpY8quaSPtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aE&#10;QBuRy4pm3dUBAERknPMbEWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jU&#10;dBHujOqurjHhanEc2+p+vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5&#10;TFV/AQBhGPbDMQWq1erOiBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55q&#10;WjGgFto22ZzmdF33X/GEC8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8Dxv&#10;mTFmdGVzDkJHtdgrlco2APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5l&#10;eeqAQCSKAgBmfls9vyQiUg3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sA&#10;pJAbf6vTUNXvprIOQ2OiinuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagp&#10;eJ6XecYkon0B3CwiVzoF5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXf&#10;JWyuarL2iejaWtc7Cc/zLnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt&#10;3u5WpqYd+yDaTdQMeE9Eb5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/Pq&#10;bjNbQbtNbCAiX264caJte3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUG&#10;xphZvu8n3QomNc8NgP8zxviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3&#10;bt3vRCTTRyZFYc/OqFWfiNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLo&#10;TUSzU6GNx6FUKj2CDROsgvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnG&#10;E28nisXigQCOj7m/jjt8eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8&#10;ncoCMycn7+xnn322Zjy3DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69&#10;GWPRuQAatlQAInmpiExW7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZl&#10;spVKpUeI6MyGiYgEqpkhqUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNh&#10;vmBsv9J+KqfBGeaKSCXh3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1Z&#10;lYvIPUEQ7OP7/m+T+cx8DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWN&#10;iD5b6wZmvpGIYg2H/uHh4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePc&#10;CWxszJ0797XkIta6OHejUNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3&#10;Koz3iBQHszipRhiljqFarX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4&#10;FM5tAjPvoqoNuwa31h5NRC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EO&#10;kznZ0NfXt4aIDheRlr8Sqvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0I&#10;gqt83/8QAKuqVwG4BWPPdRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJy&#10;pOd5386q1BnqfhIAmLntobEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6R&#10;dYgLdphX/rYwDF8CoD+pRdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6b&#10;MaZm+LDJBDO/I2WDlg6JLEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2&#10;IXB8Ynh4+IBGBd5JhGE4Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4&#10;oJDGmO0RMVS2diFu68LzvLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxq&#10;r1q1anpXV9c1RBSbPD3QQky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGb&#10;asJWAPA87zvJ8yoR7c3MeX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0&#10;dI6j77Mi0oyvjUnzdlYLbmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFp&#10;k01EHgfwCRemFgCwYMGCKhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+L&#10;yC2e5x2AFMuZiAaDINjN9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE&#10;2bbB87wPN1pWRBZXKpUj0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwz&#10;L8kKeKCqysz/TN7jIrNklXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAE&#10;L2Fmy8wSBMGL3bVXuPrY/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmL&#10;qtXqnnl1rV+/fjNm/mtGXYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1&#10;kov1FqjqK9PXBgcHX8DMaxJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZ&#10;OTQaZr49OV5hGL4xh4bcj18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5Z&#10;K0AeR0H/VFXVWvu+OnVunY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7d&#10;qhlhoIIg2JeZV7ixu5CZ1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/&#10;XU5fZrrdSF1Ya9+zMcfYfdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4&#10;u4oq/3p13+uEpCFBAsYlgCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQR&#10;oggGUDCsyp5AAk1CN0kI6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUk&#10;aydSEvmxe8jv9QakaYz5l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZ&#10;ZvryfiapLQA3wCWiHAVw7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXR&#10;HBwc3Gqax/nwDHkK5Y4jov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEM&#10;gFFm7k2pPwvABq/8KKevHGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiM&#10;nBHGVmYAQ0lpeNeuXbsFgHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm&#10;9TljHNEvuzDG16UJA+D2nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/&#10;ysxsjDk4o52LYvUbRPTBPMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9w&#10;woMyxhwA4FYAq+WcUm1FNnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2z&#10;syaq18YTS5cunZHWzpo1azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haH&#10;UyYJXPre8wsoNeZFf0c5ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRP&#10;CX26corkjU+0vTGe4nlejkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3l&#10;ipx27kzp43pJUF/Lk8M//yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYc&#10;DXLGeITd2XlKx3T9+vUvAtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX&#10;8+rmNi5KDSaiDyX9Li9bmCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3&#10;gqd6loVi2w7K9c/+JPLPvsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTR&#10;aLyqqGzGmPfIWCTOhyzOLSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytau&#10;bVVtHgP4kbzU28Kp/RnA475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1&#10;tAauBT7Su+cvZKxemyUbER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM&#10;/mEY7i2q9vVyPctorZhZhWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJ&#10;A2ciOnF4ePglkSLEGPOutDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/z&#10;mN0CkSWfMeadzGMLTaEvmrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYr&#10;WlRfw5kO0so/HZUlov+WayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9&#10;VWtwtrtUG1PGuC6XhW5KJxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9L&#10;aIrLDMaWAM6BcyEaBXAPEX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yI&#10;NL990u9E9Gn5/ZC8tojo6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj&#10;2L2bi0v0657169e/qIBMRzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlm&#10;s/nauMAFBueBMAz3BHBaRpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu0&#10;8gOgyL5HRIdBVNNlCcDfp+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3&#10;mbgGXgRnMrmzaD9bHqChoaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5&#10;weuccsYSgywbY95fos2j/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+Smy&#10;Ft4aA/gVF1RCRbuNHBfD2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/6&#10;7cvhOqncIu7AGS4Mw72YmX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobY&#10;RQ60o6RJ5L6+vs2Stm5pZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo&#10;/P/QIu0ZYw5O2j60QvHJJh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir&#10;3tbxSSL6CnLMKznj9wQz79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OH&#10;zq1lK+wKZw97OAzDvdmpvx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADg&#10;e8x8JJzWb5CZWZQkrba/A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh&#10;14WxskenlU2o2wDw02az+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNH&#10;APxnEATnEtF7qtXqdQC+HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p&#10;5e8QcNS2kigA+HClUjlXa71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4x&#10;q1atOrEMGM7AwMDsbbbZ5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZ&#10;IqJ3a63/TzD/E3NHhGH4hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71&#10;AlgHca0Rw+ItrRiU5bzS0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHo&#10;iqxtPjNzHNKAiL6aIddSIjoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClF&#10;WuvdlFJsrf22Uupg+bIMZ1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85f&#10;YqvWtxuNxvfykgouW7Zsxo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAE&#10;F7fbjrX2Ua3165SgMBchAF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8i&#10;ojOr1epVKv0rs7219gKt9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmV&#10;nZ2yyhwjs3t/udbLEzV8vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpO&#10;BeTePm72KENyDngMztPkIgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUVi&#10;v/xzz7ne7zPhuWUljM1V8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyv&#10;gWyxVknnrOBzZLVXFaXKH9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqd&#10;CZdForhYBeeX2vJkA3CWaNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39b&#10;u3btFkT0BTjPjni7x7Yzlu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ&#10;+pOCCInovxKep1/HBxWqAHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0u&#10;LXM/2e1MglfwdkEKznE9rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19&#10;fZsR0eeYJ8MDJPB8OCNmFGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z&#10;92mVxIzQamjLrgCoQES8BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU&#10;4zaXu7Ukoq8kmRLKcLuT7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQ&#10;AFjfBzDuxCxlzud87+5a1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4&#10;g7lizg+XyUNJ27Bhw9biKnd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9&#10;Xt8RzlP/iqhMFO4iCL6pbYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKCh&#10;HaMiPpIJPBNAf9aKLmfv6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFS&#10;sFc8eT7ule1nF2ngvz8VALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgW&#10;gSy8wAlnvbQvFBzWyusLjMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqi&#10;yUR7JE9+/9nLWKf1Mw5JN4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0&#10;Y87/sglXkRGyD3HDkbZynZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTy&#10;g+y0jrPka7wBwBU+1mUOz0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43&#10;B3RlskWq+idE4FC2cUXrvhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+G&#10;APQVhSYA8AsAj8e1b4JadSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuL&#10;smylz4GHBSq7tLbnxZRMNuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P&#10;64ucRXMXjyKEbHzOSO4TmSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHC&#10;tDIl7nkhtxkaI6aEq1EO5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9&#10;EO1aJ+lMTo9vO04WnWuja2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87Z&#10;E60C4HQA3xRlzX7yfqRpy9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/e&#10;JFyMeNtPZOBZVFAQ1rsMAbgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZ&#10;SYy9+HA53aaEAAwT0Uc4pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8A&#10;GBJUpNS2xAZybalRb4MwGQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eL&#10;y1JLh304D43CJJ76Uf1t0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3&#10;ZB/McJgime3JhLuiyKC3S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kE&#10;lKcwbgyA5sjIyEt5fBwTzTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT&#10;4bzbb2V5iUXbE0Uy5372hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQ&#10;Q6Ic5OW5QraLbeNolOwL88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMm&#10;SRQYeY5DDMZwLlRlgXcOwhQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYM&#10;OQxPBDrat2hdqT8CF+FxGRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWb&#10;ECVdiIeGhl7M7ow0JSQvVfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+u&#10;H/v1s87dcOaH3wI4xRhzsEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2O&#10;hPS0jCaVRZSQ/keygOaeWeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7L&#10;sxY991DOpt82xhzcrqwjIyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5&#10;Yow5EF4yiU4QnH0tKQvO14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK&#10;4BoA5xpj3tdJuYjow6I4S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4&#10;utNQwDG2CIn2LOnFuyuvrnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564&#10;Y6lyhwFfxcn7N9LHtHOphkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFj&#10;Ld+v0Wi8UvBLfibq3FaQl9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua15&#10;91veyVwKcRbIhlNEeZI10RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGX&#10;VCBuWt4L2DbL1nTOyMjIy0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWle&#10;CD4BuE7MHEUm+nq4aPNVBdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaM&#10;iSbBw+y9axU4m9qEMBmJuq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJt&#10;cqLBVDRuqQTAilLlD1nlyhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2O&#10;cwzzAC72yp+BcXybs71y+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bN&#10;G1JK9QrWYrBu3bpt5VoqLVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJ&#10;Wnu+tfbaarV6Tbs3A3CCUmqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMq&#10;lcoWSqnZSqnZlUpltlJqjlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUt&#10;dq8LtdZHqXR8yH0GBgbumT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TO&#10;bGZWzWZzN3bbpkEWrwlJIRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF&#10;3M2VLU1blLRN8+EefO/6DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYu&#10;lV2oE9yNL5syxuytlGrWarU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXA&#10;pyqVyre11lskFZB7LFNKPa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trF&#10;Wuttk+4F4Ghr7Z1BEPxVa10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgF&#10;sPWnmqy1z1prD6tWq7/LKmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmno&#10;wkSa7tmdxuKDaOHcdG4FcFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6&#10;dOkMaiO/WEGZLmHmIyVDS1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIW&#10;GwgjloCBxyfiFfL7xVw8RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4Oib&#10;rcCv+04AAL7p/bY9HFjtF8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3m&#10;ez8F4LtZMV+yEzgfHYJwaFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/0&#10;5YNsKe9NMjqn8ejo6AKZpF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G&#10;8EAUYiMuew0AKxqNxi7k8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTy&#10;UCd60U8HAbijXq+/Ql6QJ7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJE&#10;u81dFyCPxbs/OvieE10Xb/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8E&#10;Vm4/PDz8kuHh4ZdI/vPfIAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rr&#10;jjkoi5bveFnZTuaSwK0SDv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLI&#10;a98CeBTA+RI5XgrdOYnDMPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzV&#10;Wnu3UmqG1lorpe5SSu2hSuaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8&#10;nVKKm83mzjNmzHgVgAVBEMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS&#10;2ymldhD7UyYBOCkIgjNa6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJ&#10;iPbXWl8jHioXa63/XbWZI31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJ&#10;wCCAGwB8i4g+IVk653H2FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhj&#10;zAfaGb8OcSUMw7cS0dFE9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9W&#10;zneLANwBF/m7BMCviOhYyQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82a&#10;NZsbY96DZFes9ZyQiHC6WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82Tem&#10;W5ZOsZzbToyfgSTAUQFYDGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCp&#10;EmN2Z8GELKqMGahb3HUBWuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvI&#10;lomZmQFcyTwWYDkhC5AoP7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/&#10;Wc5KUdlAsCXWS/khMXBuNKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqH&#10;I7rPdAHzTBXrbitoWqBnrbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5&#10;zxjzZmmn0q0OFKBRrfUh1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBiz&#10;l5oY17a7UkpZa1cklQfwOWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrV&#10;WvsjCWd5o7X291rrtymlovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW&#10;7mmtZQDHK6W+pkqaQKaDrLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKv&#10;hKfl774ILg/jOCePilarAi/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5n&#10;fNQwZlZDQ0PbyLOtcxc1pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxS&#10;bqNiiL9fAi0UwNLjuy1jAa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iH&#10;iE5sNpuvja6J/2P0pftO9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED88&#10;7fcwDN8idj8bKbWazeYbkJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8n&#10;ohOGhoa26XZfNiWW9LgkNtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHX&#10;BBws9TPy903spWuSF2EMyRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7&#10;ENFx3v8jl66hDRs2bC1w1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY&#10;1AF8XcotbwUGYVPjrgswTex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUY&#10;hm8D8GOMhz09DuBSOJDdCT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxw&#10;AZQskOQRlPXvo9/r9fpOcPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlK&#10;rv8qqiv596JA2bEtpmwfz4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfr&#10;NpOZldi0GMDpg4ODWwmE9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDP&#10;t1FDUlkR0Vel3E8ANGWB+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+A&#10;FfX2WJsS0hLFVd3nfQWu3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvC&#10;iYg+EV2TCdaEg/ObdjTijYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kI&#10;bRnj0dHRBRJWcyGc5/0pco9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dh&#10;YvbVO4no2OHh4ZcImO4iKR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs&#10;4bKkMIALitxPvPfrUgfs4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkY&#10;DrS1Iv38jVyblEMP47azKApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonO&#10;eOd5CdjnYzwgdLTRaLyaeYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/&#10;GwKjIOdXxeMmlJXsItRrAv19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZ&#10;LmSeMNmysEYmsCg1GA7yzf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpv&#10;ciE23SCt9ccBLLTWPgLgJ/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfj&#10;xBChoaGhx0X2LY0xexLRewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U&#10;+iMRHaC1XqCUWrjFFls8k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDd&#10;Y8JiqLV+vVKq7l8zxrwtKf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1Fpf&#10;piTg1Bjz9iAI9rbWNoIgWOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RS&#10;b65UKq9J+tFau6fWWmmtl8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7&#10;GIVheH5PT89RWuu9rLV/V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5x&#10;xTwGflNnZhb4bMXjSonby9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25Wuuj&#10;lVJ/tdbeoBzMw0uDIHi/1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIF&#10;SqMXNtvdIdZaf0bgs69SSr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zyk&#10;aJdB8R9GR0df3tPT81ZmXl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYA&#10;CAAAACEAcCJi4t0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE3upuqi0S&#10;sxGRticpVAultzE7JsHsbMiuSfz3XXupl4HHe7z3TbYabSN66nztWEMyVSCIC2dqLjV87d8eFyB8&#10;QDbYOCYNF/Kwyu/vMkyNG/iT+l0oRSxhn6KGKoQ2ldIXFVn0U9cSR+/oOoshyq6UpsMhlttGPin1&#10;Ii3WHBcqbGlTUXHana2G9wGH9Sx57ben4+bys3/++N4mpPXDZFwvQQQaw38YrvgRHfLIdHBnNl40&#10;GuIj4e9ePbVQCYiDhtlczUHmmbzFz38BAAD//wMAUEsDBBQABgAIAAAAIQBcoUd+2gAAADEDAAAZ&#10;AAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7zSwUoDMRAG4LvgO4S5u9ndtiKl2V5E6FXqAwzJ&#10;bDa4mYQkin17AyJYKOttj5lh/v875HD88rP4pJRdYAVd04Ig1sE4tgrezi8PTyByQTY4ByYFF8pw&#10;HO7vDq80Y6lHeXIxi5rCWcFUStxLmfVEHnMTInHdjCF5LPWZrIyo39GS7Nv2Uaa/GTBcZYqTUZBO&#10;ZgPifIm1+f/sMI5O03PQH5643KiQztfuGojJUlHgyTj8GW6ayBbkbUO/jqFfMnTrGLolw24dw27J&#10;sF3HsP01yKuPPnwDAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZYANIk8GAACRJgAADgAA&#10;AAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEABMs6rvUQAAD1EAAA&#10;FAAAAAAAAAAAAAAAAAC1CAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAFec4&#10;0k0GAABNBgAAFAAAAAAAAAAAAAAAAADcGQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAKAAAA&#10;AAAAACEAEHyeIZYBAACWAQAAFAAAAAAAAAAAAAAAAABbIAAAZHJzL21lZGlhL2ltYWdlMy5wbmdQ&#10;SwECLQAKAAAAAAAAACEA/hQUQFUOAABVDgAAFAAAAAAAAAAAAAAAAAAjIgAAZHJzL21lZGlhL2lt&#10;YWdlNC5wbmdQSwECLQAKAAAAAAAAACEAulMhGxdwAAAXcAAAFAAAAAAAAAAAAAAAAACqMAAAZHJz&#10;L21lZGlhL2ltYWdlNS5wbmdQSwECLQAUAAYACAAAACEAcCJi4t0AAAAGAQAADwAAAAAAAAAAAAAA&#10;AADzoAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAFyhR37aAAAAMQMAABkAAAAAAAAA&#10;AAAAAAAA/aEAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAoACgCEAgAADqMAAAAA&#10;">
+                <v:shape id="Graphic 2" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,798195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIqrTExAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9La8JA&#10;FIX3Qv/DcAvdiE7qokp0lCItbehCTBuyvWRuk2DmTsiMefz7TkFweTiPj7M7jKYRPXWutqzgeRmB&#10;IC6srrlU8PP9vtiAcB5ZY2OZFEzk4LB/mO0w1nbgM/WpL0UYYRejgsr7NpbSFRUZdEvbEgfv13YG&#10;fZBdKXWHQxg3jVxF0Ys0WHMgVNjSsaLikl5N4E7pRzYUp6TP39rL/Jh9Jdd8rdTT4/i6BeFp9Pfw&#10;rf2pFazg/0q4AXL/BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMiqtMTEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,797801r6858000,l6858000,,,,,797801xe" fillcolor="#2e5395" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7909;width:29276;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVSyswvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LC8Iw&#10;EITvgv8hrOBNUx+IVKOIIIonXwje1mZti82mNFHrvzeC4HGYmW+Y6bw2hXhS5XLLCnrdCARxYnXO&#10;qYLTcdUZg3AeWWNhmRS8ycF81mxMMdb2xXt6HnwqAoRdjAoy78tYSpdkZNB1bUkcvJutDPogq1Tq&#10;Cl8BbgrZj6KRNJhzWMiwpGVGyf3wMAqGvL8M8LGud+fh1ZrbHf32tFWq3aoXExCeav8P/9obrWAA&#10;3yvhBsjZBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJVLKzC+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                <v:shape id="Image 3" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7670;width:29617;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC/mBS/wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zVZBZGuUKggF8eC6vb9u3m62bl6WJNXtvzdCocdhZr5h1tvBduJGPrSOFbzOMhDE&#10;ldMtNwrKy2G6AhEissbOMSn4pQDbzXi0xly7O5/pVsRGJAiHHBWYGPtcylAZshhmridOXu28xZik&#10;b6T2eE9w28l5li2lxZbTgsGe9oaqa/FjFXy6r/J09Y6Pc1N/F5Z29XJnlHqZDO9vICIN8T/81/7Q&#10;ChbwvJJugNw8AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL+YFL/BAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId13" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 4" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:32613;width:10683;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZDIDSxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qm9FLOxiGjMKsVa6FVtqd4e2Wc2mH0bsqtJ/fWuIPQ4zMw3TL7sbS0u1PrKsYJRkoIg&#10;LpyuuFTwvfscTkH4gKyxdkwK/sjDcvH8lGOmXccbumxDKSKEfYYKTAhNJqUvDFn0iWuIo3d0rcUQ&#10;ZVtK3WIX4baWb2k6kRYrjgsGG1oZKk7bs1Vwvu6mvuPD736/7n/M6+yw+Vg3Sr0M+vc5iEB9+A8/&#10;2l9awRjuV+INkIsbAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABkMgNLEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
+                <v:shape id="Image 4" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:32461;width:10820;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA0+jzYwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gQvRTeVUiW6CSIV7LFpwesj+0yi2bdhd2OSf98tFHocZuYbZp+PphUPcr6xrOBllYAg&#10;Lq1uuFLw/XVabkH4gKyxtUwKJvKQZ7OnPabaDvxJjyJUIkLYp6igDqFLpfRlTQb9ynbE0btaZzBE&#10;6SqpHQ4Rblq5TpI3abDhuFBjR8eaynvRGwXHgfCj36y3bpPc+m56bm/vl5NSi/l42IEINIb/8F/7&#10;rBW8wu+VeANk9gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0+jzYwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:imagedata r:id="rId14" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:38724;width:5593;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4s5SsvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqaIi1Sgi+IN4sfoAS7O2xWZTmmjr2xtB8DjMzDfMct2aUryodoVlBaNhBII4tbrg&#10;TMHtuhvMQTiPrLG0TAre5GC96naWGGvb8IVeic9EgLCLUUHufRVL6dKcDLqhrYiDd7e1QR9knUld&#10;YxPgppTjKJpJgwWHhRwr2uaUPpKnUXCk06FBR49zOmqrw2S+P+lorFS/124WIDy1/h/+tY9awRS+&#10;V8INkKsPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHizlKy+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                <v:shape id="Image 5" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:38455;width:5842;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDIb5tQxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemk0tEYmuIWiFHoqgtdDjI/tMlmbfhuw2xv76riD0OMzMN8yqGG0rBuq9cazgOUlB&#10;EFdOG64VnD52TwsQPiBrbB2Tgit5KNaThxXm2l34QMMx1CJC2OeooAmhy6X0VUMWfeI64uidXW8x&#10;RNnXUvd4iXDbylmazqVFw3GhwY42DVXfxx+r4CX73X2+HwaTlRt0+6/h6ravRqnH6VguQQQaw3/4&#10;3n7TCjK4XYk3QK7/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMhvm1DEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:imagedata r:id="rId15" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 6" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:39745;width:21169;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCJJ8DgwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfBf8hXGHfbKoPItUoXVEoLCKr/YBLc23LNjcliVr9+s2CsI/DzJxh1tvBdOJOzreWFcySFARx&#10;ZXXLtYLycpguQfiArLGzTAqe5GG7GY/WmGn74G+6n0MtIoR9hgqaEPpMSl81ZNAntieO3tU6gyFK&#10;V0vt8BHhppPzNF1Igy3HhQZ72jVU/ZxvRsHLzXKvl2V3+sxLrI9fxf74KpT6mAz5CkSgIfyH3+1C&#10;K1jA35V4A+TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIknwODBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                <v:shape id="Image 6" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:39471;width:21488;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaWbz1wQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8IS9rakeZKlGEaHg7kndRTw+kmdT2ryUJtq6v94sCB6HmfmGWa4H14gbdaHyrGA6yUAQ&#10;a28qLhX8/hQfnyBCRDbYeCYFdwqwXo3elpgb3/OBbsdYigThkKMCG2ObSxm0JYdh4lvi5F185zAm&#10;2ZXSdNgnuGvkLMvm0mHFacFiS1tLuj5enQL6/mqx1+fa1lzst3p3+sNiptT7eNgsQEQa4iv8bO+M&#10;gjn8X0k3QK4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJpZvPXBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId16" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 7" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:1314;top:1261;width:6687;height:6686;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA11srbwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvEJvmlWkla1RirCwN3EVz4/NM1m7eVk3Ubf99U1B6HGYmW+Y1WZwrbhTHxrPCmbTDARx&#10;7XXDRsHxUEyWIEJE1th6JgXfFGCzHo9WmGv/4D3dq2hEgnDIUYGNsculDLUlh2HqO+LknX3vMCbZ&#10;G6l7fCS4a+U8y96kw4bTgsWOtpbqr+rmFNzK3cxc4s+VTFksiuqyP9qTVer1Zfj8ABFpiP/hZ7vU&#10;Ct7h70q6AXL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADXWytvBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                <v:shape id="Image 7" o:spid="_x0000_s1032" type="#_x0000_t75" style="position:absolute;left:1314;top:1504;width:6686;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA11srbwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hvEJvmlWkla1RirCwN3EVz4/NM1m7eVk3Ubf99U1B6HGYmW+Y1WZwrbhTHxrPCmbTDARx&#10;7XXDRsHxUEyWIEJE1th6JgXfFGCzHo9WmGv/4D3dq2hEgnDIUYGNsculDLUlh2HqO+LknX3vMCbZ&#10;G6l7fCS4a+U8y96kw4bTgsWOtpbqr+rmFNzK3cxc4s+VTFksiuqyP9qTVer1Zfj8ABFpiP/hZ7vU&#10;Ct7h70q6AXL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADXWytvBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <v:shape id="Image 8" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:60178;top:1261;width:6687;height:6686;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBESV6pvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFlqUYRodDbYlc8D82YVJtJbaJ2/fXmsODx8b5Xm8G14k59aDwrmE0zEMS11w0b&#10;BYff4vMbRIjIGlvPpOCPAmzWo48V5to/eE/3KhqRQjjkqMDG2OVShtqSwzD1HXHiTr53GBPsjdQ9&#10;PlK4a+U8y76kw4ZTg8WOdpbqS3VzCm7lz8yc4/NKpiwWRXXeH+zRKjUZD9sliEhDfIv/3aVWkLam&#10;K+kGyPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAREleqb0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
+                <v:shape id="Image 8" o:spid="_x0000_s1033" type="#_x0000_t75" style="position:absolute;left:60178;top:1504;width:6687;height:6687;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBESV6pvQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVJFlqUYRodDbYlc8D82YVJtJbaJ2/fXmsODx8b5Xm8G14k59aDwrmE0zEMS11w0b&#10;BYff4vMbRIjIGlvPpOCPAmzWo48V5to/eE/3KhqRQjjkqMDG2OVShtqSwzD1HXHiTr53GBPsjdQ9&#10;PlK4a+U8y76kw4ZTg8WOdpbqS3VzCm7lz8yc4/NKpiwWRXXeH+zRKjUZD9sliEhDfIv/3aVWkLam&#10;K+kGyPULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAAAAAA&#10;AAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAREleqb0AAADaAAAADwAAAAAAAAAA&#10;AAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPECAAAAAA==&#10;">
                   <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <v:shape id="Graphic 9" o:spid="_x0000_s1034" style="position:absolute;left:762;top:17593;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7bE3bvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDsxOU0V81EYZZhh0q+1Cd5fm2pY2N6WJtfP3RhBcHs472Q2mET11rrKsYDqJQBDnVldc&#10;KMjSv/EKhPPIGhvLpOCfHOy2H6MEY23vfKT+5AsRQtjFqKD0vo2ldHlJBt3EtsSBu9rOoA+wK6Tu&#10;8B7CTSNnUbSQBisODSW29FNSXp9uJsw4X9Du83SJ/S9d64Wc92k2V+rrc/jegPA0+Lf45T5oBWt4&#10;Xgl+kNsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPtsTdu+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m6520942,l60858,,37172,4790,17827,17843,4783,37183,,60832,,304291r4783,23704l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23704l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520942,xe" fillcolor="#006fc0" stroked="f">
+                <v:shape id="Graphic 9" o:spid="_x0000_s1034" style="position:absolute;left:762;top:17837;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD7bE3bvgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDsxOU0V81EYZZhh0q+1Cd5fm2pY2N6WJtfP3RhBcHs472Q2mET11rrKsYDqJQBDnVldc&#10;KMjSv/EKhPPIGhvLpOCfHOy2H6MEY23vfKT+5AsRQtjFqKD0vo2ldHlJBt3EtsSBu9rOoA+wK6Tu&#10;8B7CTSNnUbSQBisODSW29FNSXp9uJsw4X9Du83SJ/S9d64Wc92k2V+rrc/jegPA0+Lf45T5oBWt4&#10;Xgl+kNsHAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPtsTdu+AAAA2gAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m6520942,l60858,,37172,4790,17827,17843,4783,37183,,60833,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60833r-4791,-23650l6563931,17843,6544591,4790,6520942,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 10" o:spid="_x0000_s1035" style="position:absolute;left:762;top:17593;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4PMCIxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvBb/DMoIX0U09VImuIkqxh7bin4PehuyYBLOzIbs16bfvHAreZnhv3vvNYtW5Sj2oCaVnA6/j&#10;BBRx5m3JuYHz6X00AxUissXKMxn4pQCrZe9lgan1LR/ocYy5khAOKRooYqxTrUNWkMMw9jWxaDff&#10;OIyyNrm2DbYS7io9SZI37bBkaSiwpk1B2f344wwcJsPpbfp9GbrPds+zavt13Z2sMYN+t56DitTF&#10;p/n/+sMKvtDLLzKAXv4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeDzAiMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m60858,l37172,4790,17827,17843,4783,37183,,60832,,304291r4783,23704l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23704l6581775,60832r-4791,-23649l6563931,17843,6544591,4790,6520942,,60858,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 10" o:spid="_x0000_s1035" style="position:absolute;left:762;top:17837;width:65817;height:3651;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,365125" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB4PMCIxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvBb/DMoIX0U09VImuIkqxh7bin4PehuyYBLOzIbs16bfvHAreZnhv3vvNYtW5Sj2oCaVnA6/j&#10;BBRx5m3JuYHz6X00AxUissXKMxn4pQCrZe9lgan1LR/ocYy5khAOKRooYqxTrUNWkMMw9jWxaDff&#10;OIyyNrm2DbYS7io9SZI37bBkaSiwpk1B2f344wwcJsPpbfp9GbrPds+zavt13Z2sMYN+t56DitTF&#10;p/n/+sMKvtDLLzKAXv4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeDzAiMYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m60858,l37172,4790,17827,17843,4783,37183,,60833,,304292r4783,23703l17827,347329r19345,13023l60858,365125r6460084,l6544591,360352r19340,-13023l6576984,327995r4791,-23703l6581775,60833r-4791,-23650l6563931,17843,6544591,4790,6520942,,60858,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Textbox 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;top:10862;width:68580;height:6546;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBLqQvwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTjRVEUjfSii0eRDStxOOQHbNps7Mhu2r8992C0Ns83ufMF71txIU6XztWMB4lIIhL&#10;p2uuFHx9vg9nIHxA1tg4JgU38rDIHgZzTLW78p4ueahEDGGfogITQptK6UtDFv3ItcSRO7nOYoiw&#10;q6Tu8BrDbSOfk2QqLdYcGwy2tDRU/uRnq+CjOMmD2fbfe3vcvU3capMXk1Kpp8f+9QVEoD78i+/u&#10;tY7zx/D3SzxAZr8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQS6kL8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="yellow" stroked="f">
+                <v:shape id="Textbox 11" o:spid="_x0000_s1036" type="#_x0000_t202" style="position:absolute;top:11105;width:68580;height:6547;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBLqQvwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFHrTjRVEUjfSii0eRDStxOOQHbNps7Mhu2r8992C0Ns83ufMF71txIU6XztWMB4lIIhL&#10;p2uuFHx9vg9nIHxA1tg4JgU38rDIHgZzTLW78p4ueahEDGGfogITQptK6UtDFv3ItcSRO7nOYoiw&#10;q6Tu8BrDbSOfk2QqLdYcGwy2tDRU/uRnq+CjOMmD2fbfe3vcvU3capMXk1Kpp8f+9QVEoD78i+/u&#10;tY7zx/D3SzxAZr8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQS6kL8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="yellow" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="16BCDB9B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="6DAB011C" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="61" w:line="487" w:lineRule="exact"/>
-                          <w:ind w:left="4" w:right="3"/>
+                          <w:spacing w:before="64" w:line="482" w:lineRule="exact"/>
+                          <w:ind w:left="36" w:right="1"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-22"/>
+                            <w:spacing w:val="-17"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-21"/>
+                            <w:spacing w:val="-17"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>A:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Profile</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-19"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>(First</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-20"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step)</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="66417883" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="54567C44" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:line="218" w:lineRule="exact"/>
-                          <w:ind w:left="5" w:right="3"/>
+                          <w:spacing w:line="201" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="36"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Need</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="11"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="11"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="11"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="12"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
-[...61 lines deleted...]
-                          <w:t xml:space="preserve"> </w:t>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>A?</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
-[...1 lines deleted...]
-                          <w:t>Training</w:t>
+                            <w:spacing w:val="27"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>Start</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="16"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>with</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="11"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>agency’s</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="26"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-                          <w:t xml:space="preserve"> </w:t>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="26"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>Officer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>;</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="10"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>if</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="23"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>more</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="21"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="12"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>is</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="25"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>required</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="13"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>contact</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="16"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>the</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="20"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>NREMT</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-2"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="23"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:sz w:val="18"/>
+                            <w:sz w:val="17"/>
                           </w:rPr>
                           <w:t>at</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="1"/>
-                            <w:sz w:val="18"/>
+                            <w:spacing w:val="10"/>
+                            <w:w w:val="103"/>
+                            <w:sz w:val="17"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="075295"/>
+                            <w:spacing w:val="-28"/>
+                            <w:w w:val="103"/>
+                            <w:sz w:val="17"/>
+                            <w:u w:val="single" w:color="075295"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId18">
                           <w:r>
                             <w:rPr>
-                              <w:color w:val="085295"/>
+                              <w:color w:val="075295"/>
                               <w:spacing w:val="-2"/>
-                              <w:sz w:val="18"/>
-                              <w:u w:val="single" w:color="085295"/>
+                              <w:sz w:val="17"/>
+                              <w:u w:val="single" w:color="075295"/>
                             </w:rPr>
                             <w:t>support@nremt.org</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 12" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;top:8621;width:68580;height:2242;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeBG3kwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfQSdKNI0TQbKcVSm5tpoTmO2TEJZmdDdqvx33cFwds83uek69F04kSDay0rmE1jEMSV&#10;1S3XCn6+PyZLEM4ja+wsk4ILOVhnjw8pJtqeeUenwtcihLBLUEHjfZ9I6aqGDLqp7YkDd7CDQR/g&#10;UEs94DmEm07O4/hFGmw5NDTY03tD1bH4MwpWnF8+vzbGRvvc/dolLaJ9WSr1/DS+vYLwNPq7+Obe&#10;6jB/DtdfwgEy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAeBG3kwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#006fc0" stroked="f">
+                <v:shape id="Textbox 12" o:spid="_x0000_s1037" type="#_x0000_t202" style="position:absolute;top:8867;width:68580;height:2241;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeBG3kwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfQSdKNI0TQbKcVSm5tpoTmO2TEJZmdDdqvx33cFwds83uek69F04kSDay0rmE1jEMSV&#10;1S3XCn6+PyZLEM4ja+wsk4ILOVhnjw8pJtqeeUenwtcihLBLUEHjfZ9I6aqGDLqp7YkDd7CDQR/g&#10;UEs94DmEm07O4/hFGmw5NDTY03tD1bH4MwpWnF8+vzbGRvvc/dolLaJ9WSr1/DS+vYLwNPq7+Obe&#10;6jB/DtdfwgEy+wcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAeBG3kwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" fillcolor="#006fc0" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="71A957EB" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="76218520" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="60"/>
-                          <w:ind w:left="304"/>
+                          <w:spacing w:before="69"/>
+                          <w:ind w:left="297"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>For</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-10"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>additional</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>info</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>recertification,</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t>please</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-7"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
-                          <w:t>additional</w:t>
+                          <w:t>visit:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-7"/>
-[...74 lines deleted...]
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId19">
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="16"/>
                               <w:u w:val="single" w:color="FFFFFF"/>
                             </w:rPr>
                             <w:t>mass.gov/dph/oems</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:sz w:val="16"/>
                             </w:rPr>
                             <w:t>.</w:t>
                           </w:r>
                         </w:hyperlink>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>General</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>questions</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>for</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-6"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>OEMS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>regarding</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-8"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>,</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-6"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="16"/>
                           </w:rPr>
                           <w:t>email:</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="-11"/>
                             <w:sz w:val="16"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-28"/>
+                            <w:sz w:val="16"/>
+                            <w:u w:val="single" w:color="FFFFFF"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId20">
                           <w:r>
                             <w:rPr>
                               <w:color w:val="FFFFFF"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:u w:val="single" w:color="FFFFFF"/>
                             </w:rPr>
                             <w:t>oems.recert@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 13" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;top:645;width:68580;height:7982;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDl6zzAwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1BVkrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOXrPMDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 13" o:spid="_x0000_s1038" type="#_x0000_t202" style="position:absolute;top:889;width:68580;height:7981;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDl6zzAwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1BVkrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOXrPMDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="50D019D6" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="5078750E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-                          <w:ind w:left="5" w:right="3"/>
+                          <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="25"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
-                            <w:sz w:val="52"/>
+                            <w:sz w:val="53"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="52"/>
-[...10 lines deleted...]
-                          <w:t xml:space="preserve"> </w:t>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve">MASSACHUSETTS </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFF00"/>
-                            <w:sz w:val="52"/>
-[...10 lines deleted...]
-                          <w:t>PARAMEDIC</w:t>
+                            <w:spacing w:val="-8"/>
+                            <w:sz w:val="53"/>
+                          </w:rPr>
+                          <w:t>EMT-PARAMEDIC</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="5A7C114A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="382F6BAF" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:line="240" w:lineRule="exact"/>
-                          <w:ind w:left="2" w:right="3"/>
+                          <w:spacing w:line="245" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="31"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>All</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="6"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>individuals</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="6"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>seeking</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>recertify</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-9"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>their</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Massachusetts</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="24"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>EMT-Paramedic</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="15"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>certification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-8"/>
-                            <w:sz w:val="20"/>
-[...119 lines deleted...]
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>in</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="9"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>2026</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="64B028F6" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="0E42EB00" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:ind w:left="2" w:right="5"/>
+                          <w:ind w:left="35" w:right="32"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>need</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="1"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>to</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>follow</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-20"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>both</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>steps</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>outlined</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>on</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>this</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>page.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-5"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
-[...1 lines deleted...]
-                          <w:t>to</w:t>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>Please</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
-                            <w:sz w:val="20"/>
+                            <w:spacing w:val="-24"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
-                            <w:sz w:val="20"/>
-[...1 lines deleted...]
-                          <w:t>follow</w:t>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>read</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-28"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-2"/>
+                            <w:sz w:val="21"/>
+                          </w:rPr>
+                          <w:t>it</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-6"/>
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
-                        </w:r>
-[...110 lines deleted...]
-                          <w:t>read</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
-                            <w:sz w:val="20"/>
-[...22 lines deleted...]
-                            <w:sz w:val="20"/>
+                            <w:sz w:val="21"/>
                           </w:rPr>
                           <w:t>carefully.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 14" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:1270;top:17771;width:64960;height:3321;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqAqS0wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1EVkrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGoCpLTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 14" o:spid="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:1270;top:18015;width:64960;height:3321;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBqAqS0wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1EVkrUYRcWFBWKz14HFsxjbYTGqT1frvN8KCt3m8z5kvO1uLG7XeOFYwGiYgiAun&#10;DZcKDvnX+ycIH5A11o5JwYM8LBe9tzmm2t05o9s+lCKGsE9RQRVCk0rpi4os+qFriCN3dq3FEGFb&#10;St3iPYbbWn4kyURaNBwbKmxoXVFx2f9aBasjZxtz/TntsnNm8nya8HZyUWrQ71YzEIG68BL/u791&#10;nD+G5y/xALn4AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGoCpLTBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="515683BA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="3F3830ED" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="79"/>
-                          <w:ind w:left="23"/>
+                          <w:spacing w:before="77"/>
+                          <w:ind w:left="16"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Log</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-6"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>into</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="5"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>your NREMT</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="3"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>into</w:t>
+                          <w:t>through</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
-[...67 lines deleted...]
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>NREMT.org.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603F4DDA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="57C4889A" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:spacing w:after="3"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>All</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>EMTs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>EMTs,</w:t>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>without</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>with</w:t>
-[...25 lines deleted...]
-      <w:r>
         <w:t>NREMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>certification,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:color w:val="085295"/>
-          <w:spacing w:val="-5"/>
+          <w:color w:val="075295"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>submit</w:t>
-[...7 lines deleted...]
-      <w:r>
         <w:t>their</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(education)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779A86DF" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="29B96FC9" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
+        <w:ind w:left="452"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3167C2D9" wp14:editId="74AAC3EA">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0A822C84" wp14:editId="3EF26BAA">
                 <wp:extent cx="6607175" cy="355600"/>
                 <wp:effectExtent l="19050" t="9525" r="12700" b="15875"/>
                 <wp:docPr id="15" name="Group 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="355600"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="355600"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="16" name="Graphic 16"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="330200"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="330200">
                                 <a:moveTo>
-                                  <a:pt x="6526783" y="0"/>
+                                  <a:pt x="6526784" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33620" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16124" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4326" y="33593"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="54991"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="275082"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4326" y="296552"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16124" y="314071"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33620" y="325874"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="330200"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6526783" y="330200"/>
+                                  <a:pt x="6526784" y="330200"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6548181" y="325874"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565661" y="314071"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577451" y="296552"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="275082"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="54991"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577451" y="33593"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565661" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6548181" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6526783" y="0"/>
+                                  <a:pt x="6526784" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="17" name="Graphic 17"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="330200"/>
                           </a:xfrm>
                           <a:custGeom>
@@ -3465,751 +3503,884 @@
                                 <a:lnTo>
                                   <a:pt x="16124" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4326" y="33593"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="54991"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="275082"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4326" y="296552"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16124" y="314071"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33620" y="325874"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="330200"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6526783" y="330200"/>
+                                  <a:pt x="6526784" y="330200"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6548181" y="325874"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565661" y="314071"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577451" y="296552"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="275082"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="54991"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577451" y="33593"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565661" y="16113"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6548181" y="4323"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6526783" y="0"/>
+                                  <a:pt x="6526784" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55041" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="18" name="Textbox 18"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="355600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="7DF03314" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="169193B6" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="118"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Affiliate</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>with</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>EMS</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>agency</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>(employer).</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3167C2D9" id="Group 15" o:spid="_x0000_s1040" style="width:520.25pt;height:28pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3556" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMrNOi3AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS+QfyD0XutKaS14HbR2bRQI&#10;kgBxkWeu7ogkqiR3Jf99h6QoKbvoauO0yEMMA1pKHJLDM8NzOL55OzQ1OmSMV7TdWu6VY6GsTWha&#10;tcXW+uvp4deNhbggbUpq2mZb6znj1tvbN7/c9F2cebSkdZoxBJO0PO67rVUK0cW2zZMyawi/ol3W&#10;QmdOWUMEvLLCThnpYfamtj3HCe2esrRjNMk4h6/3utO6VfPneZaID3nOM4HqrQW+CfVk6rmTT/v2&#10;hsQFI11ZJaMb5AVeNKRqYdFpqnsiCNqz6mSqpkoY5TQXVwltbJrnVZKpPcBuXOdoN4+M7ju1lyLu&#10;i26CCaA9wunF0ybvD4+s+9R9ZNp7aL6jyRcOuNh9V8TLfvlezMZDzho5CDaBBoXo84RoNgiUwMcw&#10;dCI3whZKoM/HOHRGyJMS4nIyLCn/OD/QJrFeVjk3OdN3kD18Boh/H0CfStJlCncuAfjIUJVCcocW&#10;akkDSfw45gt8AZzk4mAlMRzf+AjnEUKuF8H2ESChWyr3JqTwxo0mpHwHkltOPm2YxMmei8eMKszJ&#10;4R0XanyRmhYpTSsZWtNkcAJk7tcq94WFIPeZhSD3dzr3OyLkOBlI2UQ9BM24UkLMtCeyu6GH7Ikq&#10;QyEjF2IvjDa+2pDxdbap26Utxk7gfmVp+s1vp+b0/dDTEAW+548AGBPzq03d0PUCjWbouudtYTII&#10;nkxBH1+fN9Wr4+D62j27vLbzIuxsvLOG09redYjxedt5T74bwMk5O/GMle/hTRScNZ4DMEZU55aB&#10;1PxqaJeRvcg82LgbHd4LXAkx/IWj+fo2QxxFAdbmF0A4JS9E+4LoLM3Xg770ZT2VlhuFyK7kaIhn&#10;FFeTfxkhc/ZMDJOa8kyHV55oxSHTKQc+WfIIp3WVPlR1LY81Z8XurmboQKRYOuHDnZl6YQbEy2NN&#10;cLK1o+kz8GMPjLi1+N97wjIL1X+2wMBwQoRpMNPYmQYT9R1VoqwYhXHxNHwmrEMdNLeWAF58Tw0R&#10;k9gQHvgvDbStHNnS3/aC5pVkQ+Wb9mh8AVHQBP3/q0N0og6RPJE/qzrMhGOS6N+0Yeax1bSf+XH9&#10;PE28u35QXzn/azV/5Xy6vObM+rOeSj+I8w33a/0+PXum/1u0oW7lZdDDAdxElTx8s1Zorr4nvNSa&#10;omRkuqaMFP2qJaeVBhTNutJ4Ahnc0QG5myMtQWL4ncIlXF0RZ0k25dGLqrJFrSE1VtYaoxrLKkLl&#10;wJEM63Lk6Eoght2gCiZ1I/0PLwkXSL0qC6FUVpeesayXtfjyXeXd/M+H238AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBk+UWd3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3Y2a&#10;UmI2pRT1VARbQXqbZqdJaHY2ZLdJ+u/detHLwOM93vsmX062FQP1vnGsIZkpEMSlMw1XGr52bw8L&#10;ED4gG2wdk4YLeVgWtzc5ZsaN/EnDNlQilrDPUEMdQpdJ6cuaLPqZ64ijd3S9xRBlX0nT4xjLbSsf&#10;lZpLiw3HhRo7WtdUnrZnq+F9xHH1lLwOm9Nxfdnv0o/vTUJa399NqxcQgabwF4YrfkSHIjId3JmN&#10;F62G+Ej4vVdPPasUxEFDOlcgi1z+py9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIys&#10;06LcAwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AGT5RZ3cAAAABQEAAA8AAAAAAAAAAAAAAAAANgYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAA/BwAAAAA=&#10;">
-                <v:shape id="Graphic 16" o:spid="_x0000_s1041" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWrzq3wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EG/g2020gozPKGAqLILgq7PVozrS1udQm0/rfm8HAt/v4ft5sMbhWnKkPtWcFz5MMBHHp&#10;Tc1WwX63enoDESKywdYzKbhSgMV89DDD3PgLf9O5iFakEA45Kqhi7HIpQ1mRwzDxHXHiDr53GBPs&#10;rTQ9XlK4a+VLlk2lw5pTQ4UdfVZUHotfp6DRftNI26wHq3WxfT3pJf9opcaPw8c7iEhDvIv/3V8m&#10;zZ/C3y/pADm/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJavOrfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6526783,l55041,,33620,4323,16124,16113,4326,33593,,54991,,275082r4326,21470l16124,314071r17496,11803l55041,330200r6471742,l6548181,325874r17480,-11803l6577451,296552r4324,-21470l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526783,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="0A822C84" id="Group 15" o:spid="_x0000_s1040" style="width:520.25pt;height:28pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3556" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7ziAb2QMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS+QfyD0XutKaS14HbR2bRQI&#10;kgBxkWeu7ogkqiR3Jf99h6QoKbvoauO0yEMMA9qROCSHZ2bOcHzzdmhqdMgYr2i7tdwrx0JZm9C0&#10;aout9dfTw68bC3FB2pTUtM221nPGrbe3b3656bs482hJ6zRjCBZpedx3W6sUoottmydl1hB+Rbus&#10;hcGcsoYIeGWFnTLSw+pNbXuOE9o9ZWnHaJJxDl/v9aB1q9bP8ywRH/KcZwLVWwtsE+rJ1HMnn/bt&#10;DYkLRrqySkYzyAusaEjVwqbTUvdEELRn1clSTZUwymkurhLa2DTPqyRTZ4DTuM7RaR4Z3XfqLEXc&#10;F90EE0B7hNOLl03eHx5Z96n7yLT1IL6jyRcOuNh9V8TLcflezMpDzho5CQ6BBoXo84RoNgiUwMcw&#10;dCI3whZKYMzHOHRGyJMS/HIyLSn/OD/RJrHeVhk3GdN3ED18Boh/H0CfStJlCncuAfjIUJVCcIcW&#10;akkDQfw4xgt8AZzk5qAlMRzf+AjnEUKuF8HxESChJRV7E1J440YTUr4DwS0Xnw5M4mTPxWNGFebk&#10;8I4LNb9IjURKIyVDa0QGGSBjv1axLywEsc8sBLG/07HfESHnSUdKEfXgNGNKCT7Tlsjhhh6yJ6oU&#10;hfRciL0w2gTqQMbWWadul7oYO4H7laYZN7+dWtP3Q09DFPiePwJgVMyvVnVD19Obg+Se14XFwHky&#10;BH18fV5V746D62v37PZaz4uws/HOKk57e9chxud15zP5bgCZc3bhGSvfw5soOKs8O2D0qI4tA6n5&#10;1dAuPXuRerBxN9q9F5gSYvgLR/X1Y4Y4igKs1S+AcApe8PYF3lmqrzt9act6KC0Puh6jIZ5RXA3+&#10;pYdM7hkfJjXlmXavzGjFIVOWA58seYTTukofqrqWac1ZsburGToQWSyd8OHOLL1QA+LlsSY4Ke1o&#10;+gz82AMjbi3+956wzEL1ny0wMGSIMAIzws4ITNR3VBVlxSiMi6fhM2Ed6kDcWgJ48T01RExiQ3hg&#10;v1TQunJmS3/bC5pXkg2Vbdqi8QWKgibo/786RCfVIZIZ+bNWh5lwTBD9W22YeWw17Gd+XM+niXfX&#10;E/WV87+u5q+cT5fXnLn+rIfSD+J8w/26fp/mnhn/ltpQt/Iy6OEAbqKqPHxzrdBcfU94qWuKKiPT&#10;NWWk6NdactppQNOsO40nKIM7OiB3c1RLkBh+p3AJV1fEuSSb9uhFXdmi15A1VvYaYzWWXYSKgaMy&#10;rNuRoyuBGHaDapjUjfQ/vCRcUOpVWwitsrr0jG297MWX7yru5n8+3P4DAAD//wMAUEsDBBQABgAI&#10;AAAAIQBk+UWd3AAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3Y2aUmI2&#10;pRT1VARbQXqbZqdJaHY2ZLdJ+u/detHLwOM93vsmX062FQP1vnGsIZkpEMSlMw1XGr52bw8LED4g&#10;G2wdk4YLeVgWtzc5ZsaN/EnDNlQilrDPUEMdQpdJ6cuaLPqZ64ijd3S9xRBlX0nT4xjLbSsflZpL&#10;iw3HhRo7WtdUnrZnq+F9xHH1lLwOm9Nxfdnv0o/vTUJa399NqxcQgabwF4YrfkSHIjId3JmNF62G&#10;+Ej4vVdPPasUxEFDOlcgi1z+py9+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALvOIBvZ&#10;AwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGT5&#10;RZ3cAAAABQEAAA8AAAAAAAAAAAAAAAAAMwYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA8BwAAAAA=&#10;">
+                <v:shape id="Graphic 16" o:spid="_x0000_s1041" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWrzq3wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/fa8Iw&#10;EH4f+D+EG/g2020gozPKGAqLILgq7PVozrS1udQm0/rfm8HAt/v4ft5sMbhWnKkPtWcFz5MMBHHp&#10;Tc1WwX63enoDESKywdYzKbhSgMV89DDD3PgLf9O5iFakEA45Kqhi7HIpQ1mRwzDxHXHiDr53GBPs&#10;rTQ9XlK4a+VLlk2lw5pTQ4UdfVZUHotfp6DRftNI26wHq3WxfT3pJf9opcaPw8c7iEhDvIv/3V8m&#10;zZ/C3y/pADm/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJavOrfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6526784,l55041,,33620,4323,16124,16113,4326,33593,,54991,,275082r4326,21470l16124,314071r17496,11803l55041,330200r6471743,l6548181,325874r17480,-11803l6577451,296552r4324,-21470l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526784,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 17" o:spid="_x0000_s1042" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnPwlVwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfSmm6pYidlIEQppe7HqQW9DdkyC2dmQ3Zqtv94tCL3N431OtgqmFRfqXWNZwcs4AUFc&#10;Wt1wpWC/ex8tQDiPrLG1TAp+ycEqf3zIMNV24G+6bH0lYgi7FBXU3neplK6syaAb2444cifbG/QR&#10;9pXUPQ4x3LRykiRzabDh2FBjR+uayvP2xyjYFIfpMQzFoprN/Nf0+oE2HD6Ven4Kb0sQnoL/F9/d&#10;hY7zX+Hvl3iAzG8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApz8JVcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m55041,l33620,4323,16124,16113,4326,33593,,54991,,275082r4326,21470l16124,314071r17496,11803l55041,330200r6471742,l6548181,325874r17480,-11803l6577451,296552r4324,-21470l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526783,,55041,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 17" o:spid="_x0000_s1042" style="position:absolute;left:127;top:127;width:65817;height:3302;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,330200" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCnPwlVwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfSmm6pYidlIEQppe7HqQW9DdkyC2dmQ3Zqtv94tCL3N431OtgqmFRfqXWNZwcs4AUFc&#10;Wt1wpWC/ex8tQDiPrLG1TAp+ycEqf3zIMNV24G+6bH0lYgi7FBXU3neplK6syaAb2444cifbG/QR&#10;9pXUPQ4x3LRykiRzabDh2FBjR+uayvP2xyjYFIfpMQzFoprN/Nf0+oE2HD6Ven4Kb0sQnoL/F9/d&#10;hY7zX+Hvl3iAzG8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApz8JVcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m55041,l33620,4323,16124,16113,4326,33593,,54991,,275082r4326,21470l16124,314071r17496,11803l55041,330200r6471743,l6548181,325874r17480,-11803l6577451,296552r4324,-21470l6581775,54991r-4324,-21398l6565661,16113,6548181,4323,6526784,,55041,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
                 <v:shape id="Textbox 18" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;width:66071;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDrT66xxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3umkPoqmrSLEgCKUxPfQ4zY7JYnY2ZldN/33nIHib4b1575vlevCtulIfXWADL9MM&#10;FHEVrOPawHf58TwHFROyxTYwGfijCOvV6GmJuQ03Luh6SLWSEI45GmhS6nKtY9WQxzgNHbFox9B7&#10;TLL2tbY93iTct/o1y2bao2NpaLCj94aq0+HiDWx+uNi68+fvV3EsXFkuMt7PTsZMxsPmDVSiIT3M&#10;9+udFXyBlV9kAL36BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOtPrrHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="7DF03314" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="169193B6" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="118"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Affiliate</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>with</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>EMS</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>agency</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>(employer).</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E3521AD" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4A0244D1" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1049"/>
         </w:tabs>
+        <w:ind w:left="1049" w:hanging="352"/>
       </w:pPr>
       <w:r>
         <w:t>Find</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>EMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>agency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>under</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>"Agency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Affiliations"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Dashboard</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5759F60A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="5416D4C0" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1049"/>
         </w:tabs>
+        <w:ind w:left="1049" w:hanging="352"/>
       </w:pPr>
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>unaffiliated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>working</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>EMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hold</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>NREMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>certification</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3140B1C7" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="0AECA6E4" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="1073" w:right="729"/>
+        <w:ind w:left="1050"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Select "Unaffiliated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Region</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>#"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>based</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>region</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(more</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>info</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>available</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
+          </w:rPr>
+          <w:t>https://www.mass.gov/how-</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-5"/>
+            <w:u w:val="single" w:color="075295"/>
+          </w:rPr>
+          <w:t>to/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="33CB23D7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="1050"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731200" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="562AD3FA" wp14:editId="44131448">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487436288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75193CEF" wp14:editId="64439768">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>549275</wp:posOffset>
+                  <wp:posOffset>544194</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>285573</wp:posOffset>
+                  <wp:posOffset>124222</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6607175" cy="375285"/>
+                <wp:extent cx="6607175" cy="367030"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="19" name="Group 19"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6607175" cy="375285"/>
+                          <a:ext cx="6607175" cy="367030"/>
                           <a:chOff x="0" y="0"/>
-                          <a:chExt cx="6607175" cy="375285"/>
+                          <a:chExt cx="6607175" cy="367030"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="20" name="Graphic 20"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12700" y="20709"/>
+                            <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="341630"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="341630">
                                 <a:moveTo>
                                   <a:pt x="6524879" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="56934" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="34772" y="4478"/>
-[...5 lines deleted...]
-                                  <a:pt x="4473" y="34772"/>
+                                  <a:pt x="34777" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="34772"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="56896"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="284607"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="4473" y="306804"/>
-[...5 lines deleted...]
-                                  <a:pt x="34772" y="337149"/>
+                                  <a:pt x="4475" y="306804"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="324929"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="34777" y="337149"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="56934" y="341630"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6524879" y="341630"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547002" y="337149"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565090" y="324929"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577296" y="306804"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="284607"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="56896"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577296" y="34772"/>
                                 </a:lnTo>
@@ -4220,87 +4391,87 @@
                                   <a:pt x="6547002" y="4478"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6524879" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
                         <wps:cNvPr id="21" name="Graphic 21"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="12700" y="20709"/>
+                            <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="341630"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="341630">
                                 <a:moveTo>
                                   <a:pt x="56934" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
-                                  <a:pt x="34772" y="4478"/>
-[...5 lines deleted...]
-                                  <a:pt x="4473" y="34772"/>
+                                  <a:pt x="34777" y="4478"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="16684"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="4475" y="34772"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="56896"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="284607"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="4473" y="306804"/>
-[...5 lines deleted...]
-                                  <a:pt x="34772" y="337149"/>
+                                  <a:pt x="4475" y="306804"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="16679" y="324929"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="34777" y="337149"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="56934" y="341630"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6524879" y="341630"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547002" y="337149"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565090" y="324929"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577296" y="306804"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="284607"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="56896"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577296" y="34772"/>
                                 </a:lnTo>
@@ -4313,4568 +4484,4254 @@
                                 <a:lnTo>
                                   <a:pt x="6524879" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="56934" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="22" name="Graphic 22"/>
-[...45 lines deleted...]
-                        <wps:cNvPr id="23" name="Textbox 23"/>
+                        <wps:cNvPr id="22" name="Textbox 22"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="6607175" cy="375285"/>
+                            <a:ext cx="6607175" cy="367030"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1474B66E" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="455E854E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="140"/>
-                                <w:ind w:left="121"/>
+                                <w:spacing w:before="130"/>
+                                <w:ind w:left="120"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>3.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-8"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Enter</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>all</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>required</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>continuing</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-14"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>education</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-14"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>hours.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="562AD3FA" id="Group 19" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:43.25pt;margin-top:22.5pt;width:520.25pt;height:29.55pt;z-index:15731200;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3752" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4320QYgQAAAMUAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vpDYQf690/wPi/bJ8fymb0zVpokqn&#10;60mXqs9eMAs6wNT2LuS/79jGQHYVyF7Tp+ZlMethGP9m5jczXH/q68o4YspK0mxN+8oyDdykJCub&#10;/db88/H+Y2QajKMmQxVp8NZ8wsz8dPPhl+uuTbBDClJlmBqgpGFJ127NgvM22WxYWuAasSvS4gY2&#10;c0JrxOGW7jcZRR1or6uNY1nBpiM0aylJMWPw753aNG+k/jzHKf8jzxnmRrU1wTYuf6n83Ynfzc01&#10;SvYUtUWZDmagn7CiRmUDLx1V3SGOjAMtz1TVZUoJIzm/Skm9IXleplieAU5jWyeneaDk0Mqz7JNu&#10;344wAbQnOP202vTr8YG239tvVFkPyy8k/cEAl03X7pP5vrjfT8J9TmvxEBzC6CWiTyOiuOdGCn8G&#10;gRXaoW8aKey5oe9EvoI8LcAvZ4+lxW/LD25Qol4rjRuN6VqIHjYBxP4dQN8L1GKJOxMAfKNGmW1N&#10;B+KnQTUE8cMQL/AP4CReDlICw+GODXCeIGQ7oQU6AAnHCq1YATEi5Ud2OCLl2YErlY8HRkl6YPwB&#10;E4k5On5hXMVupleo0Ku0b/SSQgaI2K9k7HPTgNinpgGxv1PvbxEXzwlHiqXRgdO0KQX4TFkitmty&#10;xI9ECnLhucB3vCiM5YG0rZNM1cxl/SB2vWeSel9fW6nT9cLQkXKeF0bCQgBAi+irErWDQMAFaMIq&#10;8hZlQZkrRZX+JbXKQX4QxcGiysGRkQcRvig4vdsKImvZzulMruPFjgyRFwGYsHLd0PaWhScHDB5d&#10;wmDu2VeJexDYym2vMCXwA9+KFX6vOGbgQ0iAM4Sn3XUIx+AVabbunbn4utOf2SJDdRnG6aDrMRr4&#10;E4qrwT/3kM49nR5pRRhWdomMlik0ZjlE05xHGKnK7L6sKpHWjO53txU1jkgUSyu4v9WqZ2JAvCxR&#10;BCdWO5I9AT92wIhbk/19QBSbRvV7AwwMHuZ6QfVipxeUV7dEFmXJKJTxx/4vRFujheXW5MCLX4km&#10;YpRowgP7hYCSFU825POBk7wUbChtUxYNN1AUFEH/99XBPqsOtuCF/2t1mAhHB9FLtWHisdWwn/hx&#10;PZ8m3l1N1HfOf17N3zmfzNucWf1ZDaV5cVuP0TfjfM39qjU6zz29f0ltqBrRDDq+B02rLA8X1wrF&#10;1XeIFaqmyDIyNksDRb/XkvNJA3qpk0nDuaiWuIHl+6ohk+yLEj1muK4TCofKgSz2HTmOQVHVo8q8&#10;OdA1F6batx8yRkNgyJB2iBCbSsQwDrgONOJQWaGZWysjisS1lA54fVX6lExsAzaqQdLb+nr+2ouE&#10;T99+SbrNeqzTVizynVg7aib23orp/nBosvSgDrOeSp9HCPsd6Q3HPUkfg/e/EphhxxbthZF9FlRT&#10;Dr3wUWOWRaJFFaP60MyKIVxSqM6ooYtV0/yJG3m/6+X3BunxN+yxX9EpgynyS5OcGYavYuJT1vxe&#10;0vb07e7mHwAAAP//AwBQSwMEFAAGAAgAAAAhAE4F1EngAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FrwkAQhe+F/odlCr3VTayxErMRkbYnKVQLxduaHZNgdjZk1yT++46nenvDe7z5XrYabSN6&#10;7HztSEE8iUAgFc7UVCr42X+8LED4oMnoxhEquKKHVf74kOnUuIG+sd+FUnAJ+VQrqEJoUyl9UaHV&#10;fuJaJPZOrrM68NmV0nR64HLbyGkUzaXVNfGHSre4qbA47y5Wweegh/Vr/N5vz6fN9bBPvn63MSr1&#10;/DSulyACjuE/DDd8RoecmY7uQsaLRsFinnBSwSzhSTc/nr6xOrKKZjHIPJP3E/I/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAHjfbRBiBAAAAxQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE4F1EngAAAACgEAAA8AAAAAAAAAAAAAAAAAvAYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADJBwAAAAA=&#10;">
-                <v:shape id="Graphic 20" o:spid="_x0000_s1045" style="position:absolute;left:127;top:207;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrbtAPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9ba8Iw&#10;FH4f+B/CEXybqTqsVKOo4BwIg9Xb66E5NsXmpDSZdv9+eRjs8eO7L1adrcWDWl85VjAaJiCIC6cr&#10;LhWcjrvXGQgfkDXWjknBD3lYLXsvC8y0e/IXPfJQihjCPkMFJoQmk9IXhiz6oWuII3dzrcUQYVtK&#10;3eIzhttajpNkKi1WHBsMNrQ1VNzzb6vg830z2R/31zRP37rkfCg2Wl6MUoN+t56DCNSFf/Gf+0Mr&#10;GMf18Uv8AXL5CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKtu0A/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6524879,l56934,,34772,4478,16675,16684,4473,34772,,56896,,284607r4473,22197l16675,324929r18097,12220l56934,341630r6467945,l6547002,337149r18088,-12220l6577296,306804r4479,-22197l6581775,56896r-4479,-22124l6565090,16684,6547002,4478,6524879,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="75193CEF" id="Group 19" o:spid="_x0000_s1044" style="position:absolute;left:0;text-align:left;margin-left:42.85pt;margin-top:9.8pt;width:520.25pt;height:28.9pt;z-index:-15880192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3670" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQArzbqW4wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEuP2zYQvhfIfyB0z+phPWxhvUGy210U&#10;CDYBskXPtEQ9EElUSNrS/vsOSVHS2o3lpC166F7kkTgaDb+Z+Ybj63d9XaEDYbykzdZyrxwLkSah&#10;adnkW+v3p/u3awtxgZsUV7QhW+uZcOvdzZtfrrs2Jh4taJUShsBIw+Ou3VqFEG1s2zwpSI35FW1J&#10;A4sZZTUWcMtyO2W4A+t1ZXuOE9odZWnLaEI4h6d3etG6UfazjCTiU5ZxIlC1tcA3oa5MXXfyat9c&#10;4zhnuC3KZHAD/4QXNS4b+Oho6g4LjPasPDFVlwmjnGbiKqG1TbOsTIjaA+zGdY5288DovlV7yeMu&#10;b0eYANojnH7abPJ4eGDtl/Yz096D+JEmXzngYndtHs/X5X0+KfcZq+VLsAnUK0SfR0RJL1ACD8PQ&#10;idwosFACa6swclYD5EkBcTl5LSl+Pf+ijWP9WeXc6EzXQvbwCSD+9wD6UuCWKNy5BOAzQ2W6tTzI&#10;nwbXkMQPQ77AE8BJfhy0JIbDHR/gPELI9SIHbAASWlK5NyIVrN1oRMp3Q43UuGEcJ3suHghVmOPD&#10;Ry7U+3lqJFwYKekbIzKoAJn7lcp9YSHIfWYhyP2dzv0WC/meDKQUUQdBM64UEDPtiVyu6YE8UaUo&#10;ZOTCwPPX0UZtSAEBvk46VTPXDcLNyn+hadbNb6tsrvwoipSe70dr6SEYNSrmV6u6YTh8HKS1f1YX&#10;jEEOyhQE+95ZVR2gIFxvwgv0vLUPGX5Wcfq2E66d835Oe1p5/sbbnDU8YbVaRa5/XnkKwBDRc9DO&#10;I3uRug+J7WmAl10JgzBwNhrnC7YZBhAyCIYK3zKEY/JCtC+Izlx9OegvfFlMpflGl3M0DCYUF5N/&#10;HiFTe6Y8kopyosMrK1qV0FjlUE5zHuG0KtP7sqpkWXOW724rhg5YNksnvL81pmdqQLw81gQnpR1N&#10;n4EfO2DErcW/7TEjFqp+a4CBIcLCCMwIOyMwUd1S1ZQVozAunvo/MGtRC+LWEsCLj9QQMY4N4YH/&#10;UkHryjcb+n4vaFZKNlS+aY+GG2gKmqD//e7gnnQHV5bv/7U7TIRjkuh7vWHiscW0n/hxuZ4m3l0s&#10;1FfOf9nNXzmfzo85s/6zmEr/Eecb7tdHo9PaM+s/0huqRh4GvcCHQ6tqDz/cKzRX32Fe6J6i2sh4&#10;phko+rWXnE4acJbSk8YTtMEd7ZGnDq2zXoJE/4HCIXzsMd+ZOTS1KQrG8Thr/PVUBr3VTCyyx8pZ&#10;Y+jGcopQOXDUhvU4cnQkEP2uVwNTYPrfP3RIuKDVq7EQRmV16BnGejmLz+9V3k1/Ptz8CQAA//8D&#10;AFBLAwQUAAYACAAAACEAJ4i5muAAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBCF7yb+&#10;h82YeLMLaKEiS9M06qkxsTVpepvCFEjZWcJugf57tyc9vnkv732TLSfdioF62xhWEM4CEMSFKRuu&#10;FPzsPp4WIKxDLrE1TAquZGGZ399lmJZm5G8atq4SvoRtigpq57pUSlvUpNHOTEfsvZPpNTov+0qW&#10;PY6+XLcyCoJYamzYL9TY0bqm4ry9aAWfI46r5/B92JxP6+thN//ab0JS6vFhWr2BcDS5vzDc8D06&#10;5J7paC5cWtEqWMwTn/T31xjEzQ+jOAJxVJAkLyDzTP7/IP8FAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAK826luMDAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAJ4i5muAAAAAJAQAADwAAAAAAAAAAAAAAAAA9BgAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEoHAAAAAA==&#10;">
+                <v:shape id="Graphic 20" o:spid="_x0000_s1045" style="position:absolute;left:127;top:127;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCrbtAPwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9ba8Iw&#10;FH4f+B/CEXybqTqsVKOo4BwIg9Xb66E5NsXmpDSZdv9+eRjs8eO7L1adrcWDWl85VjAaJiCIC6cr&#10;LhWcjrvXGQgfkDXWjknBD3lYLXsvC8y0e/IXPfJQihjCPkMFJoQmk9IXhiz6oWuII3dzrcUQYVtK&#10;3eIzhttajpNkKi1WHBsMNrQ1VNzzb6vg830z2R/31zRP37rkfCg2Wl6MUoN+t56DCNSFf/Gf+0Mr&#10;GMf18Uv8AXL5CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKtu0A/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m6524879,l56934,,34777,4478,16679,16684,4475,34772,,56896,,284607r4475,22197l16679,324929r18098,12220l56934,341630r6467945,l6547002,337149r18088,-12220l6577296,306804r4479,-22197l6581775,56896r-4479,-22124l6565090,16684,6547002,4478,6524879,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 21" o:spid="_x0000_s1046" style="position:absolute;left:127;top:207;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAMOXuwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcATv1tQfRLpGWRTFC2+sPsCxOduWbU5qEm3dp98IgpfDzHzDLFadqcWdnK8sKxgNExDE&#10;udUVFwrOp+3nHIQPyBpry6TgQR5Wy97HAlNtWz7SPQuFiBD2KSooQ2hSKX1ekkE/tA1x9H6sMxii&#10;dIXUDtsIN7UcJ8lMGqw4LpTY0Lqk/De7GQWTTl6asNu2h7/NLcFr647Z1Ck16HffXyACdeEdfrX3&#10;WsF4BM8v8QfI5T8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwDDl7sMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m56934,l34772,4478,16675,16684,4473,34772,,56896,,284607r4473,22197l16675,324929r18097,12220l56934,341630r6467945,l6547002,337149r18088,-12220l6577296,306804r4479,-22197l6581775,56896r-4479,-22124l6565090,16684,6547002,4478,6524879,,56934,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 21" o:spid="_x0000_s1046" style="position:absolute;left:127;top:127;width:65817;height:3416;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,341630" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAMOXuwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcATv1tQfRLpGWRTFC2+sPsCxOduWbU5qEm3dp98IgpfDzHzDLFadqcWdnK8sKxgNExDE&#10;udUVFwrOp+3nHIQPyBpry6TgQR5Wy97HAlNtWz7SPQuFiBD2KSooQ2hSKX1ekkE/tA1x9H6sMxii&#10;dIXUDtsIN7UcJ8lMGqw4LpTY0Lqk/De7GQWTTl6asNu2h7/NLcFr647Z1Ck16HffXyACdeEdfrX3&#10;WsF4BM8v8QfI5T8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwDDl7sMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m56934,l34777,4478,16679,16684,4475,34772,,56896,,284607r4475,22197l16679,324929r18098,12220l56934,341630r6467945,l6547002,337149r18088,-12220l6577296,306804r4479,-22197l6581775,56896r-4479,-22124l6565090,16684,6547002,4478,6524879,,56934,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 22" o:spid="_x0000_s1047" style="position:absolute;left:3605;width:33274;height:95;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="3327400,9525" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAdcAExAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PSwMx&#10;FMTvgt8hPKEXsdnuQcratIhtsdAe+g/x+Ng8N4ublyWJ2/jtG0HocZiZ3zCzRbKdGMiH1rGCybgA&#10;QVw73XKj4HxaP01BhIissXNMCn4pwGJ+fzfDSrsLH2g4xkZkCIcKFZgY+0rKUBuyGMauJ87el/MW&#10;Y5a+kdrjJcNtJ8uieJYWW84LBnt6M1R/H3+sgt3Harn99GHv3nFIPm2Nf5QHpUYP6fUFRKQUb+H/&#10;9kYrKEv4+5J/gJxfAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAB1wATEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m3326891,l,,,9152r3326891,l3326891,xe" fillcolor="#085295" stroked="f">
-[...2 lines deleted...]
-                <v:shape id="Textbox 23" o:spid="_x0000_s1048" type="#_x0000_t202" style="position:absolute;width:66071;height:3752;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArh/Z9wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredKOC2OgqUhQKQjGmB4/P7DNZzL5Ns1uN/74rCB6HmfmGWaw6W4srtd44VjAaJiCI&#10;C6cNlwp+8u1gBsIHZI21Y1JwJw+r5Vtvgal2N87oegiliBD2KSqoQmhSKX1RkUU/dA1x9M6utRii&#10;bEupW7xFuK3lOEmm0qLhuFBhQ58VFZfDn1WwPnK2Mb/fp312zkyefyS8m16U6r936zmIQF14hZ/t&#10;L61gPIHHl/gD5PIfAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAK4f2fcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 22" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;width:66071;height:3670;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEy1PmxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY05hBpdRaSFQqE0xoPHZ/aZLGbfptltTP99t1DwOMzMN8x6O9lOjDR441jBIklB&#10;ENdOG24UHKvX+TMIH5A1do5JwQ952G4eZmsstLtxSeMhNCJC2BeooA2hL6T0dUsWfeJ64uhd3GAx&#10;RDk0Ug94i3DbySxNc2nRcFxosad9S/X18G0V7E5cvpivj/NneSlNVS1Tfs+vSj09TrsViEBTuIf/&#10;229aQZbB35f4A+TmFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAETLU+bEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="1474B66E" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="455E854E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="140"/>
-                          <w:ind w:left="121"/>
+                          <w:spacing w:before="130"/>
+                          <w:ind w:left="120"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>3.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-8"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Enter</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>all</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>required</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>continuing</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-14"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>education</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-14"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>hours.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...130 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId23">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
+            <w:color w:val="075295"/>
             <w:spacing w:val="-2"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>renew-your-emt-advanced-emt-or-paramedic-certification</w:t>
         </w:r>
-        <w:r>
-[...4 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19F0F876" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+    <w:p w14:paraId="132AACA0" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="206"/>
+        <w:spacing w:before="186"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C788030" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="672D2E78" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:ind w:right="950"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="941"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AFDEEAA" wp14:editId="6AB9C7CC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487588864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="101450EB" wp14:editId="7670FC91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>549275</wp:posOffset>
+                  <wp:posOffset>544194</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>519094</wp:posOffset>
+                  <wp:posOffset>525232</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="374015"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="24" name="Group 24"/>
+                <wp:docPr id="23" name="Group 23"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="374015"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="374015"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="25" name="Graphic 25"/>
+                        <wps:cNvPr id="24" name="Graphic 24"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="348615"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="348615">
                                 <a:moveTo>
-                                  <a:pt x="6523735" y="0"/>
+                                  <a:pt x="6523736" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="58077" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="35474" y="4568"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17013" y="17018"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4565" y="35468"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="58038"/>
+                                  <a:pt x="0" y="58039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="290322"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4565" y="312965"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17013" y="331454"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="35474" y="343917"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="58077" y="348488"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6523735" y="348488"/>
+                                  <a:pt x="6523736" y="348488"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6546306" y="343917"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6564757" y="331454"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577206" y="312965"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="290322"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="58038"/>
+                                  <a:pt x="6581775" y="58039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577206" y="35468"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6564757" y="17018"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6546306" y="4568"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6523735" y="0"/>
+                                  <a:pt x="6523736" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="26" name="Graphic 26"/>
+                        <wps:cNvPr id="25" name="Graphic 25"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="348615"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="348615">
                                 <a:moveTo>
                                   <a:pt x="58077" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="35474" y="4568"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17013" y="17018"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4565" y="35468"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="58038"/>
+                                  <a:pt x="0" y="58039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="290322"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4565" y="312965"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17013" y="331454"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="35474" y="343917"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="58077" y="348488"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6523735" y="348488"/>
+                                  <a:pt x="6523736" y="348488"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6546306" y="343917"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6564757" y="331454"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577206" y="312965"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581775" y="290322"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="58038"/>
+                                  <a:pt x="6581775" y="58039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577206" y="35468"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6564757" y="17018"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6546306" y="4568"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6523735" y="0"/>
+                                  <a:pt x="6523736" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="58077" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="27" name="Textbox 27"/>
+                        <wps:cNvPr id="26" name="Textbox 26"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="374015"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="4E34048B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="139BCB1B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-                                <w:ind w:left="121"/>
+                                <w:spacing w:before="125"/>
+                                <w:ind w:left="120"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>4.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-17"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Submit</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Profile</w:t>
-                              </w:r>
-[...66 lines deleted...]
-                                <w:t>(TO)</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-18"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>review</w:t>
+                                <w:t>for</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-18"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>and</w:t>
+                                <w:t>Training</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-11"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>Officer</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-7"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>(TO)</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-18"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>review</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>and</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>approval.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2AFDEEAA" id="Group 24" o:spid="_x0000_s1049" style="position:absolute;left:0;text-align:left;margin-left:43.25pt;margin-top:40.85pt;width:520.25pt;height:29.45pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3740" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwtzLO6AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vnDgQfz/p/geL94Zv2KBsqja5RCdV&#10;baWm6rMXzIcOMLW9C/nvb2xjIJt2l37c0+WFHfAwjH8znt/MXr0emhodCOMVbbeWe+FYiLQpzaq2&#10;2FqfH+5ebSzEBW4zXNOWbK1Hwq3X13/+cdV3CfFoSeuMMARGWp703dYqhegS2+ZpSRrML2hHWljM&#10;KWuwgFtW2BnDPVhvattznMjuKcs6RlPCOTy91YvWtbKf5yQVH/KcE4HqrQW+CXVl6rqTV/v6CicF&#10;w11ZpaMb+Ce8aHDVwkcnU7dYYLRn1TNTTZUyymkuLlLa2DTPq5SoPcBuXOdoN/eM7ju1lyLpi26C&#10;CaA9wumnzabvD/es+9R9ZNp7EN/R9B8OuNh9VyTLdXlfzMpDzhr5EmwCDQrRxwlRMgiUwsMocmI3&#10;Di2UwpofB44basjTEuLy7LW0/Ov0izZO9GeVc5MzfQfZw2eA+K8B9KnEHVG4cwnAR4aqbGt5sI0W&#10;N5DE92O+wBPASX4ctCSG4x0f4TxCyPViB3IQkNCSyr0JqXDjxhNSwSbSSE0bxkm65+KeUIU5Przj&#10;Qr1fZEbCpZHSoTUigxMgc79WuS8sBLnPLAS5v9OB6LCQ78lAShH1EDTjSgkx057I5YYeyANVikJG&#10;Lgo9P/YBFBN28HXWqdulbrhx4viJplk3v52y6YdBHCi9IIw20kMwalTMr1Z1Y8f1NZogndYFY9pP&#10;sH/GrA4Q+OufNqn1vEvH97yTfs7fdr1LcGPdnnzfDcLgpPKMlR/4l258UnkOAEQ02Jze2zKyq9SD&#10;yHciFYsVrkRhFMShzoYV24zCOPaM9fMQTskLWbkiOkv180F/4svZVFpuVGbrOdBnFM8m/zJCisQW&#10;xyStKSc6y+SJVkdoOuWgt6wjnNZVdlfVtTzWnBW7m5qhA5Zk6UR3N8b0Qg0KL090gZPSjmaPUB97&#10;qIhbi3/dY0YsVP/dQgWWdGsEZoSdEZiob6giZVVRGBcPwxfMOtSBuLUE1MX31BRinJiCB/5LBa0r&#10;32zpm72geSWrofJNezTeACnoAv3fswPk/xE7RPJE/l/ZYS44Jom+xw1zHTub9i81f+LHFYV2DsGq&#10;Ij6z+Sr1uVqtcGVZCl9qvuy1xhZqRvFs8p+q+U9boznw5uyZ9R/hhrqVzaAXBtC0Knr4Ya7QtfoW&#10;81JziqKRqU0ZS/QLlzyfNKA50lzyADS4owPyVHe34BIkhrcUmnDXcMx3Zg7dpqo0wMk0a3x7KgNu&#10;NROL5Fg5a4xsLKcIlQNHNKzHkaOWQAy7QQ1ME//9piZhBdWrsRBGZdX0jGO9nMWX9yrv5j8frv8F&#10;AAD//wMAUEsDBBQABgAIAAAAIQAOdgEC4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JA&#10;EIXvhf6HZYTe6ia2RonZiEjbkxSqhdLbmB2TYHY3ZNck/vuOp3qaGd7jzfey9Wga0VPna2cVxNMI&#10;BNnC6dqWCr4P789LED6g1dg4Swqu5GGdPz5kmGo32C/q96EUHGJ9igqqENpUSl9UZNBPXUuWtZPr&#10;DAY+u1LqDgcON42cRVEiDdaWP1TY0rai4ry/GAUfAw6bl/it351P2+vvYf75s4tJqafJuFmBCDSG&#10;fzPc8BkdcmY6uovVXjQKlsmcnTzjBYibHs8WXO7I22uUgMwzeV8h/wMAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAwtzLO6AMAAMQQAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAOdgEC4AAAAAoBAAAPAAAAAAAAAAAAAAAAAEIGAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAATwcAAAAA&#10;">
-                <v:shape id="Graphic 25" o:spid="_x0000_s1050" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCS2rJ8wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa4NA&#10;FMTvhX6H5RV6KckaoSImq5SCodCTSS7eHu6rSt234q5/+u27hUKOw8xvhjkVmxnEQpPrLSs47CMQ&#10;xI3VPbcKbtdyl4JwHlnjYJkU/JCDIn98OGGm7coVLRffilDCLkMFnfdjJqVrOjLo9nYkDt6XnQz6&#10;IKdW6gnXUG4GGUdRIg32HBY6HOm9o+b7MhsF8VK9tJh+mhrjiMuhTs7pnCj1/LS9HUF42vw9/E9/&#10;6MC9wt+X8ANk/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS2rJ8wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m6523735,l58077,,35474,4568,17013,17018,4565,35468,,58038,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465658,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58038r-4569,-22570l6564757,17018,6546306,4568,6523735,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="101450EB" id="Group 23" o:spid="_x0000_s1048" style="position:absolute;left:0;text-align:left;margin-left:42.85pt;margin-top:41.35pt;width:520.25pt;height:29.45pt;z-index:-15727616;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3740" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBTeBii7wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtvnDgUfl9p/4PFe8MdJiiTqk020UpV&#10;W6mp+uwBc9ECprZnIP9+j20MdNLM0Ms+bV4Ygw+H4+98/o7PXL0emhodCOMVbbeWe+FYiLQpzaq2&#10;2FqfH+5ebSzEBW4zXNOWbK1Hwq3X13/+cdV3CfFoSeuMMAROWp703dYqhegS2+ZpSRrML2hHWpjM&#10;KWuwgFtW2BnDPXhvattznMjuKcs6RlPCOTy91ZPWtfKf5yQVH/KcE4HqrQWxCXVl6rqTV/v6CicF&#10;w11ZpWMY+CeiaHDVwkcnV7dYYLRn1RNXTZUyymkuLlLa2DTPq5SoNcBqXOdoNfeM7ju1liLpi26C&#10;CaA9wumn3abvD/es+9R9ZDp6GL6j6T8ccLH7rkiW8/K+mI2HnDXyJVgEGhSijxOiZBAohYdR5MRu&#10;HFoohTk/Dhw31JCnJeTlyWtp+dfpF22c6M+q4KZg+g7Yw2eA+K8B9KnEHVG4cwnAR4aqbGt5gYVa&#10;3ACJ70e+wBPASX4crCSG4x0f4TxCyPViBzgISOiR4t6EVLhx4wmpYBNppKYF4yTdc3FPqMIcH95x&#10;od4vMjPCpRmlQ2uGDHaA5H6tuC8sBNxnFgLu73QiOizkezKRcoh6SJoJpYSc6UjkdEMP5IEqQyEz&#10;F4WeH/uRWpDaSBDrbFO3S9tw48TxN5Zm3vx2yqcfBjHADBAFYbSREYJTY2J+takbO66v0YTRaVtw&#10;BhyUFAyDM251giBe//Lk57Wdd+n4nnfScP62611CGOvW5PtuECp6PQvAjJUf+JdufNLznADIaLA5&#10;Ddcys6vMg8h3NBFWhBKFURCHmg0rlhmFcewZ7+chnMgL2V6RnaX5+aR/E8tZKi0XKtl6DvQZxbPk&#10;X2bI7D2zPdKacqJZJne02kLTLgc2LXWE07rK7qq6ltuas2J3UzN0wLJYOtHdjXG9MAPh5YkWODna&#10;0ewR9LEHRdxa/OseM2Kh+u8WFFiWWzNgZrAzAybqG6qKslIUxsXD8AWzDnUw3FoCdPE9NUKMEyN4&#10;EL800LbyzZa+2QuaV1INVWw6ovEGioIW6P++OoDAHFUHtdf/r9VhFhxDoudqw6xjZ2n/ovlTfVwh&#10;tHMKVon4XM1Xmc9qtSKUpRS+aL48a41HqBnFs+Q/pflG+7XbOfFm75n5H6kNdSsPg14YwKFVlYcf&#10;rhVaq28xL3VNUWVkOqaMEv1SS552GnCW0rXkAcrgjg7IiyRsi1qCxPCWwiHcNc+f6Tn0MVXRACdT&#10;r/H9rgxqq+lYZI2VvcZYjWUXoThwVIZ1O3J0JBDDblAN0xTzbzokrCj1qi2EVlkdesa2Xvbiy3vF&#10;u/nPh+t/AQAA//8DAFBLAwQUAAYACAAAACEAJFiJkOAAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBm90k2lhiNqUU9VQEW6H0ts1Ok9DsbMhuk/TfOz3p6c3wHm++yZeTbcWA&#10;vW8cKYhnEQik0pmGKgU/u4+nBQgfNBndOkIFV/SwLO7vcp0ZN9I3DttQCS4hn2kFdQhdJqUva7Ta&#10;z1yHxN7J9VYHXvtKml6PXG5bmURRKq1uiC/UusN1jeV5e7EKPkc9rp7j92FzPq2vh938a7+JUanH&#10;h2n1BiLgFP7CcMNndCiY6eguZLxoFSzmr5xkTVhvfpykCYgjTy9xCrLI5f8Xil8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAU3gYou8DAADEEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAJFiJkOAAAAAKAQAADwAAAAAAAAAAAAAAAABJBgAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFYHAAAAAA==&#10;">
+                <v:shape id="Graphic 24" o:spid="_x0000_s1049" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9lhfnwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa4NA&#10;FMTvhX6H5RV6KckaKSImq5SCodCTSS7eHu6rSt234q5/+u27hUKOw8xvhjkVmxnEQpPrLSs47CMQ&#10;xI3VPbcKbtdyl4JwHlnjYJkU/JCDIn98OGGm7coVLRffilDCLkMFnfdjJqVrOjLo9nYkDt6XnQz6&#10;IKdW6gnXUG4GGUdRIg32HBY6HOm9o+b7MhsF8VK9tJh+mhrjiMuhTs7pnCj1/LS9HUF42vw9/E9/&#10;6MC9wt+X8ANk/gsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9lhfnwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m6523736,l58077,,35474,4568,17013,17018,4565,35468,,58039,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465659,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58039r-4569,-22571l6564757,17018,6546306,4568,6523736,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 26" o:spid="_x0000_s1051" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAyFq4owQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvhb1DOAPvbDpFGV2jDGHirkTrAxya0zbanJQmq9WnXwYDLz++Pz++fDPaVgzUe+NYwVuSgiAu&#10;nTZcKzgXX7N3ED4ga2wdk4I7edisXyY5Ztrd+EjDKdQijrDPUEETQpdJ6cuGLPrEdcTRq1xvMUTZ&#10;11L3eIvjtpXzNF1Ji4YjocGOtg2V19OPjZBFcbhov7RbX+CuMl31zY9Bqenr+PkBItAYnuH/9l4r&#10;mK/g70v8AXL9CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADIWrijBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m58077,l35474,4568,17013,17018,4565,35468,,58038,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465658,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58038r-4569,-22570l6564757,17018,6546306,4568,6523735,,58077,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 25" o:spid="_x0000_s1050" style="position:absolute;left:127;top:127;width:65817;height:3486;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,348615" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDCxDBfwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;EIXvhb7DMgXvdNNISkldpQQq9ko0PsCQnfxodjZkt0n06buC0MvD+fk46+1kWjFQ7xrLCt6WEQji&#10;wuqGKwXn/HvxAcJ5ZI2tZVJwIwfbzctsjam2Ix9pOPlKhBF2KSqove9SKV1Rk0G3tB1x8ErbG/RB&#10;9pXUPY5h3LQyjqJ3abDhQKixo6ym4nr6NQGyyg8X7RKTuRx3ZdOVP3wflJq/Tl+fIDxN/j/8bO+1&#10;gjiBx5fwA+TmDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMLEMF/BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m58077,l35474,4568,17013,17018,4565,35468,,58039,,290322r4565,22643l17013,331454r18461,12463l58077,348488r6465659,l6546306,343917r18451,-12463l6577206,312965r4569,-22643l6581775,58039r-4569,-22571l6564757,17018,6546306,4568,6523736,,58077,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 27" o:spid="_x0000_s1052" type="#_x0000_t202" style="position:absolute;width:66071;height:3740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBUvPB+xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvutGDrdFVRFooFMQYDx6f2WeymH0bs1uN/74rFDwOM/MNs1h1thY3ar1xrGA8SkAQ&#10;F04bLhUc8q/hBwgfkDXWjknBgzyslv3eAlPt7pzRbR9KESHsU1RQhdCkUvqiIot+5Bri6J1dazFE&#10;2ZZSt3iPcFvLSZJMpUXDcaHChjYVFZf9r1WwPnL2aa7b0y47ZybPZwn/TC9KvQ269RxEoC68wv/t&#10;b61g8g7PL/EHyOUfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFS88H7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 26" o:spid="_x0000_s1051" type="#_x0000_t202" style="position:absolute;width:66071;height:3740;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA78FXlwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33egh1OgqIhYKgjSmhx6f2WeymH0bs6um/75bKHgcZuYbZrXpbSMe1HnjWMFsmoAg&#10;Lp02XCn4Kt4nbyB8QNbYOCYFP+Rhsx4OVphp9+ScHqdQiQhhn6GCOoQ2k9KXNVn0U9cSR+/iOosh&#10;yq6SusNnhNtGzpMklRYNx4UaW9rVVF5Pd6tg+8353tyO58/8kpuiWCR8SK9KjUf9dgkiUB9e4f/2&#10;h1YwT+HvS/wBcv0LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO/BV5cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="4E34048B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="139BCB1B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-                          <w:ind w:left="121"/>
+                          <w:spacing w:before="125"/>
+                          <w:ind w:left="120"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>4.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-17"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Submit</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Profile</w:t>
-                        </w:r>
-[...66 lines deleted...]
-                          <w:t>(TO)</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-18"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>review</w:t>
+                          <w:t>for</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-18"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>and</w:t>
+                          <w:t>Training</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-11"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>Officer</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-7"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>(TO)</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-18"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>review</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>and</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>approval.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
-        <w:t>Hours can be used if completed within this Recertification Cycle (“Recert Cycle”) and must have CAPCE or Massachusetts</w:t>
+        <w:t>Hours</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Department</w:t>
+        <w:t>can be used if completed within this</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>of</w:t>
+        <w:t>Recertification Cycle (“Recert Cycle”) and must have CAPCE or Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health (“Department”)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Public</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">approval. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Recert</w:t>
+        <w:t>Recert Cycle</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Cycle</w:t>
+        <w:t>is visible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>is</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve">your </w:t>
+        <w:t xml:space="preserve">on your </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="085295"/>
+          <w:color w:val="075295"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dashboard.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45DA898E" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4B5CA236" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>Submit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>associated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fee</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>electronically</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>using</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Department-designated</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>site</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
         <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="075295"/>
+          <w:spacing w:val="-42"/>
+          <w:u w:val="single" w:color="075295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId25">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
+            <w:color w:val="075295"/>
             <w:spacing w:val="-2"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>NREMT.org</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId26">
         <w:r>
           <w:rPr>
             <w:spacing w:val="-2"/>
           </w:rPr>
           <w:t>).</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BDBD770" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="3BC7CBAE" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>PLEASE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>REMEMBER</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CLICK</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>THE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>“SUBMIT”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>REMEMBER</w:t>
-[...8 lines deleted...]
-        <w:t>TO</w:t>
+        <w:t>BUTTON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ON</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TRAINING</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>CLICK</w:t>
-[...65 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PROFILE.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE4CF22" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="7ADDB8C9" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t>Work</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>with</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>your</w:t>
+        <w:t>your TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for profile</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>review</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>submission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>education.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Your EMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>will</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>TO</w:t>
-[...25 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
         <w:t>review</w:t>
       </w:r>
-      <w:r>
-[...100 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="43EB3779" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="2706EA69" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:line="268" w:lineRule="exact"/>
-        <w:ind w:left="1073"/>
+        <w:spacing w:line="262" w:lineRule="exact"/>
+        <w:ind w:left="1066"/>
       </w:pPr>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Training</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Profile</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>accuracy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>document</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>proficiency</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>skills</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(if</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>applicable).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BBFAFE" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4F5B8D7E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:spacing w:line="268" w:lineRule="exact"/>
+        <w:spacing w:line="263" w:lineRule="exact"/>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>$37</w:t>
+        <w:t>$32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>(Ensure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>is</w:t>
-      </w:r>
-[...37 lines deleted...]
-        <w:t>meets</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>meets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>submitting)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1398BA8B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="06500254" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>DO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>FORGET</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>TO</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>COMPLETE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>B.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4676050A" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="352"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="15731712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7432C75B" wp14:editId="5B16DDA0">
-[...6 lines deleted...]
-                </wp:positionV>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="67964587" wp14:editId="0AF639D1">
                 <wp:extent cx="6858000" cy="913765"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
-[...1 lines deleted...]
-                <wp:docPr id="28" name="Group 28"/>
+                <wp:effectExtent l="0" t="0" r="0" b="19684"/>
+                <wp:docPr id="27" name="Group 27"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6858000" cy="913765"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6858000" cy="913765"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="29" name="Graphic 29"/>
+                        <wps:cNvPr id="28" name="Graphic 28"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="567080"/>
+                            <a:off x="86779" y="567080"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="55625"/>
+                                  <a:pt x="0" y="55626"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="278130"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="299733"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="317420"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="329368"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="333756"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="333756"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547844" y="329368"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565525" y="317420"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577443" y="299733"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581813" y="278130"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581813" y="55625"/>
+                                  <a:pt x="6581813" y="55626"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577443" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565525" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547844" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="30" name="Graphic 30"/>
+                        <wps:cNvPr id="29" name="Graphic 29"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="86817" y="567080"/>
+                            <a:off x="86779" y="567080"/>
                             <a:ext cx="6582409" cy="334010"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6582409" h="334010">
                                 <a:moveTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="55625"/>
+                                  <a:pt x="0" y="55626"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="0" y="278130"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4371" y="299733"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="16290" y="317420"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="33968" y="329368"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="333756"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="333756"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547844" y="329368"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565525" y="317420"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577443" y="299733"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6581813" y="278130"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581813" y="55625"/>
+                                  <a:pt x="6581813" y="55626"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577443" y="33968"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6565525" y="16287"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6547844" y="4369"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6526187" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="55613" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="31" name="Textbox 31"/>
+                        <wps:cNvPr id="30" name="Textbox 30"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
-                            <a:off x="74117" y="554380"/>
+                            <a:off x="74079" y="554380"/>
                             <a:ext cx="6607809" cy="359410"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="3F7C5459" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="4E47EAB4" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="126"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="123"/>
+                                <w:ind w:left="116"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>1.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Create</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>an</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>account</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="7"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="-5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>link</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-9"/>
+                                  <w:spacing w:val="5"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>certification.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="32" name="Textbox 32"/>
+                        <wps:cNvPr id="31" name="Textbox 31"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6858000" cy="554355"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFF00"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2278EEC4" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="08F22943" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="63" w:line="487" w:lineRule="exact"/>
-                                <w:ind w:left="3" w:right="3"/>
+                                <w:spacing w:before="71" w:line="482" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="17"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-17"/>
+                                  <w:spacing w:val="-15"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step</w:t>
-                              </w:r>
-[...49 lines deleted...]
-                                <w:t>Application</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-14"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
-                                <w:t>(Second</w:t>
+                                <w:t>B:</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-22"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>State</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-3"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>Application</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-15"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t>(Second</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
+                                  <w:spacing w:val="-14"/>
+                                  <w:sz w:val="40"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="000000"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="40"/>
                                 </w:rPr>
                                 <w:t>Step)</w:t>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="146C9B6A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="4D25976D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:line="267" w:lineRule="exact"/>
-                                <w:ind w:left="3" w:right="3"/>
+                                <w:spacing w:line="262" w:lineRule="exact"/>
+                                <w:ind w:left="35" w:right="34"/>
                                 <w:jc w:val="center"/>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
                                 <w:t>Need</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-4"/>
+                                  <w:spacing w:val="-1"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
                                 <w:t>help</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-4"/>
+                                  <w:spacing w:val="-1"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>with</w:t>
+                                <w:t>with Step</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-4"/>
+                                  <w:spacing w:val="-1"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>Step</w:t>
+                                <w:t>B?</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-6"/>
+                                  <w:spacing w:val="34"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
-                                  <w:b/>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>B?</w:t>
-[...3 lines deleted...]
-                                  <w:b/>
+                                <w:t>Contact</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="45"/>
+                                  <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>Contact</w:t>
+                                <w:t>your</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                   <w:spacing w:val="-5"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>Training</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
+                                  <w:spacing w:val="-2"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>Training</w:t>
+                                <w:t>Officer</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
+                                  <w:spacing w:val="-5"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
                                 </w:rPr>
-                                <w:t>Officer</w:t>
+                                <w:t>or</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:color w:val="000000"/>
-                                  <w:spacing w:val="-3"/>
-[...12 lines deleted...]
-                                  <w:spacing w:val="-4"/>
+                                  <w:spacing w:val="-8"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:hyperlink r:id="rId27">
                                 <w:r>
                                   <w:rPr>
-                                    <w:color w:val="085295"/>
+                                    <w:color w:val="075295"/>
                                     <w:spacing w:val="-2"/>
-                                    <w:u w:val="single" w:color="085295"/>
+                                    <w:u w:val="single" w:color="075295"/>
                                   </w:rPr>
                                   <w:t>oems.recert@mass.gov</w:t>
                                 </w:r>
                               </w:hyperlink>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
-              </wp:anchor>
+              </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7432C75B" id="Group 28" o:spid="_x0000_s1053" style="position:absolute;left:0;text-align:left;margin-left:36pt;margin-top:12.05pt;width:540pt;height:71.95pt;z-index:15731712;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="68580,9137" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuNfuWLgQAAKISAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1vozgQ/n7S/QeL79sA5i2o6WqvvVYn&#10;rfZW2p7us8NLQAeYs51A//2NbQxsooS297bSNh+IwcN4/Mz4mRmu3/d1hQ4Z4yVtNpZzZVsoaxKa&#10;ls1uY/32eP8ushAXpElJRZtsYz1l3Hp/8+MP110bZy4taJVmDIGShsddu7EKIdp4teJJkdWEX9E2&#10;a2Ayp6wmAm7ZbpUy0oH2ulq5th2sOsrSltEk4xye3ulJ60bpz/MsEb/mOc8EqjYW2CbUlanrVl5X&#10;N9ck3jHSFmUymEFeYUVNygYWHVXdEUHQnpUnquoyYZTTXFwltF7RPC+TTO0BduPYR7t5YHTfqr3s&#10;4m7XjjABtEc4vVpt8unwwNov7WemrYfhR5r8wQGXVdfu4vm8vN9Nwn3OavkSbAL1CtGnEdGsFyiB&#10;h0HkR7YNwCcwt3ZwGPga8qQAv5y8lhQ/X35xRWK9rDJuNKZrIXr4BBD/ewB9KUibKdy5BOAzQ2W6&#10;sdy1hRpSQxA/DPECTwAnuThISQyHOz7AeYRQFEROaCFAwg9COxqCb4TKj1zPhjUkVBh7EA5S+7hj&#10;Eid7Lh4yqkAnh49cwDREXGpGpDCjpG/MkMERkMFfqeAXFoLgZxaC4N9qT7REyPekKjlEHXjNmFKM&#10;lsjpmh6yR6oEhXRd4LuBE+kdGVsnmaqZy/p+4GC1dyNp5s1/q3RivA6AMgACDwcKXgDAiJh/LeoE&#10;7hoiC0RhBGZosIyM+deyHg4dJar1XxLVKsFeV4Xq2eW1nBtGDr68pXFtd70OMb5o57Qn7ISee1nx&#10;hBV21xhgu7StyQEY49APLgrPPfsscS+MPE8DvGxK4Ae+D+hK1z1jm4Efhp6ng+cZEELwOuATpf0Z&#10;3pmLLzt9bstyKM03uhyjgT+huBj8cw8dR0lSUZ7pWJAnWnHIeMohnuc8wmlVpvdlVcljzdlue1sx&#10;dCAyW9rB/a1RPRMD5uWxZjg52tL0CQiyA0rcWPzPPWGZhapfGqBgOCHCDJgZbM2AieqWqqysGIVx&#10;8dj/TliLWhhuLAG8+IkaJiaxITywXwpoWflmQz/sBc1LyYbKNm3RcANZQTP0v54egAWO0oPmhe82&#10;PUyMY6LoXHKYiGwx7ieCXD5QI/Eun9Q30v86nb+RPp3XOVMCWg6l/4n0v653Ts+emX9JcqgaWQ26&#10;vgcVvMoPL04WmqzvCC90UlF5ZCw9Bo5+SyYnvQaGalX3Go+QB7e0R/AEEtwsmSDR/0ShCh+fn+k6&#10;Qs8xXYfv4ZOuI7DDaOw6/LV30nXIbCu7jiEvy35CBcNRQtaNyVFxIPptr3onVZ3/g+XCN5P03RM/&#10;ua/0k05BKlWSeGwK5/2zD/7zTVNiessXuQdKvLNH+B5+cM513TgTO+dS1W78ty4FU9SHEFXRDh9t&#10;5JeW+b3ilOnT0s1fAAAA//8DAFBLAwQUAAYACAAAACEAUwbuD+AAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQUvDQBCF74L/YRnBm90k2lpiNqUU9VQEW6H0Ns1Ok9DsbMhuk/TfuznpbWbe4833&#10;stVoGtFT52rLCuJZBIK4sLrmUsHP/uNpCcJ5ZI2NZVJwIwer/P4uw1Tbgb+p3/lShBB2KSqovG9T&#10;KV1RkUE3sy1x0M62M+jD2pVSdziEcNPIJIoW0mDN4UOFLW0qKi67q1HwOeCwfo7f++3lvLkd9/Ov&#10;wzYmpR4fxvUbCE+j/zPDhB/QIQ9MJ3tl7USj4DUJVbyC5CUGMenxfLqcwrRYRiDzTP6vkP8CAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArjX7li4EAACiEgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUwbuD+AAAAAKAQAADwAAAAAAAAAAAAAAAACI&#10;BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJUHAAAAAA==&#10;">
-                <v:shape id="Graphic 29" o:spid="_x0000_s1054" style="position:absolute;left:868;top:5670;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYuKFmxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heYI33USktamrmEJFWvFfPdTbI/tMgtm3IbvV9Nt3C4LHYWZ+w0znranElRpXWlYQDyMQ&#10;xJnVJecKjl/vgwkI55E1VpZJwS85mM+6nSkm2t54T9eDz0WAsEtQQeF9nUjpsoIMuqGtiYN3to1B&#10;H2STS93gLcBNJUdR9CQNlhwWCqzpraDscvgxCtbLD1ylkf4cn7YbPsbP490+/Vaq32sXryA8tf4R&#10;vrdXWsHoBf6/hB8gZ38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGLihZsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m6526187,l55613,,33968,4369,16290,16287,4371,33968,,55625,,278130r4371,21603l16290,317420r17678,11948l55613,333756r6470574,l6547844,329368r17681,-11948l6577443,299733r4370,-21603l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="67964587" id="Group 27" o:spid="_x0000_s1052" style="width:540pt;height:71.95pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="68580,9137" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzEXM/RQQAAKISAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG2PmzgQ/l7p/gPi+20AY9602eput7uq&#10;VLWVuqf77PAS0AHmbCew/75jGwNNtEm2L9JJt/mQmHgYZp4ZPzPD9duhqa19znhF27XtXjm2lbcp&#10;zap2u7b/erz/PbItLkibkZq2+dp+yrn99ua3N9d9l+QeLWmd5cwCJS1P+m5tl0J0yWrF0zJvCL+i&#10;Xd7CZkFZQwRcsu0qY6QH7U298hwnWPWUZR2jac45/HunN+0bpb8o8lR8KgqeC6te22CbUN9MfW/k&#10;9+rmmiRbRrqySkczyHdY0ZCqhYdOqu6IINaOVUeqmipllNNCXKW0WdGiqNJc+QDeuM6BNw+M7jrl&#10;yzbpt90EE0B7gNN3q00/7h9Y96X7zLT1sPxA03844LLqu22y3JfX21l4KFgjbwInrEEh+jQhmg/C&#10;SuHPIMKR4wDwKezFLgoDrCFPS4jL0W1p+e70jSuS6Mcq4yZj+g6yh88A8R8D6EtJulzhziUAn5lV&#10;ZWvbg1RuSQNJ/DDmC/wDOMmHg5TEcLziI5wHCEVBGMa2BUjgIHSiMfkmqHDk+Q7sS6gQ8iEdpPbJ&#10;Y5KkOy4ecqpAJ/sPXMA2ZFxmVqQ0q3RozZLBEZDJX6vkF7YFyc9sC5J/oyPRESHvk6rk0uohasaU&#10;crJEbjd0nz9SJShk6ALsBW4UKo+MrbNM3S5lMQ5c9I2k2Te/ndKJUBwAzgCBj4J4BMCImF8t6gZe&#10;DJkForACMzRYRsb8alkfha4S1fpPiWqVYK8XnFSp5bwwcpFx3jzT/B4824vjEKGTSmefkBv63mnF&#10;M1bIixHAdsqtOQAIoRCf9m0Z2YvE/TDyfQ3weVMCHGDsYS1+3s0Ah6Hv6+S5AEJIXhdiorRfEJ2l&#10;+PmgL205n0pLR8/naIBnFM8m/zJCh1mS1pTnOhfkiVYcMp1y4JMlj3BaV9l9VdfyWHO23dzWzNoT&#10;WS2d4P7WqF6IAfPyRDOcXG1o9gQE2QMlrm3+746w3Lbq9y1QMJwQYRbMLDZmwUR9S1VVVozCuHgc&#10;/iasszpYrm0BvPiRGiYmiSE8sF8KaFl5Z0v/2AlaVJINlW3aovECqoJm6F9fHoC6D8qD4q//bXmY&#10;Gcdk0XPFYSays3k/E+T5A/VK+nMILmLxuZxfJD7T1QX1Z8mFF9S2JdG+kn6iO4lTpP9tzzEH3pw9&#10;s/+S4lC3shv0sA8dvKoPLy4WmqzvCC91UVF1ZOpTRo5+LSZHswa0lGMxeYQ6uKGDpZvMRTGxxPAn&#10;hS7clXDONdkMSNNcFvqOmTqwj46mjsAJo2nqwLF/NHXIaiunjrEuy3lCJcNBQdaDyUFzIIbNoGYn&#10;1Z3/xHbhv1L0EUwVuuhPcZriMc6El8ZJzxPquJJkGgqX8zOG+GE1Py+GwheFB1q8Z4/wPXzgnOu+&#10;cSH2XEin2fcndYAXhBRMUS9CVEc7vrSRb1qW14pT5ldLN18BAAD//wMAUEsDBBQABgAIAAAAIQAY&#10;ywVV3AAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3Y1VaWM2pRT1VIS2&#10;gvS2zU6T0OxsyG6T9N879aKXYR5vePO9bDG6RvTYhdqThmSiQCAV3tZUavjavT/MQIRoyJrGE2q4&#10;YIBFfnuTmdT6gTbYb2MpOIRCajRUMbaplKGo0Jkw8S0Se0ffORNZdqW0nRk43DXyUakX6UxN/KEy&#10;La4qLE7bs9PwMZhhOU3e+vXpuLrsd8+f3+sEtb6/G5evICKO8e8YrviMDjkzHfyZbBCNBi4Sf+fV&#10;UzPF+sDb03QOMs/kf/z8BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHMRcz9FBAAAohIA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABjLBVXcAAAA&#10;BgEAAA8AAAAAAAAAAAAAAAAAnwYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACoBwAA&#10;AAA=&#10;">
+                <v:shape id="Graphic 28" o:spid="_x0000_s1053" style="position:absolute;left:867;top:5670;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB39AT9wAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4grsxVWRGqlFUUMQZfC90d2mubbG5KU3U+vdmMeDycN6jSW0K8aDK5ZYVdDsRCOLE6pxT&#10;Bafj4msAwnlkjYVlUvAiB5NxszHCWNsn7+lx8KkIIexiVJB5X8ZSuiQjg65jS+LAXW1l0AdYpVJX&#10;+AzhppC9KPqWBnMODRmWNM8ouR3uRsHfco2rWaR/+5fthk/dn/5uPzsr1W7V0yEIT7X/iP/dK62g&#10;F8aGL+EHyPEbAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd/QE/cAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m6526187,l55613,,33968,4369,16290,16287,4371,33968,,55626,,278130r4371,21603l16290,317420r17678,11948l55613,333756r6470574,l6547844,329368r17681,-11948l6577443,299733r4370,-21603l6581813,55626r-4370,-21658l6565525,16287,6547844,4369,6526187,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 30" o:spid="_x0000_s1055" style="position:absolute;left:868;top:5670;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOJrScwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NawIx&#10;EL0L/ocwQm+a1RbR1Si2IK140hbB27AZN4ubyZLEdfvvzUHw+Hjfy3Vna9GSD5VjBeNRBoK4cLri&#10;UsHf73Y4AxEissbaMSn4pwDrVb+3xFy7Ox+oPcZSpBAOOSowMTa5lKEwZDGMXEOcuIvzFmOCvpTa&#10;4z2F21pOsmwqLVacGgw29GWouB5vVsHVTD/mp91+trt8+/Pk3B5Oof5U6m3QbRYgInXxJX66f7SC&#10;97Q+fUk/QK4eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE4mtJzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m55613,l33968,4369,16290,16287,4371,33968,,55625,,278130r4371,21603l16290,317420r17678,11948l55613,333756r6470574,l6547844,329368r17681,-11948l6577443,299733r4370,-21603l6581813,55625r-4370,-21657l6565525,16287,6547844,4369,6526187,,55613,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 29" o:spid="_x0000_s1054" style="position:absolute;left:867;top:5670;width:65824;height:3340;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6582409,334010" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBaxYvcxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvQv9DeAVvmu0iolujtAVR6UktgrfH5rlZ3LwsSVzXf28KhR6HmfmGWax624iOfKgdK3gbZyCI&#10;S6drrhT8HNejGYgQkTU2jknBgwKsli+DBRba3XlP3SFWIkE4FKjAxNgWUobSkMUwdi1x8i7OW4xJ&#10;+kpqj/cEt43Ms2wqLdacFgy29GWovB5uVsHVTCfz0+57trts/Dk/d/tTaD6VGr72H+8gIvXxP/zX&#10;3moF+Rx+v6QfIJdPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFrFi9zEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m55613,l33968,4369,16290,16287,4371,33968,,55626,,278130r4371,21603l16290,317420r17678,11948l55613,333756r6470574,l6547844,329368r17681,-11948l6577443,299733r4370,-21603l6581813,55626r-4370,-21658l6565525,16287,6547844,4369,6526187,,55613,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 31" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;left:741;top:5543;width:66078;height:3594;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAxwFtMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW8NRsVpE3diBSFgiCN6aHH1+wzWZJ9G7Nbjf/eLRQ8DjPzDbNcjbYTZxq8caxgmqQg&#10;iCunDdcKvsrt8wsIH5A1do5JwZU8rPLHhyVm2l24oPMh1CJC2GeooAmhz6T0VUMWfeJ64ugd3WAx&#10;RDnUUg94iXDbyVmaLqRFw3GhwZ7eG6raw69VsP7mYmNO+5/P4liYsnxNebdolZo8jes3EIHGcA//&#10;tz+0gvkU/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAxwFtMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 30" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:740;top:5543;width:66078;height:3594;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBejP7XwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1BVkrUYRcUFYEGs9eBybsQ02k9pE7f57cxD2+Hjf82Vna/Gg1hvHCkbDBARx4bTh&#10;UsEx//n8BuEDssbaMSn4Iw/LRe9jjql2T87ocQiliCHsU1RQhdCkUvqiIot+6BriyF1cazFE2JZS&#10;t/iM4baWX0kykRYNx4YKG1pXVFwPd6tgdeJsY2678z67ZCbPpwn/Tq5KDfrdagYiUBf+xW/3VisY&#10;x/XxS/wBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXoz+18AAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="3F7C5459" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="4E47EAB4" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="126"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="123"/>
+                          <w:ind w:left="116"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>1.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Create</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>an</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>account</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="7"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="-5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>link</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-9"/>
+                            <w:spacing w:val="5"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>certification.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <v:shape id="Textbox 32" o:spid="_x0000_s1057" type="#_x0000_t202" style="position:absolute;width:68580;height:5543;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6SWY4xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33WiglOgqVVrxUEqNFnt8ZJ/Z1OzbkF01/ffdguBxmJlvmPmys7W4Uusrxwom4wQE&#10;ceF0xaWCw/5t9AzCB2SNtWNS8Eselot+b46Zdjfe0TUPpYgQ9hkqMCE0mZS+MGTRj11DHL2Tay2G&#10;KNtS6hZvEW5rOU2SJ2mx4rhgsKG1oeKcX6yCzfEkv8xH97Oz35+r1L2+58e0UGo46F5mIAJ14RG+&#10;t7daQTqF/y/xB8jFHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6SWY4xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="yellow" stroked="f">
+                <v:shape id="Textbox 31" o:spid="_x0000_s1056" type="#_x0000_t202" style="position:absolute;width:68580;height:5543;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKm/hPxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qm91Y0NFEldRcUWD0U0rejxkX1mY7NvQ3bV+O9dQehxmJlvmNGks7U4U+srxwoG/QQE&#10;ceF0xaWC35/P1yEIH5A11o5JwZU8TMbPTyPMtLvwhs55KEWEsM9QgQmhyaT0hSGLvu8a4ugdXGsx&#10;RNmWUrd4iXBby7ckeZcWK44LBhuaGyr+8pNV8LU7yK1ZdceN3a9nqVt857u0UOql100/QATqwn/4&#10;0V5qBekA7l/iD5DjGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAKm/hPxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" fillcolor="yellow" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2278EEC4" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="08F22943" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="63" w:line="487" w:lineRule="exact"/>
-                          <w:ind w:left="3" w:right="3"/>
+                          <w:spacing w:before="71" w:line="482" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="17"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-17"/>
+                            <w:spacing w:val="-15"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step</w:t>
-                        </w:r>
-[...49 lines deleted...]
-                          <w:t>Application</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-14"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
-                          <w:t>(Second</w:t>
+                          <w:t>B:</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-22"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>State</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-3"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>Application</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-15"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t>(Second</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
+                            <w:spacing w:val="-14"/>
+                            <w:sz w:val="40"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="000000"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="40"/>
                           </w:rPr>
                           <w:t>Step)</w:t>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="146C9B6A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="4D25976D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:line="267" w:lineRule="exact"/>
-                          <w:ind w:left="3" w:right="3"/>
+                          <w:spacing w:line="262" w:lineRule="exact"/>
+                          <w:ind w:left="35" w:right="34"/>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                           </w:rPr>
                           <w:t>Need</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-4"/>
+                            <w:spacing w:val="-1"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                           </w:rPr>
                           <w:t>help</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-4"/>
+                            <w:spacing w:val="-1"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>with</w:t>
+                          <w:t>with Step</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-4"/>
+                            <w:spacing w:val="-1"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>Step</w:t>
+                          <w:t>B?</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-6"/>
+                            <w:spacing w:val="34"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
-                            <w:b/>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>B?</w:t>
-[...3 lines deleted...]
-                            <w:b/>
+                          <w:t>Contact</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="45"/>
+                            <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>Contact</w:t>
+                          <w:t>your</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                             <w:spacing w:val="-5"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>Training</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
+                            <w:spacing w:val="-2"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>Training</w:t>
+                          <w:t>Officer</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
+                            <w:spacing w:val="-5"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
                           </w:rPr>
-                          <w:t>Officer</w:t>
+                          <w:t>or</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:color w:val="000000"/>
-                            <w:spacing w:val="-3"/>
-[...12 lines deleted...]
-                            <w:spacing w:val="-4"/>
+                            <w:spacing w:val="-8"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:hyperlink r:id="rId28">
                           <w:r>
                             <w:rPr>
-                              <w:color w:val="085295"/>
+                              <w:color w:val="075295"/>
                               <w:spacing w:val="-2"/>
-                              <w:u w:val="single" w:color="085295"/>
+                              <w:u w:val="single" w:color="075295"/>
                             </w:rPr>
                             <w:t>oems.recert@mass.gov</w:t>
                           </w:r>
                         </w:hyperlink>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
-                <w10:wrap anchorx="page"/>
+                <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="653918EC" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
-[...40 lines deleted...]
-    <w:p w14:paraId="6CF233D5" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="38AC3723" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="929"/>
+          <w:tab w:val="left" w:pos="921"/>
         </w:tabs>
-        <w:ind w:left="929"/>
-[...1 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:ind w:left="921" w:hanging="368"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>Create</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-23"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...32 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>account on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>updated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-16"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>eLicensing</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-17"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-5"/>
-          <w:sz w:val="20"/>
-[...50 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>renewal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>applications</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-4"/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...2 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>https://healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        </w:r>
       </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22BB5F67" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="41CBFFC6" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="929"/>
+          <w:tab w:val="left" w:pos="921"/>
         </w:tabs>
-        <w:spacing w:before="122"/>
-        <w:ind w:left="929"/>
+        <w:spacing w:before="77"/>
+        <w:ind w:left="921" w:hanging="368"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>For</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>instructions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>how to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>create</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-6"/>
-          <w:sz w:val="20"/>
-[...59 lines deleted...]
-        <w:t>create</w:t>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>account</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-21"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>link</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
-          <w:sz w:val="20"/>
-[...70 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>certification,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
-[...6 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-19"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t>please</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
-[...26 lines deleted...]
-          <w:sz w:val="20"/>
+          <w:spacing w:val="-22"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="21"/>
+        </w:rPr>
+        <w:t>review the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-24"/>
+          <w:sz w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId30">
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>eLicensing</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...2 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>System</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...2 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="9"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...1 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>User</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...2 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="8"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-[...2 lines deleted...]
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:spacing w:val="-4"/>
+            <w:sz w:val="21"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>Guide</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0947B0FD" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4A202266" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="6"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="9"/>
+          <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
-          <w:sz w:val="9"/>
+          <w:sz w:val="8"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589376" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17412ECD" wp14:editId="3AAD22A0">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487589888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2314BE60" wp14:editId="6DD82C3C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>530225</wp:posOffset>
+                  <wp:posOffset>525144</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>90095</wp:posOffset>
+                  <wp:posOffset>81365</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="339725"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="33" name="Group 33"/>
+                <wp:docPr id="32" name="Group 32"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="339725"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="339725"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="34" name="Graphic 34"/>
+                        <wps:cNvPr id="33" name="Graphic 33"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314325"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="314325">
                                 <a:moveTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="4123"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="15367"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4117" y="32039"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="52450"/>
-[...2 lines deleted...]
-                                  <a:pt x="0" y="262000"/>
+                                  <a:pt x="0" y="52451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="262001"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4117" y="282338"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="298973"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="310203"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="314325"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6529451" y="314325"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6549788" y="310203"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6566423" y="298973"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577653" y="282338"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="262000"/>
-[...2 lines deleted...]
-                                  <a:pt x="6581775" y="52450"/>
+                                  <a:pt x="6581775" y="262001"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="52451"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577653" y="32039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6566423" y="15366"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6549788" y="4123"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="35" name="Graphic 35"/>
+                        <wps:cNvPr id="34" name="Graphic 34"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314325"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="314325">
                                 <a:moveTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="4123"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="15367"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4117" y="32039"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="0" y="52450"/>
-[...2 lines deleted...]
-                                  <a:pt x="0" y="262000"/>
+                                  <a:pt x="0" y="52451"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="262001"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4117" y="282338"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="298973"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="310203"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="314325"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6529451" y="314325"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6549788" y="310203"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6566423" y="298973"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577653" y="282338"/>
                                 </a:lnTo>
                                 <a:lnTo>
-                                  <a:pt x="6581775" y="262000"/>
-[...2 lines deleted...]
-                                  <a:pt x="6581775" y="52450"/>
+                                  <a:pt x="6581775" y="262001"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6581775" y="52451"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6577653" y="32039"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6566423" y="15366"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6549788" y="4123"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="36" name="Textbox 36"/>
+                        <wps:cNvPr id="35" name="Textbox 35"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="339725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="1089BC29" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="46B5D097" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="124"/>
+                                <w:spacing w:before="136"/>
                                 <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>2.</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="-3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>Review</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="3"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>and</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-10"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>pay</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-13"/>
+                                  <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-15"/>
+                                  <w:spacing w:val="-14"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>recertification</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-16"/>
+                                  <w:spacing w:val="-9"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-4"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>fee.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="17412ECD" id="Group 33" o:spid="_x0000_s1058" style="position:absolute;margin-left:41.75pt;margin-top:7.1pt;width:520.25pt;height:26.75pt;z-index:-15727104;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB4Ve6P9AMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEuP2zYQvhfIfyB07+ot2cJ6g3a3uygQ&#10;JAGyQc60RD0QSVRJ2tL++w5JUVK8iewkbS/di0WJQ3Lmm+F8M75+PTQ1OhLGK9ruLPfKsRBpU5pV&#10;bbGzPj7e/7qxEBe4zXBNW7Kzngi3Xt+8+uW67xLi0ZLWGWEINml50nc7qxSiS2ybpyVpML+iHWlh&#10;MqeswQJeWWFnDPewe1PbnuNEdk9Z1jGaEs7h652etG7U/nlOUvEuzzkRqN5ZoJtQv0z97uWvfXON&#10;k4LhrqzSUQ38A1o0uGrh0GmrOywwOrDq2VZNlTLKaS6uUtrYNM+rlCgbwBrXObHmgdFDp2wpkr7o&#10;JpgA2hOcfnjb9O3xgXUfuvdMaw/DNzT9zAEXu++KZDkv34tZeMhZIxeBEWhQiD5NiJJBoBQ+RpET&#10;u3FooRTmfH8be6GGPC3BL8+WpeUf6wttnOhjlXKTMn0H0cNngPjPAfShxB1RuHMJwHuGqgzUDyzU&#10;4gaC+GGMF/gCOMnDQUpiOL7xEc4ThFwvdiAGAQk9UrE3IRVu3HhCyg18jdRkME7SAxcPhCrM8fEN&#10;F2p9kZkRLs0oHVozZHADZOzXKvaFhSD2mYUg9vfaER0Wcp10pByiHpxmVCnBaK2JnG7okTxSJSik&#10;56LQ2wahqwxSFwl0nWXqdikbev4m/kLSzJtnp/b03e02UnKB6/lSQ9jUiJinFnVDPwCPSDRDP4pX&#10;ZQPX1af7nuNvV0W1g0IvCI1N5ljz1MdrOS+CJLQuOJ3tbTzf36wePtvkbTfbeB2AGSvfdcCu1Z1n&#10;B4weXYN26dmLxINtvIFEL+/4eVWiMIoCcK4Uv8DMKIzjKBzFz0M4Ba/c/bx3luLnnb7U5XwoLQ2V&#10;MRqteigKZxTPBv/SQ6fhl9aUE+1eeaPVFZpuOVynZR7htK6y+6qu5bXmrNjf1gwdsSRLJ7q/NVsv&#10;xCDx8kQnODna0+wJ8mMPGXFn8b8OmBEL1X+2kIEl3ZoBM4O9GTBR31JFyiqjMC4eh0+YdaiD4c4S&#10;kBffUpOIcWISHugvBbSsXNnS3w6C5pXMhko3rdH4AqSgE/S/zw5AcifsoKhOgvR/ZIc54Zgg+hY3&#10;zHnsbNjP+fEl559PtLMLLkriM5tfJD5nq5ecvyyKZnL7D3P+l7XJ7Hhz98z893BD3cpi0AsDKHAU&#10;PXw3V+hcfYd5qTlF0chEgmOKfuGS550GlMCaSx6BBvd0QL6qHRZcgsTwO4Ui3JVwyu/f6Dl0marC&#10;ACdTr/H1rgy41XQskmNlrzGysewiVAyc0LBuR05KAjHsB9UwqUJb6vYPFQkXUL1qC6FVVkXP2NbL&#10;Xnz5ruJu/vPh5m8AAAD//wMAUEsDBBQABgAIAAAAIQDa5NUw3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NasMwEITvhb6D2EJvjWznF9dyCKHtKRSaFEpvirWxTayVsRTbeftuTs1xZ4bZb7L1&#10;aBvRY+drRwriSQQCqXCmplLB9+H9ZQXCB01GN45QwRU9rPPHh0ynxg30hf0+lIJLyKdaQRVCm0rp&#10;iwqt9hPXIrF3cp3Vgc+ulKbTA5fbRiZRtJBW18QfKt3itsLivL9YBR+DHjbT+K3fnU/b6+9h/vmz&#10;i1Gp56dx8woi4Bj+w3DDZ3TImenoLmS8aBSspnNOsj5LQNz8OJnxuKOCxXIJMs/k/YL8DwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHhV7o/0AwAAxBAAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANrk1TDfAAAACQEAAA8AAAAAAAAAAAAAAAAATgYA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABaBwAAAAA=&#10;">
-                <v:shape id="Graphic 34" o:spid="_x0000_s1059" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqR8KBwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvuokttkQ3YgWlR0299PaafWaD2bdpdjXx37uFQo/DzHzDrNaDbcSNOl87VpDOEhDE&#10;pdM1VwpOn7vpGwgfkDU2jknBnTys8/FohZl2PR/pVoRKRAj7DBWYENpMSl8asuhnriWO3tl1FkOU&#10;XSV1h32E20bOk2QhLdYcFwy2tDVUXoqrVfD+HX6aw/1Y9K+tPskvs/fpYq/U02TYLEEEGsJ/+K/9&#10;oRU8v8Dvl/gDZP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKkfCgcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6529451,l52387,,31996,4123,15344,15367,4117,32039,,52450,,262000r4117,20338l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20338l6581775,52450r-4122,-20411l6566423,15366,6549788,4123,6529451,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="2314BE60" id="Group 32" o:spid="_x0000_s1057" style="position:absolute;margin-left:41.35pt;margin-top:6.4pt;width:520.25pt;height:26.75pt;z-index:-15726592;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA1B6Q54wMAAMQQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv4zYQvhfofyB0b6y3bCHOok2aoMBi&#10;u8Bm0TOtNyqJKklbyr/vDClKqrORs9v2tLnIlDgazXwz8w3H1++GpianjIuKtXvLubItkrUJS6u2&#10;2FufH+9/2lpESNqmtGZttreeMmG9u/nxh+u+izOXlaxOM05ASSvivttbpZRdvNmIpMwaKq5Yl7Ww&#10;mTPeUAm3vNiknPagvak3rm2Hm57xtOMsyYSAp3d607pR+vM8S+TveS4ySeq9BbZJdeXqesDr5uaa&#10;xgWnXVkloxn0G6xoaNXCRydVd1RScuTVM1VNlXAmWC6vEtZsWJ5XSaZ8AG8c+8ybB86OnfKliPui&#10;m2ACaM9w+ma1yYfTA+8+dR+5th6W71nypwBcNn1XxMt9vC9m4SHnDb4ETpBBIfo0IZoNkiTwMAzt&#10;yIkCiySw53m7yA005EkJcXn2WlL+uv7ihsb6s8q4yZi+g+wRM0Di3wH0qaRdpnAXCMBHTqoUzbdI&#10;SxtI4ocxX+AJ4IQfBynEcLwTI5xnCDluZEMOAhJ6pXJvQirYOtGElON7GqnJYRonRyEfMqYwp6f3&#10;Qqr3i9SsaGlWydCaJYcKwNyvVe5Li0Duc4tA7h90IDoq8T0MJC5JD0EzppTgtLYEtxt2yh6ZEpQY&#10;uTBwd37gKIdUIYGts0zdLmUD19tG/5A0++a3Uzo9Z7cLlZzvuApdUGpEzK8WdQLP9zWagRdG6M2L&#10;sr7j6K97ru3tVkV1gAIXPVtTqeXcEEhoXXD6trt1PW+7qnT2yd1td9E6ADNWnmODX6ua5wCMEV3z&#10;bRnZV4n7u2gLRI81ftmUMAhDH4KL4q9wMwyiKAxG8csQTsmL2i9HZyl+OehLWy6n0tJRiGwYrkYo&#10;DGYULyb/MkKm9kx5JDUTmQ4vVrQqi6nKoUSWPCJYXaX3VV1jWQteHG5rTk4Um6Ud3t8a1QsxIF4R&#10;a4LD1YGlT8CPPTDi3hJ/HSnPLFL/1gIDY7s1C24WB7Pgsr5lqikrRuFCPg5/UN6RDpZ7SwIvfmCG&#10;iGlsCA/sRwEti2+27OejZHmFbKhs0xaNN9AUNEH//90BuOisO/gYbwTpe+wOM+GYJHqpN8w8djHt&#10;Z37Eenrj/DfOH08i49npu+V8w/36aPS89sz+1/SGusXDoBv4cGhV7eGre4Xm6jsqSt1TVBuZmuBI&#10;0W+95PmkAQOT7iWP0AYPbCCeGpsWvYTI4RcGh3B19sTnL8wc+piqKJjG06zx5akMequZWLDH4qwx&#10;dmOcIlQOnLVhPY6cHQnkcBjUwKQO2mjbf3RIeEWrV2MhjMrq0DOO9TiLL+9V3s1/Ptz8DQAA//8D&#10;AFBLAwQUAAYACAAAACEAKl+4G98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+&#10;g9hCb438Q93gWg4htD2FQpNC6W1jbWwTa2UsxXbevsqpOe7MMPtNsZpNJ0YaXGtZQbyIQBBXVrdc&#10;K/jevz8tQTiPrLGzTAou5GBV3t8VmGs78ReNO1+LUMIuRwWN930upasaMugWticO3tEOBn04h1rq&#10;AadQbjqZRFEmDbYcPjTY06ah6rQ7GwUfE07rNH4bt6fj5vK7f/782cak1OPDvH4F4Wn2/2G44gd0&#10;KAPTwZ5ZO9EpWCYvIRn0JCy4+nGSJiAOCrIsBVkW8nZB+QcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA1B6Q54wMAAMQQAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAqX7gb3wAAAAkBAAAPAAAAAAAAAAAAAAAAAD0GAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASQcAAAAA&#10;">
+                <v:shape id="Graphic 33" o:spid="_x0000_s1058" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClrlr1xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjZwa0uJECUmhpsfGzSW3jbWxTKyVY6n+efuqUOhxmJlvmM1utI3oqfO1YwXLRQKC&#10;uHS65krB6ev96RWED8gaG8ekYCIPu+3sYYOZdgMfqS9CJSKEfYYKTAhtJqUvDVn0C9cSR+/qOosh&#10;yq6SusMhwm0jn5NkJS3WHBcMtvRmqLwV31bB4RLuzed0LIaXVp/k2eR+ucqVepyP+zWIQGP4D/+1&#10;P7SCNIXfL/EHyO0PAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKWuWvXEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6529451,l52387,,31996,4123,15344,15367,4117,32039,,52451,,262001r4117,20337l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20337l6581775,52451r-4122,-20412l6566423,15366,6549788,4123,6529451,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 35" o:spid="_x0000_s1060" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDn+pLqwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHME7m6rrD9Uosrqrt7U+wKE5tsXmpDRZW99+s7Dg5TAz3zDbfW9q8aTWVZYVTKMYBHFu&#10;dcWFglv2NVmDcB5ZY22ZFLzIwX43HGwx0bbjlJ5XX4gAYZeggtL7JpHS5SUZdJFtiIN3t61BH2Rb&#10;SN1iF+CmlrM4XkqDFYeFEhv6LCl/XH+MgvyS0u37I8NTR4/44NPz6jg/KzUe9YcNCE+9f4f/2xet&#10;YL6Avy/hB8jdLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDn+pLqwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m52387,l31996,4123,15344,15367,4117,32039,,52450,,262000r4117,20338l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20338l6581775,52450r-4122,-20411l6566423,15366,6549788,4123,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 34" o:spid="_x0000_s1059" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCItjdxwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHME7Tf1hlWoq4urqbasPcGiObWlzUpqsrW+/WVjYy2FmvmH2h8E04kWdqywrWMwjEMS5&#10;1RUXCh73y2wLwnlkjY1lUvAmB4dkPNpjrG3PKb0yX4gAYRejgtL7NpbS5SUZdHPbEgfvaTuDPsiu&#10;kLrDPsBNI5dR9CENVhwWSmzpVFJeZ99GQX5L6fG1vuO5pzo6+vS6+VxdlZpOhuMOhKfB/4f/2jet&#10;YLWG3y/hB8jkBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIi2N3HBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m52387,l31996,4123,15344,15367,4117,32039,,52451,,262001r4117,20337l15344,298973r16652,11230l52387,314325r6477064,l6549788,310203r16635,-11230l6577653,282338r4122,-20337l6581775,52451r-4122,-20412l6566423,15366,6549788,4123,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 36" o:spid="_x0000_s1061" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+KcM4xAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sYWQhvdiEgLQqEY48HjM/uSLGbfptlV03/fFQo9DjPzDbNcjbYTVxq8caxgPktA&#10;EFdOG24UHMqPp1cQPiBr7ByTgh/ysMonD0vMtLtxQdd9aESEsM9QQRtCn0npq5Ys+pnriaNXu8Fi&#10;iHJopB7wFuG2k89JkkqLhuNCiz1tWqrO+4tVsD5y8W6+v067oi5MWb4l/JmelXqcjusFiEBj+A//&#10;tbdawUsK9y/xB8j8FwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL4pwzjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 35" o:spid="_x0000_s1060" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBO+11PxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6saWikZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCj0/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE77XU/EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="1089BC29" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="46B5D097" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="124"/>
+                          <w:spacing w:before="136"/>
                           <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>2.</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-15"/>
+                            <w:spacing w:val="-3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>Review</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-15"/>
+                            <w:spacing w:val="3"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>and</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-10"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>pay</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-13"/>
+                            <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>state</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-15"/>
+                            <w:spacing w:val="-14"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>recertification</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-16"/>
+                            <w:spacing w:val="-9"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-4"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>fee.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5D80BA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4DD48A3B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Review</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>information</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-7"/>
+          <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>for</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>accuracy,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>answer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>accuracy,</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>questions,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UPDATE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CONTACT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:spacing w:val="-5"/>
-        </w:rPr>
-[...51 lines deleted...]
-          <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>INFORMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0420167F" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="6DC7D7D7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487441920" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F1617CA" wp14:editId="2D9B54AF">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487436800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1925DEF4" wp14:editId="5CE6F282">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
-                  <wp:posOffset>520700</wp:posOffset>
+                  <wp:posOffset>515619</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>127536</wp:posOffset>
+                  <wp:posOffset>126485</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6607175" cy="381000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="37" name="Group 37"/>
+                <wp:docPr id="36" name="Group 36"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="381000"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="381000"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="38" name="Graphic 38"/>
+                        <wps:cNvPr id="37" name="Graphic 37"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="355600"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="355600">
                                 <a:moveTo>
                                   <a:pt x="6522593" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="59207" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="36165" y="4659"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17345" y="17367"/>
@@ -8924,51 +8781,51 @@
                                 <a:lnTo>
                                   <a:pt x="6564423" y="17367"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6545609" y="4659"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6522593" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="39" name="Graphic 39"/>
+                        <wps:cNvPr id="38" name="Graphic 38"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="355600"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="355600">
                                 <a:moveTo>
                                   <a:pt x="59207" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="36165" y="4659"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="17345" y="17367"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4654" y="36218"/>
@@ -9021,658 +8878,598 @@
                                 <a:lnTo>
                                   <a:pt x="6522593" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="59207" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25399">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="40" name="Textbox 40"/>
+                        <wps:cNvPr id="39" name="Textbox 39"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="381000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="2DC03901" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="2BB0723E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="128"/>
-                                <w:ind w:left="120"/>
+                                <w:spacing w:before="140"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>3.</w:t>
+                                <w:t>3. Submit</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-11"/>
+                                  <w:spacing w:val="6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>Submit</w:t>
+                                <w:t>your</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:spacing w:val="4"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t xml:space="preserve"> </w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:color w:val="FFFFFF"/>
+                                  <w:sz w:val="32"/>
+                                </w:rPr>
+                                <w:t>state</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-12"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>your</w:t>
+                                <w:t>application</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-6"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
-                                <w:t>state</w:t>
+                                <w:t>by</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-12"/>
-[...33 lines deleted...]
-                                  <w:spacing w:val="-10"/>
+                                  <w:spacing w:val="-1"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>03/31/2026.</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="1F1617CA" id="Group 37" o:spid="_x0000_s1062" style="position:absolute;left:0;text-align:left;margin-left:41pt;margin-top:10.05pt;width:520.25pt;height:30pt;z-index:-15874560;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDTo5jC7wMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWN1vpDYQf6/U/8HiveFrgYCyObVJE1U6&#10;3Z10qe7Zaz5VwNT2LuS/79jGwG2ahbu2T83LZsDjYeY3P894cvNuaGp0yhivaLu33CvHQllLaFq1&#10;xd76/enhp2sLcYHbFNe0zfbWc8atd7c//nDTd0nm0ZLWacYQGGl50nd7qxSiS2ybkzJrML+iXdbC&#10;Yk5ZgwU8ssJOGe7BelPbnuOEdk9Z2jFKMs7h7b1etG6V/TzPiPiY5zwTqN5b4JtQv0z9HuSvfXuD&#10;k4LhrqzI6Ab+Di8aXLXw0cnUPRYYHVn1wlRTEUY5zcUVoY1N87wimYoBonGds2geGT12KpYi6Ytu&#10;ggmgPcPpu82SD6dH1n3uPjHtPYjvKfmDAy523xXJcl0+F7PykLNGboIg0KAQfZ4QzQaBCLwMQydy&#10;o8BCBNb8a9dxRshJCXl5sY2Uv17eaONEf1Y5NznTd8AePgPE/xlAn0vcZQp3LgH4xFCVSvct1OIG&#10;SPw48gXeAE7y46AlMRyf+AjnGUKuF0H4CJDQkuLehFRw7UYTUkEQaqSmgHFCjlw8ZlRhjk/vuVD7&#10;i9RIuDQSGVojMjgBkvu14r6wEHCfWQi4f9Dc77CQ+2QipYh6SJpxpYSgtSdyuaGn7IkqRSEzFwae&#10;F8S+CkhlFXyddep2qRvEnhN9pWnWzd9O2fRDNwS2AES7MIilh2DUqJi/WtWN/J1WBSmMLuqCsZ2y&#10;6oeeq5L2qlmdIIjL2aLnxaHjhxu/7caQ94u6c0y+H8XRZQ9mrPzACa8vezEnADIqgbsE7TKzm9R3&#10;QNdYA7zuShiEu52nebMhzDCIItfV5PHXIZzICxzakJ2l+nrSv/JllUrLQNc5ChSdUFwl/zJD5uyZ&#10;40FqyjOdXnmi1RGaTjnwnizqCKd1lT5UdS2PNWfF4a5m6IRls3TChztjeqEGhZcnusBJ6UDTZ6iP&#10;PVTEvcX/PGKWWaj+rYUKLNutEZgRDkZgor6jqimrisK4eBq+YNahDsS9JaAufqCmEOPEFDzwXypo&#10;XbmzpT8fBc0rWQ2Vb9qj8QGagi7Q/313AP6fdQdVv/6v3WEuOIZEr/WGuY6t0n6uj+vn6a3mzynY&#10;VMTnbr5Jfa5WG9rPshS+1Xx51xqvUDOKq+S/VPNN7ddm58Sbs2fWv6U31K28DHqBH8dqtFk0gY29&#10;Qtfqe8xL3VOUhenmMZbot17yYtLYQevUveQJ2uCBDgjeQH9b9BIkhl8oXMJd8/6VmUNfZ9VunEyz&#10;xt9PZdBbzcQie6ycNcZuLKcIxYGzNqzHkbMrgRgOgxqY3Mnpf+mWsKHXq7kQZmV16xnnejmML58V&#10;8eb/Ptz+BQAA//8DAFBLAwQUAAYACAAAACEAXP0teN4AAAAJAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPwWrDMAyG74O+g9Fgt9WJR0fJ4pRSup3KYG1h7ObGahIayyF2k/Ttp562o/SJX9+frybXigH7&#10;0HjSkM4TEEiltw1VGo6H9+cliBANWdN6Qg03DLAqZg+5yawf6QuHfawEh1DIjIY6xi6TMpQ1OhPm&#10;vkNidva9M5HHvpK2NyOHu1aqJHmVzjTEH2rT4abG8rK/Og0foxnXL+l22F3Om9vPYfH5vUtR66fH&#10;af0GIuIU/47hrs/qULDTyV/JBtFqWCquEjWoJAVx56lSCxAnJryRRS7/Nyh+AQAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhANOjmMLvAwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAFz9LXjeAAAACQEAAA8AAAAAAAAAAAAAAAAASQYAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABUBwAAAAA=&#10;">
-                <v:shape id="Graphic 38" o:spid="_x0000_s1063" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFx6zgwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHprNjFYbHQVsbX04sFEKd6G7JiEZmdDdpuk/757KHh8vO/1djKtGKh3jWUFSRSDIC6t&#10;brhScC4Oz0sQziNrbC2Tgl9ysN3MHtaYaTvyiYbcVyKEsMtQQe19l0npypoMush2xIG72d6gD7Cv&#10;pO5xDOGmlfM4fpEGGw4NNXa0r6n8zn+MgkPcvN7eT8fF5ZpcPhZH92a+0kKpp8dptwLhafJ38b/7&#10;UytIw9jwJfwAufkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxces4MMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6522593,l59207,,36165,4659,17345,17367,4654,36218,,59308,,296036r4654,23091l17345,337978r18820,12708l59207,355345r6463386,l6545609,350686r18814,-12708l6577117,319127r4658,-23091l6581775,59308r-4658,-23090l6564423,17367,6545609,4659,6522593,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="1925DEF4" id="Group 36" o:spid="_x0000_s1061" style="position:absolute;left:0;text-align:left;margin-left:40.6pt;margin-top:9.95pt;width:520.25pt;height:30pt;z-index:-15879680;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page;mso-position-vertical-relative:text" coordsize="66071,3810" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwSDpN3wMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEtv3DYQvhfIfyB0r/VaSSvB66C1a6NA&#10;kASIi5651BORRJXkruR/3yEpSsoaXm3dFjnElzUlDkcz33wzw/H1+6Gp0TFjvKLtznKvHAtlLaFp&#10;1RY764/H+5+3FuICtymuaZvtrKeMW+9v3v103XdJ5tGS1mnGEChpedJ3O6sUoktsm5MyazC/ol3W&#10;wmZOWYMFPLLCThnuQXtT257jhHZPWdoxSjLO4e2d3rRulP48z4j4lOc8E6jeWWCbUL9M/e7lr31z&#10;jZOC4a6syGgGfoUVDa5a+Oik6g4LjA6seqaqqQijnObiitDGpnlekUz5AN64zok3D4weOuVLkfRF&#10;N8EE0J7g9Gq15OPxgXVfus9MWw/LD5R85YCL3XdFstyXz8UsPOSskYfACTQoRJ8mRLNBIAIvw9CJ&#10;3CiwEIE9f+s6zgg5KSEuz46R8rfzB22c6M8q4yZj+g7Yw2eA+L8D6EuJu0zhziUAnxmqUjA/slCL&#10;GyDxw8gXeAM4yY+DlMRwfOIjnCcIuV4E7iNAQq8U9yakgq0bTUgFQaiRmhzGCTlw8ZBRhTk+fuBC&#10;nS9Ss8KlWZGhNUsGGSC5XyvuCwsB95mFgPt7zf0OC3lOBlIuUQ9BM6aU4LS2RG439Jg9UiUoZOTC&#10;wPOC2FcOqaiCrbNM3S5lg9hzAD5DEJA0++Zvp3T6oRsCW0BuEwaxtPBFUTfyN1oUVqGKxIuyoGyj&#10;tPqh527PqtUBAr+cS+S8OHT88KzC+dtuDHE/Kzv75PtRHJ23YMbKD5xwe96KOQAQUQncOWiXkb1I&#10;fAN0jTXA66aEQbjZeJo3F7gZBlHkupo8/jqEE3mBQxdEZym+HvRvbFml0tLRdY4CRScUV8m/jJDJ&#10;PZNJpKY80+GVGa1SaMpySBGyqCOc1lV6X9W1TGvOiv1tzdARy2bphPe3RvVCDAovT3SBk6s9TZ+g&#10;PvZQEXcW/+uAWWah+vcWKrBst2bBzGJvFkzUt1Q1ZVVRGBePw5+YdaiD5c4SUBc/UlOIcWIKHtgv&#10;BbSsPNnSXw6C5pWshso2bdH4AE1BF+j/vzvAReekO6j0/VG7w1xwDIle6g1zHVul/Vwf1/Nprrur&#10;ifpW87/t5m81ny6vOYv+s0ql71TzTe3Xt6jnuWf2/0lvqFt5GfQCP47VaLNoAhf2Cl2r7zAvdU9R&#10;Gqabx1ii33rJ80kD7lK6lzxCG9zTAfnqLrzoJUgMv1K4hLsSzrklm/HoVVMZ9FYzscgeK2eNsRvL&#10;KUJx4KQN63Hk5Eoghv2gBiZXVf7/8JZwQa9XcyHMyurWM871chhfPivizf99uPkbAAD//wMAUEsD&#10;BBQABgAIAAAAIQA7/zAz3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjc&#10;qOMgaBviVFUFnCokWiTEbRtvk6ixHcVukv492xMcd2Y0+yZfTbYVA/Wh8U6DmiUgyJXeNK7S8LV/&#10;e1iACBGdwdY70nChAKvi9ibHzPjRfdKwi5XgEhcy1FDH2GVShrImi2HmO3LsHX1vMfLZV9L0OHK5&#10;bWWaJM/SYuP4Q40dbWoqT7uz1fA+4rh+VK/D9nTcXH72Tx/fW0Va399N6xcQkab4F4YrPqNDwUwH&#10;f3YmiFbDQqWcZH25BHH1VarmIA4a5qzIIpf/FxS/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADBIOk3fAwAAxRAAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhADv/MDPfAAAACQEAAA8AAAAAAAAAAAAAAAAAOQYAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABFBwAAAAA=&#10;">
+                <v:shape id="Graphic 37" o:spid="_x0000_s1062" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0WDiSxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6qi7lajiK7ixYN1ZfH2aJ5tsXkpTVbrvzeC4HGYmW+Y6bwxpbhS7QrLCnrdCARx&#10;anXBmYLfw/rzC4TzyBpLy6TgTg7ms9bHFGNtb7yna+IzESDsYlSQe1/FUro0J4Ouayvi4J1tbdAH&#10;WWdS13gLcFPKfhSNpMGCw0KOFS1zSi/Jv1Gwjorv889+NzyeesfNcOdW5m9wUKrTbhYTEJ4a/w6/&#10;2lutYDCG55fwA+TsAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALRYOJLEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6522593,l59207,,36165,4659,17345,17367,4654,36218,,59308,,296036r4654,23091l17345,337978r18820,12708l59207,355345r6463386,l6545609,350686r18814,-12708l6577117,319127r4658,-23091l6581775,59308r-4658,-23090l6564423,17367,6545609,4659,6522593,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 39" o:spid="_x0000_s1064" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpKxjjwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfBf8hXME3TV1RtBpFVoQF90GrH3Btrm2xualNbLt/v1lY8HGYmTPMetuZUjRUu8Kygsk4AkGc&#10;Wl1wpuB6OYwWIJxH1lhaJgU/5GC76ffWGGvb8pmaxGciQNjFqCD3voqldGlOBt3YVsTBu9vaoA+y&#10;zqSusQ1wU8qPKJpLgwWHhRwr+swpfSQvo+B07qKmYG3KWbvcH58v97jdv5UaDrrdCoSnzr/D/+0v&#10;rWC6hL8v4QfIzS8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAaSsY48MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m59207,l36165,4659,17345,17367,4654,36218,,59308,,296036r4654,23091l17345,337978r18820,12708l59207,355345r6463386,l6545609,350686r18814,-12708l6577117,319127r4658,-23091l6581775,59308r-4658,-23090l6564423,17367,6545609,4659,6522593,,59207,xe" filled="f" strokecolor="#006fc0" strokeweight=".70553mm">
+                <v:shape id="Graphic 38" o:spid="_x0000_s1063" style="position:absolute;left:127;top:127;width:65817;height:3556;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,355600" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGZ714vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GVGVEq1FEEYRx4esDrs21LTY3tYlt/XuzEFweznu+bE0haqpcblnBoB+BIE6szjlV&#10;cDlvfycgnEfWWFgmBS9ysFx0fuYYa9vwkeqTT0UIYRejgsz7MpbSJRkZdH1bEgfuZiuDPsAqlbrC&#10;JoSbQg6jaCwN5hwaMixpnVFyPz2NgsOxjeqctSn+munm//F09+ttr1Sv265mIDy1/iv+uHdawSiM&#10;DV/CD5CLNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAGZ714vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m59207,l36165,4659,17345,17367,4654,36218,,59308,,296036r4654,23091l17345,337978r18820,12708l59207,355345r6463386,l6545609,350686r18814,-12708l6577117,319127r4658,-23091l6581775,59308r-4658,-23090l6564423,17367,6545609,4659,6522593,,59207,xe" filled="f" strokecolor="#006fc0" strokeweight=".70553mm">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 40" o:spid="_x0000_s1065" type="#_x0000_t202" style="position:absolute;width:66071;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGio2qwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7W1EVkrUYRcUFYEGs9eBybsQ02k9pE7f57cxD2+Hjf82Vna/Gg1hvHCkbDBARx4bTh&#10;UsEx//n8BuEDssbaMSn4Iw/LRe9jjql2T87ocQiliCHsU1RQhdCkUvqiIot+6BriyF1cazFE2JZS&#10;t/iM4baWX0kykRYNx4YKG1pXVFwPd6tgdeJsY2678z67ZCbPpwn/Tq5KDfrdagYiUBf+xW/3VisY&#10;x/XxS/wBcvECAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABoqNqsAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 39" o:spid="_x0000_s1064" type="#_x0000_t202" style="position:absolute;width:66071;height:3810;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDPtldKwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6qYKUlNXEVEQhGKMB4+v2WeymH0bs6vGf98VCh6HmfmGmc47W4sbtd44VvA5SEAQ&#10;F04bLhUc8vXHFwgfkDXWjknBgzzMZ723Kaba3Tmj2z6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEe4baWwyQZS4uG40KFDS0rKs77q1WwOHK2Mpef3112ykyeTxLejs9K9d+7xTeIQF14hf/b&#10;G61gNIHnl/gD5OwPAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAz7ZXSsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="2DC03901" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="2BB0723E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="128"/>
-                          <w:ind w:left="120"/>
+                          <w:spacing w:before="140"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>3.</w:t>
+                          <w:t>3. Submit</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-11"/>
+                            <w:spacing w:val="6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>Submit</w:t>
+                          <w:t>your</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:spacing w:val="4"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t xml:space="preserve"> </w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:color w:val="FFFFFF"/>
+                            <w:sz w:val="32"/>
+                          </w:rPr>
+                          <w:t>state</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-12"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>your</w:t>
+                          <w:t>application</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-6"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
-                          <w:t>state</w:t>
+                          <w:t>by</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-12"/>
-[...33 lines deleted...]
-                            <w:spacing w:val="-10"/>
+                            <w:spacing w:val="-1"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>03/31/2026.</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t>Submission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-8"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Fee:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:spacing w:val="-6"/>
+          <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>$125</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0BBF15" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+    <w:p w14:paraId="26B04E37" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="233"/>
+        <w:spacing w:before="214"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03AE6445" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="54B5583D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:ind w:right="503"/>
+        <w:spacing w:line="242" w:lineRule="auto"/>
+        <w:ind w:right="490"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Once all the steps are complete, your application will be processed within 2 to 5 business days. You can check your recertification status on the </w:t>
+        <w:t>Once all the steps</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>are complete, your application will be processed within 2 to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>5 business days. You can check your recertification status</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>eLicensing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:color w:val="085295"/>
+          <w:color w:val="075295"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">website. </w:t>
       </w:r>
       <w:hyperlink r:id="rId32">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>Electronic verification</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:color w:val="085295"/>
-[...13 lines deleted...]
-        <w:t>an</w:t>
+          <w:color w:val="075295"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of certification is</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>sufficient for staffing an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ambulance. OEMS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>updated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>certification</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>ambulance.</w:t>
-[...25 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>email</w:t>
+        <w:t>or</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
-[...26 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>or</w:t>
-[...64 lines deleted...]
-        <w:t>it</w:t>
+        <w:t>you can be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>from</w:t>
+        <w:t>retrieve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>it from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>your</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54496429" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="4C070835" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:ind w:left="460"/>
+        <w:ind w:left="452"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3B0C8F2C" wp14:editId="6BDD5D67">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22F24416" wp14:editId="432AD82F">
                 <wp:extent cx="6607175" cy="339725"/>
                 <wp:effectExtent l="19050" t="9525" r="12700" b="12700"/>
-                <wp:docPr id="41" name="Group 41"/>
+                <wp:docPr id="40" name="Group 40"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6607175" cy="339725"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="6607175" cy="339725"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
-                        <wps:cNvPr id="42" name="Graphic 42"/>
+                        <wps:cNvPr id="41" name="Graphic 41"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314325"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="314325">
                                 <a:moveTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="4103"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="15303"/>
@@ -9722,51 +9519,51 @@
                                 <a:lnTo>
                                   <a:pt x="6566423" y="15303"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6549788" y="4103"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:solidFill>
                             <a:srgbClr val="006FC0"/>
                           </a:solidFill>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="43" name="Graphic 43"/>
+                        <wps:cNvPr id="42" name="Graphic 42"/>
                         <wps:cNvSpPr/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="12700" y="12700"/>
                             <a:ext cx="6581775" cy="314325"/>
                           </a:xfrm>
                           <a:custGeom>
                             <a:avLst/>
                             <a:gdLst/>
                             <a:ahLst/>
                             <a:cxnLst/>
                             <a:rect l="l" t="t" r="r" b="b"/>
                             <a:pathLst>
                               <a:path w="6581775" h="314325">
                                 <a:moveTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:moveTo>
                                 <a:lnTo>
                                   <a:pt x="31996" y="4103"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="15344" y="15303"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="4117" y="31932"/>
@@ -9819,2792 +9616,3114 @@
                                 <a:lnTo>
                                   <a:pt x="6529451" y="0"/>
                                 </a:lnTo>
                                 <a:lnTo>
                                   <a:pt x="52387" y="0"/>
                                 </a:lnTo>
                                 <a:close/>
                               </a:path>
                             </a:pathLst>
                           </a:custGeom>
                           <a:ln w="25400">
                             <a:solidFill>
                               <a:srgbClr val="006FC0"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                       <wps:wsp>
-                        <wps:cNvPr id="44" name="Textbox 44"/>
+                        <wps:cNvPr id="43" name="Textbox 43"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="6607175" cy="339725"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </wps:spPr>
                         <wps:txbx>
                           <w:txbxContent>
-                            <w:p w14:paraId="362367DA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                            <w:p w14:paraId="570CA72D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                               <w:pPr>
-                                <w:spacing w:before="125"/>
-                                <w:ind w:left="118"/>
+                                <w:spacing w:before="123"/>
+                                <w:ind w:left="117"/>
                                 <w:rPr>
                                   <w:b/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-5"/>
+                                  <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>IMPORTANT</w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
-                                  <w:spacing w:val="-3"/>
+                                  <w:spacing w:val="-14"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> </w:t>
                               </w:r>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:color w:val="FFFFFF"/>
                                   <w:spacing w:val="-2"/>
                                   <w:sz w:val="32"/>
                                 </w:rPr>
                                 <w:t>REMINDERS:</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3B0C8F2C" id="Group 41" o:spid="_x0000_s1066" style="width:520.25pt;height:26.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhCRdt+AMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNuOpDYQfY+0/2DxnuEODZqeVTKTGUVa&#10;bVbaifLs5q4FTGx3w/x9yjYGlsk0vbennZfG4MKUT5XPqerrt0NTo1NGWUXavWFfWQbK2oSkVVvs&#10;jb8f73/dGYhx3Ka4Jm22N54yZry9efPLdd/FmUNKUqcZRbBIy+K+2xsl511smiwpswazK9JlLUzm&#10;hDaYwy0tzJTiHlZvatOxrMDsCU07SpKMMXh6pyaNG7l+nmcJ/yvPWcZRvTfANy5/qfw9iF/z5hrH&#10;BcVdWSWjG/grvGhw1cJHp6XuMMfoSKtnSzVVQgkjOb9KSGOSPK+STO4BdmNbq908UHLs5F6KuC+6&#10;CSaAdoXTVy+bvD890O5j94Eq72H4jiSfGOBi9l0RL+fFfTEbDzltxEuwCTRIRJ8mRLOBowQeBoEV&#10;2qFvoATmXDcKHV9BnpQQl2evJeUf5180caw+K52bnOk7yB42A8S+DaCPJe4yiTsTAHygqEr3hucY&#10;qMUNJPHDmC/wBHASHwcrgeF4x0Y4VwjZTmhBDgISaiRzb0LK39nhhJTtuQqpacM4To6MP2REYo5P&#10;7xiX7xepHuFSj5Kh1UMKJ0Dkfi1znxsIcp8aCHL/oALRYS7eE4EUQ9RD0LQrJcRMeSKmG3LKHok0&#10;5CJyge9Enm/LDcmDBL7ONnW7tPUddxd+Zqnn9bWTa7p2FAXSzrMtV3gIi2oTfVWmtu96nkLTdzds&#10;PdtWX4f1XRm0F5dVAQJ/nfOfV3ZOYO+i6Kyf07edneNEGii9F31d78mJdpFKrxc9nbFybcsOznsx&#10;BwAi6uyCsy4vI3uRuReFOyB6cca3XQn8IPAAXWF+wTYDPwwDfzTfhnBKXrH6dnSW5ttBX/qynUrL&#10;jUK2buRo4M8obib/MkLrlEpqwjJ1csSJlkdoOuWQTUseYaSu0vuqrsWxZrQ43NYUnbAQSyu4v9VL&#10;L8yAeFmsCE6MDiR9An7sgRH3Bvv3iGlmoPrPFhhYyK0eUD046AHl9S2RoiwZhTL+OPyDaYc6GO4N&#10;Drz4nmgixrEmPPBfGChb8WZLfjtykleCDaVvyqPxBkRBEfSPVwfI0JU6SAIRIP2M6gCHacX4L2nD&#10;zGObaf/K+ZM+XkC0cwguIvFZzS8yn9nqAleWVPjK+aLWGkuoGcXN5D/H+Z+XEXPgNYHr+S/RhroV&#10;xaDje1C0Snn4Yq1QXH2HWak0RcrIVHmMFP2qJc87DahrlZY8ggweyICg0gV9W2gJ4sPvBIpwWz9/&#10;oedQZapMAxxPvcb/d2WgrbpjERoreo1RjUUXIXNgJcOqHVmVBHw4DLJhsifnvlOVcIHWy74QemVZ&#10;9Yx9vWjGl/cy8eZ/H27+AwAA//8DAFBLAwQUAAYACAAAACEAwaRFiNwAAAAFAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92NNVJiNqUU9VQEW0F6m2anSWh2NmS3Sfrv3XrRy8Dj&#10;Pd77Jl9OthUD9b5xrCGZKRDEpTMNVxq+dm8PCxA+IBtsHZOGC3lYFrc3OWbGjfxJwzZUIpawz1BD&#10;HUKXSenLmiz6meuIo3d0vcUQZV9J0+MYy20rH5V6lhYbjgs1drSuqTxtz1bD+4jjap68DpvTcX3Z&#10;79KP701CWt/fTasXEIGm8BeGK35EhyIyHdyZjRethvhI+L1XTz2pFMRBQzpPQRa5/E9f/AAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAhCRdt+AMAAMUQAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDBpEWI3AAAAAUBAAAPAAAAAAAAAAAAAAAAAFIG&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAWwcAAAAA&#10;">
-                <v:shape id="Graphic 42" o:spid="_x0000_s1067" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCS5IwTxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EBvjRxT0uJECUmhpsfGzSW3jbWxTKyVY6n+efuqUOhxmJlvmM1utI3oqfO1YwXLRQKC&#10;uHS65krB6ev96RWED8gaG8ekYCIPu+3sYYOZdgMfqS9CJSKEfYYKTAhtJqUvDVn0C9cSR+/qOosh&#10;yq6SusMhwm0j0yRZSYs1xwWDLb0ZKm/Ft1VwuIR78zkdi+Gl1Sd5NrlfrnKlHufjfg0i0Bj+w3/t&#10;D63gOYXfL/EHyO0PAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJLkjBPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m6529451,l52387,,31996,4103,15344,15303,4117,31932,,52323,,261899r4117,20391l15344,298942r16652,11227l52387,314286r6477064,l6549788,310169r16635,-11227l6577653,282290r4122,-20391l6581775,52323r-4122,-20391l6566423,15303,6549788,4103,6529451,xe" fillcolor="#006fc0" stroked="f">
+              <v:group w14:anchorId="22F24416" id="Group 40" o:spid="_x0000_s1065" style="width:520.25pt;height:26.75pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="66071,3397" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQChSRJ38AMAAMUQAAAOAAAAZHJzL2Uyb0RvYy54bWzsWEuPpDYQvkfKf7C4Z3hDg6ZnlcxkRpFW&#10;m5V2opzdYB4KYGK7G+bfp2xjYHuyTe8mOWUutMHlcvmr8ldVfftubBt0IozXtNtb7o1jIdJlNK+7&#10;cm/99vz4w85CXOAuxw3tyN56Idx6d/f9d7dDnxKPVrTJCUOgpOPp0O+tSog+tW2eVaTF/Ib2pIPJ&#10;grIWC3hlpZ0zPID2trE9x4nsgbK8ZzQjnMPXBz1p3Sn9RUEy8WtRcCJQs7fANqGeTD0P8mnf3eK0&#10;ZLiv6mwyA3+DFS2uO9h0VvWABUZHVr9S1dYZo5wW4iajrU2Los6IOgOcxnXOTvPE6LFXZynToexn&#10;mADaM5y+WW324fTE+k/9R6ath+F7mv3BARd76Mt0PS/fy0V4LFgrF8Eh0KgQfZkRJaNAGXyMIid2&#10;49BCGcz5fhJ7oYY8q8Avr5Zl1c+XF9o41dsq42Zjhh6ihy8A8X8G0KcK90ThziUAHxmq870VuBbq&#10;cAtB/DTFC3wBnOTmICUxnN74BOcZQq4XOxCDgIQeqdibkQp3bjwj5Qa+Rmo+ME6zIxdPhCrM8ek9&#10;F2p9mZsRrswoGzszZHADZOw3KvaFhSD2mYUg9g/aET0Wcp10pByiAZxmTKnAZ9oSOd3SE3mmSlBI&#10;z0WhlwQhgGLcDrYuMk23lg09fxd/JmnmzW+vdPpukkRKLnAdX1oISo2I+dWibugHgUYz9DdkA9fV&#10;u4N+37uoVjsI7PUub6/lvMjdJclFhfPe3s7zEsU4V5zJS3ZJcNnSBSvfddzoshWLA8Cj3i66aPLa&#10;s1eJB0m8A6KXd3zblCiMogDQleJXHDMK4zgKJ/FtCOfgldq3vbMW33b62pbtUFofFKJ1I0ajcEFx&#10;M/jXHjoPqayhnOibI2+0ukLzLYfQW/MIp02dP9ZNI681Z+XhvmHohGWydKLHe6N6JQbEy1NNcHJ0&#10;oPkL8OMAjLi3+J9HzIiFml86YGCZbs2AmcHBDJho7qlKyopRGBfP4++Y9aiH4d4SwIsfqCFinBrC&#10;A/ulgJaVKzv641HQopZsqGzTFk0vkBQ0Qf/32cF7lR3U9ZUg/R+zA1ymM8b/Um5YeGwz7N84f86P&#10;VxDt4oKrSHzJ5leJL2x1hSlrKnzjfFlrTSXUguJm8F/i/M9Lo8XxhsDN/NfkhqaTxaAXBlC0qvTw&#10;1blCc/UD5pXOKSqNzJXHRNFvueR1pwHVju40niENHuiIAlWMrnIJEuNPFIrwuQP5Qs+hy1QVBjid&#10;e42/78ogt5qOReZY2WtM2Vh2ESoGztKwbkfOSgIxHkbVMLmzcf9SlXBFrld9IfTKquqZ+nrZjK/f&#10;VeAt/z7c/QUAAP//AwBQSwMEFAAGAAgAAAAhAMGkRYjcAAAABQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FLw0AQhe+C/2EZwZvdjTVSYjalFPVUBFtBeptmp0lodjZkt0n679160cvA4z3e+yZfTrYV&#10;A/W+cawhmSkQxKUzDVcavnZvDwsQPiAbbB2Thgt5WBa3Nzlmxo38ScM2VCKWsM9QQx1Cl0npy5os&#10;+pnriKN3dL3FEGVfSdPjGMttKx+VepYWG44LNXa0rqk8bc9Ww/uI42qevA6b03F92e/Sj+9NQlrf&#10;302rFxCBpvAXhit+RIciMh3cmY0XrYb4SPi9V089qRTEQUM6T0EWufxPX/wAAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAoUkSd/ADAADFEAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAwaRFiNwAAAAFAQAADwAAAAAAAAAAAAAAAABKBgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFMHAAAAAA==&#10;">
+                <v:shape id="Graphic 41" o:spid="_x0000_s1066" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBiNhJkwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6ialaIlughYqPWr00tsz+8wGs2/T7NbEf+8WCh6HmfmGWRWjbcWVet84VpDOEhDE&#10;ldMN1wqOh8+XdxA+IGtsHZOCG3ko8snTCjPtBt7TtQy1iBD2GSowIXSZlL4yZNHPXEccvbPrLYYo&#10;+1rqHocIt618TZK5tNhwXDDY0Yeh6lL+WgWbU/hpd7d9OSw6fZTfZuvT+Vap5+m4XoIINIZH+L/9&#10;pRW8pfD3Jf4Amd8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYjYSZMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6529451,l52387,,31996,4103,15344,15303,4117,31932,,52323,,261899r4117,20391l15344,298942r16652,11227l52387,314286r6477064,l6549788,310169r16635,-11227l6577653,282290r4122,-20391l6581775,52323r-4122,-20391l6566423,15303,6549788,4103,6529451,xe" fillcolor="#006fc0" stroked="f">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Graphic 43" o:spid="_x0000_s1068" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfWdx4wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvBd8hHME7Tf1hlWoq4urqbasPcGiObWlzUpqsrW+/WVjYy2FmvmH2h8E04kWdqywrWMwjEMS5&#10;1RUXCh73y2wLwnlkjY1lUvAmB4dkPNpjrG3PKb0yX4gAYRejgtL7NpbS5SUZdHPbEgfvaTuDPsiu&#10;kLrDPsBNI5dR9CENVhwWSmzpVFJeZ99GQX5L6fG1vuO5pzo6+vS6+VxdlZpOhuMOhKfB/4f/2jet&#10;YL2C3y/hB8jkBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF9Z3HjBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m52387,l31996,4103,15344,15303,4117,31932,,52323,,261899r4117,20391l15344,298942r16652,11227l52387,314286r6477064,l6549788,310169r16635,-11227l6577653,282290r4122,-20391l6581775,52323r-4122,-20391l6566423,15303,6549788,4103,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
+                <v:shape id="Graphic 42" o:spid="_x0000_s1067" style="position:absolute;left:127;top:127;width:65817;height:3143;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6581775,314325" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwFXnjvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dqsIw&#10;EITvD/gOYQXvjqk/qFSjiP+3VR9gada22GxKE219eyMIXg4z8w2zWLWmFE+qXWFZwaAfgSBOrS44&#10;U3C97P9nIJxH1lhaJgUvcrBadv4WGGvbcELPs89EgLCLUUHufRVL6dKcDLq+rYiDd7O1QR9knUld&#10;YxPgppTDKJpIgwWHhRwr2uSU3s8PoyA9JXQ9jC+4a+gerX1ynG5HR6V63XY9B+Gp9b/wt33SCsZD&#10;+HwJP0Au3wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwFXnjvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m52387,l31996,4103,15344,15303,4117,31932,,52323,,261899r4117,20391l15344,298942r16652,11227l52387,314286r6477064,l6549788,310169r16635,-11227l6577653,282290r4122,-20391l6581775,52323r-4122,-20391l6566423,15303,6549788,4103,6529451,,52387,xe" filled="f" strokecolor="#006fc0" strokeweight="2pt">
                   <v:path arrowok="t"/>
                 </v:shape>
-                <v:shape id="Textbox 44" o:spid="_x0000_s1069" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5sYupxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTemo1FpEY3IqWFQkEa48HjM/tMlmTfptmtpv/eLRQ8DjPzDbPejLYTFxq8caxglqQg&#10;iCunDdcKDuX70wsIH5A1do5JwS952OSThzVm2l25oMs+1CJC2GeooAmhz6T0VUMWfeJ64uid3WAx&#10;RDnUUg94jXDbyec0XUiLhuNCgz29NlS1+x+rYHvk4s18705fxbkwZblM+XPRKvU4HbcrEIHGcA//&#10;tz+0gvkc/r7EHyDzGwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5sYupxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" filled="f" stroked="f">
+                <v:shape id="Textbox 43" o:spid="_x0000_s1068" type="#_x0000_t202" style="position:absolute;width:66071;height:3397;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2WBPdxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sa2iEZXEVEQCqUxHjw+s89kMfs2za4a/71bKHgcZuYbZrbobC2u1HrjWMFwkIAg&#10;Lpw2XCrY55u3MQgfkDXWjknBnTws5r2XGaba3Tij6y6UIkLYp6igCqFJpfRFRRb9wDXE0Tu51mKI&#10;si2lbvEW4baW70kykhYNx4UKG1pVVJx3F6tgeeBsbX6/jz/ZKTN5Pkn4a3RW6rXfLacgAnXhGf5v&#10;b7WCzw/4+xJ/gJw/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPZYE93EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" filled="f" stroked="f">
                   <v:textbox inset="0,0,0,0">
                     <w:txbxContent>
-                      <w:p w14:paraId="362367DA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+                      <w:p w14:paraId="570CA72D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
                         <w:pPr>
-                          <w:spacing w:before="125"/>
-                          <w:ind w:left="118"/>
+                          <w:spacing w:before="123"/>
+                          <w:ind w:left="117"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-5"/>
+                            <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>IMPORTANT</w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
-                            <w:spacing w:val="-3"/>
+                            <w:spacing w:val="-14"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> </w:t>
                         </w:r>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:color w:val="FFFFFF"/>
                             <w:spacing w:val="-2"/>
                             <w:sz w:val="32"/>
                           </w:rPr>
                           <w:t>REMINDERS:</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E946279" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="44D2B03F" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>YOUR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>EMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>EMT</w:t>
+        <w:t>CERTIFICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>IS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>NOT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>RENEWED</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>UNTIL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>BOTH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>STEPS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>AND</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-        <w:t>CERTIFICATION</w:t>
+          <w:u w:val="single" w:color="FF0000"/>
+        </w:rPr>
+        <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>IS</w:t>
+        <w:t>ARE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-1"/>
-[...47 lines deleted...]
-        <w:t>BOTH</w:t>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...72 lines deleted...]
-        </w:rPr>
         <w:t>COMPLETE!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D926CD0" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="61C0364E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1065"/>
         </w:tabs>
-        <w:ind w:right="696"/>
+        <w:ind w:left="1065" w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>As</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>approach</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>the</w:t>
-      </w:r>
-[...24 lines deleted...]
-        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
+        <w:t>expiration</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
         <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>EMT</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>certification,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>be</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>EMT</w:t>
+        <w:t>sure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>certification,</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-1"/>
+          <w:spacing w:val="7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>be</w:t>
+        <w:t>log</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>sure</w:t>
+        <w:t>into</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>to</w:t>
+        <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>log</w:t>
+        <w:t>new</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve">new </w:t>
+          <w:spacing w:val="8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId33">
         <w:r>
           <w:rPr>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>eLicensing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:color w:val="085295"/>
-          <w:spacing w:val="-3"/>
+          <w:color w:val="075295"/>
+          <w:spacing w:val="6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
-        </w:rPr>
-        <w:t>to ensure it has renewed!</w:t>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35652B86" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+    <w:p w14:paraId="25F02AE0" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+      <w:pPr>
+        <w:ind w:left="1066"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>ensure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>renewed!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09A9935E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1073"/>
+          <w:tab w:val="left" w:pos="1066"/>
         </w:tabs>
-        <w:ind w:right="1285"/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
+        <w:ind w:right="1283"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Once</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>see</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-5"/>
+          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>03/31/2028</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>expiration</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>on</w:t>
+        <w:t>on eLicensing,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-3"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">eLicensing, </w:t>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:u w:val="single" w:color="FF0000"/>
         </w:rPr>
-        <w:t>NOT</w:t>
+        <w:t>NOT NREMT.org</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:u w:val="single" w:color="FF0000"/>
-[...1 lines deleted...]
-        <w:t>NREMT.org</w:t>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>you have</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="-4"/>
-[...29 lines deleted...]
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">successfully recertified. Check your status at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId34">
         <w:r>
           <w:rPr>
             <w:b/>
-            <w:color w:val="085295"/>
-            <w:u w:val="single" w:color="085295"/>
+            <w:color w:val="075295"/>
+            <w:u w:val="single" w:color="075295"/>
           </w:rPr>
           <w:t>https://healthprofessionlicensing.mass.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="054383DB" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+    <w:p w14:paraId="49873545" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="228" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:sectPr w:rsidR="00700EE0">
+        <w:sectPr w:rsidR="006330A1">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
-          <w:pgMar w:top="280" w:right="360" w:bottom="0" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgMar w:top="240" w:right="360" w:bottom="0" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A2629AD" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+    <w:p w14:paraId="631373C7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
-        <w:spacing w:before="8"/>
+        <w:spacing w:before="9" w:after="1"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="7"/>
+          <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="371" w:type="dxa"/>
+        <w:tblInd w:w="368" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1180"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="452"/>
         <w:gridCol w:w="1738"/>
         <w:gridCol w:w="1739"/>
         <w:gridCol w:w="976"/>
-        <w:gridCol w:w="2728"/>
+        <w:gridCol w:w="2725"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00700EE0" w14:paraId="52B4CE26" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="6CC36D11" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10797" w:type="dxa"/>
+            <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="75197F67" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="7C4D7FB7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="80" w:line="631" w:lineRule="exact"/>
-              <w:ind w:left="19" w:right="7"/>
+              <w:spacing w:before="60" w:line="636" w:lineRule="exact"/>
+              <w:ind w:left="22" w:right="4"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487442432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26553121" wp14:editId="2D4A8A71">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487437312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DB454E5" wp14:editId="6A29BC84">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>-1466</wp:posOffset>
+                        <wp:posOffset>-2774</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-64568</wp:posOffset>
+                        <wp:posOffset>-89129</wp:posOffset>
                       </wp:positionV>
-                      <wp:extent cx="6858000" cy="893444"/>
+                      <wp:extent cx="6858000" cy="917575"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="45" name="Group 45"/>
+                      <wp:docPr id="44" name="Group 44"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
-                                <a:ext cx="6858000" cy="893444"/>
+                                <a:ext cx="6858000" cy="917575"/>
                                 <a:chOff x="0" y="0"/>
-                                <a:chExt cx="6858000" cy="893444"/>
+                                <a:chExt cx="6858000" cy="917575"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
-                              <wps:cNvPr id="46" name="Graphic 46"/>
+                              <wps:cNvPr id="45" name="Graphic 45"/>
                               <wps:cNvSpPr/>
                               <wps:spPr>
                                 <a:xfrm>
-                                  <a:off x="0" y="64515"/>
+                                  <a:off x="0" y="88900"/>
                                   <a:ext cx="6858000" cy="828675"/>
                                 </a:xfrm>
                                 <a:custGeom>
                                   <a:avLst/>
                                   <a:gdLst/>
                                   <a:ahLst/>
                                   <a:cxnLst/>
                                   <a:rect l="l" t="t" r="r" b="b"/>
                                   <a:pathLst>
                                     <a:path w="6858000" h="828675">
                                       <a:moveTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:moveTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="0"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="0" y="828675"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="828675"/>
                                       </a:lnTo>
                                       <a:lnTo>
                                         <a:pt x="6858000" y="0"/>
                                       </a:lnTo>
                                       <a:close/>
                                     </a:path>
                                   </a:pathLst>
                                 </a:custGeom>
                                 <a:solidFill>
                                   <a:srgbClr val="2E5395"/>
                                 </a:solidFill>
                               </wps:spPr>
                               <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                                 <a:prstTxWarp prst="textNoShape">
                                   <a:avLst/>
                                 </a:prstTxWarp>
                                 <a:noAutofit/>
                               </wps:bodyPr>
                             </wps:wsp>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="47" name="Image 47"/>
+                                <pic:cNvPr id="46" name="Image 46"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId5" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="790955" y="0"/>
-                                  <a:ext cx="2927604" cy="758951"/>
+                                  <a:off x="767080" y="0"/>
+                                  <a:ext cx="2961640" cy="787400"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </pic:spPr>
+                            </pic:pic>
+                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="47" name="Image 47"/>
+                                <pic:cNvPicPr/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId6" cstate="print"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="3246120" y="0"/>
+                                  <a:ext cx="1082039" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="48" name="Image 48"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId6" cstate="print"/>
+                                <a:blip r:embed="rId7" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="3261359" y="0"/>
-                                  <a:ext cx="1068324" cy="758951"/>
+                                  <a:off x="3845559" y="0"/>
+                                  <a:ext cx="584200" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
                                 <pic:cNvPr id="49" name="Image 49"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
-                                <a:blip r:embed="rId7" cstate="print"/>
-[...19 lines deleted...]
-                              <pic:blipFill>
                                 <a:blip r:embed="rId8" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
-                                  <a:off x="3974591" y="0"/>
-                                  <a:ext cx="2116836" cy="758951"/>
+                                  <a:off x="3947159" y="0"/>
+                                  <a:ext cx="2148839" cy="787400"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="1CA75A75" id="Group 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.1pt;margin-top:-5.1pt;width:540pt;height:70.35pt;z-index:-15874048;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="68580,8934" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCKJNkV0AMAAMsOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9uO2zYQfS/QfxD0&#10;ntXFki0JawdFNlksEKSLZos+0xQlEZFElqQv+/edIUVbWW9vKRbYAnmwPBSH5MzhmUPx+u1x6IM9&#10;U5qLcR0mV3EYsJGKmo/tOvz14cObIgy0IWNNejGydfjIdPh28+MP1wdZsVR0oq+ZCmCSUVcHuQ47&#10;Y2QVRZp2bCD6Skg2Qmcj1EAMNFUb1YocYPahj9I4XkYHoWqpBGVaw9sb1xlu7PxNw6j5uWk0M0G/&#10;DiE2Y5/KPrf4jDbXpGoVkR2nUxjkG6IYCB9h0dNUN8SQYKf4xVQDp0po0ZgrKoZINA2nzOYA2STx&#10;k2xuldhJm0tbHVp5ggmgfYLTN09LP+1vlfws75WLHsyPgn7RgEt0kG0178d2e3Y+NmrAQZBEcLSI&#10;Pp4QZUcTUHi5LPIijgF4Cn1FuciyzEFOO9iXi2G0e//XAyNSuWVtcKdgDhLYo88A6f8G0OeOSGZx&#10;1wjAvQp4vQ6zZRiMZAAS3058gTeAEy4OXojh1NITnM8itMzyJHcgPI9SWixX1uGULKnoTptbJize&#10;ZP9RG8fb2luk8xY9jt5UwH7kfW95b8IAeK/CAHi/detLYnAcbiKawWG2YR3sl4sEuwexZw/COhrc&#10;tdO++i2HWM8+/Tj3hd2fefk+/y/tfM5nWhByg+m8g/93jvOF/6W7LfbZxLQXmrm1MHu76AkR8Jtj&#10;rkXP6w+87xECrdrtu14FewLgpu/zRem3a+YGBNWVIwJaW1E/Ao8OwJx1qH/fEcXCoL8bgakoS95Q&#10;3th6Q5n+nbDiZdFX2jwcfyNKBhLMdWiAQ5+EJyypPDkgfnRwvjhyFD/tjGg4MsfG5iKaGlA8m2vJ&#10;aQW/SWbAuqiiv5djGGV2mJuT9OEfzTEQ9WUn34AiAv58y3tuHq26Qw1iUOP+nlNUKGzMCnLlC/Ju&#10;IC0LshXS2vvgCMz1YoJtz6XfSrSnUKE4nojqM9k6wb4RdDew0bgTSLEeohaj7rjUUGQVG7YM9ELd&#10;1QkIH5x+BjRDKj4aV3baKGYoEI5UDVDqFyhTR8NThw36HCem8CeasirjMs/PFUYqLyppma6Wceak&#10;d5UXZZ7g8kAML0tIEBSViUooFwD4BYec7tiQXBDWhJj+h4yBrxEn4RNjitfGmPTFGbNIl8kiL5+j&#10;TBIvi0X6nTJfiQwg9RVlytdGmcXLU6ZYpVkBvPDn+Fll8rxcxFBV+H33XWTsd2IOB/qcMdB+ZccS&#10;VvjLHkuLcpXlJRx/l4xJkwRUBr6lX5Ay9nYANyZ73E23O7ySzdtgz++gmz8AAAD//wMAUEsDBAoA&#10;AAAAAAAAIQAXpUAL+FEAAPhRAAAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1J&#10;SERSAAADwQAAAPoIBgAAAIEdRfMAAAAGYktHRAD/AP8A/6C9p5MAAAAJcEhZcwAADsQAAA7EAZUr&#10;DhsAACAASURBVHic7Z3rluJKzm2VlXXp/s77v2rvXdc8PyqVLC+ksAEDBs85BgOSBDsUF4VWKGxe&#10;3t7eAgAAAAAAAGAPfLp3AQAAAAAAAABuBSIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIY&#10;AAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2&#10;AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAA&#10;AAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgA&#10;AAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYD&#10;IhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAA&#10;AHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAA&#10;AAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMi&#10;GAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAA&#10;dgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAA&#10;AAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIY&#10;AAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2AyIYAAAAAAAAdgMiGAAAAAAAAHYDIhgAAAAAAAB2&#10;AyIYAAAAAAAAdsPnexcAALbBy8vLy9xn3t7e3m5RljWYs+eRbIExXVvTxvBsPJufBrgnjKd980Lb&#10;Xp89DbJnEB5L2st5BLuUwsZTbJ7Yem/bL7QlYmP2jNhD3xxxQVsf1cG16mXr/v7WPnrr9ZFssZyP&#10;6qfP8VNrcYmd9yz3qZxq5zPbtpRHHU9wPRDBK2OD7Byn8xAD7ZmEx4I28/e6sr5FPESbVfaO6sDt&#10;eSve/3h9C/ubNqtsqf5ebM+923IvfbNjYH/X1h1lX42V6qUZW4vKc+02OXNOuqh8W64P5ZK6uUGg&#10;/hB+eoVY4FoMbV0hVtsKc+34FLad218fbTzBbUEEr0Qx0F7iPOfjA21TwWtjpz4vZRN2vttTtdmc&#10;XWX5358302Yz/fLFHv65pLPxrXjv43PXsH9gz1JbPsoXdfkru/6+oG/ejDP6bURdH3Nt7Z85qW6s&#10;nEva5x7jZVTGReVbWraiPs46X550yTnPYUH/qij93RrlfEQ/vWIscA06H5i439hCmc9lzsZHt+3k&#10;/vqI4wnuAyJ4BSTQWBKQV/jKUve42wBrgptTgtGIsZ1/8v0bZxK1/J/sdf5fnyPGwumP/r2R9oo4&#10;tm3O5vyeTwRqX/d69T476H+fmudu/FVtt8SmNIW+eSUWLHB0/XYUxGr7LW7niPl+W/j9JWWq2mN1&#10;31f0oWp8hDx7v/kTRd2MyjdTH3oTzpfB+a4+F9jCQOc3unKWvm5FIfkQfrqpw1NinmvR+b8/9rmq&#10;r+r/tk4nwvL1qbHZlphrw3a8Pep4gvuBCL4AG3A5qF7fXy8N0pJqwOvjbsFrY+cne5xjp9v4YecN&#10;swBqw2sc2m9pMKvB4m95/vjfnTOIVXu9xnH7eTs6ozbTx8T2uLA9B4Kwsqcae9Ud8Dshku3nr08S&#10;A5fw7H2zo8hYdn5mrs9WCwJaD3OPU4It7WPa915j2vdUTFXjZVXf1/QhHyPef3xM/LayZflGW0ur&#10;+qjGZJ4v4gb1MVPOzh96P6rG0UXlfFQ/XSx2eDmXxgLXoIovftv7nV+5V5nPpV2simMf+mi2jXx2&#10;2VcfdTzBfeHu0JejA+1zHILVzzEdZPlZx1e9dFDp42PAvby83GyVqZnwqscoGI2o7UzbfoXZeQMb&#10;NVjL9spHZ5Pa0tnx6/3zv98/e7P2arI/aqPaWrVfF8BU9lZ91Nsxn+OcOmgyS95m/noUeLs9Hnh3&#10;tvgYPMueE3i6vtkx6LMupDqfs6SdR21d9dkUrX+yeFpH1i+1PF9i2hd9EUaDpl/2yP+v1bdGfUjn&#10;piTryftL1k+Wb04AL+mzyZL6eHt5eXlZcTeJC/WuXrxusm9c3G6P7KebOtSyZh2OYoFrofarrZ9C&#10;bIzjcbs0VtsK1QJS2qciuFr4ings27S/luPtkccT3B9E8JnIZKAC+Mv742scT6qjlbgqUMtJ9mcU&#10;k+4tBleRUdCgIW1dEpgn7lDSvny8vL/39n7+a92p1O3JNvsqdqk9nk309sq2+fH++BSHdruaLY1d&#10;EdNJQAO8L3Ec9Kl49CyIZ7B8MtDJSftpvn6Rz57UZwfBVoqNzp65ya0TRh78/4x6/L3ElSa4Z+2b&#10;Hc0iRxVUd23cLXZov/VV/ErkaTvr//P7b03Apb7/a0zbKcuX5dLgPM+XbZJoJucsmnHjZfM+pPWk&#10;9fFDHh9la/qLnk/nwTynC++l9aFtuRYpEKp20wWMrBufr85utyfy01pu7Vfet24puNT3qd/L+CLr&#10;RseFxzGVT90ao0RCCv1K+D2ibRof+mfSHT/DeII7gQi+jHQqOdC+yUODIV9Z9om9Clxz4H+Pv448&#10;B+hNhXBMV/g1aFAbVfAvFcEaUHyPOjha15A6QPwSEf95f2TbedBW2aOBdbbVv3GYbHxV+moMBGPa&#10;4QGwLtIsnQxGYkInKg2cs0wn9dligUkFYZZfn7UPjkRwt+tCJ7acyDJ4cnvSllXb9Fn7ZsVgy7cH&#10;LvrQYKbK3lSLHfmcgYwvdnhbZ3trIDNZ1ZdyV74/28p9f6J+73sct4dmci716y5StB950J/n03pR&#10;n6xb/Cb9ZdBvv0XEf6OeC5OqPrIsa9dHDMrZjS8v56+4oN0e3U83C//Zt7z+fCHhmmLY/boKYO3j&#10;uWX1UxzHa9VCzdYyptoeVaz4K6YiWP2mx6Fbty37bMaHPt7ycw87nmAbIILPoJjMdDL4bxwm/znH&#10;Wjm1dGw5oDxYiThkcVbbKuY0WSkNpnTi60SwB6QRx6vq/8ZUAGcdvMX1nMeo3TKIHa0MV6uVOeF+&#10;sv9f1ZbBFj/NcOjCTLX6Pbd9OGIaCFcZNV3QSMH16f1vD1KW2OOTmi++uD3aBz0T4fZ48KorvJ45&#10;/TemfXvy/Su06dP0zYrB5RW+yOEPF8HeZ92/zi14aL/Vvvs5Dhlzzfb9iSlVO/1fTIWf9kNd/Eu/&#10;nu3hW+4v9evd3PR/MRXCOq/oookKUl0g8sWkrj5y8Ub7bbadHqOrD/Uvq2yJbnY1qVj38TVqt3x/&#10;cbs9mZ/2RfFs66pv3VoEqzD8N6biKV9nFrgq95aFYsTxAqYKsJ9xGKe+A2TrAj9ialu3GJf9+U3e&#10;73bkPMp4gjuCCD6fakU0J9QMNuacj2eDXSBmMPKp+Jw6jGvhE3aummew99+Yz3hnmRMNtn7EsYPz&#10;bT1rUmVwtN3+XxwLja7dXGh8idqWtHd9Y+rFGO2LvmBRbfsbTQQe8PqEUAlHz6RMxFYWeyZQ9Oxv&#10;Tma++KIT/JwAdltcCPtlCNUilH9nzfH3VH2zYuaaTA9cfEeNruDPtXOi7eMLHr6a/13OlQtznlnO&#10;Y1UZRQ+q1fcn6fdSSKm48u3J5zIaQ+m7dYFW7cv6SAGc/edzTP2yj6W5+sh5oloUuHZ9OJUIVSGc&#10;i7qVCD6rnE/mp+fiHu9btxbBmkH0xYqsE6/7jNd8t8KWhaL6d+0jKYIzXks7R3PGVnDbcnyp4P8p&#10;72W7+1h+pPEEdwYRfB7q2DVblQNQJ/65bcK+WpQO+2fUk7HeAOFjm96V76BZTXYq9KtrzKrsW8TB&#10;OeR38j3f1qM3qFnLpixXtR2uywZ4pk3tyfZKx6qTsNryKQ5i41pZbQ8+3SYXFDoRVMFKtVjjK+7a&#10;XzNI1InWsyWaiZwa0V9jrxOaBqppjwsjzzS6LW6HPlQc6fVtGkzpGFxlcnvivvlBcfOk3JJ4yiLH&#10;KHgZBXVdO6uv/RqHTLBn/XWxIDNK2lY69tKOLqOY/Umzrj5HnOX3pB+Fla9aTOpEsApgXQSaCD07&#10;V3c+X9SoRPDV6qNgTozq1thKBGs5q91Po3I+tJ9urt+vLgXIvu+++JpUIjj9ml7ukEK4Why6R7nP&#10;QX1YjlftC9lPq+3ej2ZbtqHuZlL/n9lg36W4+fEE2wERfCLNneh8a5MHcEtFcMQhQBsNKh1c17qm&#10;r1sx77a5zW1/8olKV8wyW1UFFasJYbGpCw6r64O6ySKdmraTX+P2JUzQX+lOp1X2RbP1uljRBW/R&#10;2PpWvJ925/OfOJ4IuoWNPE8XYFUCOBddfGJTW6rdFqfYk2XW7KQLYM2UrZ2lepq+eWTYcV+tRKNv&#10;TUxb9SZTVTsvbQMNQlTY5kKBjwv9nC48fphlNuX3/foz9WEqpF1IrdmffDx15dMAOgPKiGmdzF1a&#10;4L7aBaZeu7+kPnyR4xroWNO21y2TLoIjDou3i9vtmfy0mhV1v9KtqCPBdQ0xkOM760sXAF046SUY&#10;Pi4u8e3nfOfUusjPewyluzRe4njsPZptueDUZW/Tdt/a/ojjCe4IIvgyuslAn+cC1kQDcR2oujKW&#10;K2KeLdXvX2ZQf6MTDVi7m3+NnIqWMT+bTqTK9HwcY6XgvApaq5ssVcFfZ4s6yhRKGgjodvbVVgNn&#10;tg2naPx/cXy9UxXUVnbp8+TUxbMGlNpfM7tWnbMTXFWm5P/iWARXW/BHtlT2vBSv83h/5L0ce76a&#10;vOYizdP0TWdGAOuCmmf5KwE8F7gkXd/V73hA7HXqwYzuAuj6/2txPM3Wp8/Tz+b3TxH0SxmVL/9W&#10;qvo4tWzV+T7F8vq4Vl14GUfl1KDWy+m2tGV9Uj9d1d3n4uGL4lXZu7/PQXd6fLJHJXq8bdSeTrwv&#10;4ZTvnGO3L+a5ren39T0d049km4te9ZVpy6OPJ7gziODzcUfqk0IVCOng64JyHegR02s/9AYImZFa&#10;5cYhBbpSXm1t08Dcg5vKroipzVVQNso4nI1t3fOARG+W0GU/ysPGVGjkqqU/0r7cprSGaMrzqy3Z&#10;PioYq2y9i6e3wcPP55NAyHMVEOlYKEXbYBu07jqott9XOyx0IvNMkwdyakc1uUWMF2lWyVQ9ad+s&#10;yuMLHNk/va9q4FJl26q2jsF7+p0Xe696aNY//e1IhFfH0IBN/aIHrVUbXlsI+2utz7nPLD3XpfVR&#10;+Zm1qI7nc7j3h+r/S46rx35oP93YVcU+lWDJ8is+Vi/1O6P6mRPd7kO6MivVuF0yln0eWlK+U6i+&#10;q/XwKLZ1fTvi4EM0C/zo4wnuBCL4cqrJoAoE8rNv8npECgLNRGkW53McrptYM4ujk5dnpaobDHQi&#10;vzpuxMERV8HRNYIePX+1eu13DKzabw4V9JV4yfPmNdxnL1gMtg7rzV2W3E1YhWL16CaDqr20X/vq&#10;c1ufzbWwGSh6ltAF0mSFdcaeTgR7sOYTVhfkVRPjJePvKfrmkVHHWWBvW83ydwK4stODFt2uqp/R&#10;76mPqkRafie3iVf15GUZ/b1UKI0+vwaj4HXJ6+rvpefbYn0sOU8X+FafOfpfc8nUw/rpGduruTzi&#10;2D/ruX3sriEE9Xj+m9/VXKCXQ+g9AvJYS/pfVVfV31rGqh66xdoOLbs/cheT3uRRdzY8km1qY7ad&#10;9uvPcXyJ3iOOJ7gjiODzqSaC7hFRD4LRqlOKWw1eq9u8fzi+K92gp7rOrVrlqoSA257P6ojnFg3W&#10;wB1Zl207dXuiTvAvcXCALmA+x9+J2R3nJfboRDC6K2LVVh4EaMCQdw32SetT8fBFEJ30vLwjWzxQ&#10;dHtGOw98UsuJXwMDL5dPal2GV+ugCorX6J/P1jf/nny8FdQFsP6sUBW4JEsCmK7NfMGtWszQslbb&#10;pOf6sb+ufGPVf64dIFWBbOeTR4HuJef053vWx6hcXu5RObtj6neexU+PPuPvVX9nGXW8VgL1HFR4&#10;Zd18f3+kINb68p+50V+pWLpluBJHnhAYfb/zXVW7uK35Ob9ETn8i6S0ObZ9/P5pteumftl+OkWcY&#10;T3BnEMHrsrTTv9lzftf/rrI4VSZ2zcGmQbNmpLobLKiD0WcNwrvVx9HkuYpNA2HfZdo08B5Nyh4Q&#10;abDjIibbsPuJkVNscdGowVW1Vb2bCDwI0ElUV1599TWPV237ieL7S9C6063QS7be66TpP2Cv9qgt&#10;lQB24fMSx4Fat2XqLJ6pb05Ovvxu13qd95xP0wA229szINrOH8WJOoD5bO9HTH1Xtzi32kIBPDXP&#10;6Kc7G/2145lfvcmg/vTWpf5VF0Lzd4K/x996yzrMY6d4zJ9De4tp1nSJSKzmkIipn/bjuBBTMbak&#10;Drwe9Xdqf8RBBKsvzM89mm3ZPtl+eoOp6jK9Rx9PcAcQwetw6mQQMd0mot/z785lh3zb0XkGHAss&#10;DV79nLqi6LZ1K+f3dAxqV5UN62yKqMtd2dMJmTJzfuG2UxcXKTA6wejt5Nc8/hvT681VOOb5cmFE&#10;J0W1Mc9VZWO7bUYh5dPFHr/Lut8ES23xFfHMAPgEpyu1LorcFm0rtaUSw5eK4mfrm35OX9zotrhr&#10;G7sdGtxmQKeLHt4+f+QYXUDn13Bl3WpfXZI1Aeh4Bj+9Jjk29f4mKlD1/OeUw8Xh9zjOCCd6rX/E&#10;9KduujHvMZ4nKJTXpnxeRr2LcPXb7VU9qNjM72dd5nfzcrnsP49mmwr87PfZ17N8KoL3OJ5gBRDB&#10;t0MHgwfTEdPteu6QRkJYB+EaP8hdTdzVbeY1e1IJAhfV9wokqzocXW+Z6GTsmaXutQf911iwqOzR&#10;a7VHNukqbQYJ/8TfySBXzXPSqsSETwa+rfY1DpONTixzq8Dev90eFYKKiqOc1NQezwDoWHMR/MWe&#10;s/7+xPFEWW2bOodn65tLbnTmP4XkW9eyvNpfNHPkNwjUNu5+ysgF8Jeo6+Al+uw/wFJ87nsWP30O&#10;7qtUmKmf1t/xPVcAqxDThVHPJGqMkmWq7jVRoe2q81UX9+h58txavu/Rz1WdSIw47iPaH/LcX+L4&#10;p8ceybbqF1EijmOFPY0nWBlE8G1xR+0rn+lYfCtelyXKR97d9RKq4HUkut0m3Y7ox1InejMGv+ns&#10;9adZxvyO2lUF1X5s/d8ou3jJgkWV2RoJOC2XCwoVjf97f56bDKpsWickdIuWCpTKHp94R5lQF0g6&#10;4aYt/4vjbVTZjnoc3eKkWxZ1sSfP0dly1uT2hH3zyMSYBv/VtVt+/vye+kTN+GYbZODiWx0rEew7&#10;DaqFFv0997fmeAQzcArP5KcvxWMetUt99aXZs+o8PpbDzpHCqMqUdhlT9W3f4iCudbusl0tfqyDT&#10;hdtsg9HimwtO33asC72aAX5U2zyLnHZ0uxQ3PZ74eaTtgQi+PeqkdYDkQIs4DmKXZIo+xZmBeRGQ&#10;d1lnXSnN86SDURGc9uQx36J2urfAbepW8jzTpo5YBVQGyroY0AmNOSe93IjpT+lUfUInO19EqbJq&#10;6ayryaDLqI0mBM+e6raj0eTXHdP7m69g+4SrQZWLYN+GFTHNBrsQ1gWfiMO2M6+fS4PFp+ibH8Yc&#10;Z4F9y1oK4Or+AlrWiGkQlH21yvT7dspuYUD7mO5w8S33L3FY0dcAGgEMc+gCTv79yH76beWgvcsU&#10;/q85/7nn0BjLH/6ZHOO60DjygVq3X+OQec2/R0K+y1SrX1uaEXc7/bw+vz2ybflQO7RvP8x4GtgM&#10;dwIRfDs8C6w3dYk4BLA66E4JYDMbfO5vBlcDvRLA3VYTXfXKY4W9vpkTmLnGWW3zTJs7c71ORDOW&#10;EVNnG3F8Lhd0a2w7rWzSyaBqo4jppFJdQzu3La2rz8/2nOfVSWe0VbWyRSe1zh6d/HVy04dmF7os&#10;dFeP+ci60zrz69dO4on75oeJMRWcfvMSF50anHkWwLP8/8Q0u6DXBOd38zh63Gqx4+v7MVSU54p+&#10;tehBEANL6Mb3o/rpNaiytLpdOcfapSJYz6Xn1GN6HJYieIlIVD+bviZFoi+Y+eK/l8kXA/za11PE&#10;on/e48hHta06VxUv7G08wUoggm9PFci+xSHgzoFcieKRCH6N8ycQH+h+jmrbYsSxEMlrPl7ks50j&#10;uxXVarzXWyXs1Sa91uZzHE80L/b3qK0u3Xaq58yyV5NANelVAsN/YmEua+t9JQMILUPYeXwi0L7Q&#10;BYvdpJbfz3NU9qgtczfmWnJ+zxpMtsmudIOzZ+qbeZw8tgvgJdu8/fqt/8U0y5+ZhW7bcsSx7S9x&#10;6K+f49D3/aYquejxPY5FNsEMLOEZ/PTaVNlLvdxhrXH2NvMc7+dJX1ftmunI+lSRqH7Yy55z3UiA&#10;+4LAknZwm6pdSe7/H9U2nVN0TO19PMEKIIJvQ+UkdLBoBkMdkW6PVoFaZWn1tz4XZ3LO+JkWX/1T&#10;cZCOJB3Ca9RO5VacEvgnWV5d0csV6pc4TNJdlrI7n2agzr2GuwrqddFktJpdrY7/Lh66pXROOOYx&#10;tC7y/97PRws0c7aM7NFzzNlT2ZKvs9+qPTqWtM7WyFY8Vd8s/IhmW/XhN6Bx1KfozXNUBOvdv6v2&#10;8JX8fM46ynbWgEh3u0RMt9n7eVS0A3Q8tJ++wlZotU+3uerlVGsvNn0cJ+2RK4v+yPMSkZj/z8xf&#10;+hG1ZUnZu/Yd3dugO44+d+WtXnef3ZptVQzg42qP4wlWAhF8ezSQTeegwtED8ZD357LBH6t4J26J&#10;1tU1F8CdCO5W10I+547lHOF3Ms12U8+0VVtAI44zUbqC+ZEli2n23Vdcly4mLF6sqMw0G321coSv&#10;5vr/SqctwYO2Zbazn1tXqHUSquxwe6pV3ZFNbk9pn9nzJsJNV7RVKOl5fSKtjjnLk/dNPb5fe1v9&#10;1FVnW3VNWbUNussAKxpM5bMvnPyK40UHXWzwLMEl4xaen1HA/hB++kYBu/tUFyyXHbyxoRDDWZaI&#10;ZULRY5sqC7uk/G6/P5YKxaWfeTTb0s/m7hwtI+MJVgERfB9UCOt2Rg1gM4uqAekSEbw4gB0E5Etu&#10;mpPOzbczvcU0CL8nXVB+irDXa0vTGatw6bbjdBk33cZz6bbTJY6/+k6VlfAJ5eja8kZE+sSQz75K&#10;/SbBR1fmpaJ3zp4jW6oDqD3vRVJbPCjSwOzNv38GT9M3Z/yI/4SFZoG9jdWn6PVkKX49AzzJGo3K&#10;WQQyvmKvN8fRsng2BAEMS3Af/XB++oq4L/XXNxENzTlGPiTrTUXcUdmXnt5eV8e5Vjb+iC3a9l6k&#10;yt8ynmA1EMH3wQOw3zEVwZ9jGnT5QO62M76G3JzqBHGVx9XsUPXbwFVAnlkp/zH6uQzNtfH6Uls8&#10;I6V4IJ43UcggWYVGHqdy0lWWb6078Z5bn1UfyrL9jOn29U/x1+GfsqKuAmNSzoX98FS7qnrWh07o&#10;f7KcVVnkPZ3k8hyTsq0wqT1r3+z6VnUne19Qc5Hf3ejMbwi2KMgYLHjkeSthrtkQ7dPnjlvYF8/q&#10;p3fJ29ub7x46qr9zDlu8vtlCwMeJN2jbe5kiDn2V8QSrgwi+PTpQNOhLMiiuAi/fEn1pAOvZm7lr&#10;E7uslGaC85hrXDd5MkVWqqurKiOVCw9+Q4fvMd0i+1k+kzcj8pXBXNDoMm5Zp5ktP7WeqgWG0TF8&#10;kUW3quqNIZJcTImReCzev7S9lyycdAtCue1Wrz2KOIyvt3if4IpyHwqwrj2HQj933xwt0nW7VZQ5&#10;EZx9dLI1+Zwgw4IYD2AqcR7N/9fgxV5/PPoNE8NjddlHhPvt6LJf+v+OR/HTa3FKVg+A8QSrggi+&#10;D1XmI+LvYNWbTGU261W+u8qW6MGNbPyYeVwPDvXaxHxkMK53qr4XI6Gx9M60P+ShP6Og9qY48eC+&#10;WrDQ6z7zzovlFpwF6GTg115X2T8tU5bjm9mRn83H5JrLzJBeYYuW2lH9nZ/zoF4zqfkzPP7zRWpL&#10;Zg8XTXJX5Nn6ZiXu/dhLBLBnufPhd/D8Eyv0wxkxrGXzTMkadOI3oq6jpcfsHn5OuA3P4qfXpFuk&#10;+Xjv3KG2YZthHRhPsCqI4NviK0ca2Ob/XuPvAP3y/r5fGzyXRdIsztyW6C4LrFuhUwDPZYHzLrXp&#10;bG6eBRZG2W0PypW3mN4sR2+lrzcrS0fa/fxPsmTBIrexLqkrzy5UN5vQh0cSuiL6NabCMP+v9aaZ&#10;tw8bdbvwuZk4ExSVLW6PB/Iugr/FcVvkZzSLmJcefBz7xmL4qfqmtWPlm/xa40oAVyJ/9FNXqwYk&#10;xVb46n9rCmH35frQXwQ4xYf6uNBHJTrg+jy0n74yPgbyuRM0Iz4+u3Gb4TyeIu6BbYIIvg85gPS6&#10;4BxsOQj11u05OVQi+NyfOakyN1UW2K9NdBHsWRq/FvNmzsK2m6bjG2351MDQb5LjvyWnQqMNzmMa&#10;jFZZdhcHej34UiGsE0F1q/9OPGY/eo2/k0ElGLPO0u5XO/5HJjXiomyqT1xuj09yjrZxTm66rUnH&#10;SG6n9TabTKLXFMM76JsuvioB3GWC08ZqYa0MSK7FDYObajEkfedLnGerj4lqAQIhfBuexU+vRbU7&#10;Ie3IZxc7p3Akns+44SRsF8YTXAVE8O1xcagD+i2m19dWgZ8HT6MsTnlNX7EVWreK6KPK3lTBuN4Z&#10;+twAbk3mFgo8IPRMVBWE691j3e65badV/Wpw+jsilv6slU8EmuHUCUG30KuI0YDjWxwHJFk+vROv&#10;iir/Tb2PrcVnTghV3Ve/KZh9Sye4T3IMtVVFZra7bq31499MDMdz9k3Par7aQ32IPlcratSpnQAA&#10;IABJREFU/N4HjjLaDxp4VCLAd9+kANa7Xp+TCdaFoa5vIYavRxWwP7qfXgsXHdlP06/rTYqW4vW9&#10;JXthHRhPcBUQwffFg7+3OAy8fP4in6sCnSqTtOSaPs8G6Q0Dquv4vLxVxibisOoWcdpEtgZVdrur&#10;n9F2U20DFRu6XaYSU5XdVVm8fme3ncpWTO8zKoxc2Gmgq6+zzbXOqhtH5ITg4lHPk4seH9uFTpgU&#10;Oluq8+huCLVJt5D6eyrs3Ba359pi+Gn75sA+F8JuV5anC3CqhZBHDziqRRAVwJ9jKoJPPXbEoc6/&#10;RsR/4uDTuy3psA7eXs/ip9fA/YNen6l9X8f6EnwOOdpNhFB5XJ407oENgQi+HxrUqQOvrmHstkT7&#10;dsZ8/IgmgF3w28D5ugqYMhjvtizmRHbzYNWy2y7u527QUwXglfPzTP0oY6llqRYsvI7zMao3zYZm&#10;eavrJ3/F4VruV/lulinFyGcrowrHvNPyj+hvUuSrpG8RJ28VqrKcOvnk8UfBu9ehbzHNm2bl5Jbb&#10;o6tJ7o89Ll7tffK+6dlNv751tA3XM8Hal7xf/Sm+/2hU2YcUAdknsg9eIoL9+N+iFsKI4evhc/uj&#10;++k1cN/3nzgIii9x2E22tO/rZ90/vsRhYR4h/Ng8Y9wDGwERfH90YEeMr+tLugHsmZzRNX06IXUZ&#10;Zb2Or8rWaFYqhUq5BftGaBDuK3zVNZcR/XbTarvNm32mumax23bqYsOFz9It0doOKhrzUd3QzAWk&#10;vjcSjjoZfI/xpOACcige31d4R/Z8jzpwz4nsZfBcZdp+yLMK4rQl77Ks7a6rvR/lruxZwB76ptuo&#10;/sMfLoBV7Fbbz/5++PECDBea6nfTtlw8rG7uds75fG5wEYwAvi7Zdg/vp1eiKvu3ONSTLv6cEj9U&#10;Avh7HPvPucVl2D5PEffA9kAE3xfPBlfZnAwIM8PaDeAuoP4IYN/P6d+d+76Ws7ouMQXwb/vsrdF6&#10;UafmgX2VBdEsVJVty8A0Yur8lmw79TJ9sedzt0RrW6SzHtlZTQgRh0mj6w/5e3rfYjopuIjMrbgq&#10;YJZMCB7IqAju7lDeCWG1uRJ4Obn9jOOJ7ktMJznt15dOcE/ZN4s7Q1fZYBXCHdWW6MnW9Or8D4Yv&#10;0ny2v7/Ecdb+knPpeFa/3m1Lh/V5Jj99Ljlf+Q6IPNdrHC/+nJMF/hl/bdX6Ux8y90sZsFGeNO6B&#10;jYAIvj8eAOY2ni6T41ui57I4VQC7VECr86iywH4DnnRUHmxfFQvGq+DPA8AldpWrfPJZv3a723aa&#10;ZarqW68Dze3kc6vWmmXQyeDf6LfV5jjvJgTNslZl/RXH2VS9dsZvJvEi9fGny6IWk1vW5/eYCsVK&#10;HLoQ1tfdBPfr3R4Xwfn6u9jyGvWNMU6a4HbSNz3L66vt+jnHFwL18QziN6LORujfr3Fs96Xn84yw&#10;XpvtbfPo9bslfO57eD+9ItkfE90RcU4WOOIwb/yIwzbXTCZ8jukiITwujCe4CojgbVBt9Th3S7Ru&#10;e3uV73omotoyWolgFbaj8t07YO2yf9VNhzT489VF3xL7O46D9O7azG7babXooM9Z7hRZ7bZTEY4+&#10;GXyOvxNCdy23Zp46ceKLK3/iEEho/8rJICeEL+/nzpX43NKfuwP+RLQ3aMt6zQkkV1dH18m+yfuj&#10;CS7/rlZ7fYLL7dd5E63PMb12ODlnpXcXfTOmfasTwh2e8XV/8gyBRLWIo2NtTf9ZZea1XeA2PIuf&#10;voRu8dIvCzjlnB6TpADOOUTvjbJkcRk2zBPGPbAREMH3xYM9v8GNb2l0QVCJ2Wo7o04CLgq+RJ2V&#10;0mDcA+xqu2XEOlmMc/CAb3SdtDtC325aLT7oJF1l55ZsOx1l7T/HYSVxyWTtq+CfYuqIKzGVD82S&#10;RkwngpDX3r+q7UJf47iOc1J6ebcpmZsQNIvpdnh75WPJBFeJ4by8wO35Hsf2/Pv+Pf1N3o+V3gWT&#10;21765ksct0P1Xofa0AnhZ0Dr4TX+2lZuN1/xXF3bwBVInyCbQJ7JT5+LC2FfYI/ieY70F5ldVgGc&#10;dUE/fx6eMe6BO4MI3gYeALrY9O2MuqXRA1gdoL4S6sF4txVaA/IqI1Vds3yXyabZbtptD1cnGDEW&#10;DZk980Bcv7N02+lcvVdZ+9Zh2k2lshwe5FZCIlc4VTzqc/V6NCnMbcPXvvdRnzohiC1Zt5U91YJM&#10;/rakn6+zx8VwBk8q9Hw7cLVNOW2JmBHCz9o3C5srsbU049gFwc8mfhWvFx/va9g9GtsIgxvwTH56&#10;RdwnRpy/20PnypFN9PcngPEE1wARvB08I1zd/j0HW1JlmHxw5qDMwffJPq9bqKuMlJZplJHSc9x6&#10;oLvDGmXFk0rcu2iobtbx1nx+tO3UM/AjJ/oSEUvuxJtlceFY/T8/803+doHnwcKSSUFtUTuqrUkR&#10;U/F2KORhcstrt3ySUjv8oefVeq5sCPufTlpuj9qh9fRdbPnI+MxsEX6qvvlucxdYaj86JQB1Abw3&#10;VAivFbQjgLfBU/jplVHfrn4o31t6jHP9DTwujCdYDUTwNtCgN+I4+zPZhhnHA3iU2c1rG/Ic1Wfz&#10;9eha4O6GWIuyl1dE68EdVLctPFki7j0oH2XGXZxETAPbdKZdBn7x9UtFBvWXfySmYjHL9u39nJkJ&#10;9WtrPVjWZxVM1cTQXaerZYroM6i64KLnVHt+x7TN9Fr2nODOFcNuy+haXd+9UbGHvrlEXJ0qhP31&#10;s9FlvqvPnIMLDH3f34Mr8gx+emV014r70lOPo75O6/CS48KGeYbxRDZ4WyCCt4WKgO7aW9/S6EF8&#10;l2VKcVAF49VntUydAPabYkXccNKxn33SIH6pXdW1ziOR4d/rblhUtZGWcySGcqvu7E86FBnUnBA0&#10;QKjKqde1VFnPuZVR73svcTyhuKDzAGWSQS3uFK3fjTie2H7F34lN7clrfbOOTxXDf6K3pRPBb1G0&#10;1bP3zeLcjgcDS6LpPYgzF77VtvZLfahnxqp+vIe63gSP7qfj8v6otrrN1flOOV76SP8N14xLItYp&#10;P2yERx9PCOFtgQjeDjqAI+ot0dVdoiMOmSa/Lti3ir7FNBj3C/yrbZm6mtaJ8vzsPRhlw/0a58RX&#10;kdVZViLjxV6Hfb8SGpqx17KOsvbddpqWZkKoMoLZdj8i4j9x+Jmgqq6WTAoR063zI8FYBTu/wyhW&#10;eaugSW3JxzezR7PCp4jhzhYV59Wjm9z23DcvzWw+o0jToNwXdSoxfAne9zSLoZ+BG/BMfvoC3K+l&#10;zecK4fxO1tm/cRDDcwuG8MAwnmAtEMHbw7dEu/DstkRnwFNlmz7HYRDOCWAN+t2hdKI84iA2bkkl&#10;MkaZtk7QdNdY5rEz+6XnDDvO7+I4VXn9+lC/rmTxlujEJgQXjtWW2hSOX+N4dTTL4dfORNQTQvf/&#10;qgy+bS0/V9mSwlWPV9mTv/Wr9lR3Xl4qhn2CS7Juvb/k+x+T23sW+Nn7pjPqq6P/edmrun8mRgsc&#10;uqvmXF+q41K37WU75v+etX43y4P6aV2YP7fPVLam764W+CKW9X/1cTkP5E/W+A1F4cl40PF076QR&#10;GIjg7aCBjw4gHcBVQOzBdpXJ+Smf9/+NMj0aRI+y0osF21oU202rTJtmBKvAulqt82OqaMr/vcS0&#10;vtTxvdlDvxfy3a4dTtoS/WFIn0X1rUEqHL9GLR6/xGFrcSXURuLxo0h2Xg/2P0XE7+oGYM3W6M6W&#10;zp4vUU9yKYaXbJFWPBNd3XBKfxYlj/esfbPrk3rspWJO7a9eP7pg8/pwIdD95vo5+HyQ7fdm/ycI&#10;uwMP6Kf/xGX47ofs99/lkX3/VJGg2bWss+qYbxHBFtQn5AHHUxv3wH1ABG+LHEAvUV/T122J9iyO&#10;3vVZg6C3OA5uVQRXK1pLrk++F1W2rQvcK9s8s6bZ9BRK+rlKLFRbyD3odedZBakqjH7FGYF/k0XV&#10;CcG3B+Vv4/rqqE8MfgOIiHpC0O3Hf+Jwza5OQBrst8G4/dbmaKVXhbD/oH1lT7X9KW3I8ri4zHHg&#10;59PFKbWlywQ/U998sWNVZT/VN3TXWT0yXsfZfzVoz22cP+K8jFjYObTPfY2/2wDzM11QBzfiAf10&#10;LnydbbI8Mp7IrO0/cV7mthLXWW/+m+6XLCrBxnnA8cQi5IZABG8TF8KehfUt0Ylmg13o5qDLwMhv&#10;EHDuVugsx80otpueu4WzCvq/vf/vNeoJdCQUXHTMnW9ui+zJiwyNeMx2eo1xFjUf3+T5V0z7UHXt&#10;jPfBz+/ny/rMYN9tnM122wRXrfKmMPsc00nObem2QGlWOG1RIfwWhzb6/X48nUjz/PlZPc4z900/&#10;d5cBngtA9bwjkfYMgYP3XRUC/8Rhe+g52+Z0LGYbfo3DTWN0ceSaouBU8Z5UvuQWIv0uCwGP6KfX&#10;MDsOosT7vmdul/afamHUM9mP7jdghkccT9wgaxsggrdHJUBHWdgM2PPhAawGQhH99cAedFbn959b&#10;ufcAnsu0dTfzqeor7y788v733PWT/t38reXRFhr9brdNNhcxPjJu5zjLYnV01K9yMsj+ktfY5jU0&#10;+Tt7eYzq2kJdFY04TAg/5bhn3WSpmODSnpxQUgTn8w85Z6745uNXHCY7tyVRwaVCWMeUrxb/ku8t&#10;yQI/et/s8ADEM8Nzgr96aHnv7XMuxcfgKCOWn1+Ci+AvcbhZzKv87VnmW4jAcwXxtej64FKWLvDM&#10;H+gx/PSnOPifs02N4y2qP2K6E+JnnC6C89h6fL/+ErGxEx5kPLEDZ0MggreJD9wld4muMk/60zHp&#10;EL7I+xnE+wpXlwX26yDvuc1olLmqrunI77zJ6wzqv8ZBXHmwOBIaXtf5W3TVooLWrbbVKON2kbM0&#10;8RhxWLjwYOQ1Dk77hz28z2U28nNhnwfiad9oG/BiYdNMcLkTQcWw2pKT25Lx02WhvK20nx1dxx37&#10;6Jue+c620OeRf/B293KXmfIHvpbKs+O6Tc/FwKUiODMfOTZyIdSvL782p84P3fhbawGk81dLuUq9&#10;PYCfjji9rjq62OJ7HO+CWHq8fK4eCOCd8QDj6VkWdJ8CRPD26AKlLhvsgbRncTSIjphmgivBVa2c&#10;Vdux3+y4NxnQzVbouUybOyqtpy/yfmbZ/OY0Hqwnvuig2cFOxHqmb5RxOycYPqK4eUQ+5wp/tV1o&#10;qWhMOzWr5NlIFYIucCJOmBBsguvE8KeYZod/2nNnT0R/7U+3rbnKVu6lb+pKu/stf8wJdi2vX4v1&#10;TKvnnrVy/559dG4RwXERnDslut1D1/DXRwKk+N9cvxstRl3Ciz135+6o7Bn9fTIb9tPpVy82MY77&#10;v25fPkcE53H1+eM1Ani/bHg8nRz3wPVABG8Ld+Y6UXgmttoSHXEYoBm8fotDQBTv7+d20O5aQQ3Q&#10;5hzDvbLBo0xbl01Vp6X1lK/zus+lgaIG8FXw3gVX/r0qwzhZMbw0A1asjkYchEz2sZwUdNtQdW2V&#10;TgI+EaiN2kajujnZrhkx/FLYUY0bF62VKF1qj3//2ftmFRir6NV7BlTiyOtYhfeovM8QNHh96PWM&#10;l1zLqO2ZgV7VBtfmlD5a9YMlovQSRqJ7jk7gr8JG/XTEdOyd0y6jjG27jfnEY//9A+EL72x0PD3T&#10;XPbwIIK3i2djq+tyc8LQ7JWuRGXW9+39vXh/zq2R1fXAXYbCRYQKiVtTCY3qrn5dsJ/f9b+zzk9x&#10;TloWfXT1os6vK3+17XQVhykBQv4MUcQ0GPFAXIMSd+4u/tRGF4RV/Xx851yR34hhFcSdKKtEom/z&#10;7URwZ4t/xrcTP1vf1M9XAe3Su7N2Cwc+Dv5EPNUNRebEQH5mCb6Iose7pvh1wVu9XiqGr+IjXiwC&#10;tvONFsGcSsBdpV636qfXMs/scdvenmR8w0bY6nh64Mt7ngZE8DbRiaG7NjcH7Oeot2Rk9ij/lzez&#10;+RTT7dAaFLtT8ExwlVm4mQgutkJ3mTbPpE4OE9NAP99T8XNuBmZphsHt6GzQbaerrxy+O1/9Td58&#10;roK8ShSpSFHhqK99MlhaR+fYMieGtc9W9oxEZjW5dW2uE+az9s2fdoxRVnPuTvJzdbbKNfIboxOK&#10;2r6LxcCxziuzldcOtlzQj8Sii/YqYFxbhKnYHS1kjezyv68ewG7IT69payWEAa7OhsYTbABE8Hap&#10;BGmXDdbgXgNKfT/FsgrHKjP0FtOtIX5TLL8m8R5UIrjartkFNH6sfK4Cx7lyVMfRRQV1tJUNmjXs&#10;Moa/I+pVQ89yrJBNjThu45c41PXXWPZzFi/2nK+r9+P9/MeR/Bl3xX4/VsS0/pXsO2lL9ZuSVd/x&#10;8nuQ3i3QPHPf1IUDzQB3W3t9wc7P5+fKelPf82ftbLD1Pa2jvy/+Xl927cBlIgxOsc/KdxOBNjin&#10;zl1zC0v57AshVQB5iT3VIla1K8PL5uj9MOaE/uFgz+GnCdxhEzzJeIINgAjeNpUQ7rZEVwF6boHO&#10;YDVfZ7CpW6F1Yu8E8FxQczXE6XkQ0924x1fcPNNSZV9Otav7vAuLObExlwHLFUcPxDsh+RZxnoC0&#10;G0m8xOE3cEfX1k4O0xx+VO52YlBzTxUF9v3f789qi++q0Gzl6FzVBJfv7a1vugjyyylGdduJIL+D&#10;/Zc4XoC72AeZT4nmtfcj6HEB3GVXlEoAV9fbX7IV3gWw3rhm7vIE79f6GPbFpn/p/x7NTwPcDcYT&#10;XANE8LaphGkVwHs75mSvrzXwzBWuKojNoLW6IVaVBb6lINYgxYPz7s67yihA88+dUqbq72oLTMRx&#10;uXS10TNgS25iVDlWFcyXZJRStFTXzCzKgHiZ5LXb0E0QH9/LYp1hjx7Lr1ddet3qUXni2H4NtJfc&#10;Fbo67qP1zY+dClJ+91VLbvbkAiVv6lf9XEX2778nPTHoKYIpbbf8O495l0W/B8P765xg9D7miy26&#10;4HLRjdGKxVPfoeGLjS6A1b7q/gJHvmPQv5xH8tMAd0MuhYtgPMGKIIIfg2pLdHWjqiorVTmM7v2l&#10;56mCmVsxyrR11w9qQFvdJGmVzNI7GlBnOfO1fqayZ5Rxy/bNetdzhPzPxdTJq6TFNsdoXvvfowCy&#10;mwhcfHiwezTxnCt+ZsqydEJLKuFcBdrP3jc9ONDAYend7PNZr0HO3zauRHDyJ07oD4U4UT+o22/1&#10;+P5gNX+M1tXczzJV/THb3rfC53FeTmzv6vijHRpOJ+znFs/Ulz2anx75SPo/3BS7F8wzjKc153S4&#10;EETwNtFA0YNLz9BmcPga0wHpq2Zv9nfE8fF1K2P300j3Qp1gBi1LMm0qMrrb4K/hmDSw1i3n+cj/&#10;dXYtuROv14EKmbRV+4qLk6NtnTPXGFeTT5VBjFg2EVQZoUqEaNu1WSWd5GZsmbOhssfxceL25Hnm&#10;bqTxrH3T+97Ih3RborVseQ3Wf+JYRCtt327qoOpzui1W/aW2iZ5vrq/sER0P3Y3RfOxHTNtC+1hu&#10;h8/r9XUMnNLefq15Lq7odnu/NMh9WbUbq7JLz62+4NH8tPu5tYN2j0GOXq9x+QF33X18mpuhPvp4&#10;gg2BCN42Oul3WVqdjF/t+91g9RlGB2p1LXB3Pd6tVoa7QHl0Da2WywPzH+8PvdZ5DaGh5dNgTo/7&#10;at+JmAbjnV2/5XsuYjSL0QWgvmL6twB9tFEJhK6eq2P4BNDdKCmP4Tdsi5guyvi1pUerrANbfAL1&#10;7ZBuSzc+qslWbdFgfg99s7qkohPBP9/P9zvqfuNi6E/8FSve7v7ZvHt6tUKvdqg9uojk4yjrQH2h&#10;txe8U2RPlghGR8dnboP3xRMVz0sWh3yRQwVwPvxXEqrLg7xPdzsb9Lz57FuvH8lPl1u95Ttr0AmN&#10;dQ4+s0gKD8VTjif65P1BBD8OOqA8w+Lb9eYmk8nkEPVE392A616D1oOaUWZKUdt+RsT3iPj3/Tm3&#10;Wnqm4RQbtZ496/AtZBtfHE/4bptvOdU78b7KZ/3mQSocPVjzm5plED8K5qvy+BbFJXc6dvHrgXDW&#10;h9qTNmcfrWw5Zctwl2nK83VblTUY7uzRMqgte+mb2gd89d1FffoTrQvtB2/FubKMvo06P+f+r+sH&#10;XTaha6e3OLRJltP9q9fvnlkiGEfb4X18plitdiDlokQ39qu2zr70H3t8i+N7L7hdlaifE8KV+H40&#10;Pz0nhE+lam+tp3zOMl1yPo9tcpEU0fFANJczMJ5gVRDB28cDjOrmWL/i8JvAHmRE1IPVV8jmtjF+&#10;DFy58+4tg0APlqpHtULnQfn3iPjn/ZFiw8XZqQ5Ks0wadP2W/3c3uaoCNg/Of8QhOHch85/466gz&#10;gBi1YScYPGtWCaYMHHUC0i2EIceqVkK7jJBuf81zZFuqQOxu1FYFwx5ka93qeXRL5NKbVqktmqnN&#10;c1XXzj5j31TbfsXUn2ib/5BHVdde1mqLmwuMLItnzEdbU9UOX6jwoOotDu2h9vyO0+t/L3RjPvu2&#10;BoFZxz5G1RdU2f9sv0qAzo35bxHx34j4v/dHjv/qUgW1xXdH6eLUKLvtme1H8tMjgX8JlahRn5I2&#10;rSGC3T6E8GPzjOOJfrgBEMEbRraaVSvSP+3Zt0S7ED46fBwP2iVZ4FsP3Cqwqa4H1pVlzeJpvf2I&#10;v5m2fyLif++vM5BeU2jkT7q8xXSyz7KPsiGdiPot33mNaWCXGY3MkKj4qK4fHwU4vj05ReN/Yzoh&#10;VMFj4vVe9VXN/Pl5cnLTjNwPefaV3m57pGZnfQL9r9WdClW1YxTYqy1Zd5VYfMa+Wd3BXO3yTHA+&#10;/Dt+CUfI+1V7ahn0plmjreNa/zqm/GeYPsdhDGXGUTPCmvGGY0Zzyc841HFm1COO+5cLl7c47n/V&#10;DoCw4+mYV9+SD/dj3c4PtcP9aXf+Kph+JD89l70/BxfAmmnLa+5fB/aeQh4j7dJs4Oq/MQ5X5ZnH&#10;E2wARPDGaYRwlQlWZ19ls9pTxDTIr5zHvQO/JRmpbrtpCikNZDLjVgmNc+zUbFNmKlRkqGjITEh1&#10;jC4bnNk2FcGe4fgah1X0KnOx9E7f1dajPIcHj3OisVuZ1X7q58ptiumbXFC5EPatRlkObxNf3XUR&#10;rNf7KHP26JZizzI+e990+7ScnuF24ayBRLUNXbdHahlUwOr105qpHfVpH1t+c6R4P87L+3FHQQ9E&#10;6M+Q+Rylix/qf7rthCqEvxXvZ/a/8iVJtWCT1wDrVmht9y6Y9bHp1+t3/S3LrAt8j+anq7n/0hhA&#10;x3C2S+5IyYXeS2INbQtftPwlnyEj/Hg843iCDYAIfgx0EnKx6gFBNyl3x9XBOzdwT/rttZXonFQV&#10;VFdBahXMfLfnS1foPHBPgZdl/RGHa9z0usMqG6JBgguNTmylw87xXPURv9GZro4rVRk0iNTMqYo7&#10;z6Do+T0Q1kyw1psKYd2aOmeLT27JKCDWLVUqgpNqYlMR7rZU9fbsfbO6QVb2p8ourWuvk0oI62c8&#10;k+tBTiWCw76rItjHmAr5PJ7bVtUrHPCFHRfCld/wxYVs42SU/a+2qFdjXm+I9VUe1cJXJ4D1On3d&#10;3u1jUhedfOfSo/hpXXzzhcVzqMbwVzl2Zvcnl12dyChG+iFlz//D4/Bs4+lesTQUIIIfC91q4dui&#10;T9kSrYFil132if4eAzYz4J7R6wLY0XbTKptYLSBcUlZ1ri7+llwXN9p2+lPKp0G9f1Z3Dajzz/OP&#10;tub4VsLquslqC2FSrYRm8Kj17SuxPsFlkPQqx81tc509lQj2LU6+BdbvDrskG/T9/aG25LmqbfrP&#10;2jc9G6xiRsVQ9gHPGuvncx7qMsL5t54/fz6n2g3goqjqX2qH9uX8votfssADih1LehmDLoB4EFn1&#10;sYhphlYD33aBVo7jPjT7S3eDm4kp0Y95v2Fd1d/UlpE/3bKf9ky3C4ZT8Dk8t8N/ff//pzj49kuz&#10;zu53su20rj+2SpMN3jw+jp5lPNHnNgQi+AGw7WY+SevzqVui57ZwbGH7xkgc6rWM1Za2anXO66va&#10;SntJOSOOt2Et3RIzJzR+y+demu/oCmUGHGprJRh8MnDBoOXwrayJiroMQPJOx/ms9d7hWTsVJ27D&#10;L3nfd0HksXRyG21VHmWDqkBYs7S6za+qq2fsm9325o8g8/17eY5/Y9oOvjCgQtjL7BlhLYPWUZe5&#10;8mywP+ex/8jn8xghr/1vmJLt/hLHQsTHnLdNyHveB1QEe0Bb7XyqMv/6+lPUY74SwP/GwX/l2NeA&#10;dsSj+unqXgRrkItrKVrSZ3b++1TUp2a/091E6uNg+3SLS/l67+MJVgAR/Fh0GSQPnD/HcWBQHctX&#10;zqos8D22b7zY68o5jURMovVU1ZUGzhfZJzfKrjL1o23rVSakyyqmIx0tbqiTzu2vOSn4o9o6Wk0I&#10;/lonI+9HKRBzEqh+8kezp5240LrIVd60p3v4sao6dRE2ygBrEP9vTO3R7XveZnvom904TLweu/rP&#10;z0YcMv9+3qxjL8MksxPH/VmP4Ta8RN32Wnb1t/4Z6HExqTsBfNeAC9+Qv7MPap9bsuihi1+++DE3&#10;5nXR6x955DX6R3Oj/FpCHmv0UPu26qdHu2sULdNIvGpd+86OvBfBpQLB7dPLadJerxfG8vZ5yvHE&#10;DoTtgAheh9FkkJNzl1U4dTD4hO0ZpBxoGmBWWSg9TiWoz92+4XaNvr9kJV1FRpUd7RyULhZ49suv&#10;z7h4W5Rk6/X8LnL83HPbTj2T8RqHOnP7NFD34NInjpFg8HK4YPAAIsvh2ZN/5NmzwH/kGFmWbrXW&#10;y9PZUWVLPSh2IaX2+pjIiS0nNA+G0xbNVlWrx8/aNztbMxuc5/oddX/yYCLisHj3Kp9XPFjpgiKv&#10;L88guADr+mG1IFEd39/Tcizx/dcOiKrzV+eufMLiskk/02zwj5gPJv2O4d5W+TqPMxrz+r2qz3WB&#10;rAazLoCrcT+XTdTjVqLd7duanz5FlM59zsVKll13jvgxzhkTKkry2D/jePHlGmwn3TZ7AAARgElE&#10;QVR5/F/KFmzb03iCG4IIXpc5R979PTs4ijtwjjI66vA9kKwEcHUjgcnktDAQH9mTx6oc5+j7XfCt&#10;29peiu+P7Ku20q2JC43qJg25SumTsme7fBufikcXT7/iONir6mau33WiIfkjz9VE8D95+FZonQxc&#10;eKgo022TnT260DNqw+r7bk8lgDMY/l8c/35v2qIrxt11r1nGiOfqm1UmWIMFPddLHG5Q4yIkP/ct&#10;Div4KXaq/ucByVLRVgXAXh9eJ6N7I4z+nhPK/t61AqTRHJT1W70/OsYSvN3nxsSXOPQrb3MNaH33&#10;SFW2TkSrPd4/NWutPkwF8NGN6pp5sTr2o/np7tIIFxad0NCFeLehap9L+7+eP2LqR6r7EKzF1sf/&#10;JWzFtqcaT2SBtwUi+Hx8cOlA1UyOZr2q/3uwOzdA9DhVwJZOwTNdVWCqQbjfJKcL/EZl8voY2ep1&#10;1J3LV+f8UU2iVZZtdK3lKjQ/FeJCRx13tS0w7VDh7/a6WPsR0+tiIqaiJIpnPZfSBQjevt6H8pq5&#10;FIseQP6M4zp/s2NUvyWbnxsJ4s6WJfa4ANYbW+jv9vrEptc1j9rKy/ZsfdO3OFftkr4q7P2qL7kQ&#10;9sW8TthE8d7Ib3UiqNr2Xu2K6fy/CwE/Z+UT/TNrMvK3KSiTpT65P9l014HWbd6gqOob2ua5sORt&#10;7s9Ly9SNQW/79D2668N92JJgdiSu9SZ8yVb99Ee7y03POjv1HPn3izx3ZUw73gb2nEo1R6wpepUl&#10;CwH++S4mijhxrF2Zrdj2VOMJAbw9EMGXUYm63/KsWwrf7P8jh7HkvNUEng8VECoeXED73WhPuR5o&#10;VB8+KWpd5OdGNyuohPBI/P6Rz1WrdNXPqUwm+RNsXEIe24WO/1RItpGvmGu9p+1ur17n9Fr8fyQi&#10;ong9skVt0n6udqloHF1HVwXdPrGpvWmLZ/5Hk9ycPSqAtQweDHf2/Ipp4KbB1t76Zme7fydiKoR1&#10;rPsWZP85ChfYpwa2LlzThuyT1ZY2zfp7/9X2rYRAPjTAd/+vGf+TxeYJdnfle5UyRkzL1/nlZSed&#10;bouOqNuqKlf3O9KXiJksg8/V2t/8er45H1ay4A7ZfgOfrfrp7JeV/+mOr/5E456q3a4hBLxcf+y9&#10;a4qPaiFgNP59jG1J/Dp3s+0ZxxNsD0TwZVSrVDmpahCZg67KvHTbjo5PVm+J9gGpIiJX1XUbbQZ/&#10;fie7zHocbVudCcTVWbijyLpI+9VheV10jrOaRP08EdNgzlfpNJj1ay6v5Zx8waFz3pmR8brpAlGd&#10;5COm9ZN14r/HqpmVpQLSxWIVPKp4+rd4dL+Rp+dwQe/18CvG14B32SK3RW3q+qr2GbfFb3IRMRWI&#10;yd76po5TfY449g0RhzqpBMnP+PubjD9j+pM23ZbGLivsfczP1wU0LoLLDKAdr1pQyLuaZ/1pIKeL&#10;jeU14CtQCT4tX96ATO++/ib/9/tCnLNQm8fM83fv6zygix9+d/VqZ9PovPqs5df+q7ugqnHfLYKM&#10;MjreL3Ks60Ll1v30EhureV59R7Wt/Vq4n/F+fPaCTnOuuXkkY55u/Ffj69pCfQlbtG0P4wnuCCL4&#10;RGx1qlqhymA+4pABdRGsGaBznIU6KA3e9TrKtzjeVprfTSfV3cnu1AnDg2q9pjJXhbMuIo4dmjqN&#10;KuiqAroM5vJY7hCrn7foMpKrMVio0EWKbKM/cVi08BVNDdK0f2Qdp61VP8xgMs/lPwtSbVvVYDif&#10;q8mwmgg0gOwWVCoBrG3n5dG+nb/RNzfBzQmxkQhye/xnUXxsVNnAPfbNWX9RZAZVCFft8C2mv+es&#10;OwHmtkh/nFae5/pxJ4Sqn7fwgFsFVQqBrD/fqqciWI/txz+r/W3balW3GTzG+/udCPbfwj7ql3MB&#10;XZHFmfw7jusu60V/k9Ovr58b63nsfB6NeV/88QVhn58zm7MkmK3GV7UIvVk/7TYWP9NYxR451/+K&#10;Q98aCY41cT+s7er25ecvPZ+3cfahbGuPva46/ldka7Y93XiC7YAIPh8dgB5k5PvdzYx+RH3X3MVB&#10;hpwjHb4KA52IqkDMM8GZ9SjLsrAu3EmNJkUXwVoXVcalCjaznlNwqND4ZcfW7Sm3Wp2r6kQnjpw0&#10;/AZQEdM28t+nzMdbHIJttflbHLa1VlkVnwyqbOYpwkEnveHijtZ1sc1J+4aOk7RFA2MXRFVwXNnj&#10;CwlZx3out6faqZB43eytb3bb3T+CnbTBhPCbHKsLMjQT3P3sVLfCnzaO+rHvROn6ceeTfEFAg8Rs&#10;Z9+Fo/26+wmNNYLzJQJYFzxC6ic/O7pR0qIyihBW4dGVTwVw9RvUo7F+SiC7xIe1mfCF4j/EZu+T&#10;GrBv3k8351Qf6hng3LnjfuNW2WBdiNfMXCWELznXaPyr79fxr+1yrfF/KZuybQfjCe4MIvg81OHm&#10;INQgMoVpJYJ1lTKdxeLsa3HjkV8xzYilY8jzd9uhNQOkTmvxAG4ySxlEaTCYTulF3tdJ1IXeHznm&#10;J6s3zVRloF7V8a+YrtRVWe6rUNTLr5g64VwY0OseXWhUK6vuZLUutU0r8aB9Qc/n24m1b2dfqTIo&#10;OiHo35o5aYPHph9XAVY1sVWTWyeEq8BbJzaf3PI538/PVWPTx/Re++aiTLa1+UdmLY7bvBLAnSDy&#10;bbIfpyuO3wU1eV792xc+tO0rUesLCNUuHF8EaevuwsBJ7fby+dyg495Fs/fNxQL4oyBTIexZ6spv&#10;adufOtbV9lG7uw/TMa/iV/voqcGszrVq80P56YFtaofu9voa0/ZKrimCtczuSzTGWnuM+XhW31/d&#10;3LFa3M7kw5plu5Qt2vbM4wnuCCL4MtRZfI/pylQlQKvVb82knBpk6PlzMOf59QY3Hojpamm3inUK&#10;7gQ92+vl8M9rXfhklcFTBusqrjO70dnndaxZ7ls4KLcz36v6iG9Z95XYqn4iDvWhx/QAcpQ9HU0G&#10;HkT+ssfPqANHDZjbei6yg9UqdNrk9qwpgit79HP5XbfDheSe+6ZnsuuTHm+r9LbJ+v9cPLqsYNeH&#10;l4ih6tH24+JSmPS9vgCpO3OqBcjK/58lNBvS1pf3c+R7HsS6MNWx0Pmckyi2Rmu7V7sAunZfUwTP&#10;tftkQeqU8Wj2ToR0PKCfNrvynDkn6+JY1beunQGeFDHGcdbFY2yw8B8xFd+6AOrxX+U71x7/J7NV&#10;2551PME2QASfQbFF4+NfcZwZroJgdRZHg+iEySjisDLm53cRrp/RYDw/f5TxOmPlW8uSx6/u6lsF&#10;QPrI8umxMris6tiPWzkvd1RXpekjWjadTNyG/J5P5lWGQkXwq3z2tXmcEkhWQaS2mf7tgeOi4LHI&#10;CGsdpT2n2FJtc9Lj5rG1bt02tedoUiuudUyhQd9c4D+kHiPqthm1+dI+rMee68tdux+JoELQpRjI&#10;v9X3en/UMlQC7OK2L8ZTtqf642pxdOSTL85uWJtHHOzNnT5Vm2sAO9oG71Ttru1bjfnKf50dyBbt&#10;kM8P6acL3Hf8jr/tlZnh0bi8FpV/0r68yhiTc+U59G/txx57jRZkdE6/N5uzbQfjCe7EC211HnID&#10;kgx0qslaB1u10qTB+MkT73sZNPjXc2sQVmXGvAyTwXzKIC7K4WXxgEvLoXWgZcjPdMd1kaFC4y2O&#10;63fiqG7hpAZ9pFqZXJK99L7ycaqY1lPVH3wSmAskVQRUfVZfa1kjzqhfqytv87nHiz3yOFkGr89R&#10;3z8KhNOgorz0zeO+eSQcTyhH1Yf18Rp1/+0Cmojj/jl6LO7HJ/jetK3y/1dp/4Vt6/U2alct38UB&#10;3gltXvkvX+zyvum2dO3eLXisHshKX4k47r8P5afNns5H30MAK1onpVBZqQ9X4999Z8SNx/+lbN22&#10;ZxtPcF8QwRdQBBs+oVcDTQfOWuLBH9VEpMFOFOe/aPV7xjF1ddGWwQ8vx10SCHkANHnvlo6qCPg6&#10;ZzwXxOuz/v/jVM15qtcRx3Xn/cPrUSeFqm4/vntJ/TYB8pxNXV9XO/R1VaeVvUNbij5P33z//0qL&#10;IHPtr5+v6BZB2vrX783ZUPjeOWHelWX1IOqMtp0bI6sKw6aMXX0uHeuVHV19V/9f3cbEbM3nR/fT&#10;Pt/Ptc0t6OrlWmPs3PG/aRG1dduebTzB/UAEX8hgMOp7ig+2j/fOHUQLy/Ai56vKsbaA6cqhlHXR&#10;ZN30eNV5hseMOzsqCxrmbIho2icaO4q61/Nccm4vw1FZujJdwoK+tKQvJGVfiIFNJ+7G8DJ15dll&#10;3zyjLH7uJa8rRv04itd/X5y+C6Yrz038/4LynVtnrU9ek5XHesS8/4ri9U3G3zP56abdqnLei6u3&#10;8cD/R9T1cNf+dwqPYNszjSe4D4jglZDBGLFsEjgr6FpYhlMmoWsKmKVlWVQXW7HvXBbWiy9WJIvt&#10;GJynq79uMvC/3/y9a9frCrZEFOVu3ltzIWoJu+ubZ5Zprg8s4Srt/lGQ09t/df/fcYY/jrhh+ZSZ&#10;Nl8y1iM25L9GPIufPrN/3YJ7jLFNj69zeBTbnmU8wW1BBF8BG4wlNw587lKGJeVYQXSsfuxbscSG&#10;iNUya5O3TzzM5PwbChwjNmgLfXN9VujHN+vDW2//a/nktVlhrCeb8V8dO/DTN+Pe7bv18X8Jj2Lb&#10;s40nuB6IYIAd8iiT2VKezR5YTtf2tPdzsrUFmmuCXwNYD8YTOIhgAAAAAAAA2A2f5j8CAAAAAAAA&#10;8BwgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAA&#10;AAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCC&#10;AQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABg&#10;NyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAA&#10;AABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIB&#10;AAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3&#10;IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAA&#10;AGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEA&#10;AAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcg&#10;ggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAA&#10;YDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAA&#10;AAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCC&#10;AQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABg&#10;NyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAA&#10;AABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIB&#10;AAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3&#10;IIIBAAAAAABgNyCCAQAAAAAAYDcgggEAAAAAAGA3/H/Tf99AnPe5HAAAAABJRU5ErkJgglBLAwQK&#10;AAAAAAAAACEAzCOn6pYZAACWGQAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAAN&#10;SUhEUgAAAV8AAAD6CAYAAAAGE0RoAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGV&#10;Kw4bAAAZNklEQVR4nO2d7XbbOg5F4aQfM/P+zzq3TdNkfsSIj49BSZZlwZ3uvZaWnFiWSEk8BEGQ&#10;PLy/vwcAAOzLU3cCAAD+RhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQ&#10;XwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8A&#10;gAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAG&#10;EF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBf&#10;AIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCA&#10;BhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQXwCABhBfAIAGEF8AgAYQ&#10;XwCABhBfAIAGEF8AgAa+dCfg/53D4XDouvb7+/v7vc69JF/3vP6ezOV1y3x2vi/X8v/yfLs4cP+2&#10;oyg4j1KQPh/ytQVmozytvv6eWF7vns8Nrvco/BHP99FAfDdACtFo38l7tZ8rJBvnaVUa9uKYVxfC&#10;tfnUPL1XeRzc20d4V9ai+X6oZ/vIIL43YgX3KU4FSf/fUbC0MOT2Jp+HBcTylJ81byHfLb1+HK+v&#10;+9aCOsjntc+vus++XVy62J7s+0dnlO/PZ4sAT4P43oAU3tye46MQ5eaFeE+8QLxFxG/5HFEUkCJP&#10;mZfnGIvwXBre4jwdb/b/3QV4Ip+6RSzLq99nz6eKsN7D0fvyp1A917N8I8Bj6HBbiRXeFKfn+Lin&#10;ufcCtVfB0gL/+7i9HtPzejzmzX+0IE+5zeVJrSItkJmO/PyZ1sPhsJsASz5V+DSvXtl8/tROpRZ9&#10;3uu3+Mjja1xWdjG43peoRf9R0Xzrc819fhd7Ptc/DcT3drIgfYmIbxHxVba0bPa2aNQSe42IX8ft&#10;xY57y8JhfsjM01fbVISn8uRWt1YAv+IkToc4CdQuBbUQ3i+yaT5VgKfyqtZf5uuXbClGmS+/t/nO&#10;5L11wX9E/Nlqfv0YGID4rmBQgL9FxL8i4vtx8wK1h/XrfrgUg5eI+GHHvR3T4sKbzeEUoyV5yt+e&#10;dTbFpeX9Ypv+/i3uXFgLyz7z+C0+8vftuKUYLxFDFSHN4w87Lq1fvW51bx/Z+tXn43n+Gad34Myl&#10;FIhwCeJ7GypUKb7/jlOhSuu3Q3zV6v0Rp4KR/386/n2QvVYoX495yDz9O86FqcrTlPim5f3zmJ5s&#10;EWiaDztYv27ZZx5zUwHWlov+PtObe7UAM39h3yfZckjB/0+cvy+PLL4R562afL9+xinN2tJ5i2Pl&#10;juvhEsR3PZXl+z0+ROo/cW7NdIivWiWHOBfj5zgVEE2TW4San6xUrhVfbY6/xHmF5Me9R9zH/WBW&#10;r1r2nse0gNUKXSq+L3G6N/r/vAcRl/f3X3ESYHVV6bUeCXc5vMRHmt/tb79vYCC+VzLoJffCpFbU&#10;Er/hVlTi+xQfBSUtlCk/tFqFUxXKXJ48vCytQu2E9EKsnVb3wDsS3bLXCkZdAFMVp+chf5P5UL+v&#10;uh1c/LvelzV4pervl7cY3B0FRxDf23CxUh9iblOF6R4vZRaOfPlTFKpCoYVjZBlqXr7HuS90Snw1&#10;Lb/j/PoR5z5DjQxwf+HNTHQmulslLV/vLA35veJRJXkvX+PSdZGirNEOVWffLVbjmt9ce5/z+Mzv&#10;W5wqK62wYAbEdz3uI/XC5J02UyI1+nsNKgijmOMqLVP50SiAuTxpOnL/HKfohohz4VXrUCMftvYT&#10;ekWZFYu2VCqXQ/52RN7rFF6t7Cq/sbeanuJcoG+1fK/5zZr7q62afLb6jnXHt/8xIL634wXJC5O+&#10;kBFjwd2qZ/h9ZpuiEgaP8R25LfzcHsnwRY5T//PP+PATqgBv1lQdxC6nSyWt+RRdjeYYWXBT1q/G&#10;71YV39yzz8+jd2UqHSM3kvNu31fvxdJ770IMV4D43oZbkyq0aTV54dNCqAX3bOivsKZZmOdTQdOA&#10;/zkxVvGtrBl3WeRvRuS9+HI83t0ZHmb1FrF55IO7HDQNbtUvic0eiZ+Pkhu5m3SAgm75/RKrsbIw&#10;q7/1utX792Z/z+EjJvXdWvJ+QSC+t7DEKqr+1o6oatjvLf7OqsPt53Hzpv2ocFQCGzEWIy/M/l3u&#10;U4C12a8CmJ012omzBZUl7wMcRh1snqc5Ma7ulZ/PR4Wl2+X5+P1St0PVSnFXydTvR8Og5+67d7hp&#10;q8XfL5gA8d2GJSIVcWnp+qgvF8a1L3AWKI3zdQFe2lycs6yWuE1chH2Ag3Y2ZRhcCvDqQjwxeMRH&#10;I7qbSPM2lZ/q/yOrM8/nzz0jULKjbkmHW+UzzrxFzA+Jdqv7mnfP398cUFK9X1i/EyC+PeTLnwMP&#10;ckvr4dbRQVo4NPD/ZyyzTg629896ndx7YUuL+Mn+lyI46tBL8fkdEVt0vKm7oRoGPvLxuj9T3UZ6&#10;7qnrOnlOH/wSx//NdWZWlYm6UZTnuMSF04dB57v3Zr+pzlO9X/kOY/0uAPHdDxcqH/qbL++vOLcc&#10;1lzHm4Yq8r9iG/eGdgq5zzq/z2PcEvOog6/y+SXOQ7NuFV61EvV6lfhq/jxPep5r8SZ9WowH+XvK&#10;9VHlyVsPXsFpWt015B2eKpyvcf4cq7xEnLeudEh1vr/MbDYD4rsvWgj1xf0REf+NUyG41XKorqOb&#10;i/uSzp2p6+i1VKxUqNwX6eLrE/fkPVDhWMwgtnfK0lbBU8uuys+aWNaqdZC++RyAsmQout+/73Hq&#10;qNPoFL+2flar9UdE/BPnAjzVJ+Ai7r5rF18YgPj2MLI+/hvLCsDSa6goesfelgXDz69ipcNt1RKu&#10;rN/S+rvB9VD5ekdWbyW8mh93n6ypuNT6dfGaio7wPOW9+xanCir/nhK+UYtIBXhpy8tdGOo7/kwD&#10;Vu8YxHd/KqtU3QLZcXGr+Oq1KrfAu00lees1tBCm0FY99wf7vnI/ZNTDqpjfIrbXQ8zmhFdFUcV3&#10;iykf/Zmo+C6NcMhKLYU8hbfq7Kr82KPKX1teU64HP59HTmD1LgDx7cFfWh1mW/UY33Id379HxGf8&#10;7A0C7Od0wUpL0YXQRbHy+2r0wS0xv2olVvPnVsNh0xWgLpqQ40bCtoTK9ZD3KtOr+6k8qfB6R627&#10;Gdzn68/LDYAlbgM/30XesHqnQXz3pyoEVdD6FuJ7cd2NC4T7/zTthzg1iVMsXJA1CqGaWPyWOQ5c&#10;4GfdG3FZGWYTPOT4DAvzezDH6Dd575YIb36vFvhogMNcWkZug2uiFbxyj8DVsBjE9zGYdA/cfPL7&#10;FgZNp/r98jsN/n+LU2dQJY6jCWYWux5mJoZ314YOSsj0ujWYFUnESXhveS6VYOnfS8Q3K7Z8V6qB&#10;EUvS5+/dta6Ds+8R3etAfHvRQlx9/lOsiMqFknlIa9EjISLmxTEF+FrXQxXbOzp35e/V3nu33udG&#10;gC1h6rkO8ycVSxUHfm2l4NZ36Ub4Q96/PxLEF7ag8iO6+KrgVb7gJZEIS1ga21tZvRqWp+KrFUge&#10;m/tbOywXY/55F8zVpy0+I7w7gPg+DnM93Y+OW44aJfAlaj/ilIXqw41d+C5YGdvraVe3Q+Yj07Cl&#10;Dx7+chDfXjwM6+J/ayPBdrRa3HLSGbpSfFPIRvPbVkJZuQeWrAdWxfbODSd2qz17/n9J/twPigjD&#10;TSC+/VShWDq09ppC/nns0QrcK+THOwg10F6b/tUoOBffkethcrjxILZ3yuXg4WXucsh9yLX1eICb&#10;QHz351BsKT4eyrSmmXsh2jusCKzXVddD5u1rnFu/7noYdbyp6+FVjp2zfKfCyyqrVy1fFd68JrN0&#10;weYgvn1U/s6cICXFaI3lqwL4GYbUIMC6MrJPmZkWcTUKrYpM0FC10XDjuXONpo50l4MvbfQkxyC8&#10;sBmI7/6Mmtrf4xTWlENHrw0dUiHx+QnedhRgnZRGxbeaN9bDzq4eblx0tI2sXp28xtNbCW9WIPh6&#10;YXMQ3x48DOpfcRLebKJf08x1f6sKyeH4OeL+AuyWd0YofInxhPHXWqyjmN/ROaZGzbmP2ue3zWcy&#10;G2kBcC2I775UVu/3OBXqtPBUuK4RXxXen3EpMotHit2AW+DvMV6l2KeZvMZX+/HDeoHMahKdqY62&#10;alrErACf5FiAzUB89yOFzyd7yUL9HKe5Wa9xObjVm7NUqdCoD3jrhSlH6VHx9dUS5qzfuZCzKgxv&#10;KmpCO+60004rrGpVh4jzwRUAm4H49pD+zUSnCFxj9Uac/JYvcT6HbkYY6ECFe+ChWClsU5ZvNutH&#10;Mb8j61d9sJXlqzOYua+36mgbzSqnLQUsX9gUxHdf1FTTJreK7y0RDim0GR71K86X5lkSqnULKlRa&#10;keRAC1/KXt+/qZhft3497nYU2+tTVI7Cy7xyyDROxhYD3ALiuz8uwN4MjmI/RwpJWtMqvNrc3gOP&#10;UU7Lt7Is3fodjXZLC7aa6axyV4yGE+ucvGr1/rJttIQRIgybgfj2UVnBa5u4KhQuNipWe84dodZv&#10;hptVrocq5MytX93rXA/aehjND6H3Q9M2F2Km8w8jurA5T/OHwJ1xn6f/75pzrP391rj7QZv21Wod&#10;ycj1MAoXmwtRG1nLc8LLApBwd7B8+9COsnfbrj2PD67wORQ6rDePwnABnnI9eNiZuxH0t5XVO7ci&#10;hne0VS4HzUMEQgwbg/jujwtitXrALR1uORtXZV3uKSCarhzoMerYyqHUVbzuqOMt/dvXTKKzpKNN&#10;B1cguHA3EN8evMNHF55cI8D5mxSTXIV25F+9N1Wn2yicK9P2bOcYTbbj4pvDsaeOq1wOU1av+pMB&#10;7gLiuy9u8WZP+0uMFy9cGuubopEr0P6I0zL0nT7MucEMavW722HKl6urCuv3U7G9Ideq0uKVFJYv&#10;3A3Edz+qTqgcjZabC5L+bu7cLnDVOd8jYu+J1itr032/X+W4JX7fr3EaBDEaklzNYKbCW6XDfdCZ&#10;B4DNQXz3pWqGp5X6T6yzVEeRBer/3dvt4OnLimQq6sFdD6OBE5X4psW7ZBKdKZfDvUcBAnyC+Pbg&#10;HWQpvv/EpaV6zUAL9yU/SuhUla65qIeI6eHGKb7PcSm8U7G9VZSDdrQR3QC7gPjuj/pn1fr9Gecd&#10;ZbdGPvj2ccD+K9JqHpb6Wkcj3tLC9VWFdY02H05czeUwEl5ie2E3EN8+RmLwMy79vkvPl/tq6xBe&#10;Zan1q9bqnPimyC51OYw6/bx10DlABf4SEN8eqjhfdROsEd88r+4/Pz+A8EZcRhpUft8p6zfFN+fa&#10;zclvvh83nQNibgYzvf5oqDNWMNwNxHd/pizUobvgynN//NEruBGXlcCUz1VnOlMBrCIavh2/S/FN&#10;y9fntdBrL+low98Lu4H49uJCrJ/f4kM//3QhcAGu5npwv6u7HlSAv8kxKb6Vv1ev6eF91Sg7fQa4&#10;HeDuIL79VAL8/4ZXLlPWb+V6UL9vfv8kx6Qoz7kcPLbXR7Xh74XdQHxhTyof92iuB+0wc79vxKX4&#10;VjOYpaDOuRwufOQA9wbxhb3wwSA+ymxqMEiKqc7noJPxqGU8msFsat5eQsxgdxBf2Bu1fkfDfNOK&#10;VTdAFYIW8p1PHD81os39zNrpidsBdgHxhb0ZdYBVPlgXU1/3LuTvarWOKZcDAyugFcS3l9HqE5+f&#10;bXn0VTxQxERalksHXLjrIeJ88UwPSfNruYU9tXz9o9wj+EtAfB8DH1Cw6TJAhw8F/xSXBxBjF8a5&#10;4cYRlxWTuwjc4p2zervnu4C/HMR3f1xE1F/5LPuI2y2yapBDHA6HTgH2jrfRNJPuegjZV75Z9fOq&#10;+C4JL0OAYXcQ3x5GE4bnCK6IbVbOrcToTIAPW/g11qftmlFnylyaR26N4cCK5nsBfyGI7/648OqQ&#10;2dfjMc+xjVXmca5nQ5c7tOYociHpcut35JO9JrGjkXTldJ0P4IaBvxDEtwcdLvs1PiaFyWVxcomc&#10;W/yRau2q9ZdbHqP7u2Mit8Qvq66HJUN//Zx63lyqya1qhBdaQHz3pbJ6c66COP6dze61wlAN401B&#10;e4nLYbe7I038Ob/vLSt6+Oxp1cTtCC+0gfjuh/bQ55DYtzjN0JWzc22xooJavSm6PyUNj9DZVFmp&#10;SyZZnztnNXy5Wsn54we4HKAJxLeHbEZ/jXMXxFaxpypqKbx5TZ03OJfteQQBnlvUcs71UEU5LBnR&#10;BtAC4rsNWpCnCrWKho/W+hrbNIddgHK+g/c4LVlUTVyzK+Z6cMEcdbwNTyf7ubkciO+FhwDxXU9V&#10;eOcKtH7v4jtyA6x1O6SY5bl/xSmczYV3dA3vIMu9r/RQHbc0nXNhYb64pt43T4N3MFZujC2iHKbu&#10;l9+TvUR+6llVHZ1+HOwM4nsbHkdbxdT65OD6oldDi28tCHr9OO5zohpd5WFqFN1cYa2O9YpjaT6W&#10;RD28StpHlVPV0TY1g9m1lcTos1rvo9/dU9zWPKvqfwjwziC+t6PioRacWmu5r36bVENmb8Enm1k6&#10;ZHlJZZK82XfVNr7QOOpBO8l+xWlhzGqGM7V43dWgHW3ekXntPVDh9mcb9v8tWzHXpnP0rKbSOKpA&#10;4Y4gvuupRFcXwMwmfwpqJX73eNE9XW9xWSiXnKOqTH7HeTP23b5b47N20XDxfInT8kD6G0Xv/4ts&#10;oxnMrlmeaVS5Zlx2PlO9BzpJ+x5RJXPPqprMiHjnZhDf23CLLQt/+lUjzpe1uXfHljfB5yYPr3yD&#10;LoRqiaal9yS/q6ITqqiNqcLtwpD38WecW73qxlE3zbv9JrccWHHh711AVbHmvcxnqi2a9KvrNe8x&#10;beXIIvd3UJ+V3rtqmDVxzw0gvldiw2Nd5H7GZXRBCsdekQXuQ01B0iZ4FrY8vvqdiq7mSReorETv&#10;qlnDBq4HjU3Wa7/FZYehPoOXiPgREf/EuQBfmxa9H9W9SGFLEY44F18X/nuEt/mzSmv/R5zE1hcT&#10;3TuNMAHiux61OiqL9zVOzeW9xTckXa/xUSB/RC3AI/HNQqqFOSMmVKC04snNLc25wuxujNfjeVQ8&#10;Mk26SGb+RivAFN9/4nxI8Wd+Z1wOmua0xPPZpuvjd5w/W7e+f8S5uG0d3rb0WWlIoVck904jzID4&#10;3oa+0C9xPpDhW5xHGCT3FF8tOF4xZGG7GOUVl35BFdS08rLjS/PzFufWVFWgrynMaslpWFkKTLog&#10;qnXavBLIymZNOrxire5FpkNnn1MLOe+Fr0231ai6a5+Vi7Xep3ulESZAfFcgrof0+aVY5P/85d/D&#10;33uWxBi7ELQZPmf5RtSWfWV1atP3YjHMqcIs91OvF3ESk0y/r1CsaXC/bKblzKqbE5XCDbLk2eZ3&#10;mtbhvZi6/hzFrHBLnlXV4Xa3NMIyEN/bcQvyd3zc17SE9+psU9T14B1ZU5agFlD9O+NsK+FT6//a&#10;kWmnC59XaIr6rtXa9GNcWLTz71pBcddN/i/PnfdChc2tZb8XWwvatc8q81O9D2s6JOFGDrQu1nO0&#10;kHymsmol3e4Jy1M43mS7sEiL/Dzb3q34qsf9za+ztAkrnV16Pz0Nfk+9ovGQr08f7jVNabkXo5VG&#10;qufqeb+ILtmqOX/Fs4o4Dw/cLY0wDeJ7I1IIIi7FoW3uhLh0J6hQRgwKmRXqLNhzAzW0uXrWa35t&#10;QTYB1uu78Lv4Vtdf7cMs0uFpcOtb06DXnrzft7DyWY3u013SCGMQ3w2wglrtu9Hm5KwYDYQnYpwf&#10;F8C8xOqXyyq1Kg2V+F6kIRNyx3Qod0nDgvRp2jRdD5FGqEF8N8TWAHsU4Y0QP96KpnfE8rxsWohX&#10;3s9Veb1XOvYStLXPKgLR7QLxvTOdizJuWajm8rFHAV5yLx8hHd1i9ij3CaZBfAEAGqg6DQAA4M4g&#10;vgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4A&#10;AA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAAN&#10;IL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+&#10;AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAA&#10;DSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0g&#10;vgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4A&#10;AA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAAN&#10;IL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+AAANIL4AAA0gvgAADSC+&#10;AAANIL4AAA0gvgAADSC+AAAN/A80EKQxlnIkEgAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAGpCR&#10;CncFAAB3BQAAFAAAAGRycy9tZWRpYS9pbWFnZTMucG5niVBORw0KGgoAAAANSUhEUgAAALgAAAD6&#10;CAYAAAASo42gAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAFF0lEQVR4&#10;nO3c7U4bOQBAUYdCP/b9H3bb0s7+YKaY2VRMElC1d8+RrAmpNEHlynJswmlZlgFVd3/6G4D3JHDS&#10;BE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmc&#10;NIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkC&#10;J03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6a&#10;wEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGT&#10;JnDSBE6awEkTOGkCJ03gpAmcNIGTJnDSBE6awEkTOGkCJ03gpAmcNIGTJnDS7v/0N/BfdzqdTu95&#10;/2VZlve8f93J/9/ldlH/7vEt9j+UZQyxX8MMfqE17i3k0268pWUa22uL/EICv8AU9zbu1vHWoW9h&#10;/1zH9ljkFxL4Qbu478YYH6ZxN40xbot8jvvHdN0e/xT5cQI/bo77fh0P0+Mt9Ftm8XlZ8mOM8TjG&#10;+L5eT+t1GcNMfpTAD5jeVJ7GU8j3Y4yPY4xP6/Xj+ty8ZLnGubi/jTG+nvl3DhD4cfPS5GE8xf15&#10;Gg/jtll8P3t/H09hf1jv9a81uVn8dQJ/xW/W3tsM/nmM8dcY48t4OYtfG/gYTwE/jqeZe4t7e+5x&#10;PK/HOUDgx+3X4A/jKfAv6/g0ntfit8zgW8z34znubamy3ftufZ5XCPwy+1l8m8m39fgc+BiXRT4H&#10;/mF97sd4Cnt+Ezvv1FievELgx+yXKdubzW3cT9c5wktt6+9luucc9rv+WkCRwK+zn6HPHfRcG+O5&#10;5c251+EAgR+z7B7POxr7A5kxbl+DnxvLbnCAwI/bnzBue9Xb+Db9+61r8PmAZ9s5mUPnIIEfN8+u&#10;2z71dgiz7Wo8juveZC7Tdd4m/Lpet9i39blZ/CCBv2JZlmU6yZxPGb+NMf4ez3F/Hy/3wce4PvBt&#10;9+Tr+hpf1/ubxS8k8GPmpcc2e287G8v69f4kc4zrAp9PMs/N4r/W404xXyfwy8zxnaavt73qt/pd&#10;lPnkcr9EMYNfQOAHrMuUMZ5PD7eot+XEub3qa4/q51l8fjM7x232Pkjgl/n1wYPxcqbdf/Dh1tfY&#10;bxm+iPvG+/+v+EzmBXa/Nrs/2Xyrz2buZ/I59jHM3hcR+BXOfC5zvr6V5dxV3JcR+JXO/LmI9zg+&#10;//XDEfZ1BP6G3upvpIj57QicNH+6jTSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhp&#10;AidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gRO&#10;msBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSB&#10;kyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN&#10;4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJ&#10;EzhpAidN4KQJnDSBkyZw0gROmsBJEzhpAidN4KQJnDSBkyZw0gROmsBJ+wf8MT+XbWCPagAAAABJ&#10;RU5ErkJgglBLAwQKAAAAAAAAACEAjoBZFihIAAAoSAAAFAAAAGRycy9tZWRpYS9pbWFnZTQucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAArcAAAD6CAYAAAC7xG/sAAAABmJLR0QA/wD/AP+gvaeTAAAACXBI&#10;WXMAAA7EAAAOxAGVKw4bAAAgAElEQVR4nO2dbXcaOdOE20422d3n///VvXeT2DwfTJuaolrSvDDA&#10;pK5z5oAxDHptlVot8XI6ncIYY4wxxpgj8HrvBBhjjDHGGLMVFrfGGGOMMeYwWNwaY4wxxpjDYHFr&#10;jDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YY&#10;Y4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHG&#10;GGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx&#10;5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMO&#10;g8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY&#10;3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8Wt&#10;McYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3Bpj&#10;jDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYY&#10;Y4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHG&#10;mMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5&#10;DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhjDsPXeyfAGGOMMebZeXl5eVGvn06n095p+d15cZnf&#10;nqrBz+UZO8iSvD96PreqT+TR87yE37XuHz0Po/Tyumc+b9HnRrhVHrfMzzO3t2fsT0WaR+tzkpdH&#10;y9uRsLjdGGr4tzTIVxX3KB1loAzwtSrNn6/fM1871mfysPXaY2a9R3Tq/oHqPWJZ3T9EG+6xQRvf&#10;NJ936HMjLM7jRm1pDjJ9j9IGoTzmlMNdbUKR5iXt9ESPk+ePUkdHwOJ2I86Nnxv7HuKWK/BuRkAY&#10;gBd6jo8M5+fEr93JU6Tyckuk0YsHN4DU/tfWez4+Sr3j4xxk3h6l/ja0WdhXIz6yODuPd+xzI8y2&#10;Rxu3pTl0bUjE/u2QymOkTO46FnTqr7J3Edd54TrAK8Tzh7ERz4zF7UpEh32Jy0Y93LC31qApI8Wd&#10;426DKQyUXA78WsS0LKq8vIvnN89LUZ+9PKxFGb/e84cwgI32z32hV/d8Yf0vEktzKQQ65iXgfxWq&#10;vt7p8RG8UL12HjEvn+oayuOd+twImPZJe4xOu6QyHrGDW6QR/y7thnjcy66OjA1IaQ/ihjZBiFoc&#10;z3s2rjWJr/Ij21bEY9j4Z8XidgXUCV6La0vvgxI7vQ5y845Chivz/SXGy0Ll5T0i3s7XbkIH8rJH&#10;fSIshkbr994iKeK6vL7Epf5HB7B3eHyDx8//7VTvqh1XIrdC5emd/r5L3TXyiVfEWF65v/IVMVBv&#10;d+xzI6g8TmwS50+UMdvCVn9YmkZ+nHN9fvYW7VGMD1ge2L/i/BztoCr3suw3SGemoddHqjaq6lWN&#10;bb3rIWz8M+PTEtaDHfZLfJTp15h24rUz9Z6gbXWQz46SffcGBgGNOJfD19BCh/PHovYXXBOR+/Ly&#10;8nJjI5wGK9Oej8oQr6VVt0MG8Bb1OoOq/WOZVQKF85v1nPX+cv47IuL95eVlz8GX6/1LTPNQCfV8&#10;5EH5FzzP95xulSdFISIxr0psROh6i7i0weyb2F9fYqC/3qnPjaAEFrfLt4gIrMOBtpTlvIUH90TP&#10;1eSYxwL1/PPa2pY0xoc/Ylou3OZUueeV/48t+k9j9Yn7CF8s1EfHN7R11XVl4y1w52FxuxAyytlZ&#10;v0bEt/Pz7LzY8NfQEz+9TrJ5RykM+R9xKYN8bIkcJXB+RcTPiPgBj/lenNlvRjHIZj1yPrb0vLC4&#10;Ha3XuxpA0f6zvL6F7gM8eEVc5zkHrx/n6zU+6v/X+X2bDGZVlmLahvFioVXVe0usZz5QHG02QPco&#10;2ndemE8UuK28okjKfP2EK+us7K937HOjoHhnmxQBzgOxaQz7BfYH7hNbjQv4XDk93uLapuw1YeY6&#10;/hZTO8F1nPngcv8B98R8L0/YdfgIXjhJ/youHNfYxuU91ZiNNhxFO9qIqzqywJ2Hxe0ChKhLo/wd&#10;rm9x7bWMmGfMuCGrGTkLHp7l/qL/n+LcUSI2NV5oyP+MaTmw0Ff5xPykIfsaEf/Cez49Ezfq6Ohh&#10;4Pr8HtcDU8TywUl5XSqPH9Zr1wBG3NaL25jU/BnTukfBVE3wML8pjP6Ny2CHZfMmPr9lXlCkq3wo&#10;ccviDdOa9faDLvz8e2wwSLdo2Ktvcemjaa8qTxrDk9HM29z+umefG4W9ttnv/oPvRjGIbUAJuZG2&#10;NJonVYbs+GB7qgQVPuLKwmYT5s44mbaCx4cEy/1HXNsD7DdbpQ8nJDzx48muEreqjaoVgMzbW1zs&#10;edq+HzGdIE681Ra441jcroNn539GxF/nKweMLcVty7vHM0DsLPnaa0yXddYu8SuBk4br77gYdRQ5&#10;yluBHpIUt/+d75n5Rm/EpjTE2ve41OefcS3WQuRllErcVkv0wwYw1tfrKDhocfvPgasllji/OJC9&#10;xnV7/5yYbZw3HNywDWNfzgFNCZKWuM08/Rcfwi/7AA7MLzsMWlU/RZFRTcgjrvPK9Zb5C/h/2V/v&#10;1OdGQUGSfRDtEXtCE2wXalxAe7hU3GL68O/Wyl7PU6gmzFs6QpSd+Ds+yiQnV9jmcEUgJ0z5Oq9c&#10;LbJ1RYhO9nFceWQvM05Ovsa1sK1sQ+W4wNWq7Ec/4DHvY4E7E4vb5VQz0r/iIuxY1EVsa8Qqw4XL&#10;ONlJvpxff4nL0mgahzVnN7IhxzKojBeWgfKSpPHP/7OX4dYiR9UnipytxW3+rSYuLQPI3sC9BG7L&#10;C/hXRPxfXItbVV5K3P4B78VBgIXE+ky0PUtY73/GfHHLYRYoaPh9p3N6Nh+0Gp7pqp9WnvaWuM1V&#10;FhYmv+IySak81Hv2uVFY3Kb9jLi003QWKE8+e24xTzjZ31Lc5iO3K/bcVg4QdISg0P2878L2qSYw&#10;LPixjpNsQ9iusi+pyddYYvQmWPTSZn3hyqMKteJQO2ybanzrjdtZ/t/iw74r7/4e4VmHweJ2Gdxh&#10;v8SlU3CnXRNf1TNilRBCcfstPma+X+Oj02RatgjMZwOBhivLoVpaZHBGi0tQuHSTg+Xm3tu4rlO1&#10;hPY96uXpitEyxQGVlxUrA5jeJN7M8CtqMbEKMTiwJ1B5bqtwlIippzPLFic06KHGur/FpKaapClv&#10;m6r7yVJ8XNouTnB5gEMRcgtaqyss4KsVFs4r5yE/g/01RUjamRCTrVv1ubVw/rLtprji9KAnvpos&#10;sZd8TRxxNS5g2lV4QssJgo6QjHffKj6cx0oUkWwncIKUzph8/jWu2yeW/ZL08F4BDq3C0DreIM3p&#10;aNVjNXbjCo/aq5BgSOKtbMWhsLidCW0cQCPGnUSJOjVIjNLy4qqO8j0+jJXqlMyszlIsKXLcMRqI&#10;kcEJBxMWtml4v8Z0N/bW4k0NTLw8lZ7FOfXJr7c+1/LOpwHkzRicnk+BdcPYZI5Rq+IleeWCyXxi&#10;2+Q4xz+C6n1Dr3Tl2cRyVm24EreYJxTsyhudecIJzWZ1NWMi0puEVuI284ieNY7d7XnY1va5TM+W&#10;4AQlvWVYly2bruyialOttrRmXMjXRifLaF/ZEZIrQihw59gUFn7Yx7iu0ZOd6c284BjWit9vJ0Zv&#10;gmVR+1dMJyEcrqOcCaNpqby473EpDxbwPBHGFSx7bhtY3C6nEnjcSFsGvjUDH0HNBt/iIgaqDhMx&#10;Tc/SZf7WDJiD73ve61NMO/S3uAyWeaVHIT14W8YqZrowhkrtkk0Dh5/BPPDzk3if+izTMoAY96WM&#10;/WRw21jgtsQgPo4KnEwrCvO3mNY7eqgxFncrlFjnsh71HmK9p+cy34/CFj3S6BnbOpSk6qPoSVQh&#10;CfnZCqw3FH9KhFQetq37nPp7CXgPzEdP9PNkospPry1tlafWSh97cLOfKfuS6Vwb98nlwsv7r/Te&#10;d3q/im0d++Ja2OIekRS2GKajThEZ7R9XyaDHHPPSVnA5cFganray176Kp8Xidj3YYbkT4pXvrQwX&#10;P6rvwUd+HvHRGb7ERQh9iengUImgJUKo8tyqI5RGZ9vY6d/FvfJCwbAFXLZcp2iMewO28sLO+W58&#10;jm0i65YHfFWn6a1Jr9MmBpBWLap65wG8NxhlGaIAVDuUM79Z96rsZ2cppuWP9Y5l3PLWtbzy2Q/z&#10;feyRzljHzVcjGqsr6I3mAbw1EWl5b7l/NEUIHb+0pM/l9+fnuI2vLUNePWE72fqeqj0pgYZlvXZc&#10;UH9XdZYCN50gWf/q6LtM73/neywVuMqLi2XA4vYU121J3bP/xW1hi6E5uVeGT3Go2mCms/XIaeX6&#10;4fbCE+H0rI+uhJgzFrfr4MbJHZU7Mno6Iq69c5UQUR1AdbSMV1QGVXXKybEvje+/JEQfn6IEjhro&#10;MC+KLB9Me+u+t4grrcq4qgNMO9dlVaet+syZPHoIuFwqo88x2Hlt7eHueTmXLt2hoFGCGet9Sy+n&#10;EljYn9V1os9W+Ylz2nN5lZfbOV9bn5yAgzov+Vce9laelJgaaZu9NM7pc2hHlf0cFaItcCWMTxHo&#10;LQ33RFzEtKy3GBfwe9XzfERvIU+YeeJceZeXbmxqCbvWe/kzw+Ju4FSOv+HCvQIYolONn71JENuI&#10;VhvPdtFyGHBa7LVtYHG7nFaDDfof/v3pJYWL42lO4h7VIIKGE7+jNShj7NVSIZTfi0axEjj4mdb9&#10;8HlLOE08eDfeOVoNsggaNTUI8ga4Xp2yt7+XBq5TFc8Zsd4YqoGimtiwOOzdF9ts1rEKDfgJ79uy&#10;znvCqkpziHTgZ6tBC0MucjXiU7hvALct/m4s155HutdvW2U1S4w07ln1uZYNXdo+sD9XnnZlq1v5&#10;6f3dGxfmTJJ7k7OI6/bBzpCRvSJv9Pcoakzg8QvTyJ+ZCwtbPK3h7/g43UUJ20rcs/OC4+Z54tOy&#10;92gjOK04BjZXQ8w1Frfb0BK0CM/IMf6OxUgO9nlPXqrDC721mAY2aDwY8KHeo4NCS+C0Yi3nLK2N&#10;eAa3FAMqPaPCXNWnqlO8Fxo2rEu1JIhiTnnEeNOZ/P41ns5ic1KvbpLWd3JZoxhj4ZzlknnaWuBy&#10;ulr9emTZWPVfjlHmfK1ekaC64oniyC8o9jyF6vXRvlImW3y2dx+cTGJ7n2PLWvfO++M5vnlc1sh3&#10;jEyS8LuqcSFfU+KWRWwlVCuxeyo+W3ne2UP59qixn50faMk4W/TY5sZRjj1PuI54DGVH0WdSQtdN&#10;5SFX43c1UXm4cn8ULG63Y45Bz8bPR7EoMcRCMmefvFks6xIFLv5dGU8lhKQ3tFjiUeK2FyfXQn1H&#10;FX+ZcYqj994aHpTwl5rS05PlihOWVhlyWUZc12nEZYPNKT4ECx8Xll6mLQb6pDepaXk7KrGkBmwl&#10;nuWkaeOBdVRgqeVj7K+49Juv5QDbmxS8RWySL9W+1EH0LWGLy+WjonNEzK1BeWxxxz/aMq6bueR3&#10;ZL9mgbtVv+Lv640LXMbVRJknyzhpxs+3rgTLnL3JD/fDAp1wBHVSCJ4WkjYMUatj/CMY/AMY2P9R&#10;2OJ+GN6EGaGdIfhoBrC43Q8eEPGA93/jYjR/xnXjZm8WBsR/g/e2BG56eFEIoQHFs0R7BrvnteXl&#10;E8473wsf8f6jImfvnaM82KO4zZ+P/V9MBW5l7NirlvWq2kB+lusVvYEcT4nL+Gtm+krYjoSiVHVf&#10;iSXl5WxNnPYcULHeUWShiOL6SVp95o+YngSyVjDxwN7b7In54zzhfe6J6nNox9KGZp/j2Ni535WP&#10;KKDxBw/UiswSRscFFOwR2rPHolb10Wozak6+2B7zBL4SuA8jbAkOR+Cz6Pm4Sp6c80RKnQ/Mvxap&#10;2h0LW3ZkoLA+xfXk6ZHL+CGxuN0XNhJoxP45P6LhTFjcpoBhgxfn/yvvyYgQQm9o5VVTwqxnODPv&#10;7OlQyy4Ie6s5TnArMbAG9ojnEub/4jLY8oSl8oCmoeX6x8/g35l3FfvKO30XewTFMjcOGLwRhZc0&#10;WTBx+lVbbXlvOSRlj5+uZdSAj2IQhSBPSlpxyqtDLhaEj6iBnFcaMg/VUvXeVH0ubeh/ce29Xfod&#10;+D18JNNWntsl44ISt1V9q1/Zyu9lLyW2V1UGKpTtXv1QIn5aF1cu1BF4Vew51wl68NGLzx525bnF&#10;iSaPZ3xu+UtcPPhqFcJidwCL2/vAnr7sKOntY6+A6qRKBKFg+CJeRyFULSlLIdSI4+MQCSVsVeD9&#10;KaYCNUKLHfZY47WVV3ItPADmzB49Lzybx3pC710OYuw147IJeF6FN7Q2hcyF673yCPGEBssGl1Wz&#10;PWL9V8Ks5b29J7zxB/OWk0z0OKpJYbmxa8VqRKuuqjJkAZP54fAKfH5Psm1xWEJOKrEfrRECODFT&#10;G0W3tDmtcQFDIRJuV6p94WpQCrpMd4pc9FZmncf5Hi2BzxveIu5ngxXYB/D4O/TYVrHnagKFNh2d&#10;F3ykX+W5zfRwmBCK7D/iMnHHkIdbhMEcGovb/VGzdDTO6HVIeLDCjQY4oOKApeI0e6KhJ4Qqr21r&#10;IxkOQpMD62MqyjCt7G1mY32rOMW5qJk0C1xeJk2wTrFeuU65XnnSUi1L4mRl8TJ+cfSbWlbj78J2&#10;zh4NFICYDxROyhOl2ti9JjXKo5V5Q7GAbRr/X/WfxWfedupqRNiigEFx+wXueW+U1zy9XK0+t0bc&#10;5mezTG4hMkbHBbUCouoc6/17iB8MIdgGZ12jXav2anzJdN17c1nhtcWQBHW+MwvbCC1s/wcXrhJk&#10;WVSnW1R2+kdcnBr8a3wR09BBrjsL3A4Wt/eBDRn/WkwVX/Ua142cPTQ5eKHHCO+xVAjh56uYrlY4&#10;Ah9RhV7kvD8Ko6DXlecW0/wIM9qqTlsbBXNwQK8Me3TTCONScdB9eGDj8JAtPLetUIHKY8/lkEvu&#10;mR/Mg/LatyZi9whNQA8Vt+33uLRF7m9cTyrudquQCyw7XPpUcfGYL+6jEdM+qdrfvVFLx9ze8n1L&#10;74/PP+sf64V+4GQpI+MCewWx36BjA8XTqPjiEJq0Q+nlfYsPYYhxpnnfyVL8RuWxBpxEYh+ohC3C&#10;jor02Kao/ScuntvW8XC8ysF27ec5DSlucRx9iamwbnmFjcDidn/U4MjLm2gskuwUHN9XDWApIpTn&#10;thJBLISUjaqWwKtlcLVcj+I20/ka12lm72Zvc9G9vHgRtUdJLfVGTPOIBgvF/LeYDh6Z35bAxTqu&#10;ROMSsTQqNrk8cIBIz3Qa7hN8jsVW9X04udn6l+pGwT7MdZz1iW2aBS9710Z/JayHEtAjKzQsprLN&#10;Bbw/RQ6XwT2pbCheW3q6Pu9xg4kUjwvctqpxIeK6f2Mbw8lKNcHmz+N9VZhDCtxsU3hG8wPo2kkZ&#10;cLorjy2uYlThCCxu06uq2pqqI5yEpD3HyQvagLTT6L3dahPjb4HF7WPABo2XuiMujR1nbTk7x5l0&#10;drTK05f3QtGoxG3lQVWeJ968pAwFBuPnTzjmUhjHjKGxHQ2DeI+Ie4QmIMrLowYtfO8LPc+yVTtw&#10;e/lSXkIsy1k0fo1uZFKjBog00DiRyXajJjbKU1xNbPauc6xPDLnJ/2F7fo/psi+XZbX6MZyvTkw8&#10;9xk1EWEvYQr1iIuwfYTVkRaqr22S5jvYFE5/NS5E6Ilu9r3sW1UcaMv2ohj7er4fb1D7L6Z9+C5t&#10;pLHplcPZ1OoF20ac6KGwxQtPwhmJO8ZxOCe8+Jh9D8P0Ii7jOYcinh5h894jY3F7X5T4wecn2NCV&#10;r+es7yXaZ9VWDf+Frld6VCKI368ETrXUqTy3P8//+0r3TCPR8t4+mshRVCL3FDEdKMHLUXmeeBNe&#10;q17xOf+9BuVtHN2chJtjUNxmW2bB1RukVCjE3qEJCXvX8Mi3TDevtET0xefSfHE9jcbEc5wnethf&#10;QwujR4EFhewnTyYEhseFfB3EHbezym5kG8T28gqv83urMJdsW4+yuTdCO0Sqn7zm8UpNynFjH4ci&#10;TDy2nXaG9YRe3hS5ORmpVlXstZ2Bxe2TcDqdsmNwB1QXzvQR9hKywFXiFv9uLUsrkVkZih/n+6VI&#10;zyVmFS886r3Nzn9vw9qEjd+5XiOmdYaelrXepy2ELQ9uOLlBrz+CHnusezxL+ZXuo9prtcS+dgl/&#10;C7iNK3GL6cx2rZZN1+ard99W+Ah6jlDcokDP9+bjvcp8Dr+Nh6shdpU3FSdXaEO5L7P3VsWwys29&#10;O5M2H/vAyOSx8toqu5WX/GGN0TZGzqr8voipHeEVsCvP/e/QptdicftEkBDigXWOEKpEbLWErQSm&#10;2lTEA7Ly2ubu0kw7bnx4g9fU96sl6itDde8duxuhPDcj71/6+QnFL/wogdmK4UTBlHWfntuIy6Qm&#10;JzbKwznitf8MS1mS15Ww5zP7IS7l8kSz5WHFEJ+hmNGFZ9ty2tXGv0zDXZaaVzBpP49y/uqe0Fih&#10;VkOqeOyczLANjrh2MLBYzOueZV2t+KjJOI9z2c7VmIVHfk1W1Ja0rYbIVWPzxHv/u7XlpVjcPidq&#10;CY5nd1syNzQA08az4LwiLkY0f5ACPZYstnsCa/ERSg9ANdGovOkVrXawxvPbm1hUcdYcb5sej3y/&#10;2sXN7WhkUpUby/Y8iojLlldOXmMq3FlYVuWqvEsj+WKP1dfo/9wue505bChiLJ7wnrBwUxP0xZuc&#10;nllIkIBCr+BrfNRzthG8cmlcrZ6dYrpPgz2/91xFSdTEEYVtlU60W8pzK0MR1rYPIXLVqsiJ32/6&#10;WNwek6UGRi0L5+PI8nB65FjY8pLnT3hPip7v5/f8Af9THofe0vi94i+HYJEivG4o5tRmj6pu2Thz&#10;aAO+Zzi5cS0uqyU+Tos6FxNjbl/P98l6Zw8npnMkHCYH3z3rnCeX6NHB0AAOMam8S7Pz1dj0V4Uk&#10;YPtRIQn5GPDd+P5HhCeC2Gci5odRYP/8eOEBbckCeKPU17j++fVsrxhGkyjPL4c05Hv2Lq+qH7TS&#10;qERkNdlTRzpulsdiH8bV/8w4FrfPiTI42alHjPhkmSOuOyovoVYDMRoNFbtUHfyNnqGv8BoaD9xd&#10;nkZWxX09SvwlUtXPpxeO/l95J9EwzxW21ZmW/cRPBdNcjz0vc6OwTS9t5rfaCDmylMrlg7Fq9xC4&#10;6PHJ9OYxSRh2kbCnlcVolvmvGMvXyHJzz8OOAvclpiEJjzjAKlGLnsX0oM9N/5V9fGaRCyEKEdd2&#10;mcVta+NS5RXtxbHuhWoHKo08GY+47g882eNTEW4WHvCMbewRsbh9XpSXoreM3QpjaA1io3F8rYGz&#10;J255Zvwe03xU3uPKuN7DQFSiNkLXSyXccJmQJxDseUNhhYMWehGXehpakxoVa1sNEFi/GZaA4pYH&#10;jyo0QXkl0SPzFnHtHd8BzndEfIZdcJvGvPW84pN44iJfvXu1wkc41hbr4jWmNuLRaHnpcvVnSSy2&#10;spGf/edRV4R6iI2rHGNdeSbRfqlVB7yuJvK3z9nV91Tpq+JsI9p2lMemR53oGcLi9okoPGqqE494&#10;cZW3jzuuGjh5AMZBmO+rQhLy77w/L4mOePCqpdx7hiZUy6KZ3nzPSbw/y7X3E5GVYVZLy2uW0CoP&#10;SHUUF6eHz2bkus/7ttIbMU2zSovyyNxr8EHRkO22VRfYrqsybsaSi5CWymuL3n9Or+qfKdAfMdaW&#10;J4yY74zdj5ixIQ/I97DIwclJPKvAPaMmoC1xW9lgtG0cQhXw/j3hsaoSt5UAx3JBJ8EaB4G5Exa3&#10;T0Kxe10tuyjBgShR2xO4vTg+/r4qJAENaN67+n8vNKHnvb0HyoP2NS5e6Hd6LwqbjD/963z9GReB&#10;2/K8YVmzJxS9oR8f6gzKxWHoVShALySBxSt6P6r/tSY2avVAnZixt+de9amI6aqEytscj2s1Yavu&#10;0frVs0xD1W64vT7igM62IDdDneIyccK6GBW3KqwGJ+T3OOpqa5SIU0JOUU3glXjcs91UKz2VsGW4&#10;D2d5SIH7xJOb3waL2/tSLVt/PodYqZ43rVqCnLOMzeK2EmstgaNCEljA4ADRWhqrQhNG4m73MK7s&#10;BUABlgIj85ADr8pLDs7f40PU/h0fAvd7tDcDpUjk2FY+sqYVclLlqyW6RmI4lVcW01NNfHqhCb2J&#10;zaOEJqCAZ4Gbk0GeQIyU88cH68mu8tqqtqNCRzKduaSf7300uH1mP4vz3+qnSueIWzzl40t87JbP&#10;/58i4v0ZvbfiKEn2TmP/XCJwK+G4J7hyyR7lVvrQRuL4w2L/qer8d8bi9jFQIolFHRqTFEN5oQhS&#10;sZAR13FkPGOfLL3B97a8SmrgVffHwR0HHfbc9rxcmCaOsWORs2dogionFLbpvX2H96sl1QxHSM8t&#10;xtyid1yJEzyyZnSDSJUX5Snlcq7aGHuDlEc+YjqZGQlNUJMHfLx3aIISt9WKROW9HYkl593UrT6K&#10;/RQnfGpywR7KLzG1BfeGRQn2n8zTa1xWQObGR3I4Vf7sKop8to/Pyin0eMArDy2w7fKYdc+Vs4ip&#10;wB0Rt2hr3kOXiUMSngyL2/1h76xanlRiBAfANOB/xmX5OgVudXpBRD/WCgcE9gpVAqcSXcozx8bi&#10;La5FWhWagOXHZaFEzl4Glssp6yY9dBk3iYI+YlrfKURS4PKEBfODZZdlmz8PmRd6bj/b0oyQhExf&#10;5Q3kEIlMl1ruZUsAACAASURBVPIGskf2Hd6vdulXoQlcZlUM8K/Yd1mUY/ayblqe25z08ISt5yVH&#10;u6A8t9iOONYWPexqSRrTiGX3SAM69+nMd/4vy2DJagWL/v/iYtuwnLgenhUVSsNCTvVBtcLYW/K/&#10;NUpYj4hu1XdVmcxtS+YBsLi9D9WS4te4LNlzYD4OYN/iQ9RifGbG2LVCBVqeNeXhQ+9ILwQAvye9&#10;H73NCpWw7YUm5EDW21x0q0Go5UVCEfs1Ll4kFW+rJg6V1y3zgWWW3iX83fN/4/IrcCiq14Qk8ORh&#10;JCShNXHCuDZV91VoghKB+Ij1vmdoAnt+MP1q5QLtrmoLajMYeqXxszzRwzIZDR3hSeW9vN9zyLzj&#10;c3QMLBG2KG6zDLKf/QgSTM8YmkAoD26r7NAOVauNeLEwvjWV2G6Jbswr2ycun483PXed/zZY3N4H&#10;tcSaojViaqTVAJbiNmMzeQlbdWb01vDZo3wUU6ZRxfe2Nm+1Bk4V+sBiezQ0YSQe9NODd8NBiEXX&#10;V/o7vUgtTzyXMe/wVR63HHD/iw9R+8/58X+hhe1o/lveQLXznut+1GOPA0jLa8/ew95KQm7g2tNz&#10;m/AAmcKomkSi97bKF4elsGjgcAblzUYvO3tt+Xi+TBuX3aMN5pg+FrhKnI2mP8smJ0i/4n4rQrdG&#10;LcVLMSdQ40v12r1QQreF6r/22D4xFrf7owazFKsRlyNssEOxkMswBAxLyIGwChVQMZr4k6jKu8gC&#10;hz1CIyEJrZ2474Of4dAELpPKs/jpxbsB7E1mT3tOUFjMqyW96gr4HAqSrLcUtP+cL/Taqg2CdWZ0&#10;SEIVA8r5bQlV9h6ruh8NTWh5OdHTXYm0PcD+9hJj8eQRfa805gsFXbW5tIrV5pWVasPbow/qOOnj&#10;9C5Je94n24xapbjn0vsmnDeVYdkFPOcy65XhI5aHqie2H9XktyVsH7kvGIHF7X1Ary3v9M2/0bOj&#10;BnMVm9kazNjjl5eMz6Q0VkulIyEJ1aCe34FLgb3QhErkqCPKUgwoQ74lLArzkZdI1efYc8dGmZdK&#10;cePYvzH12GZYwlV5z/Bao9jubdxKVBtrbSLEwaLaeFaFJqDHsndqwktE7H1qAnvDuF1jmYyEJrSO&#10;82qJ/Mrb2xO2czdhPQLVBGZuv+9NhB5JwN2CNRODR4PHCXxtDpX4NU+Axe1+VIPS9/Pr1TJ2FR4w&#10;sslHefxS1HJsJnqLlYBQcXxzQxLUcmHvc+z1q0ITWnGhpx1EDqYLRVjEtUGsjC8bYDUxyfhavnii&#10;MtcQo7DGtlZt1psbkjBa90oQR1y3zdFY8Ht4bnFS0lvFUJOcKswAP6u8ti0xHKFXSTgkAfMQ8biD&#10;uVpGVumfey8+NSDb4FE3Fh0pLy1v7Siq3R+pjH4bLG73BwXEH/Aa76o/xXTAwwEdB7UUeNyJedlX&#10;bT7CsIQRb3EVb1t576oYyqDPVZ9FkdMKTWjt6N9jiRVFFIcrnMRr+Fz9j5fF2OuedYihCItOSIgI&#10;9UtXKLCqGM4El+F7Gwij+FyvzWBfwHS2BHiGpOy98Qfb8wvkR23c+hLX/VxNYrHfZT+oBL46YaM3&#10;iURv+T0mBEvBNqSE6Jz7qL7Wm6AdgTVi8NHF/hJvrfrM0b32h8Tidl/QuxdxGahyCV153JTA5Yu9&#10;aLz8qIRtenBVvG1rkO1tJEPPEG8gq8qDP99azsYy4dAJXqL+Se+9lRFWHsmW0R81oEoAjp5pO/dX&#10;dHqTGjy5AdOn6q4XhoL5bU1sODQB0zq6JL8nypvYC9XgSRu2aZUvPPqKJyCqrjgkoeW1xXjeRwbz&#10;o+zGEi8r11cvbOspd81TbH1ros3/ZypHxSOxJj1zPb7mwbC4vQ+4ZJ2DT3pxWkKuuiK0wUchhBuP&#10;OD6TwyDUAKu8tihWlMCtNqnxd1VLp2qXPX5u5NSE1/N9bh1/ieWP9cBg2WEbmHN/LmOeGG0hbHs7&#10;77Pu0WtWTUjy3ukZxO+MuG63KiyB06vCUnptdE9YLKmfuFWhCb02/Xa+P3ttW2fbBnyXSstSQbg3&#10;6eXmvqB+iIL7Xy9P7BT4GXXo1iOX0RK4T1bCjpfs1UR+ZHJ/K9jJwK+NUK2m4f+OVPeHxeJ2f7Bz&#10;4O5cFH0sbvm58p61hC0uY2NIAotbFLZqqb8Vc8lpYGGDy6mYv+p0AF5qzEsZGxzolci5ZWgC510J&#10;8yTLLstDnY6g8qeuTTxsIiShmtTgUjcPfKq++J6cZmxr2A9wglBN9gI+24tBv2dogvJKowD7I6bt&#10;mtuz8sy+iffwiRG8oqPCRloxwJmHRwKFbf6NQjTtXIZZ/Yp5Iivfwyte6b1FwfxoZbMEbGv42PNY&#10;9oTtvVkjtNkWqom4eRIsbu8DDiAsZvg1BXdg9nqpX67K+MzyLNSYeo7YG6a8d1Wa8F4pQCKm3ul8&#10;D78PhR4bKSS/vxdC8eWcz61n3VhPLGJwufcNPoMTB/Q4Zrko8dcTnVsce9b6nt6GRR48WKDhxI0n&#10;KChQq1MYQnxOpVmJ8V9xv0Ep20RE+9QEDk3gPsjCHcVtemxbG8mUyOaQBF5heQbYc8t7CXj/Qu9e&#10;CU8E2Nt+JK8trxbwykyE7j/V+PMoZcPpUGKX89hyIljYPiEWt/eBO15LxPU6qdqUk7GY/4orhS3v&#10;qh8ROCxAGOVJzTi+/C4eRNGDpw6u79ETfxPht3FoAtcDlj1OINBTj6I2RUmmN99TeVO/ne/3PfTG&#10;u0+v+Iin8uy1rZbDW8v8V7eitOZRdRH1kWgtcTqnnY2EUdzL28be/JFTEyLa/TDFbR4biMK2NUmo&#10;TrPgCe4jiJMe3OdwwyyGXM09NQT7c9aNPL3jGeNtASXgWNiOeHDVytq9BS6L7tF2XZXJVVnsfLyg&#10;WYjF7f1AA42P3BmV8MXP8Eae6sgv3ByhNpG1lkR7y9IR10Ll2zmN6TltzexZEKsfpagMLYrj3ga4&#10;rTy37EXkgZYnEhgnieXzKy7nGmO6OC43P/Mel5/z5c1bOPiit3iE0UkN1wEafhTgKcAyRrQVO8uf&#10;VfWu2lzPq33ltb9TaELEeKxry1v/7fy5d/gfTo6qY/oqry3Hpj7TYK0mlbxS9SOWxcgqx8FExD25&#10;sGkJ28p7y6ix6xG8t8r5wyIX36vy1yoLe3CfCIvb/VGG8w0e2RirWTF+NgfJHLB+NC4WQgwu8beO&#10;1uKOrkRYxGUA5jM0gz6b380Cl4814u8M+mxr6R7PB93S+PKybw6yef4sDrIsbn/Gx88nq/RgnjNs&#10;Icu22lSGg8v7oJhreUGrUBQsQ5xYpFB/OX9+ZFKjvNNZ92pjFIo2XsJvTWzuxaj3lkNSWuI28zUa&#10;klBtauN28wyDN9tFFdOc9q41serdG7/j83pmYStOSkB7j1erz3CZ8KZffN9eYNttCdsqTZXQV5to&#10;tx4/zI2wuN0X7nQ82KnTAdhby4MlG/bqUqcPJNyhlde2ZfRY3OY9cxm1Zfh4KZZjDUe9eMrjLL1Z&#10;N1hWUvWJXqQMTeDwCxYW1RVxicvEQaV1fFaTIiSh57XlpXNV7+ix5WVhVe8R121P1d1VFuDqxVy3&#10;Jle3BPsuehhVn295b9HTn3X/Gpef4cZQnsprq+J+1Xdjuh8dZU95RWOuV1rZqVNEPHsoAsLCtgo/&#10;4n7HzpU3euSxZc8JU8vjPuJVVvYExX41uTcPisXtfcjOhl4G3OWrOqNaAlICh6/WkVoR9WDKy51f&#10;6L3ZwfGzX+m5OhaqgoUWGt78bvWZoM9Vu+ezLLY0TMqrjiICz6FFb3brCLYq9i3jab/GNDyBl5pR&#10;VI54b1te22pS06v7nNTwBK2XBuVJGpnUqFhh5fXf45fqIq4FEk9GVH3l5jtu05ifb+f/pbjFMA4c&#10;hPG7RzaS9Txbj05P2CwVtx8vHEfURlx7KFvx9QGPyiPaE7b3gCc7c0ImRkX/XnbErMDidj94qQs3&#10;f2GMZnXuJC6xqJlztUyNVwQsrdEyVWtZWg2cEVOR8wqv5SaeuTFYyps4EvdULa1XJwrcKv6S6wY9&#10;6hh3q4St8hTwIJODUX5Pbi5DEf0zLpu4eqhyU5Oaqvyx3vFvXg4coVXv1fvz/lX6ue7ntMW1sMBV&#10;KzU8meWyxDr/Bu9JcavibfE78XvVWbDsWd/Ly7YlaiKBz08Rzx1OsAVipWZkMqvaA7dl5SW/R1lX&#10;Exy1WsmTyHxkJ0k1htwrj2YGFrf7wp0PxW0e1ZWxYmpJVwnc1sXiWAk65f36I64FLi9J8z0iLh0f&#10;Rc5cI4Df0zKy6nMjIudWA3jLuGJ9voQWtiMnFKR4wfjUnzEVuOk1Lb23Mwa61iZCFpf52mtM2+wc&#10;2FvdmtDw+9nLyWWZXnua090U7r8t760KTcC6yf9jH8s20AtJ4LNt+VfJcLB/Vljk5qOF7VgIUrUh&#10;EcE21Yr3v6fXVtlddvSgjVKTdWWPpR353dvWI2Nxex/Q84bxmf9EfWB4Pr7DIwveE/3/83NFJ0Sj&#10;1zttQBk9JWJQAKsBp6ISzAwPxCo0gUV6ubTUSdNclBeJ6+gFXpsjyNlLjkvVeKVoSi91i8qYt862&#10;VXmNqOtdvVelQ90HhRrmX+WhGrTR+zz3FImtUB595UVVS8Iqlh3FrWonOAFuhSTM6Z/m+WFbgxsS&#10;K5sToSfuVejb3u1I2RolwnshKtX4oWL4R1bFZiPGo4kttZCeh8Xt/igjgfGZeXzUJJRAPKrlt6v3&#10;Vh1C/DIVL8W0PJ6ViFP/G6X13sqzxKKoJxYnoQkz0zeH3lJppjU991/io95RpKoNVejB5c1Gef2I&#10;6xhjThN7cVqbsdh72muL/F0jVO9XE5mWwOUJ2iMsKWKZsChAsdmKh/8Cf+fJGdzWuY8qr221cdUc&#10;kM6vD6a9yA2JvQmtWglohSXcYzVACdtqwy2vROIqVGsCgPkcPZGmCdUTPk7Slm+zyB3D4vY+sMBV&#10;S4etDTmViGgKWkG1pKvibZWxU95JTtfcjtjy4rHQU+Jn7uaovVAeeN58hgK3mlxUdaY+l16Gzw0Q&#10;ZEhHPPZqiVKtGLTa6QiV557jfZVnN/9Wkxq13HrLiU1F5fVC722WO7ZrFdMc8D9eVeEBXnmJ+Yi2&#10;ewgRc0MoFIH7RoraP+Ny4gZPaJHWWNWanO0JTyK5n1UCPGJqU09RTwJwI/DnCulSgStssbJxV+Os&#10;wyHGsLjdH/Z4qeB3FXOr7nF5YX5jZ0+nEjhVzCUPoHN2pC5JI6aTB3RloDI/vWX+iH2NMRvgl7hs&#10;9uEziVGoKk8DL8Oz1zcN8ae3UmwgrLy2PY99tVnjFnWP6czn+B6Vn5b39p6hCdhnUHByDCyLVY5p&#10;DvibB8T8riok4Vl/uGEJLxFPHxupJpfXb7o+wzYfsY+jqM0LPbfVSo1qT/iDQI+woSxpeW4xnV+K&#10;z2OZ5XnrHNKTefx1/sz7qFdV1BPbOXbisEZ4P9/nmdv0LljcPgbs/Sy9YVs06M5y1YjAOcU0nol3&#10;fSsP7qwkwiN7FzNdIdKmvJqVyHmEwZ29IShu0YOf3jz0sLERrry3aczR053ltmQSoAYOnoytKVf0&#10;WKpwmfyf+lzlvVWhCXuS5a4G3kogJFgeJ7of/h+/iz1XLRFy7z6wFrWkeyUIt4iv31FMqDxMXoPs&#10;qBWPymP7PT5+NObv8+Nf8SFwuY8k7IDBiRL/MNA9hS2vFGaaW+1fOQzykZ0G7LXFfKbARQdCVQbV&#10;WMUTc5zE4/jQcngZwuL2vmBDVc9vudOXPZ2tGNXKK4SGjsMp1gbds7BNQ/N+fo6DPhsN9mpWMcS7&#10;L8XCMWz5kvKwqZ9JVh5L9lJz7C17bxEWjlWMKpaR8t7w+cxbiFusQxTueN8v9BnMU+tIu18x9fjv&#10;SSUUqlMTIq5FG4cQtFZUet9xNFrLvFs4BT6f7yB02auXj2pJvfoM9oP02Ka4/fv8t4rvV/Ye2xL+&#10;lDuHJdwTNQFHm6o2b6p+xt5uNYHP9+bqW2uPTDUB45UmXC3NtGU/vnIy2HvbxuL2N6M4FqZ3FBWC&#10;He5nXM7nTYNXdfThJMIjpi1/tCAH95f4MMrsxVLe3kc493QCxL+yGMlBA8UpxmJG1GWEQpC9t1iP&#10;I7uC2TvKk5o84QMHOnV83SgqfehxwtMmeNDHe3C+1OkPt95QqOCQFBVnz2fe8qDIwjb/xys9ymul&#10;jv969oGx5f3i2OU1eb1yQNxgc48S5BiO8zXqflV9Lm35t7iEIfwFlwpJSKqJEtp69ty+x9khs+d5&#10;e4JqgofhXuokmojpJCJDwv6M6ZiG73uN60lj5dhR4246JtAO4+pijgmYr5uc1nA0LG5/X3pe22pp&#10;Gj1PKXD+d77w17i2EreZthz4I3TcLX+uJXLSg3dvsjxz9s/xbMp7q7wA1e5e9Fii0VXL/ew56Hlw&#10;/otLvfPEZom4xTypSQ3mlTeHRdQDO595+1PkbU9antXekUq9NFdhD+UPNzyAEFkLr9Tklf1qbYhU&#10;fjbLFp/HDYpOefRw1QInufl+JfJR2KK4xSvtBNpSnCzxpJuFLa/WfbJ3u6IVMZV2vHiMU5NGDPli&#10;wcp2Rp1CkunI9+c90YbxuMsTjbdzerMdoxf3XqtPT4PF7e9JTwhUy9IscPAHKPKMXvQQ5Wfmpi0f&#10;0wBkOEJAelG0KVoi557xlwoleFDgfjv/T4nOEe8thiagZ7sVilJtakiDm5Ma/PERDE2IWC9uc1Jz&#10;ojxi3SvPfTVpy89h+9yF82AfcV2WvR3dcwSCakf4OPHYPumSZiXmsN3nRHCLOHAUeriJEv+3BVXb&#10;zVWLl7iIdiVu2RuIbf87XXzcIHptWdhi+NG/Mf01zauTEh6kTWUe2OOMYVs4iQ96ruwQ5gvriEOz&#10;qrC8aqUUbTX+IEuc75cn3uQvT/LE/hHK+yGxuP2NGPylmlZcajWbR6OHA3R+ZnZSIY1f4+K5U4MY&#10;xqNWy3OcP16uv2doQkTbm4ehCbk0iSI1RWvlvUWvd36O47yU8J8kNa4Hi6z7/4UWt2vqPdPIwhbr&#10;keOQ8R6jE5sUDTeFBvxquVedZqBiAuVX0D25njBm8GghCRhv/j0u7WXtBpxWGEmu+lTnSC+FV6ty&#10;Ofwlrs9YzfcrcYsebD5Fhc+0VeEIKhRBCduH2+QEHmOObcejFlvjHDtXEDX5YC92lh2WCY9HlbjF&#10;eklBe4rL2eVXDqc84nF+SR0fi9vfk1EB0IrBQoOBy1UYexmxTuRkJ4+4CFteDkvBp7yZLc80xjVF&#10;7CByGnC4BwsTFCc9QcfLXFgnCS5bKs+mWrZXnuX/6HGteGKPSQ7sma8f8SFgOA5ZeW7nTNx2qftG&#10;nPXIqQnlbeGRB3TlEX6EjT9rUZPXFLb5Ny8Rz4U9ttzukWynS9uR8tpmfiIuqy9qsyF/Nts9x3Lm&#10;I8YkVytzynmRk9icyF7FcD+QyMp0qLy0VqnQSRL0Gv6NtqWamKpJSCVueV9AxMVeo8eW68s0sLj9&#10;/Rhduq0MH++cVV7GLbxD6JVMgYOz5N5yfcTUmLROghjxjt2EhuDB5cDM68jgVsXephc0lzd7m+2q&#10;kAQOm1AnO6ytdxQlXA7qTNheaAJP3qrwjj1QXtbeqQm9tPXqiFdTnjEkgcsAQ2uwP2Cc9hYhCVhH&#10;/8WlvWGZr1n9yc+yWM/7fYlLflTfys+xwMUQHp7Qq/af90YxiPspOL6ew88eBvLesgcaHThqnGsJ&#10;XF5RzFWxLAsWt4iKt0X7hI4F3IehRK0F7gAWt78JIiShtelmJCShdczQWnHLg4X6zvw7BwJersdl&#10;S8wb5vVnaHG0N+hpqCYP1cayiGuvwB9xLeaxr1ceTeW1VR57juXEJe+1G3jw+3kpeNS7OTp5u9dy&#10;KpZpL3+90ARs+9x28N7v9N5nBb37EZf4xHwtJ7xbTLCxP/4H34UTky1Dm9JeJSmCKsGUn+EVC7yU&#10;oMU+VvXvDDn6B65Hj7VF0KbmnoNKTLLNqwSuWhl6i2mbq8I0+LNf4rp+cCzCkCm+36OV9UNicfv7&#10;ocQtL4v0BA6LTRQ2Wxg8nHnnDDYNbyWqvtA9VGiCWp7L3aePQOW9XbKx7BtdGJbAIQnstWWqSQ1P&#10;aFYvT4rzf6u41Mq7qQaRr3TdLSSFPPUsSKuNZeXt4LFXR1t41W+JCmPqpTXFYNY5CsG1HtuIaZmm&#10;fUk7hJPjKnYb09BKTyWsUNxWn0c7wAKMxWxl01uhCErYTtrnAwpbtZ8h88bin4V+PqItxPdke8t6&#10;58nHia6IqW16LR55pewk7vnI/ffhsLjdhp4RY8N9rwaqZp69nfIR7ZAE9GB8duq1Bq9YrldLuGhY&#10;lPdVefHQQ51GSqVXDbQppPh/i+t4YGOZOvMWZ/lsPFU8bYYlRFyXQxWLyoOf2t0/iS/bqN4//wwt&#10;2vi7l4Qm5IZCmQzxHO+/RIjx/dVksZo08NIop+FU3Edu+lkz6ezkh9O1FGVPsfwDnmObVcIC77kk&#10;DWlzIi4CSfWXkUlI7/+tPFX34TLhPoD/4zJFm55543CEFLbstV1j59fY1SXfhV7plrDNC1e61KSF&#10;7c07Par2x/XCf+P388qAmsx/fNEDTiweBYvbbeFGrYwy/k89vxXKo6Uu9twpI6iWULcYPBnu8Pz9&#10;SvChgWSRo5alUMizcMA08Osx8NqSAVUNOChW/ohrMZ/wxAUFbu68DfpfFWeL6VETC5zYVIJiLZXY&#10;x7aXnpNWWbD3Fgc4FLhL6l31+dG8jeQPJzLV91cTz7WhQlW+UIhs0f5ZlHJ7aolVDlPYqh2y7c7N&#10;q+o4puqz6kKv3Ct9JlF54vep722tQLAHkCeN6riv3ESWG4bXxtVvYVeH6xcmyrhCk+fGKi82lw/v&#10;zWhNJE6h64tptRe0+7zXgB0Jt7C3h8LidjlseFXnUEYa/1ctZWzaaOkwbSX2WqcjtITl1Y7ZrdMe&#10;03JSHi5cdq28W/kaC/tWCEZrUKrSp8pgqEwKTzV6blHkVgMsDnwocPPKtLcEPqa1CkOp4mw3oXEm&#10;rBJ/GU/XKws1iVPiZKTe3+l/s/rvwCZCnMh8jWuxg+lUoQg4IGK8bY+eLcNJFXqpWu0/xN/4mrKN&#10;vFqA3i1VX0xL5I2A4l0tTVeiFtOjhCR741vhDAhP2FvprtKB7ZW9/Glf1JFf6a1dG2e7hV1t5Vd/&#10;6VTg5kRW2Xyso+9xcSIoe8HOEPbej7TRfF3ZOHUKkYqdNw0sbtehBgFcTmCxxf+/pShUvDSuBA1N&#10;Nfjy4FkF0a9CiAD2TmVaMFaYz21Ew4j55eWpalB/owsHWSwffC8a7VlZhjSzscO8Zh5z8OWltUQJ&#10;+qB843ejh4PLmwX2LT32mCYl4PiXhrKfsfir6l61/ZYY4U1DJ/pfawDu5Q0nj9yu07OOn0Gwb2Ib&#10;UWE7cwVJqx9EXNu0qv1ffR/167yH8iaqPjciBtei0tVyWKjPc34wXxxStCZP1URC2TIuX2xv/4mr&#10;jHFfEY6wxK6qfrbk+5WArsonjxxUZwKr1b4RqrrByQaeH44/kPMjpv3LdLC4XQc3UDQauLMW3688&#10;UEsHyC1g4aiMTO4W5vNs1y5TjaYvQovsPLcQxR6HJ5wWpFMJqvSgvdP93yE9ZSzqgjzzkiHmFZe/&#10;OD4v60vlV4VfYLny/7KtVnW/x+RMCcAsDxS2WS9YNjyRVJ4Vbuv5PfhdWO/5GRWaw3FxvXJpDW7o&#10;tc33qYkMfkZ5euZOPJUwwxUD9jiubf8tgY+buKrzl28B1h2WwUg9V2MCTsIj6p36c9LIzzEd6BHl&#10;yQeHF+FZ1XjEH+b3M58LJkiqPEftKq/UzLarFMfP43GrvfMvual9KcqLi/fnx2rSyHWRv/yZoSFX&#10;Ntfxtm0sbmdS7Hbm5QQ2yp8fP7+GxkR6wfK7bpEFkfY0vj3xhktVaPyWGL4l6cayVgIgyxtFQBqD&#10;1k77gEc2ODkoZdngAJXv5wFCLSF1y4WW41FcspjLtGRMJhpZLCM0iFl++B4cePP7+D4Yh4cenZtO&#10;ahqb7NSk5v38N4vbqixU3avJU5Y3Tpry/SwqZ032GmEoXNf5f6x7THOmI2MksX/OTUvel0Ud9wFc&#10;HVnT/pUdyr6NdYurFRG3F7hoCzJ/yu6xJxA/j2Kd6zNjxZU4mpM+/JtFLU+cVHgRh8Gwjbxyuqz0&#10;2M61q+hUUWE2w5O2hsDNv3FSmyI/f6pYHZnIAreqx2rCoRxi2IfQ5qofRzIdLG6XUc3s85DviMuS&#10;RnYCFiy59IBi4S1mdtqF6ebBFMU4GhnMX3Y4XCpZ66HsJ1gf6YJiG4Uthyjw5yphrgYE/g4Ukyj+&#10;s95Q/PMAOLds0ABm2bO4yphMJW6V4GDjiMY538+iBds1/swui+a9JjWqLDLtKICU0Fe/rMQDj6r3&#10;E9wf2xSWDW+4Ge3DKK4zfynsMn+ZJhZ43B9whzu3vxFPD9s07E9oH3ilBIX+kvavJq1ct3gmacR+&#10;4lbZv17+VN9Fm5rjArfVLcQtewVb4ha90Sxor0IAVp6wscSu8sQNx5xFdpUELvZTFpv5y44ZGoQ/&#10;hlMJXA5BzLxzGXC9qHAk9KKzzbLXdhCL2+Vwh+WOmYMwD0jsgUJjeVOhSOnGQSPiMpixiGLxzucd&#10;7iFwMN0oVFnY8u5//Fy+hz1M7DFHo8qDrAoL4IG59G6OlA+J+fSkshBNA6w2A2IZscB9g/dg+lM8&#10;cRtGwZV1v1tbLSY2HCeNcXEjQp/rBr042M5R9HO9832V6JlTLljWOFBmu+IzqPFzLLJZBMxJB/cx&#10;VRa4NIvilsui2f47dYt5w7K/h7hV/VuuWtHn0c6/wmvfQp9MM5onJWzzESfqlbhFUYWP7zGtr08b&#10;sYFdZ7Has6sR1zZsqF11E6I9uErg5veqH8Phc8Gr0zNaHlslbtWV77GwnYnF7Tqw07LHqyU8OMYG&#10;BcOa5R+dyOmO0ZeYGt6IvtcT369mkzftbIXg4/LG9CsRwEar8gLk/X/GtXjmX7XB8nmje1cewuFs&#10;x7StDWQl8gAAB7BJREFUYP5xQGBBpwRKXmnM8wisX3AvFBYh7oH5mgzsOxjbXllUP0KhPEYqZjjB&#10;+6t2pbym2C+u6rxVNmKg/XV+jpMYzl/VN5U9+UxLr45EmATbNBYhrcnUnPaP3mJVt+pEj72o+hJP&#10;8NRnXmKsDNfk6USPWNbvdLGAfRPvmYjaiHXjUDGBQdvZsqvsWNnKrn7mCcZEnBRwqID6AZitxa26&#10;8D2YPjOIxe0CxPl5n/8KLRSV8FANe3GHnUF+txLjLAzZuOeAwzFZe80mcUCPmJZjdWQLL4thHrDM&#10;Wfjh9+H90bOWacAyYgO1yPgWomdk0Ff5zTLKtOTAy8v8VZkpo7uLsS36Gnvj1XmUOLCwCMR84Pv4&#10;/qpd5f95IMTyGS6bhi2p8sfvUe0a8zbXc5v3bbU51U5mt3+R9/xOnFjs7bX9TB48sg28stcgmNCu&#10;4r3e4qMe03OpxNCS9OHfeLFoUyIWHydCeWN7zoI//+Zwm5va1atETcW3ckDlagKHInBYQmuiMtej&#10;zpOOzzq1x3YeLy6vZYARw2XjL/TIBkzNqq8a860a8TnNmF7VUVkccIfkNN/CGPbSn3nAdLcOV+dy&#10;V0Yk39e6P8dWsYBSdbrYMDXqC9NTtTHlvUFx+xraOL+Ie1T1vovBHexraoBR+cC8sPjLe/TurdrT&#10;VVmPls0KWxKh291kuXxOHc1oc8iq9l9854hw2IOqL5X1LOxUq69tlUZ+5LYfAfVB7/v87C3684Dd&#10;3tWudtIYMa2jqk1W7ZPrtDXpkON/TOtpt/H1aFjcrkAMSi/iuQIb764NWRgaTq9aVqm8Abt3PEq/&#10;Ku/eDBoNy6Tc8WtW3hsHlFUGWOSX21mml9MTcZ1HFLd8T75PZZTv4kmgvla13Yh+WVzVD36NuH+r&#10;3st+PLdsFuSv6pv4fHbfFOmo2hyyqv0X36nK/h4Ct1XOZRk3xNLW+eHvroQuP/98zx0cE2vs6s3s&#10;D7XDfGz1g176VT6aeYqBtmXGsLhdSaND4GuMNDx7NWQyvNXzTB8/7p5epmOE8HWk9FgUnhe8L3+X&#10;urf6jk2MU6e+VJpa9fZ52859moPjnet+aVk066cQWeqe1b3zlltMZjAdIR57ImZVHQ2kA9kkDR1b&#10;em+uynumaFePt+BKvKq/79F/H82uVohf9MzHSvTyexGuj96kw6J2IyxuN6LoED3uZmyeLb0KMXhc&#10;vSWuDXzEYD4G7r/ovktZkJ7P5FS3nHuPB6v3iIV1f4t633iJ9PPPOWl4lHRsIKznfu+tmeRnoWiP&#10;uH1+ZLoeod8mC+3YXexPo+4W56F6/kh1dAQsbm8EdYorHqkh99Ia8VjpVYzkIVkR/7r5fZcymt8Z&#10;3qXF97g3W5XFknvvHHP80OnY0Zu2KzeeqK7m0ftni0dp26OI9C4Vtx8vPFDejobFrTHGGGPMQloi&#10;3QL2PljcGmOMMcaYw6B2vhpjjDHGGPOUWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhj&#10;jDHmMFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYY&#10;Yw6Dxa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHm&#10;MFjcGmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6D&#10;xa0xxhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjc&#10;GmOMMcaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0x&#10;xhhjjDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOM&#10;McaYw2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhj&#10;jDkMFrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaY&#10;w2Bxa4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkM&#10;FrfGGGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bx&#10;a4wxxhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfG&#10;GGOMMeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wx&#10;xhhjDoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw6Dxa0xxhhjjDkMFrfGGGOM&#10;MeYwWNwaY4wxxpjDYHFrjDHGGGMOg8WtMcYYY4w5DBa3xhhjjDHmMFjcGmOMMcaYw2Bxa4wxxhhj&#10;DoPFrTHGGGOMOQwWt8YYY4wx5jBY3BpjjDHGmMNgcWuMMcYYYw7D/wMGrLopdhWACgAAAABJRU5E&#10;rkJgglBLAwQUAAYACAAAACEA5MKlLN4AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbExPTWvCQBC9&#10;F/oflin0prtR7EeajYi0PUmhWhBva3ZMgtnZkF2T+O87ntrTvOE93ke2HF0jeuxC7UlDMlUgkApv&#10;ayo1/Ow+Ji8gQjRkTeMJNVwxwDK/v8tMav1A39hvYynYhEJqNFQxtqmUoajQmTD1LRJzJ985E/nt&#10;Smk7M7C5a+RMqSfpTE2cUJkW1xUW5+3FafgczLCaJ+/95nxaXw+7xdd+k6DWjw/j6g1ExDH+ieFW&#10;n6tDzp2O/kI2iEbDZMZCPolicOPV8ytvOTKaqwXIPJP/J+S/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;V33x6tQAAACtAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8ksFqwzAMhu+DvoPRfXGS&#10;ljFGnV5GodfRPYCwFcc0lo3tlfXtZyiDFUp3y1ES//d/B213334WZ0rZBVbQNS0IYh2MY6vg87h/&#10;fgWRC7LBOTApuFCG3bB62n7QjKWG8uRiFpXCWcFUSnyTMuuJPOYmROJ6GUPyWOqYrIyoT2hJ9m37&#10;ItNfBgw3THEwCtLBrEEcL7E2/88O4+g0vQf95YnLnQrpfO2uQEyWigJPxuF1uW4iW5D3HfplHPpH&#10;Dt0yDt0jh80yDptfB3nzZMMPAAAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIok2RXQAwAA&#10;yw4AAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhABelQAv4&#10;UQAA+FEAABQAAAAAAAAAAAAAAAAANgYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAA&#10;AAAhAMwjp+qWGQAAlhkAABQAAAAAAAAAAAAAAAAAYFgAAGRycy9tZWRpYS9pbWFnZTIucG5nUEsB&#10;Ai0ACgAAAAAAAAAhABqQkQp3BQAAdwUAABQAAAAAAAAAAAAAAAAAKHIAAGRycy9tZWRpYS9pbWFn&#10;ZTMucG5nUEsBAi0ACgAAAAAAAAAhAI6AWRYoSAAAKEgAABQAAAAAAAAAAAAAAAAA0XcAAGRycy9t&#10;ZWRpYS9pbWFnZTQucG5nUEsBAi0AFAAGAAgAAAAhAOTCpSzeAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;K8AAAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBXffHq1AAAAK0CAAAZAAAAAAAAAAAA&#10;AAAAADbBAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAJAAkAQgIAAEHCAAAAAA==&#10;">
-                      <v:shape id="Graphic 46" o:spid="_x0000_s1027" style="position:absolute;top:645;width:68580;height:8286;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,828675" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB7oAzOwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdWMJoURXUaEqpZdG8fzIPrPB7NuQXZP477uFQo/DzHzDrDajbURPna8dK1jMExDE&#10;pdM1Vwou54/XdxA+IGtsHJOCJ3nYrCcvK8y1G/ib+iJUIkLY56jAhNDmUvrSkEU/dy1x9G6usxii&#10;7CqpOxwi3DbyLUkyabHmuGCwpb2h8l48rILPAz93x+ac7vohM+mpuF6+MqvUbDpulyACjeE//Nc+&#10;aQVpBr9f4g+Q6x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAe6AMzsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6858000,l,,,828675r6858000,l6858000,xe" fillcolor="#2e5395" stroked="f">
+                    <v:group w14:anchorId="257F9576" id="Group 44" o:spid="_x0000_s1026" style="position:absolute;margin-left:-.2pt;margin-top:-7pt;width:540pt;height:72.25pt;z-index:-15879168;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="68580,9175" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC1zC9lwAMAAMsOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu3DYQfS/QfxD0&#10;Huti3VawNijixDAQpEbjos9cipKISCJLclfrv++QFLWKd3tLYcAF8rDaITkkZw7PHIk3b49D7x2I&#10;kJSNlR9dhb5HRsxqOraV/+vjhzeF70mFxhr1bCSV/0Sk/3b74w83Ey9JzDrW10R4sMgoy4lXfqcU&#10;L4NA4o4MSF4xTkYYbJgYkIKmaINaoAlWH/ogDsMsmJiouWCYSAm9t3bQ35r1m4Zg9XPTSKK8vvIh&#10;NmWewjx3+hlsb1DZCsQ7iucw0DdEMSA6wqbLUrdIIW8v6NlSA8WCSdaoK8yGgDUNxcTkANlE4bNs&#10;7gTbc5NLW04tX2ACaJ/h9M3L4k+HO8E/8wdhowfzI8NfJOASTLwt1+O63Z6cj40Y9CRIwjsaRJ8W&#10;RMlReRg6syItwhCAxzC2ifI0Ty3kuINzOZuGu/d/PTFApd3WBLcEM3FgjzwBJP8bQJ87xInBXWoA&#10;HoRH68pPUt8b0QAkvpv5Aj2Ak94cvDSGc0vOcF5EqCg2AIjh3UWUirjILEpLsqjEe6nuCDN4o8NH&#10;qcz8tnYW6pyFj6MzBbBf8743vFe+B7wXvge839n9OVJ6nj5EbXrT6sC6yp8j0cMDO5BHZhyVPrXl&#10;XN2RQ6wnn35c+8Lpr7zcmPvnZj3r81XqzsH9W8f1xv/S3YAOcboFcc8kARyhS2e/GAYR6FxjLllP&#10;6w+07zUEUrS7d73wDgjAjd+n1xvDA5iycgOCytISQVs7Vj8BjyZgTuXL3/dIEN/r70dgqpYlZwhn&#10;7JwhVP+OGfEy6AupHo+/IcE9DmblK+DQJ+YIi0pHDp3U4qtnjuynvWIN1cwxsdmI5gYUz/aGU1zC&#10;b5YZsM6q6O/lGGapvc7NSvrwj9YYkPiy529AEeEg6I72VD0ZdYca1EGNhweKtULpxqogM1eQ9wNq&#10;iZdkmtbOR8/QuZ4tsOspd0ep7TlUKI5nonohWyvYtwzvBzIq+wYSpIeo2Sg7yiUUWUmGHQG9EPd1&#10;BMIHbz8FmsEFHZUtO6kEURgIh8oGKPULlKml4TJggj7FqVP4E03JszwsVhWGSicq8SaLsgSGtPTm&#10;RZ5Y1QFiOFnSBNGiMlNJywUAfsYhqzsmJBuEMSGm/yFj8meMyV8bY+IXZ8x1nGRRfJEyUVjE4fXm&#10;O2XWIgMfsPatP4tM8dooc/3ylCmSNE2BF+49flKZtEjgM/w7Y9aMAaC+YszmtTEmeXnGbJI8usyY&#10;OEqK4oVFxtwO4MZkvunm252+kq3b5svndAfd/gEAAP//AwBQSwMECgAAAAAAAAAhAATLOq71EAAA&#10;9RAAABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAEkAAAATggGAAAA&#10;ieFrZAAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAEJVJREFUeJztnWlz&#10;GzcShl+Ium/JdrybpLLZ/f+/afdDYieKbUmUKUo8Zz90v0ITnOExMyRRqX6qWJbFAQZno7vRgEJR&#10;FHAcx8mBvV0XwHEch7hAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHk&#10;OE42uEByHCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONngAslxnGxwgeQ4Tja4QHIcJxtc&#10;IDmOkw0ukBzHyQYXSI7jZMP+tl8YQgj2/0XNP3vSJJ80bZ1yaB5pPsUq+TRJW5LPXCbr5FGRn823&#10;tFz23au+k2mqnm+S5ypp6rZ7WTuXYfNZNc0mWNK+jcfdJgnbKos2RgciBKmZTfUzxuqTeU/z6CA2&#10;LvOYrDC4bBkCgMKkn66Qfk/ffWDyKfQz0s+0KIppm2nbrkeSl+0b27ZTABPNc6z/h77T9uMEwLiq&#10;3EmflT6f1GeVPENSjkLTTNI0ddvdpOtguTXx9n79v63vOtgy1LFg5uZCm+Nu02xFIOngOQRwBeAc&#10;0jCANN4rgO8AniEDsLJAIYR9AGcALgEcI3bYCEAPwBOAwYIVgumvND0n8gBAF0CvKIrxgjocADjR&#10;Opzpzxx0YwAvWo4egBfm1SRt2/UoqdMegCMt1zmAU0hfUSANAPS1XM9a1hMA1/pu6O8ftNwzba+T&#10;4VSfP9Ff9+3zKoxOAdxonkX6zII2uNbyT7SMXegYaNhnbBeOWbsApnAx6EPGYDDts45QsUKNgnAd&#10;TYsC5kk/Y4gAamXcbYNtmWwdiBD5FcB7yIAHpBNfANwB+B0ymCYl6TlAzgD8BOBHyABmZw8BfAHw&#10;P0iHzOWhg/MYwEcAP0M6iCvFs77/UwjhuWSlpEC91vTvNT0nLusyhAyEPwB8DiH0Nf9aaSu0rNr1&#10;KMnnQNO/B/ADZPIdIY6LAnHQPgD4U8t4CeBfWqcCwDdIuw8w3/a272/0d+nz+/rdrybPr1V5mrK/&#10;A/CL5j/U8g0BDNViatLue9oe/9b3LJsrY63Xb/rsL/rudbUcaqPUVteBgvwTtB0gdWg87rbFNgUS&#10;B/4HzA74kX7fB/ASQngtWWU5AK8gwugfmG1YmhN3kMYtE2pcqT9AJt8pomZxBhn4D5DJl3bIPmTQ&#10;/wwRiJf6O65ozJ8r0Njk1WmQtowm9QAwI2BvAPwT0p43EGHENrV9cAngAtIHvyNqPLf6/Ui/K1vN&#10;A6Km8S593mhpx2vkCUi7Uqu6gkysZ0jb0gRt0u77kDH7DjJuO4hmTpkGPoa0/aGW+0LrY8221IeT&#10;5sUFwAok+/yy9FN99wOkPU8a1H8nbFwgmQF3gGjD0hzgxLiEDMR7SKemHU6t4BYy+CiM+KF9XKri&#10;ahk4wK4wq7YCMmEu9ftuCMHa35xQHyCT90bTvkKEH7WgA5MvfQ5N0la1Za16JHQgE+Zn/VxqGSZa&#10;tlfIAOX7jvRzAemHjvkUpq6lxdbP3oLn+f2iZ5blu4fZMVG73c2YpV+L3w0gpk3ZGJ1ANPxXyNj+&#10;jtm+tO24r8+MIAJgbPIbIwpjOz9XSU8N6RVR62w87rbJtjQkdjAH2ASyogEiXI4hE+wM0uHDJH3q&#10;h6DjjgLNvqfq/ZxQNPXGiOYC87+CmApDxAFCYXiDuMoMAPwF0RaetDwUFOeQjh82TFsmSJrUQzKI&#10;vpH3EM3oWtMOATxqukctR4C095WWn5MNFeXLhbba3Y6nKWRs/heycKbaJ314fUSBYX1IJxCN9gNi&#10;vz1CTKUeokDhJkK6cbNqeqspXjes/9bZ+rY/ogOQkp2r87n+/BBCGCUayiFkEl4gTp4e4mqxzPG3&#10;hzixjvT9z5BOONfvjvX9J/qd3VE6xKyzdwAZlH9BVkL6HO41f65URcO0bdaDUDuiz2gfUV3/DXGA&#10;07l5oOW/1PdzsOcMx0xb7Q5EgfMAcQ2UuQXY1nxfx/z/Qt9DPxqd8HeYFXBTfRcX8TrpATE126z/&#10;VtjVwOLuWh8y4A8Rd27+gggrdjhXu2tIA0PTdRG1qkqBlJg59IMMIR3R08eOEIXiBebNHarvNk6H&#10;Km4B2TKdhBDGWi/o7zt101b40RrVI3HOc3eK7XkH4DNk1bULwlDL1TN1uahq70ywJtfa7b4ghsiG&#10;FizcjQoh2IWA7U5fp9WGBvr+NwFXUoa10iNqy43H3bbZ5Uo3hEjqY0Tv/wVEwDyFEBhLY7e4jyCd&#10;0tO0JyX5plinKh3Ar5AdkZ7mcanP0Nz5glk/AdXoKaRTjyEr0LN+3wshzMVy6JiqlXZD9bDa5glk&#10;cHKl/QZR5Ud2UOrP4xDCBHFxKCtbB0CnZC5b/862sKZP03a3vPm6NFTBvg8wE7okSLLMGf7mJE8F&#10;QZP0IQTrHG+z/htnVwKJA+YZMoGo/dBZew9gZLZuLyFCaQ+iPXUhqzpXi0XQzOFkpWrahUzEC4g/&#10;5QjR3DnV7xi4OYAIwAGiRsedl3OI36UL4FnNTa5WTdK2XQ9AJhQdmYwFG2k+C+PAdNUu+4qC8gbR&#10;HLccQPqXpsM2VmCaV220O2HbXWI+tITb5y8hhIWxdFuizXG3VXapIRWQFb4LETKnmDXNaM/S4W2D&#10;6rqQQbGw45NYm3NE/9N3xEA/vp/f09x5VK2A5fymZTtAnPQfIILyVr//CvGB9U35aqUtWSEb1UPz&#10;s7tm7HvurA1RESawhD19138g28tpn9CJvtC0bplW2j2BW+S/QCa2bSv64D5D+mTXAmkT9d8KuxZI&#10;I8Qo7SvE+I1zyAQrEJ3dh+b5HuL28CJSM4dbt0+QycsdiR6iT8WaO69FUUxDCANI53HX5BZxUlMT&#10;uYRoCXeQAL1Hzb9W2hDC0AyOxvVAdJTuazvbIxoj1BNGLBv9UlX9QZNumwKpdrtX5Mk+eAepq33X&#10;SN9B83mnqDbbxrjbOrsWSNz+f4KsOqeI2/vcOaDjeg+zGtUq/iO7Dc5dKYbKU4OhajvUZ2ginujv&#10;6fzrQVZARi7farkYL8LjLDSHphChRJ/XumkfEHe6GtdD/Qo2dsdSFey3KjQRbDwNoXZ3iC2OtwZ9&#10;9oDyHTSaowPMb4/biPJda0cAGtd/Z8dHdr19W2W2XUE0pSlmY49omgywRCCZHSVr5tDRSfV7ingO&#10;ip1AJ/oFRJWlT2AMEZw0lRjBS4HJoLUbxHNNLybvtdOGEOiAbFwPRGFBv9hbU6FZUBzLe4dZfxVh&#10;xDSjyqvYxESu22f9ivI9Q0IjGMfD3080zc63zRNqj7tdaUk5CCTrC2FczAVEmk8RA7v4HA94rmOu&#10;MRp1qj8zIJBb8/aMjw0GPIGaO2a3qW/K8k3L+RFim58irjy3EHPpRXcxaqXVMrZWD8yaaNwaPkR9&#10;k4rO9T+0zKl2cQgRRtzZK8NuZZM0mDal7Puynao67f6Kebh4foGEpkyS73g7QTYCqcmYRcWZ0k2z&#10;a4EERPODZts+pJE+6nfniFvc1KQW+jtUO+JZJ5o59J/QjLEBaPuYPRtn/TU0gwAAKlyGJn6jp//y&#10;eAxjgbgChQZpqbW0VQ9qUEP9mao7NdMO1h+I1B6fUX6OkGEGpfmqv4O7VDR57HGgMs2Nwii9ymaC&#10;kp3XJn2W1JMuhrkJm5MgSmmp/lshB4FE/weFzRlizAQjnRm2T/VzFeggP8PsoUIbsEh4to7XPnCS&#10;0myzvoFCYSfz2MY1RPU9xOz5qj09rlEnLf0vrdQDMTr+BaIl0cl5rmV4UhO17LaDt/pUtDfjYdK0&#10;b7EyFemAeC6LO30URqcADnVbOr0niI57hi9Q0NrrQ97KVqPdq5iLM8qRDdZ/o+QikHgUhLtEjNwm&#10;FEbPWG0F5+lxmisB8axWD/POR/qbeKqdd8hcQ1RcTu4xgIGuNDa2J510PGsHxF2xyRppRya9Ndfq&#10;1oP3Jr0i7s49I5qAZxCzqg+gCCHYM2s06U4RNai2D2Fyp4qHevcRz6I9QGLS6Ly3fctjR0CMpxpr&#10;OenYr9Pui3YLywIjWQcgg2jnIHdFHaP9+m+cHAQSMHu51SuixAbiim5PUi+bEJxkNoiwB3FIfsG8&#10;lhUgE+5HxHgfnpxnwN8lpHMfIZOZfpgDfYaClAKWjtF3ENt8nbTP+i+d1m3U4wxRw3yA7GKemWd+&#10;QIz7etIy2sjuKy3zPVY7P7gOdpfwFdHZ+l7Lu494Lo/BiT9pmTqIF/TxDN4B4lU3ddq9bEIuCoxk&#10;HRgcubN4HrOZ06T+f/v7kJaRmm320jHrnxguiBgmqZnTQdxt+AqZyOm2ZkCMGuehRDqJb7UcHzRf&#10;brdTOFIjoerLd91DBgAvyDpaI+2Dtgcd/E3rQaF2r99/hzhmeXsnzZ8ftbyMbeLgPtF/ufnQtkpv&#10;A/luIUKR0eYdLRO1Y/YttT6a81+1fLzR8hz12r3qRoNFgZHQ/3chl6NVXjS4JTh269b/b68hFSWf&#10;+KUIGbvKXSEKpFeIhO9jfmej7GOv6OC5K2umpP4IAIAGkj2Z9x/q5wzx0ioeb7lBNJfoGORK3YXE&#10;fvD6j1GNtNR+GG3dtB7HiKfF+5rPV0QHJq+OPUYMH7C3HQREH88Q0a+3in8IWL3/eZ3GAWIgH3fn&#10;aErQmU0B3dM0fyJqUanJvE67c0JOk48NjKTWbJno9w+IGwjL2mFdVk3fqP5/68BIHWzWjDnGrL/A&#10;2rB9yCrJ+JkCMkjLJDePPPQRb5ykn8H6fHjUZJn0ZyzJA2LMD+1uDrApoiPV3jtttbgvkM7tar6P&#10;kBgdrJGWcS5t1oOXcAFRq/gEEU4fEeO97EV3NhDwCTLpu5pnX58vMH/JmIX+Icb3lD6vEfEMH+DO&#10;K8vE6HLWj4Lxu7bZndZ3lAi3Ou0+MTt/3P1lm6T1svAu7Ko24Ml8jlfeorCKz2bl9G3Uf0lZNsq2&#10;NCSqhJ8R7fyvmD2JzoF6pz9TID1AhJQNabfPMmyfh0zZcfcm725JHinUxvj+c0jH0USC5sGwe16u&#10;zyjd7/oeHvylD+YRUZ1fN22b9XjU/Oh0HYUQnhC1Ll5mT2coNZABYkAqfXxjxL5kH1UFBfIQ9R+I&#10;cVVVz0+0LXhR/TWihsjJxOM4FNBdRI2R+fHysrXbPcnjCeKve8TyvyBCIc8xmMKrYhiwOsL8HFjE&#10;OunbqP9O2OZfHTmANMgB4qQZ2FPGIf65HA7AN0chkj9xlOwkcKDyXpgOot8DJo9lf9WEl7EdIwpr&#10;5lsgrjL2GARXG06UEcxOi9kyP1wnrbn/qO16lB3cZfl4zbDVkHilKo+GABV9VJTcEVRSj4XPm/Lb&#10;nTJ7eyJjqWhC8gqNIsmjVrsneeybdMs2UujvHKDkz3GV9MkUJXOginXTt1H/XbDtv8s2E1Vb1gAl&#10;zzGwa2mefG6dPFZ5P2aFROn3y95RJ+2m6rHC82n080y6dctVtx7L2iwtV508lpWjoh2rWFieVedA&#10;m+mb1n/bbE0gOY7jLGPnf2XAcRyHuEByHCcbXCA5jpMNLpAcx8kGF0iO42SDCyTHcbLBBZLjONng&#10;AslxnGxwgeQ4Tja4QHIcJxtcIDmOkw0ukBzHyQYXSI7jZIMLJMdxssEFkuM42eACyXGcbHCB5DhO&#10;NrhAchwnG1wgOY6TDS6QHMfJBhdIjuNkgwskx3GywQWS4zjZ4ALJcZxscIHkOE42uEByHCcbXCA5&#10;jpMNLpAcx8kGF0iO42TD/wEhQg3LcDM9pQAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAFec40k0G&#10;AABNBgAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAGsAAABOCAYA&#10;AAAn3uiJAAAABmJLR0QA/wD/AP+gvaeTAAAACXBIWXMAAA7EAAAOxAGVKw4bAAAF7UlEQVR4nO2c&#10;fW/bNhCHHzrOS5vXJt0LOmDYvv93Ggp0L9i6Nk0ax44ji/vj7kxKkWKnreUcxh8gpLZJirqHdzyS&#10;QkOMkSIfGm27A0Xrq8BypALLkQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALL&#10;kQosRyqwHKnAcqQCy5EKLEcqsBxpPPQNQwhhnXKx47Wrdt2uMl/Sh3Y76/axS1/ap3UUhnoVLYQw&#10;Anb0WuXREVgAVYyxVuPtIIPL6tZ6VYiNVj6I9mGsbRkQa2Ohn/MyT9WyrU1AGwSWGmkfOAWOaBqr&#10;rYg89C1wCcyA3azurpar9bfPwAQB2/swIYQxcAicAAck6PfADXCNGPolcNYqs46itnWt1/23BjZU&#10;GBwhxv4VuFjjvhXwAXn4CjHwL8BrYE/L1MAU+Bv4HbgieUdDOlgOgZ+ANwgQAzEH3gNvEeineq8z&#10;ng7rFvhD26z0u2+moWCNEa+4QAy+gzyIXW1VwJ3Ws7qvge9IfbaRvIMYaRpCmPXMP+aZb4AfEeDm&#10;2RUC/h+95z5wjMDKQ2GgGQ3afa/1Ppd8WQhdqY3DUmPZfGVzwQgxzI3+bQNbAJ8QGCPECLtaPyCG&#10;CYjRT4Bz4GNPWwEJaecIMANl1462bQNojoTWfG4dIxD39d+19m1K8iDzrFt6PPxrNWQ2mI/KGgH1&#10;G2LkulU2kmCO9LL6C8SgIIY/QCAcavk5TY1I89ALUhJgsHPZIHlLc856AXyPePZI638C/tJ7GiwD&#10;PeMbh0DYQuquMhiXyJzTNRIN4EGrns1VNpftImHyBLgMISwndvXqPSSsHSPPO0cMbF6SDyIbCHek&#10;UBa07j7wKit3o33PB9tGs8FtwYKUni9ijFVXgZ71jmWBtwioPWTknyHzzpQE30LgGeJdaL0rkje2&#10;77GgOXgMuM1t5kULBOosL7/JddY2YdlcNgoh5BNybP3tkoWbA8SrzHsOgesQQq1Gs3T9FPGMCvGI&#10;zwjgB+pJULoSoWWCtElAubYFyzK0E2SizkdyjcCY0h0ebVRPEADmNUcIlI/AvTqlJSCHyMCYIl51&#10;S/ISN9oWLFv3/Iyk5HmCUSFz2Z+IF3QpIuHnCgHwkma4u9UylnyYF1kIvMcZKNiuZ+0j666z7Htb&#10;O42QRfGkp76Vs92LU8RTjxEPu9IylnjsZeVvSGm6K20zG6yRCXpO03D3+v2CfoNaKJwjWzuvEY+y&#10;FN0yNEsiRjQ9sXO+eu7aJqwJ8A4xdp19vyAtLh8b/X2h8BTxsJrm2mqiZe8osJ4kM/R7JN1etH5b&#10;sHpvLV+E3iCQxgiocwTQCWlttdzwXdHus9U2YVkYe5D1tRa1j8kWyBYKx4iH/aC/HSHzY+6B7d0S&#10;N9rmOgt0hH/FOsV2QgzEIRIKL/S3PdLW1jUPt6Jc6TkuimH9MGWh8EavM9KOhslATdjQButQeo6L&#10;YkgQZmu0ZQeV11p+j7QBW5EWwjMt6/a9kyFh5d7y2KIY/XyFLIzv1mg3D4VH2n5EYE3QEBhjjF/x&#10;esXWNRSsunXli+JXdJ9n7SMA8vOiB3t0CsCO5i0rNFgz5CijfcbUbq/vELRxqyeU3Yg2DkuNmWdt&#10;dtDXKNb6bDvfBneOGPwACZszmim4hcIPiMce62+fSO9x5PdYkHbu7aS5bwsq32G38haiB10GDOVZ&#10;FQLqHWLAVcfelsHZSfI1aa+wAv6leSocSe9jRBKsSwTgPMs487K2tXWlbfclIHNkV8R28e87+rBx&#10;Dfkq2hiZ/PPXyfpk880dAm6MeNUuKbzdxRiXxs1eMzvQ+1iSMqV1GKh9sXKBzFN63lcckU6l7Vj/&#10;QR82rcFgwXKRu+4MH1uL49D126r2Y4ydi+B22b5yj7Q92DnWsg/l/xv0I7drjv+jCixHKrAcqcBy&#10;pALLkQosRyqwHKnAcqQCy5EKLEcqsBypwHKkAsuRCixHKrAcqcBypALLkQosRyqwHKnAcqQCy5EK&#10;LEcqsBypwHKkAsuRCixHKrAcqcBypALLkf4DqnVfsnOIEbYAAAAASUVORK5CYIJQSwMECgAAAAAA&#10;AAAhABB8niGWAQAAlgEAABQAAABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlIRFIA&#10;AAA6AAAATggGAAAAcQgF/wAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAA&#10;ATZJREFUeJzt2cFKw0AUheH/pkWKC3Xh2vd/MJeCYCnS1sx1MWltaV3OaE/OD92EQubLZCaBRGYy&#10;h4a/HkCvDFXLULUMVctQtQxVy1C1DFXLULUMVctQtQxVy1C1DFXLULUMVWs20GXPk0VEXDueHb5G&#10;R48v3hGxAA6/U2wCBfgCSktw8xmNiCVwDzwBKyr0gC3ADvgA1sC+1TiaQqdb9Q54Bl6AB873hQQ2&#10;wCuwj4gxM0uLsfRYowvqjD5SZ/UUWqYxvE//a1YP6Ah8Um/P5PqMbqjr9DbXaGZmROyAN+r6W3EJ&#10;3VIvwrblZtR8153W6UC9qAPnuy787LrjTUOPJ/rlGQpCz9H/0GxeAQ1Vy1C1DFXLULUMVctQtQxV&#10;y1C1DFXLULUMVctQtQxVy1C1DFXLULUMVesb2yxOaCuKzUoAAAAASUVORK5CYIJQSwMECgAAAAAA&#10;AAAhAP4UFEBVDgAAVQ4AABQAAABkcnMvbWVkaWEvaW1hZ2U0LnBuZ4lQTkcNChoKAAAADUlIRFIA&#10;AADUAAAATggGAAAAWCM4PQAAAAZiS0dEAP8A/wD/oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAA&#10;DfVJREFUeJztnGlzG8cRhp/hfZOSacuxXSkn//83Jan4iG1K4iHwAA9sPnS/msFiASzBAag4/VZt&#10;8cDOTG9P3z2L1DQNgUCgDtZem4BA4M+EUKhAoCJCoQKBigiFCgQqIhQqEKiIUKhAoCJCoQKBigiF&#10;CgQqIhQqEKiIUKhAoCJCoQKBigiFCgQqIhQqEKiIUKhAoCJCoQKBigiFCgQqIhQqEKiIUKhAoCJC&#10;oQKBigiFCgQqIhQqEKiIjVUvmFJK0z5rFvgKpq75+s5Tm5Zl0bUoLc+ZZxYv+swxb/xznqGca8Fx&#10;JS3NS/fyOUirWssfdh1T4i7POAKe/GfTNM2ox5zlfAlofPwjMJqx+WtOy/oUWjRPSc9zNnZRurp4&#10;NCrG9qLDn2/D55JwaY6nco4evCjRYDx51P70HN97b1u8o73elDEl38rn1rqPzOF9LaxEofyBd4Bj&#10;YB976DErgj34PXBXXFMZmVLa8LmOfW4J7hC4BAZN0zx2jFsDtn3cAeNCJ1oabAOGTset0/Y0b0Ne&#10;QFcCtgq6Nv2jkdPwCbh2nszyNFr/yNeXYD4AA+AKGDZN0/TgRQkZhRvg3HmSeozX3oqXd/77xN66&#10;Mu0Bb5x2/JnPgdv2czvP9AwHfu1hfJRCDZ3mgV/3fYz1olhVyLeOMf1H4HTKuiNs02+AC+ADcJFS&#10;um2a5qm8sVDQd8APGCPXsM27Bn4GfkkpXXcwb81p+Rvw1RRaICvUJ+Aj8B4YpJQe5niYRelax5Tg&#10;R4xHWwVfboHfffwlJqBd669hyvQ98B0mXFKoe+AM+CfG56dn8KLkyQefa4gJbZ/xIx9zTd7bq5TS&#10;HeNGagNTph+BE4xvH5zeYfnczutNjMenwDdOy3ZBhwzjLaaU/wHeu0wtxZOsSqFkNb/CHn6d7An0&#10;YLLkj37fCfAL8FtK6aYlgGuYsHyNMXKvGL+PMV9WtC24G9gmzKJF9MjCvfU1fsYEYsLDVKBrnSwc&#10;XzMuFA/++Q1wm1K6m2KtNzGh+g74lmypcZpHmGJepZRGz+AFxRxDXyc9Y7x48OD3vnU6zoBPKaWH&#10;gn872N6/9f89FOuVz7qFKd9f/FnfYMqk+8r1j4BDp3eIKfe0PXwRlq5Q/vBi/iY51h5iLliWbgvY&#10;xZiyRWbOPfCQUrr3MKXcyGMfs14suY0x8AC4TCl9toBFiKB4exotGz7vjs+z5ffdA3cdCk4lujb9&#10;Ukg8KnhzhAnZR6ezLfDyjm99fSmTrvWC/xK6ebxor/GEGZR7/6wvLzfI+7qFGZcDp/ffWBj65Pev&#10;FfNqjXYYuY4pyA9+HfmzPVGkC8X6234d+s+lVbdX5aG0qcIIY/o/MIudsIeVZd/HBPIUY/YVZqka&#10;ctx+SA5pHjFmKpndw4TqPXnz2/RMo4Vi7Xdk4Tz2/73HPEzXM76ELgmTaFNOia9f5qCD4jNB8584&#10;/SpCSCG7nn0WLz4y6UWVCw4Yjyy6xouX2wVdbzH+yNg0GC+HdPN0AkXed4p5phOMv/eYsr/3n3dO&#10;2y7GtyP/39LyJ3iFsrlDG3MO/OZ/72BM3SBbsl2MEWXoskZm0jbGoGuMWQdkz3Lkv18zm4ltWka+&#10;3jU54VWiq59rTOYxNelSAeAWUwpZ4AP//bzM5YoQ6JAc2txjwq2cok9ZvOTF7x3PiNM1Lf/o4qX2&#10;8xBTgO+x8GwLU4Z3WJ760DFfF+SdlDNtYDw6B37C8qQBOaTbxPbtCNuj6ynPVQWvpVCQqz9PTdM8&#10;ekx/gXmjrzCGr/vPDUxuyrDqEGPWPWZNBz7vNln4DmmFVz1peSJ7xntyLtQuRQMT4V4tulTdu/Fx&#10;MjAnwB+YskkwFO6dOK34uEuyV+vVZ2rzYtpNM/pObV6W1dIHp0O53g6mXCeYUs30HoXhOPFr2z+6&#10;wQzAr5gMlcZGleMBOSRdmpf6kk5KKERRBaqNMtw7Jgv5HVYJ+kC2dIkcXpWJ6iwkGMv5ykvrK7Hv&#10;CiGXQdc9uVz+RLb0+8BGIdRlqX7b6Rz42HZoOA+f85iU0npxrfnVVzEBb5xZvnmPKfgZZqgeyV5d&#10;bYJ5c5eeeJccKQzwyiGFMhXrq9I3t+3wUrymh2pDzUh5Jsil9KfiHoWB25hgyxIPMEaf+mcKr/b8&#10;s2lWSQm7PMATtrmygso/VPbtsnDLoEuW/trHyfuo6PERK9ZALlrsOy23vvYNs0O0Ll5s+lxtwyal&#10;uHWv8yx4QUm9sAG5ereB8URevQ99u+Q+nVotM5VlVaclXlOhJMjrnmjK/asIAMYs5RGQQ6YDcp7w&#10;Cduga0yIbovPFV5deBg3jY4drCAiZVBJ9pS80Up4JaQ2eLwfUpMunJa7Yvwe46HdDTn/VGURsjKr&#10;kNMX6mP91Z+9VHblKb/6sy0ioCqdqwoHuQrXJ88rq3aSXVX27llywaEPXkuhFCK9Kf4+wBLNN+RE&#10;c4AJxtDvK8MqxcNX5JMM1z5G8bXCqzOM6V1CkMhCpMRYHmvT/3eB9cTOgHYPqB3u1aILsgAq7Dt2&#10;mg6dX5d+j4oVW8X9A3IlrS/0LOoDtulYw0Krssr3HMjrtqOOdjl/Fn1qv5RHkx74ApQJXk+h1jAh&#10;+DvdfagnTCh+xzZwyHjZWVW0W3L4oAqT8gb1PVRV+0R3M68sKKjvo/L1A6YYv/ilfkn7WZZBF4wf&#10;ybrCvMYeuQyt0rYKD2uMe7TdySlnQtVFNT9LpSlPK7w0fOrKQdutlS7onnbuP60RvXK8podStaZt&#10;WVSR+QMLLyTEarIqbNKhR4UpI7IyluHEPmbRz5le7FCJWfnTLpOnDCbO8hVVp2XQVdLXFfYd+/gR&#10;470nhZhDFlOoa6z8fEXeGyn2DTnMXARShvYBaSnyvHl1XykzSh2+iALba/ahHrHNkRWX61bFRlUb&#10;JaoKq9QUHPnvau415OM75SmB3WJcV9KrZuS//Oc+lk8pp1JB4QoYppTKE8tluFebrpJXZU6m3ssh&#10;1igdYd6uzN2unb/PFXwp7xlm0J5an+nkd/Pcal8B5UAqPMkD9/F8pZyMyCcqVMhalKZqeE2FKi2h&#10;jtfr0OUttrFPvnlqzpXl5g1y2CTrpv+X3qXMbz5NoWWIhU9nPvYO81SnmDc4Zbw6JUHT6ehl0FVC&#10;YaTCvg0f984/OyCX6uXJFskpyhCz7HPZhy+vlInufSYLT30KKDLEUkBVCeW119s0rxqvqVClJVR/&#10;R1bqsxcoqmif+y/kjZf1L919KubSObM9cnjVtWnaqKFf6sbvFz9PMa95401oVkBXSZ9e/7j19Xaw&#10;4oGqkvK0pVdfFA3UKzUX7yvtkc8abpANhULUvgolBVS17wCLBq5SSl2vhWj9hBnp//nXN9qYsIQz&#10;Nk9lbYVHOjB7Qc572lU3Jf06hlOGV/POjJWNQhUByhBLh0NZIV1lnqdqoYo4gpTppUdrxhq7HXSU&#10;P/uMl3few6q435Jfa7nD+HVBNmSzIMOi51SYve9z3wCNvxYipVFIqArsoOuVoFp47cZuH0tYvjCn&#10;PtEACxfPmLTGOo3wHbk/pJPe+8w5M1Y0IK+wjVYFbRcr6R9gm8kq6SK/3HeFCaLOFEK22pfkA6CL&#10;JOmzGruQFbvsDc4aL0+t3tk3mFHa8vGXWIRy6X/PVCjfm3vMo38kn1rf9rnVk9Nh6vJkxTHGl5/J&#10;IWN1vLZCzURHuLeOMf4Ka7KeMbmxiXy64CtMiGXFjjChnJe8SngvsI1SZ/4IEwz1f1ZJVzvsK19e&#10;fPS5r7A3Uptn1AxKYzarsYv/fUluIcwbrx6TvOkOJnPqlemdqOfkfI8+9g/ykSX19r7DFEf9v7Id&#10;s+U0n2HeMy3j9MSqFKqZcs1D+UqEXokuXf5DVzycUtI9qorp9YdDTEm6aMrEZkt4iW3eYTHHCbYp&#10;oxXQ1aapPLpzTFYohU43TFbmZvF91LrKxu6bNg0+9zbmIdTcnTW+zF2UQ6qs/wd2Ir3s7c2VE+fD&#10;EDNcKgTplfkdcotC/C97ivd+Le27JZauUM4AhQo3mLVoyGHDvHhcL6ipzH6JbeisEwbqmZyTe0Rl&#10;SKHzX7No0Tm6D+TQQgUFvcy2DLpuye0EHdHRfPKcounQP7uYsraO5dyQ3/h9aM2n6qFOK5ToUijl&#10;hsqDZ40XdPBZr6LrnSUZHxWg+sqJCjC/YIbsHbkXV566KJvUV5gCz2qkvxir8lAKh34lW7Zz5jcJ&#10;y5K27rvEv9dghpWR1f7df9cpCFnx2x60NP6/34o5tL7ylGXRpU1/z3j1SwKm8VKo8461y3t1bEiH&#10;ddWO0L785DTMKwpIkHWot+kxXoonxb4mK3bbU/SSEx/zkFK6IkcG+qKYHXJfSpVbecVLYOJt65pY&#10;5bcebZIf9nNy2+OdG1XDylPft8z/9p81cki1UYy989/n0uJziO7ydLM8geaoTdcmWfmGZUUq5a8I&#10;m6CfyZMc5X2qQurbpJriHr1z1udrxCSkUso+49uv5jRdPFpEToqSuM5etj2U1u38pqXaWPX38o1l&#10;yn0ebtFx08aSLV2vOWvM8YI5ZwneQvRPye36nKObSlPP8Z3P0oeWBeRkjId9166BlSlUIPD/gC/i&#10;QGEg8GdBKFQgUBGhUIFARYRCBQIVEQoVCFREKFQgUBGhUIFARYRCBQIVEQoVCFREKFQgUBGhUIFA&#10;RYRCBQIVEQoVCFREKFQgUBGhUIFARYRCBQIVEQoVCFREKFQgUBGhUIFARYRCBQIVEQoVCFREKFQg&#10;UBGhUIFARYRCBQIVEQoVCFREKFQgUBGhUIFARYRCBQIVEQoVCFTEfwGI6AK91+EUWQAAAABJRU5E&#10;rkJgglBLAwQUAAYACAAAACEAPczkqeEAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE&#10;70i8g7VI3Fo79AcIcaqqAk4VEi0S4raNt0nU2I5iN0nfnu0JTrurGc1+k61G24ieulB7pyGZKhDk&#10;Cm9qV2r42r9NnkCEiM5g4x1puFCAVX57k2Fq/OA+qd/FUnCICylqqGJsUylDUZHFMPUtOdaOvrMY&#10;+exKaTocONw28kGppbRYO/5QYUubiorT7mw1vA84rGfJa789HTeXn/3i43ubkNb3d+P6BUSkMf6Z&#10;4YrP6JAz08GfnQmi0TCZs5FHMudKV109Pi9BHHibqQXIPJP/K+S/AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAV33x6tQAAACtAgAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHO8ksFqwzAMhu+DvoPR&#10;fXGSljFGnV5GodfRPYCwFcc0lo3tlfXtZyiDFUp3y1ES//d/B213334WZ0rZBVbQNS0IYh2MY6vg&#10;87h/fgWRC7LBOTApuFCG3bB62n7QjKWG8uRiFpXCWcFUSnyTMuuJPOYmROJ6GUPyWOqYrIyoT2hJ&#10;9m37ItNfBgw3THEwCtLBrEEcL7E2/88O4+g0vQf95YnLnQrpfO2uQEyWigJPxuF1uW4iW5D3Hfpl&#10;HPpHDt0yDt0jh80yDptfB3nzZMMPAAAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALXML2XA&#10;AwAAyw4AAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAATL&#10;Oq71EAAA9RAAABQAAAAAAAAAAAAAAAAAJgYAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAA&#10;AAAAAAAhABXnONJNBgAATQYAABQAAAAAAAAAAAAAAAAATRcAAGRycy9tZWRpYS9pbWFnZTIucG5n&#10;UEsBAi0ACgAAAAAAAAAhABB8niGWAQAAlgEAABQAAAAAAAAAAAAAAAAAzB0AAGRycy9tZWRpYS9p&#10;bWFnZTMucG5nUEsBAi0ACgAAAAAAAAAhAP4UFEBVDgAAVQ4AABQAAAAAAAAAAAAAAAAAlB8AAGRy&#10;cy9tZWRpYS9pbWFnZTQucG5nUEsBAi0AFAAGAAgAAAAhAD3M5KnhAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAGy4AAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAAIQBXffHq1AAAAK0CAAAZAAAAAAAA&#10;AAAAAAAAACkvAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAJAAkAQgIAADQwAAAA&#10;AA==&#10;">
+                      <v:shape id="Graphic 45" o:spid="_x0000_s1027" style="position:absolute;top:889;width:68580;height:8286;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="6858000,828675" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLcpK5wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvuqmkoURXqUJbKV4axfMj+8wGs29DdpvEf98tFDwOM/MNs96OthE9db52rOB5kYAg&#10;Lp2uuVJwPr3PX0H4gKyxcUwK7uRhu5lO1phrN/A39UWoRISwz1GBCaHNpfSlIYt+4Vri6F1dZzFE&#10;2VVSdzhEuG3kMkkyabHmuGCwpb2h8lb8WAVfH3zffTandNcPmUkPxeV8zKxST7PxbQUi0Bge4f/2&#10;QStIX+DvS/wBcvMLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAi3KSucMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m6858000,l,,,828675r6858000,l6858000,xe" fillcolor="#2e5395" stroked="f">
                         <v:path arrowok="t"/>
                       </v:shape>
-                      <v:shape id="Image 47" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7909;width:29276;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDkO4ULwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9LiwIx&#10;EITvgv8htLA3zfhgldGMiCAuntYHgrd20vPASWeYRB3/vVlY8FhUfVXUYtmaSjyocaVlBcNBBII4&#10;tbrkXMHpuOnPQDiPrLGyTApe5GCZdDsLjLV98p4eB5+LUMIuRgWF93UspUsLMugGtiYOXmYbgz7I&#10;Jpe6wWcoN5UcRdG3NFhyWCiwpnVB6e1wNwomvL+M8b5tf8+TqzXZDf3utFPqq9eu5iA8tf4T/qd/&#10;dOCm8Pcl/ACZvAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDkO4ULwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                      <v:shape id="Image 46" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:7670;width:29617;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOgRRLwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNavIUlajqCAUpAe39v66ebtZ3bwsSarbf98IgsdhZr5hluvBduJKPrSOFUwnGQji&#10;yumWGwWnr/3bO4gQkTV2jknBHwVYr0YvSyy0u/GRrmVsRIJwKFCBibEvpAyVIYth4nri5NXOW4xJ&#10;+kZqj7cEt52cZVkuLbacFgz2tDNUXcpfq+Db/Zw+L97xYWbqc2lpW+dbo9TreNgsQEQa4jP8aH9o&#10;BfMc7l/SD5CrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCOgRRLwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId13" o:title=""/>
                       </v:shape>
-                      <v:shape id="Image 48" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:32613;width:10683;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBxo7gwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P/B/CE3YZmm6M4aqxiFPYtXZjens0b01Z81Ka1Fb/enMYePz4fq+y0TbiTJ2vHSt4nicgiEun&#10;a64UfBX72QKED8gaG8ek4EIesvXkYYWpdgPndD6ESsQQ9ikqMCG0qZS+NGTRz11LHLlf11kMEXaV&#10;1B0OMdw28iVJ3qTFmmODwZa2hsq/Q28V9Ndi4Qc+/RyPu/HbPL2f8o9dq9TjdNwsQQQaw1387/7U&#10;Cl7j2Pgl/gC5vgEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBxo7gwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                      <v:shape id="Image 47" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:32461;width:10820;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzuc/XwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EIuJZYbSm3cKCGEGpJj00Kui7W1nVorI8k/efuoUOhxmJlvmM1uNp0YyfnWsoLnJAVB&#10;XFndcq3g67Nc5SB8QNbYWSYFN/Kw2y4eNlhoO/EHjedQiwhhX6CCJoS+kNJXDRn0ie2Jo/dtncEQ&#10;pauldjhFuOnkOk1fpcGW40KDPR0aqn7Og1FwmAhPQ7bOXZZeh/721F3fL6VSy8d5/wYi0Bz+w3/t&#10;o1bwksHvl/gD5PYOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAc7nP18MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                         <v:imagedata r:id="rId14" o:title=""/>
                       </v:shape>
-                      <v:shape id="Image 49" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:38724;width:5593;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAaFnacvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NCsIw&#10;EITvgu8QVvCmqSKi1Sgi+IN4sfoAS7O2xWZTmmjr2xtB8DjMzDfMct2aUryodoVlBaNhBII4tbrg&#10;TMHtuhvMQDiPrLG0TAre5GC96naWGGvb8IVeic9EgLCLUUHufRVL6dKcDLqhrYiDd7e1QR9knUld&#10;YxPgppTjKJpKgwWHhRwr2uaUPpKnUXCk06FBR49zOmqrw2S2P+lorFS/124WIDy1/h/+tY9awWQO&#10;3y/hB8jVBwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABoWdpy+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;">
+                      <v:shape id="Image 48" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:38455;width:5842;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAl5k7MwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/JasMw&#10;EL0X8g9iAr01ctKmBNdyME4DPZRANuhxsKa2qDUyluI4/frqEOjx8fZsPdpWDNR741jBfJaAIK6c&#10;NlwrOB23TysQPiBrbB2Tght5WOeThwxT7a68p+EQahFD2KeooAmhS6X0VUMW/cx1xJH7dr3FEGFf&#10;S93jNYbbVi6S5FVaNBwbGuyobKj6OVysgufl7/b8uR/MsijR7b6Gm9u8G6Uep2PxBiLQGP7Fd/eH&#10;VvASx8Yv8QfI/A8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAl5k7MwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId15" o:title=""/>
                       </v:shape>
-                      <v:shape id="Image 50" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:39745;width:21169;height:7589;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeD3WrwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f+A7hCN6tqQNH6RqlygaFUcZcH+DQHNtic1KSTDuffrkQvPz4/ovdbEZxIecHywrWSQqCuLV6&#10;4E5B8/PxnIHwAVnjaJkU/JGH3XbxVGCu7ZW/6XIMnYgh7HNU0Icw5VL6tieDPrETceRO1hkMEbpO&#10;aofXGG5G+ZKmr9LgwLGhx4kOPbXn469RcHPr0uusGb/2ZYNd/Vm917dKqdVyLt9ABJrDQ3x3V1rB&#10;Jq6PX+IPkNt/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN4PdavBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
+                      <v:shape id="Image 49" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:39471;width:21488;height:7874;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBq0eFvwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mlVKqatRRFiwnlpbxOMjeW6W3bwsm+iu/vqmUOhxmJlvmNVmcI24URcqzwpm0wwE&#10;sfam4lLB91fx/AYiRGSDjWdScKcAm/XoaYW58T1/0u0YS5EgHHJUYGNscymDtuQwTH1LnLyL7xzG&#10;JLtSmg77BHeNnGfZq3RYcVqw2NLOkq6PV6eADu8t9vpc25qLj53enx5YzJWajIftEkSkIf6H/9p7&#10;o+BlAb9f0g+Q6x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAatHhb8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                         <v:imagedata r:id="rId16" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487442944" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FADE785" wp14:editId="6D97A451">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487437824" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E32004C" wp14:editId="3F42567A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>129978</wp:posOffset>
+                        <wp:posOffset>128670</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>61542</wp:posOffset>
+                        <wp:posOffset>61365</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="51" name="Group 51"/>
+                      <wp:docPr id="50" name="Group 50"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="52" name="Image 52"/>
+                                <pic:cNvPr id="51" name="Image 51"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId9" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="3C6F3387" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.25pt;margin-top:4.85pt;width:52.65pt;height:52.65pt;z-index:-15873536;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBVuLa/HwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNtu4jAQhu9X6jtY&#10;vi8BJNjKIvSGFlWqdtEeHsA4TmI1PmjsEHj7HTshVLDarXqBNRN7xt/8nmH1eNQNOUjwypqcziZT&#10;SqQRtlCmyunvX8/3D5T4wE3BG2tkTk/S08f13ZdV55ic29o2hQSCSYxnnctpHYJjWeZFLTX3E+uk&#10;wc3SguYBXaiyAniH2XWTzafTZdZZKBxYIb3Hr5t+k65T/rKUInwvSy8DaXKKbCGtkNZ9XLP1irMK&#10;uKuVGDD4Jyg0VwYvHVNteOCkBXWTSisB1tsyTITVmS1LJWSqAauZTa+q2YJtXaqlYl3lRplQ2iud&#10;Pp1WfDtswf10O+jp0Xy14s2jLlnnKvZ+P/rV5fCxBB2DsAhyTIqeRkXlMRCBH5fLh+ViQYnArcFO&#10;iosan+UmStRP/4zLOOsvTWgjilOC4W+QB60bef7fRhgVWpB0SKI/lENzeGvdPb6k40HtVaPCKXUl&#10;vlmEMoedElHZ6KCSOyCqyOliTonhGqfhRfNKEvRRlPOZGBHVv0mwb5R7Vk0TNY/2gIrNfNUMf6m2&#10;b7SNFa2WJvSTA7JBamt8rZynBJjUe4l48FLM8MVwagMiOlAm9GPiA8gg6nh/iRw/cLgiKGfjRoK+&#10;cMYS/NBaH+uWr4sZitN3S7L7C87BDnzYSqtJNJAUCVBqzvjh1Q8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3vp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAgaoxS98AAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KidoPAT4lRVBZwqJFokxM2Nt0nU&#10;eB3FbpK+PdsT3HY0o9lviuXsOjHiEFpPGpKFAoFUedtSreFr93b3BCJEQ9Z0nlDDGQMsy+urwuTW&#10;T/SJ4zbWgkso5EZDE2OfSxmqBp0JC98jsXfwgzOR5VBLO5iJy10nU6UepDMt8YfG9LhusDpuT07D&#10;+2Sm1X3yOm6Oh/X5Z5d9fG8S1Pr2Zl69gIg4x78wXPAZHUpm2vsT2SA6DanKOKnh+RHExU4zXrLn&#10;I8kUyLKQ/weUvwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3JlbHMv&#10;ZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPIJoFA&#10;l/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJSOCtY&#10;SolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/PHF5&#10;o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBV&#10;uLa/HwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;ABQABgAIAAAAIQCBqjFL3wAAAAgBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54bWxQ&#10;SwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADadQAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADNdgAAAAA=&#10;">
-                      <v:shape id="Image 52" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCSvTRYwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8ArealZpRbZGKcLC3oqreH5sXpO1m5d1E3X115uC4HGYmW+YxWpwrThTHxrPCibjDARx&#10;7XXDRsFuW7zPQYSIrLH1TAquFGC1fH1ZYK79hTd0rqIRCcIhRwU2xi6XMtSWHIax74iT9+t7hzHJ&#10;3kjd4yXBXSunWTaTDhtOCxY7Wluq/6qTU3AqfybmEG9HMmXxUVSHzc7urVKjt+H7C0SkIT7Dj3ap&#10;FXxO4f9L+gFyeQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCSvTRYwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                    <v:group w14:anchorId="0CDF0B5E" id="Group 50" o:spid="_x0000_s1026" style="position:absolute;margin-left:10.15pt;margin-top:4.85pt;width:52.65pt;height:52.65pt;z-index:-15878656;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQD/UN9DHQIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclNtu4jAQhu9X6jtY&#10;vi8BJNjKIvSGFlWqdtEeHsA4TmI1PmjsEHj7HTshVLDarXqBNRN7xt/8nmH1eNQNOUjwypqcziZT&#10;SqQRtlCmyunvX8/3D5T4wE3BG2tkTk/S08f13ZdV55ic29o2hQSCSYxnnctpHYJjWeZFLTX3E+uk&#10;wc3SguYBXaiyAniH2XWTzafTZdZZKBxYIb3Hr5t+k65T/rKUInwvSy8DaXKKbCGtkNZ9XLP1irMK&#10;uKuVGDD4Jyg0VwYvHVNteOCkBXWTSisB1tsyTITVmS1LJWSqAauZTa+q2YJtXaqlYl3lRplQ2iud&#10;Pp1WfDtswf10O+jp0Xy14s2jLlnnKvZ+P/rV5fCxBB2DsAhyTIqeRkXlMRCBH5fLh+ViQYnArcFO&#10;iosan+UmStRP/4zLOOsvTWgjilOC4W+QB60bef7fRhgVWpB0SKI/lENzeGvdPb6k40HtVaPCKXUl&#10;vlmEMoedElHZ6KCSOyCqyOliRonhGqfhRfNKEvRRlPOZGBHVv0mwb5R7Vk0TNY/2gIrNfNUMf6m2&#10;b7SNFa2WJvSTA7JBamt8rZynBJjUe4l48FIgoMCpDYjoQJnQj4kPIIOo4/0lcvzA4YqgnI0bCfrC&#10;GUvwQ2t9rFu+Lmbzc7cku7/gHOzAh620mkQDSZEApeaMH179wHI+MijYX5+4kGZoapylxD3MfRzW&#10;9346dfl3Wv8BAAD//wMAUEsDBAoAAAAAAAAAIQC6UyEbF3AAABdwAAAUAAAAZHJzL21lZGlhL2lt&#10;YWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAAA2wAAANsIBgAAAOSD5EAAAAAGYktHRAD/AP8A/6C9&#10;p5MAAAAJcEhZcwAADsQAAA7EAZUrDhsAACAASURBVHic7H15mB1F1f5bp/veOzOZZBIIMRDAsIR9&#10;FQRlERFFERVcUFHcQEVEcP0E9VNQUQHlhwu4L/gByqICKggquygKssoiIRASyJA9k5k7c293nXN+&#10;f3T1pKen+25zJ3dQ3uepZ+ZWV1edqu7qqjqrUVU8jymNHgAHMPPWAEhV11Qqlb/09vauSBYaGhp6&#10;ge/7vdVqdW1fX996ALYj1D6PXJjnJ1tH0AWAAAzXKGOY+X+MMZ8johnJCyISAriAiD4NN6mY+fOe&#10;533JXWcAgwDWAVhLRB8A8M9J6MfzaALUaQL+2yAi3xORQWZ+V61yzPw/nuedA8Bj5k9Wq9VdqtXq&#10;Dsx8EoAyEX0cwFlxeWPMLFf/TQDOBXAZgL8DWFGtVodq0HOOiPyBmT8XhuGBbeji88iB32kC/sNA&#10;AATAK0XkFAD3E9EXUmVWE5EvInvXqKdojDkdAFT1Q57nXeJ5XnxtobV2BRH9WkROIaIvIVohZ7ny&#10;13med16yslKpVIvmVxPRniLyKs/zKq6esMH+Po8m8PzKNkFUKpXtmPkUEbleRO4DAGvtTCJ6A4DD&#10;0+XjMgD2yqszCIIdiWiWiASe512Rvu77/jUisp6IesIw3NNlzwIAY8xezPwOa+0RYRi+BMD8GuT3&#10;AdhNRJYA+DcRTQuCYJeMckUROYeZj69WqzsAMDXqfB45eH5lax4Fa+1BRHQkgCO7urp2AgAReQrA&#10;dQsXLixttdVW9/m+DwC7A/AAsLvXqOpK9/9uiMZ/HCPDGDPN/TsIIMiggQGsBzAj3j4C2AQAiOg4&#10;AMfFBUXkJiI6LKsj1tqX+r7vichfAFQB7OJ53n4A7k+WE5HziejDAOB5HkTkLCL6fN4APY9sPD/Z&#10;moCInENEJ/q+35fIK1trDygWiw8C0AULFgDAE27lmcHMnzDGzAWwJ4C9CoXCpgBARNOq1eqCUqn0&#10;SLqdMAyXFgoFANhkeHh4Xk9PzzOpIr0A5rj2n3Z5MwGAmd/OzI8YY2a6ibieKHsDQ0QHAYCq3gFA&#10;AbzPGLMvgB/FZZj5HZ7nfVhEngBQIKKtiOh5ZksLeH4b2QRUdUBErmXmdw4PD88TkTIRTUO0rUqy&#10;dQXAAwDged65AD4CYDMA1zLzJ0TkQQDwfT9zK9nT0/OMiNxPRKarq+uLSG3bROQMIiqKyBPFYvFf&#10;LnuWa+/fxWLxgUKhcJvv+9f4vn9zjS4dCADMfIfnef9wefvFF4Mg2NUY8wMRqYjI+wHMExEdHBy8&#10;I6uyMAxfYq19M4BijTb/e6Gqz6dE6u/vnxYEwSGNlGXma1RVrbWfzbj2bY1wkap2pa59R1WVmc/J&#10;qzsIgoOZediV+zszf9GlO1zeSBiGr0jUOeTa27rBvhaZuczMa1WVHnvssRIzjzBzoKo9qtrLzA+7&#10;/r0/DMMjXLuPZtUXhuFRzFx2ZZYHQXBAp5/lVEvPr2wJjIyMbDVnzpxlnuf9AW5bVgtEdC0AGGOO&#10;TF9T1fsBQEQ2B1BJXavLJCkUCrdbaw8UkWsA7ExEX3CczR1E5DJr7f6+79/kinsAFovIMgAD9XsK&#10;hGG4NxH1ALgTgCxYsKCKiHtaCMNwLxH5CRHtLCI/8zzvx/GWE8BfMqr7IBH9GoAnIo8T0Rwiyu3b&#10;fyuen2wJdHd3LwXwJBF1M/Nx9coPDw9fJyIKYP/169dvmrzGzPe6f8ex+D3Pu09EhlGHxV4sFu8l&#10;oqOJaCaAaUuXLu0hos2I6NhisfhAsjki2o2I5qHByUZEu4uIqmpy8vzD0fcdInqriNz3zDPPnOzK&#10;H+j+JssbZj4DwA8AVETkzQB+BwDGmC0boeO/Cp1eWqdastaeoqrKzPc2Ut6VU2vtO5P5blsWqqqW&#10;y+UtUveRqvqd7uvg4OALVHV2ou/H6QasGxkZ2T7Rl2FV1UqlssCV95j5R3FZVX25q+N/Xd5FWW2u&#10;W7duk0qlsoumttb/Dem/cWV7pYjcLiIXLF26tDt9cWho6FIRqbht0D4N1Je5lVywYEFVRA4fGRnZ&#10;uqenZ1nqHsEU0F3s7e1dDmBV/NvJ9A5l5s9ba9/e1dX1OADMnz9/byLqFpHlpVLp8aVLl3aLyNVE&#10;9H4AEJF7wjCsumpWu7wt0u0x8+emT5++vFQqPSQia0Tk4kqlsv2kd3SqoNOzfWMma+3bNQFmfqBa&#10;re6aLsfMv3DXv5u+5lYDin8HQfBSZh5k5p90un+TlarV6p7M/AtmvkBVZzPz39z4LGXmy5h5xP3+&#10;FzP/xv3/UKqOPRLjfp619gvM3M/M5TAMj+p0HzdG6jgBGzNZa493D/vXzLzc/V+21p6oqiYu57h8&#10;qtH2qEdVvTAMX8vMv2HmIAzDQxP10mOPPVbqdN82YtrLTbwHRkZGtlNVDAwMbGqtPZWZ79MNWJe8&#10;LwzDN7nxXq7uYzUwMLApMz/MzCPDw8MvnAJ9m9TUcQI2Zoonm7X24+VyeR4z364OzPxrVZ3lyhIz&#10;L3L5VzPzUvf/Wma+MHFueT6lUhiGR7qxkv7+/mlx/sqVK6cz89Pu2v+paq+qgpnPc8/kQ52mfbLT&#10;f+KZzTDze8Iw3L9Gmek9PT3PENErRORXAEBEbxKR+8MwfBkAUdWfurJvIKJFzPwuIppHRCeXSqWF&#10;k96L5yjWrVt3GwAQkZk1a9YWALYWke/39PT0WWtfKyJPEdG7ROSfYRjuy8y/FpE7EJkD/Wej07O9&#10;zWk+M1/vvp6XpK/HK5uqnjkyMrI9M/+cI4w44a4ys1XVM4eHh7di5q9VKpUdpkC/nlOJmW9gZlHV&#10;l4dh+AY3rre767OY+XKXF1hr36bRFt5z1/dh5juZuV9Vb7HWvkMTW/zncuo4AW1KZK39CDOvdyzq&#10;0zWDtZ44sz3JzCEzB8x8Qblcnucm163MfFcYhq+bAn16TqeRkZHtR0ZGthkeHn6hG+snk2dba+3/&#10;uGexXt2WcsmSJd1ukqnbxt/t/v+DqvZ1uk8TTR0noA1pJ2b+i3sot6nqTi6frLUnrFy5cnriAceT&#10;LWDmH46MjGyTqov0P+QrOpWSU2dTZr4uwQjZSR3i5+A4wzFmqyrCMHyj43beogku8HMxdZyAiSZm&#10;vs49yIXqtiKVSmUHZr5VVdVa+8nEQ48n27c7TXdWGhwcnGOt/bwTORwzMDCwaadpaley1r6HmVe4&#10;Ve5+Zl7jnsU/dcMHrhgzo6y1H0s84wtUVZ1+Zsf70mp6TjJIwjA8hJmPBYAgCE4RkWEi2p6ZT2Tm&#10;0wqFwn0AXsTMH/U87/yMKno2LsW1EQTBniLys56eniWe532JiE4CcEVvb+8KEblXRL5hrT0CkWnN&#10;cxKe5/2ciLZV1VMALAWwVEQurVarRwM4TET+BGALZj5ORCruuZ2JyOLBBwBjzPzOUN8mdHq2N5sq&#10;lcqOzFxl5jsTX81PaALMfIOqzo+vl8vlLcIwPNRaezwzL3Ls6U73xQvD8I2qeotjJsS096vqFZoB&#10;1+/bnUpUp+lvW0psM7/v8g5KrHw/WrJkSbeqnl2pVHbsNK0TSR0noIXkM/MzzCxOxw4a6end6R5O&#10;cltirLXvV9V17iXeWlULHaa/z1r7CWZ+Qh3cGfI3YRi+XlULw8PDW2kNMPOTU+A5tC3FsjlN6FNW&#10;KpWdmfkZVVVr7amdprEdqeMEtJKY+SxVVWY+N86rVqu7M3PVPZy3jYyMbMfMf3bl/l6tVnfrNN2O&#10;9ofUgZkfsNZ+bHBwcE6qnM9OiTkLCTb6f0oyzPwHJ3Z5b5xvrf2M6++tefeuXLlyuuMeT3nGVscJ&#10;qJeGhoY2D4LgwFT+fCcf69exLP4z3cNZw8xDThXrk7pBhtPxFH8A3ItUq9xSzQFHupsd70ubUy8z&#10;X+b6dyszn5MQA/wgXb5SqezCzN9xooN4TKa0JUHHCaiVnALsU8wszHzx0NDQ5vG1mAuZkokVmflB&#10;N/g3xSYiUykx8w8dfV+rU+6vmgOOLKyfcFy9m5n5l8z8DWvtyWEYHl4ul+d1up+tJsfq/0eiu3cn&#10;Vn7fXb8xPucy82p2eq7OPKrjfchLHSegVmLmP7oBjRkI66y1n9Lo3HW0u/ar5D1BEOxnrf2ATl2Z&#10;zOmuL1ck890LdTQzn6+qd7stVctg5pXMfJ1jphykU8B+rpk0ODj4AqeDapxI5HPM/FSif4ustac4&#10;nct+VdWp7oqh4wTUSrExIzP/kJkvSXzN/hWG4Wsco6S6fv36zTpNaxN9epvrwyPW2mOZ+fscmaaM&#10;ciQnAxwpUV/qzFmKnR6HRpOTz1VSfXlMnUZJLAhn5uGpbn3RcQLqpC63TVii0bnrIGa+JzHo61Wf&#10;W9yqIAj20w6DmZcz81efI9tNn5nPZ+YrgyDYX1VPd+f1e4eHh7ey1n7U9em2KUBrzdRxAhKpj5l/&#10;GATBS5P5bluV1B7wrLUnMfMqN8irgyB42RSgPzOtW7duE422h+cy880a2XlNCXCkgP3t59LOQFUR&#10;huGb3bl1mRP1KDN/tdN01UsdJ8ClAm+w/mVm/nH8AjhZmjLzVcl7nCrT2VNQK98EQfBiJ564m5lZ&#10;pziYea0750559nmcgiDYN5bDqaqGYfjaTtNUL3WcgDg5TuNFiXPZGmvtSRoJrG9j5nCKb3vmM/OX&#10;2RmdPhfBzL9ZtWrVDO38WDaUwjA8zNEtusHwF07GeqnbLq9i5muCINi30/R2esA8a+3JmuCUBUGw&#10;X7zKOdzNzqlpljPUTicnnvjVRLmHUwXMfL+qztUpMLb1UsIT2gNxXhiGhzLzQEa/Amvt+zpJb0cV&#10;kUXky57nXSAi18Ip2RYKhX8Q0QHM/G7ndHQfIvoIABhj3tdJepNYvXr1DBH5ge/79xDRm4nIq3/X&#10;1AcR7SEiNw0MDGzSaVoaQBxzIfZluTUR/YaIZojIQ9baVwAoANgXwD3GmB87he7OoMNfp/nsXFy7&#10;g276i9rLzF9xB/mycxrTaZrh/Jc8nP56/ifBCZZ7dQqMd41krLVfsNYeqzrGrfsj6e3wqlWrZnDk&#10;DWxpp0QEnR4srFu3bhN2jneY+Ykcze5tVXWvTtMa05IUrnYCzPzFSqWySxAEBzs51AXstOTb3M4N&#10;OvmK2/NV9YM6MSWE+N67VVXDMHxzVjlm/rq73hFL/I7bs/X19a0holeJyG+IaJtCofCXDGc9TwC4&#10;L+v+jYmRkZGtRORmItq6k3SIyH2lUunhQqFwu7MT+4iqnpG4fruI3F+rjkZARIeLSJY9YDvxlIh8&#10;TkT+EgTBHi3WIQAgIoPu72M55XYEOucafaNOtiAIdmfmDwM4BsBB1Wp1x9WrV88AUCWiY0TkQiKa&#10;7XneTdba129M2hrA7FKp9KdOTzQAcPHeYvSJyLeMMeeLSMDMnyWiQxEFUpwwiOhkZn5rO+rKgQK4&#10;mohe6vv+3SLylSxP1Q1VpHotAHie9/Ks6yJyoYiMWGtvbZ3cCWAjLqPzmXlZxm5FmXnYKdb+nTeE&#10;SepP+h1sNfX390+baD3O1/1fsmifLDiVpGOY+dKMa5aZv+LUvZ5xeQ+r6j4xzTzWYWpsM/enFmlZ&#10;O5liFxeiK9neoy0qKvQw879VdZ3TNsl8D+P/3ZHlmMnqVzptrIlmdIOnpBFmvt5NrMXsXFenBnuo&#10;xmA1k4iZf6oTVEp2dWwUMHO/E4cUNHohFrCz08spL8x8oUaem5M0L0qVW6qqCMPwCI6MT5ul60qd&#10;wBjWScQpkyKn3PCtZj+UzpJ/GUe+Tv7EzP907vTGlLPWHseR2/iRarX6okns20afbAiCYH9mXuEG&#10;8ipNvBwrV66cXqlUFgRB8NIwDN8cBMGL29Cmr5GQ/IaJ1JPwNTmpYOb11tozNIMDyJGRbNY9/Xma&#10;E8y8MlX2b4nrfcx8dbM0NhokspUUMy8y+vio0ydtuC7nlvDPiTrW6wZOd0/y48nMN28sZYmNNtlU&#10;R7/SsVvvO5zeYNvbcWzea1VVrbWntVrPyMjINu5BjYHj/J1trT2NXbTNiYJr27d1xTqAifK/zdJp&#10;dNzdn/N4K4IrUmWJI6PMZnBLDRonlKrV6m4ZNMd9DZxCQ1NGwNVqdY8wDN/k3EzEbcSiJquRsfFG&#10;MyzeKI0k0+Dg4AuY+S7X4Uc0sYduU9opKQObgDsEk3XGYeZ/JeOtsTNinSg4w4NzKs3lyFB0rUas&#10;8nFl3Bbx6Zz6z8u4h5j5t02SOnoubHdKaQ5l9eGGCbj3+2DMD3B1Paob2bJ7Uit3cZYvYebfWmvP&#10;SLykvbzB3+Mz2iYZmpM5DSYG9OEJ1PXWcU87QpLWnnhr3AqSLzrX8LPRQOph5gtrrAx35QUDcSth&#10;w33gyIfjpLwv1tp3NdD+oma9bHEUziu+/3pr7cmJs266/KTZ+k3WRCvkcNEGY2m/K/MTl3/5RNpb&#10;v379Zu4APwYT0KUsMPPj6fpUVV18Nmi08v04q0wjYOY7nbvtQff7iVZorVaru3LCiVCqDauqZ2ud&#10;F8j5aWmU7qdaobOR5Li+/Q3Q0N+ky4v3MnNorf20OssGjox2JSEA91T1TGa+17nOe25MNmb+nhuU&#10;a62173Gu2x5zeRyG4VtcWWOt/fBEWPPW2rex80GReiDVpM+SJus8Ll1fot4rgyA4hCN3DC2BmRfH&#10;tLELE8yRNXJT5wdr7bvzzozM/FQqjlytNJubU6Teuhk6m0ynawNg5sXaxBEkbYrlPnQPMPPaIAgO&#10;5MjWUFVVrbXvnoy+tb3ChNnDj1LXuniD96SlOnEfIdvGTJCch9GyBypm/ntevRMFM69K+LtEPCaq&#10;qk18HHxm/maNZq7QhMlJIylvdcxCGIavaqbuJlMfM69uhA5m/lcylkOzyXnoKifqG3Qf2knpW9sr&#10;dGePdVl2Ue5rskxVtVWjT1fHF5OH3YyHINriQd4xVCYFzLw+LdZg5i/H1xsRebit1lV59Vtr31Ov&#10;jqzknltDcJ6cJ2uyNbut/XmL7RSY+evMkXEvM9+bOguStvn81tZBcp6OLDPfmFcmflFaDOvaxzVc&#10;vCUewDWt9sFa+4V69bcCN9HGeX+y1r4zLtPAS+y5vmXVf+dEXPc1Mq4JOscJiducihxpgjRKT7Pu&#10;5OfH/U0wSkY5ky5O+j+Y+Svt7FdbB8lxG+NtYpbrNGLmhY4Z0JQJfn9//zR2LsZrwX2pWuZuNvOF&#10;bxQc+UvJXGmTDoCc85pa9H0wo27LzF/UibmqM9yE1UC1Wt1zAm01lNy5uCGXEsy8sEmzmYvcfWuT&#10;FgLOdOpi3uAt4FlNaeZMJLV7kDzeEBj+XE1NKGvth1VVnTpSs5Ng9GxTZ+B/NgH6iZmHGmmnUThW&#10;da0tc1/i4WbJwpJjcEGq7uUa+YSc6Iu9bxP9CTaWPZj7iDQE50Kj0bpnanSune9+F621n0lwhtlx&#10;yttqsd72AXITKX4w14ZheFilUtnFWvsFjvTVbtfmpfbjvug5WNcqB1JVUS6Xt2ywnYbAzLc24rmK&#10;N7jZricCuShV/x2t9jXV/vea6NM/29Fmg8m4LV4jdD2pra3uPjPflKjnr21SFxyXJlzB4ODgCxKy&#10;J6gqrLVnZG0BmPnBdNl6qVwub8kZKlNZcCtny32pVqt7N9JOPbhzwHnaoOFlvHV154haZS9KtXPv&#10;RPqrOqpHOE4ZvEbfvjnRNptN1tp3cUJZIQ+tWPI7MZRyFBfiPTqJnrQnbM/W09Pz5Z6enidE5Gvr&#10;16/fFAA8z/siMx8oIr8WkadF5N8i8rU1a9Yc0Nvbu7yZ+ru6us4loukNFL3V87zvt9QJB2NMcSL3&#10;A4Dr72uJ6JMAwgZv+7f7u1WduisTIi4DpVLpG0TU1Wh5Ebmh3TTUg+d5F4dhuJ+I/KtWOSI6Ie9a&#10;GIb7IgqsOAbGmJ0BQFU/7Xnez+EMUTNQaILkbExwts5n5iDx1Rtg5q+0KzxttVp9USOHZI68KW07&#10;0fbc2aolOEbFd7WFQOsufoFyFCYqdyuUFBO48hNa2ay1b2+yj2u0s67Le9yZPI++UF0s7oyx+0aW&#10;Urq19gTVfNmhO5+ezpHmTGbdjaYJdZ6Zz3GdvFWdvZr73ZZJx8y/zhvYJNooiCwmPx6NwG0Zf1+t&#10;VvdotV0XBDFGrnZG/GIk2m5Z99NpwDe0PU+098NW22slVSqVnXPG4QN5W988OSMz/5SZgwzbtbnM&#10;XHHn1vRzOYoTantO3avl/kx0QLbmKFqKDcPwiDAM38QJC2FmHkgGIm8mOfOWuipEvCE0bDvSQfXa&#10;S7Q7xMw/dee8ib5UO8b1ZsSiGzNBUjS0pE/pzmlNOy2ayAellWStfb8TcI+75jwiL07T6LjW48qz&#10;U69z72d693A2M7PzCl2oVqt7c2QHGdf5jFPhmpDH6AkPiHOKGTLzmpGRke1U1SQnnTOIzHt59sgz&#10;f+fIvqsmmPmOdrKhubb6l2XmRxxL+Bhtr5u3gtsCqdva5ZUznBD2tjjZ5nILbvg4Mjad9AmWTE62&#10;upYjF3XjttdOAf2PKTr7NWNScMJcKkOe2cVORY8TEV/dive1iaiEJVNbBsWtXspRIML4JTROYJh5&#10;hnFCy/Vua5T1UtX88jLzoozwuC2nMAxfk6j7ykqlskO1Wt3brVzbTrZsiZ2itju/1RrrtyXkcs1O&#10;tm05x5qhzliPdCqwJDN/29Hwe83+wHnM/I0UyePO75zQd+VI9zKtO9rHkUC7wpFPnF+6xSO+XnT1&#10;tuzar12DYpj5YteXK7T+cnsQO+FxVrRIF8kmF8z8WJ59VitpaGhoc97gOOfGTjjxZObfufa/3UDZ&#10;L7uyyxqt37l1f7bWuObBWvuhjT0ecYrjr7n+3htbXaeT8ykyoprtN5JTitbM/KWcNguaWkXdwvCs&#10;u29Zq4rYbRsUpyAcm+6fnleuUqnswAmtbmvt5zMGptYW8pY042UiwSDcRLvfDeSj2qS2fLsSM/8/&#10;R8Nv6pV1skd23MG6dTs5Va7idi04JthGH4/U2NyRoGdZnjMo90F5xum3pusYs6JzpEKXq4plrf1A&#10;InxZzPxb57a15WYNWFUVfrOiAmvt640xPao6DCBU1UEAPGfOnAEROR3ArwGcxcx/LhQKdyfvXbp0&#10;afe8efN+TUSjfuSNMbMymjk8q20RuXTRokUnLFiwoBrnMfO7Zs2a9SIAH2+hL0d1d3d/l4i2EJEh&#10;IjoawNr4+sDAwCa+75earbcVdHV1xfLHXZn5bbXKlkolAHgGwBwRubBO1XM9z3tTKzSJyDMAevPa&#10;KJfLZ06fPn1lK3U3A1X9CYADAICINgdwCzOf6Hne/yXLFQqFfwwPD+9XKpWy/Fz2Jn8Q0aYA3grg&#10;onTBMAwPKRQKPzTGXAPgaBGZQ0QAsEe5XB6ZNm3a3YVC4WsAmhvXZmamYxc3IvdaodleotJ7a2Xm&#10;/0uV68vhQp6t43UtP+2+8Ok68hKFYXiE03C53+3Pq6qqzotWmt6GNeH/G7GxznHOgdM4I1mOtFka&#10;1dIZt4V2zJWssl931891v29VVY1XM2vtx5k5bDaIZFMrm+/7nwciLQIiWi8iRQDdLpXc36KqXghg&#10;KHlvEAS7+b7/0Yxqt0j+sNbu7/v+aEQYERFV/ajneRckihVE5Fue550UF2uwC+L7/p3WWlXVO8vl&#10;8l3Tp0//mYhs4nnezzLKz2mw3v9KhGE40NXVsPJJy9h0003Xi8jVAN6RzCeij4rIiyqVyrE9PT3P&#10;1KmmLyPv0IGBgU36+vrWpPKtq/9cAFDVGwG8zPf91wD4t6o+5nme393dvQ+A6xvuSKOzcmBgYFN2&#10;ca8ct+b8ZpR+3VlkHNw5KblanZa4FmYIrGcmZSCu3Lea+cKk2ju+hu/FJVk0P49RTEijopnkbP0y&#10;wcwr6tkCcuR2Yhyy7nP2eqPGvLHOrHvvuth5hwvD8PBm+tCwbuSMGTNWl8vl7UXkXABMRB/r7u5e&#10;JCLnl8vlzWvdW61WdwZwdM7lrQGMrmTGmN0AQESsqr7T87xLEvXsIiL/IKIxZzpVfbbRfqQxMjJy&#10;bblcvrPV+/+bsWrVqmr9Uu3BwMDAjSLCWdeIaDMi+hUzH99svUR0YDrP9/3rReRpz/M+CQDFYvE+&#10;ESkDOBjRqici8mR/f//tzbRlVLVZ+jA4OLjZtGnTPgPgQ0TULSJlIroAwDcArEqXF5HziOgTefVV&#10;KpVtu7q6nnRl7wKwl5toV8RlrLVvJKKLiGhGRhVvBXBl0x3ZAELGVlRElhDRVqm8a1T1lxNo6zkH&#10;Y8wFRDQ741IRjStbTxgicgcRHVDjuqjquzzP+0XGtQoRjWN2icgfiejV6Xxm/oDneT8UkR+r6hJj&#10;zBcB6KJFi3rmz5+/b6FQeAbA4qY60MjyV6lUds7ScyyXy1sw87ditrK19tScJbzmdiwMwyMSZVc4&#10;/4Hx/b5G6jSZPhFVVUdGRrZpZjlvNGXRzbU9F/9HpiwFA8dYmjRzlKwUhuGr03Rk0BVmbe84I/Sv&#10;K/9YTnuGI6dRybK/zSvbCP0NbSMLhcJ3ent7nxWRG5n5I8PDw/MAoKenZxkRfXRkZGQ7EfnasmXL&#10;fpS+NwiCXdOrQxrGmM3cv12qeoHneRcDQLlc3lxE/gTgNCIaZx4BACKytKura3Ej/WgBI5NU738C&#10;QjTOmGoLfN+/QUSuqVWGiHwiujIIgt1Sl/Ke5WY5+UpExwE4UUQuZeZPE9Hb44vVanUBM/+viPyL&#10;mY9rqAP1ZqNjjISaAEea7n+z1n66HvvXBQ2vCacACo1UYkhVEQTByxrReODIrGWyvuhjwi659rK8&#10;6P5Hp5yV7ZlO0OJ2U3X9pTgh9sxEHxbnlBtuou0trbWfYua7kjstp/1T9/66K9u0adNeS0S+iDzK&#10;zGeKyF/crH+J53nndHV1LRSRexcuXJgp/DXG7NLQrI8QAJAwDPfzPO86InpBvRuY+ZJ6ZSaArICC&#10;mSvsZCEIgj0RMZE6CS8jr+2GrI2gp6dnmYi8v145ItpORH6ODc+r1eCQs5j5wyJye1dX11Oe532d&#10;iPYFwCJyg4jcCODw2HC6kRZhSgAAIABJREFUJk31Cnie9zsRuZ2IdjLGHDE4OHjUyMjIlo6AP4pI&#10;CKCS1OpIYV4zPRsZGXmh53m/JaJp9cqKyL2FQuGvzdTfJAYy8prWumk1kiaAvXzfv1dEHgdwUIt1&#10;TBhE1JuRPZSRt1Hg+/5vHFe8JojoDcz8IfczLUuLsbpWHdVqdTPP8y4konj8bxWRESK6lIheQ0Rn&#10;ElFx2rRpedz2DWhwCe1i5++Rx0eemZVn5OeW7+vrLfkxQ8Q5IL2rXvkYrficaCalD8iu/816WiZu&#10;wZGo8+G/LNHuUt2Icq3UOGRpb9TzlzLZiTjHWW2KzkHHQLsi53rdfjDzPcy8PBHH7QpmXuMU1omZ&#10;l3AUD65mPY3K2Sou5vWPiWgnF2w8PoCuLZVKj9S4t+62S1XXAsB22213jlui60JE7vR9/6pGyk4A&#10;azPymvJTYq19rareG4bhi5u5z8Xuvivxe0sRuRgbOQ46AENEPRn56zYyHWkIER3rjjW5IKLeYrF4&#10;oYg8nVPkvnoNqeoviWiO53l9AGCt/SURzdpmm20OR8QkuhzAIUNDQzU1jpp5cJaIPiAiXyWieb7v&#10;34rGtjblegVUdTmAlwM4tRFCRCQkopMQBT+fTGRtPZraEhLRIZ7nfYeIjmjmvnK5/HcAhwKAiKiI&#10;fAXAfgA+3Uw9E8Xq1avznC2t35h05KCyZs2a1zYw4Y4AsGPWNRG5qV4jnuddKSJaKBTeBgD9/f3X&#10;i8h6IjoWAJj5cgDo7e3NlQECLXwliehzzHwqgJki8qcwDF9a55a62h2FQmG5iHw/j72fhqqeiQa+&#10;SBOFqmZNtiwduxg9zPxhZj7BnRVOV9VHATAAYeaTmflEZn43M7+1Vl19fX1riOjUSE6rZwLYF8AN&#10;InKs08jZKOjq6so7O0+FyYbZs2cPNjLhALwyK5OZ70/+ttYemlFsMYC/Ang7AGy11VYjAK4G8CIA&#10;VCgU7nbWCFfXIqCRw34XgPnW2vnGmPme5803xswHMEBEs6y1Nbk8qvpkresiMqyqR3mel/nlySh/&#10;led5ZzdStg0Ypw0DoBbjZtjzvAeYeR/P874LIPS8iJHned5ZroxnrX1FPIZ12r9IVa0x5mQADxPR&#10;LwFUCoXCqUNDQ2c26xawFfi+n6WxA3R+GzmK2bNnDwJ4lYhcQUSvzypDROO2/yJSLpVKT6TKfRbA&#10;LUjtmlT1Ss/zvhkEwYuKxeI9RPRRRB8cAYBqtbppoVD4uFNezn6uNQ6FZzHzM7VMaph5Yb1DYT2p&#10;PzM/5A7/dcHMt04klluzySkop2lYVO8+Jwv6Zpbbcaf43HBgCmfGocx8lrX2VOdx+iBmfqxZh7et&#10;pGQsgiQmEGiy3cnoBk0WjyN/JQ2Bx3uULjJzmGOcOpeZf+dctWe9K69RVXWe0jJpzdtGegBOJKIt&#10;AFRE5CER+b2IXMDMn7LWvjkIgn2IKPfQ/+yzz04DAN/3/yEitTQNXkhEW9a4DgAQkVuI6Mi5c+fW&#10;PQO2CyKStQWutY0EMKpZc7Hv+69I5jPzOzzPe8L3/d82SkOpVJojIsPW2stE5K+e593BzLsT0YLu&#10;7u5jGq2nVeQY9wJ1WOYbESUROcP9z0R0CjN/SEQaUZL+e/JHEAQLiMj3PC9rdXyWiF6fNoiOsW7d&#10;ujscLyFrGxohZ5Ye6mZ+v6qe7UwNmnLjZa39TPw/NxB9psbXhzkyze+Ec9CtM+gJtYFYBdbaU1xU&#10;H3IrZLFSqSxIRF1tNM3XyBz/Zma+3Bm9foeZl2SZ/7c71XDkekwHnkdmYuYRt4MazXNhn8ZFpE0i&#10;w7zmGNXW4xkw851O6yjzet7KVhKR+4hoLoDTCoXCP0RksYh8KwzDQ5CtUTCKgYGBTYwxpyM670FV&#10;W2LRi8gKETmciE5DpF2yUbFw4cLl6VWZiHykTOxz0NXT07MDM5/k+/4TzPxhIuozxjSrDbJCRHjt&#10;2rVHEdH7APxtaGjoTAC97XCX3gA2ycq01uYJiTsCIvr50NDQqMZRoVD4m7X2lSKSebYUER4eHr4t&#10;lReLs/YCkGXlkEZXGIaHMPMXRORmAHsD2H1gYCBzzGrO1JGRke2cLtgdybMbMy9PBKLP+hqepKoa&#10;BMFLXN78Wme/LHDkhGcyYzfXTc6Z6TijwwbcARiOHLimve8exMyXNuO9a926dZswcxAEwQHW2hOY&#10;+bfsDHE5CiE12atGZtimdjinbSONcZiycVr5YRi+Ouvdc7utdD2jQvI8Y9QgCA50EZlu4nwnSkdn&#10;3VuT9d/V1bXI87xvENGBlUpla2Y+WUT+DGCW1jDYNMYcBwBEdLDLWgygrjwjhojctnbt2oMBLAGA&#10;arW6I4C5jd7fDjDzu7q7ux/MsoHyPC9PUzyGEtEJxWLxnlT+X4johOnTp/sATBiGB2fdnMS0adMO&#10;JaJCoVDYwfO8fxPRT1X1n86Ysa4+XhuQ+YW31k46J7QJrAUAIno9M48JruH7/g0AzknfoKp/yKhn&#10;z/ifPLs5z/O+5HneF4noUGfLuUxEfgHgxCAIdheRQERenklljS+GKZfLWzhHlWNcfjnbtswAEC56&#10;Yxyn+NrEtaNzvgLpL86flixZ0p3+4iRt3iY5+c6SIBe1OE6Npmq1uruqnlmvHDN/jZnLzDxkrf0I&#10;M1/IkaOi9RzFupvsVeNXGc+IO+FbswaNSVd3Azp+R1R0aoajcOM/5p1OafLfltWWtfYUZr7UWvuB&#10;LG4zM9+ed27L68BBnHBqyZHr7ZvyXIWn0gcT963XDd6PDGeYrCThlvYxXrncdjXXMLXNqYsjz7s1&#10;Ya09caJtWWtPZeaf1ivHzFcx82NuLGeFYfgqN9lWcBSzrJ1u0LPavz3jOTXkr3JjJY5coyfpu0FT&#10;DD33sY6vP5quI0PMsy5dR4O0nMXMvG7duk3S17K2kXs571m7ODUhISKPiA71PO8m5PsSAQCIyKiJ&#10;ORFND8MwXo5VRD5X477Hieh1SGiTVyqV7Y0x33XL9xZ597YJXSJyDREdWa+g53k1fa40AmPMvqjt&#10;vWumiHwVGw7rwwCOQhQnzCOizRzNv7DWvslttbN0GCeKrHHvn4R2JoIxeo9EdDgzvzeZ5/v+H0Tk&#10;Dnf9snQFGdvGvthIuhlUKpXvM/P+fX1941QJx002p4PXzcyfJ6JNiKgUBME+Tjrvicg3kc+NJAAv&#10;S2Z4nnds/L/v+9c6rk26zXVhGL4OYzU2eovF4q+JaKYr00hAxJbhlKwzncNmlJ3wZAOwK4Cnsi6s&#10;X79+UxG5HcBMx4F8yFr7KhH5ARFdDqDqxvH7RPQGVV1ZKBTeLyL3AWin7M0g+6w8lc5rUNXF6Txj&#10;zHnVanVBMk9E/p+IaKVSybKBfHk6o6enZ/tmabHWjhQKhbsAnJhFaDLN4igizcU5S+S1qqo1TGp2&#10;ythyhMkABUEQvDi1N5YwDI9K1UMZW4NJs5B2UU0aBjNfN8E2DTMvZOazMq7FfT89joPAkau+IkdO&#10;RV9prX27tfaUjGgs23LkVnundoyL2wpl9f/SyXgOE0iZ/ACONJySZkkFzggp5Ti+Yfr+vFhv9RIz&#10;P5s1hyg1K/dyVtlXjJuV0cS8DAA8z8vkDDLzOPMYIvKLxeKoZy03669NFDnf9/0xfiWcN66j0tVn&#10;tTlRVKvVHY0xX2vytpo+VephYGBgFoCVqroqbZZhrX2Tqt4B4Gw4cx5VfXz16tVdbuX9s+d5lxlj&#10;XqiqDyZu9QA8AeAiEWnaFXsW+vr68mSC9RyiblRUq9V/Z+UT0fYicjk26ACHa9as+UC6XF9f31uc&#10;/DSNelznPDwMYJyHgjGTzRgzFwBUNU/JlABARDL9u3uel3ayEuM9AEbVfojoPFfPg4sWLfpssiAz&#10;f4qIPpauQFWzlIInjEKhcD4RNWtJPSE3Bd3d3VsAYFV9ure3d8zE9X3/rar6MICZxpjNAUBE7ps5&#10;c+b7EsV6ARzl+/4/4ozh4eHNAYCZLwPQlDlPHqy1mf1U1Sk12Uql0mOSE2+ciF4B4H/j305peQxE&#10;5KR0HgAYY7KF0xkol8ubW2sPY+ZTEJ3Fd0LquDVmsnmeN+IIzJT/GGMOF5HKU089tTDruogsyMon&#10;omnM/M5E1i0i8igRvS/lTuG9xphxMhGHPOO/lhGG4YHN2pkBgPNd2YiGQSaKxeLriOggY8yC9Ast&#10;IjOMMftYa18U+2ocGBi4zxjzHhE5j5lPFJEbVfUiJJhJhUJhnvt7L4BZuVoMTcAY88KsfFVt+7OY&#10;IBjAA3kXReSzQRDsnXUtCILdiGivrGtElCuH5sgtyPdF5DYRWT1t2rRlvu//2fO8bxPRrkTUU6lU&#10;5o+pL/ljeHj4LhFhY8zn3OSgROXvAPA2AH/M8zdCRJkPBwCMMe9J/rbWvgXAP5O/ReRHeR0UkUfz&#10;6m4VnueNW0EbRRiG27Vyn7X2cBHZVUT+DaBgjElvSWcx89VBEDwqIl1A9DVesWLFwaq62Bizq4ic&#10;6XneV5I3JephAI90d3e3g2M6PytfVZdMtO5JwN/yLhBRwff97yGDIej7/rEZt9SFMeYjRHQiER1M&#10;RJuISCgiDwO4UkR+5uoes5Uc07gLTvBjIurxPO8SEXnWzdzHPc+7FIAy81nIgYjkfu2JaN8kd6hY&#10;LD4U/2+tPZKILsnZN0NEeGBg4MGsaxPALACZtk+NgIi2bfG+g1X1ZgDTjDGlpEjD6fYVisXiA77v&#10;z0bCwmDu3LllZ/F9qu/747QfUhNjKRE1zbbOQOYHpVqtZnJROwkRubXWdSLan5nfnso2cAahOXXm&#10;WqtoFMbqiwDe6lbHXiLaFcBby+XyaQDg+/6uY2jIIOpUETlXInfNm7mZu52IDKrqex2DIw812fO+&#10;778xI3snIro8Sy0qQdN9WXvtiYCZD6/VZhIikhULIHPL3AB6jTE7IppIbxaRUeXZUqn0QjjVo2Kx&#10;+DjqKHzHsNa+0Riz9apVq+Lx7/J9vx1yyXGTTUTKvb29kx6TrVn4vn+z8/SWC2PMGUgYTIdh+OJa&#10;H01VzTUj8jzvPABnArjSLRyjivLTp09f6ZToa082AAERnbZ27doXWGtfw8zvt9a+iYhe6Fa3WqgZ&#10;P8gYM24lEZELqI7bOhG5oU67TcMYMy6gQk7bVkTGWYYbY3ZqpV0R+S2AdxHRdES+DA8MgmBXV+cs&#10;ALOr1eouiOIXNCRb1MiHy6tmzJgxev5j5nkA4JQKioiE4c3AAMh6EZ/C5Pt+aQXrANxWqwAR7WCt&#10;HVXK8DyvZtBJTIzr+itVHcvbyJITpHUTm5AvrMqSdyTkHqEmvNSq6strlY8Rh+5pZ2LmmxppmyMX&#10;ZVl2bfe22rbTGhenZ/cbjdys3cLMTzDzDcz8D2Zeycx/a7DOorMMiK0sLmLm77l+/p6ZVziL62bo&#10;HNdn1++GvP92IllrT8iiOUX/za48cR0PAdVqdc920pde2XYCcPe8efOSK0mfiDzNzJns0RRq+tQg&#10;It9aO+qRS0SygiOOgYg8Wmfr2ioakpWp6h8BLBMRm7q0Ixrc5mVgPYALjTE7A9gd0Sr2OgDXiMj5&#10;RPQWNGARDox6TA4APBbnMfN1APZfuHBhiSLnouVCofBwkzTukJP/RE5+x7F27dorRKSeI6JDAGwb&#10;huFLankIEJHhYrFYd8yCIHgRM38+/s3Mx4nID5j5o2kv4cnJ5ovIVQD2QcJV8/Dw8HQimud53net&#10;tfXUmeouu0T0ciAKOwWgrh6iqv6wXpkW0VDITM/z7kEUk2uMihIRdVer1ZaYJABmEFGZiD4M4C5m&#10;fg+AISL6pIgsX79+fRmJUEwceerKpNfzvNj1wkIi2lZEFgPYgoge33bbbU9CNGkH0aQHY2bOdBuv&#10;qpkC5KkAd67/ca0yRGSY+S2e52XxD5K4DXXCYYVh+BLf9+80xnwKAJj5BM/zLiaiD3qe983ttttu&#10;TOiq0clmrT2MIgesVw0PD48Glevp6VkO4DOO0PH6XmPRCHv+AFfv64io3jliwPO8nzZQZyto9NwR&#10;y5TGsbs9z9szndcIjDG9CV3Pp40xH7PWvgaAFIvFe6dNm3YyJRyjGmNeaq3Nkwey+3CtNMb8GMDd&#10;xpgXi8ihxpi3iMhKVW06HkJejAZVfbzZujYmhoeHz6m3uhljjkSk1J0LVa0b78/zvE+7d/j3rt7j&#10;AcBpYN1KRG8Kw3C/uPzoZCOiA52S5kdSLtJCAGdLFKSwZpAMVf1nresOeyGSL40LQJeGiHwb9d29&#10;tYqGopVWq9WY/TuO3Z0nDG0ABbgtqKouE5FPG2P2Z+YvWGuPMMbECgDdzvP0Dr7vxxObAMBtUQrG&#10;mJ17eno+gEhL52lmPo+IriSi2ap6NYD1y5Yt+04LNO6alRmGYS3v1x1Hb2/vClX93zrFDiSiXG6y&#10;iKxOBuIcHBzcrFKpZIlB9hGRPxBR/Lx2FpF1RHTss88+e6REjlwPiwsn5VozAJR7enqW5dDwBCJH&#10;obmw1t4U+0nMg1ON2hXR3jkXIrJy7dq139h000kzRn4aQF2X4EQUE5B1Vtmnxba7scGPyXJjzCzP&#10;877o8o4Iw/C9qrqtMebNvu//GcAcEdmGiB4SkQ+p6o3bbbfdqyTy/vViY8xWRFSUyGvv36y1byAi&#10;FZE7CoWC75yKNgMDYJzqnYis7+7unlKqWklUq9UdSqXSY57nXSgirySiN2SVI6KaL6mqnoPEtnv6&#10;9OlHIvI2sChVtAQg9rZFiHyKLgYgc+fOLYvIUmPMqGgnOdlCANNGRkZe2N3dnSW03Bl19v2lUmmh&#10;iDxIRLvXKsfMr8tTZo5BRJ/edNNNJ9PrbkMvjWMw/E1VH8u4/KIW2x5lxYvIMiKKV60hAFcWCgUA&#10;+BszTzfGdAG4B8BLReQXTvD/CnfvakTu2MoA9gCwfRiG+xYKhd+KyNWe572uUqn8tKuroePpKEZG&#10;Rrbu7u6emXHpUWzkAIjNoFQqHYDopX+UiN4pIrcSUVPPSET+7nnet1J571DVn2QsJP3YYJPY5T54&#10;8Tvbg8gWcFSBfnQbqar3EpEplUrfRcoIkZlPJqI9kAj0kAdVHRd9NA1jTK7UHgBE5A8Afl6vnokg&#10;Z/KMgzHmBETMo3HliWjOyMhIropaHcwAABHpN8ZkcsWcLG8uIubIpgCsiPzByR2vBHAdIr+be7hb&#10;bkp8SbcgogO7urrSX+O66O7uztQjBPCvZuvamLDWrhGRWAVvqFqtvklEsoKjZEJEHhgaGjoSCQG1&#10;2z4ehmyZ532Izn6zwzCMjxRrh4eHt5TIz+ksIhrVfBqdbMuWLbtKooDtrxWRRSLyfyLyLYkcg14g&#10;Imyt/V4OnaP1rFy58qciUtO40Km15HW4GgTByZhkwamIpJ3xZIKIdhSRMwuFwoMiMs7Mp1gs7t8i&#10;CT0AUCqVliPHmZGqrgSwBxF9EkBRVf8HEWdx2NFSBXAtM5+G6Gy7jTFmpjPb2Q/A9a0QJiKZk01V&#10;78/KnyrwfX89gHfHgQm7u7ufIqLj69wGINphVCqVI2fMmDFGa6RYLH7c6euOs4IXkV9S5O7xcc/z&#10;YnHZQ0TURUQvFpGHli5devnoDUmhW7Va3ZuZn8wQBFade7o8YeI7U7+PrydczAMznxfXE4bhGyYr&#10;OL2LBTfYBF3nJv2yJPK/2WzbHLmguzvx+6qccr+y1r7NWvt5a+2769T5dVVVa+1JlUplF1XVpNFu&#10;k/RdmzUGDfqg6VgKguBgNwanpfrzs6z+xGBmm9W3crm8JTOPuDo/lTNW303Us3R4ePiF/f3906y1&#10;H1u1atWMZNlxNy9ZsqTbWvs293J9xzWybZ2Hc4OODZBoGnGck9HpctJ/PTP/2Vr7yWYHvYmUGSCv&#10;SZrvarZdZj6fmf+d+P37nHLXqipGRka2Hxoa2rxWnbGveWvtRyuVyi4T0HAxnOFJmJk5/fJMtRRP&#10;NmZ+Qsd6rZ7FkXfvvGd4bs74/yQuY639cF671Wp1N+dFvCevjGq+d61mX567OApokMyfxcwP53Uw&#10;p9OjdVQqlQXMLJzjUqwdKStwRrNg5mDlypXTm2mXmb/CUVTR+Pc456KqOjNhWt+Il6deZq6q6nuH&#10;hoY25yhgeyvjMj+nn+M8Uk21FIbhYTG97uMzes3tDLL6tTBLPTEIgv2YNzh3dapgE6KvXVEsewGc&#10;MDIyklSBWlupVA5v1A5NRDgIglEuUKFQeA9F8dpeioSVdzvh+/71zq6sZRBRYebMmQ0pNcdQ1WGM&#10;VceqpuNuh2G4u26QWzZyfh0C8FsAv5g2bVo/gCcbCaqeBjPnBfT7e07+VMLomBLRGPcHnuddgoT9&#10;ZAwR+USGaKTged4PkraV6qLjTgRtCxlLRN2lUulLybyenp6nBwcHDwRQ09bI4fqurq5YO8EAONbV&#10;61trX5F/24QgIlJPAFoXzvS+GQw4DZGYJ9+/2WabjbE/I6JdPM/LjJhSg45jsIGTtkZVm2YyGWNe&#10;kpWvqrnGmVMFxpikP5fXYaw1vVhrz0yWF5E/+b7/u4yqPpdWWNCIWTUhtDs+87vDMBzDnevr61uz&#10;atWq14vIvbVuFJEfxP+HYbh/0s4oKYVvN3zf/5WItMS1S6BZ+tYCQLlcngUARLSsq6trDEfSGLMn&#10;IvlaLXjW2lEdP6e2dbqIXABgcV9fXyvBLzJDNzPzHS3UtVFhjBnVCiGiIkfRXUfhXCk+CEShk621&#10;p6frCMPwAMnwb1ooFCYszG/XZKsAkc+GQqFwIVLa8LNnzx6sVCqvF5FM7RQRedr3/evi34VCIe0I&#10;9mWYRFQqlRMkOxZbo9irXvDyJNQZJfq+PwsAmHk5MyeNPQ0iYelwnao2Q0Im5Pt+l4icBeDtRJTl&#10;y74eZiISjo+BiKxNWtZPYYzZzhtj0i4PVFVj8dU16VgMQ0NDczzPuyztMUBEAgBLJ0pcWyYbESX1&#10;F/dh5nGmMz09Pc8w81tyrGkvQULSLiJpNZudEb0Ik4Kenp5lzHyUiNR7uTNBRNTd3V1X1zOGiKwA&#10;gFKptAkQ6Uci4Xm4Wq1ur6p15YBhGG6V8QFbXi6Xdwbw50bpiWGtPShHlelWTGHNEQBwZ960tsgB&#10;SMkwy+XyFSISWmu/lCpb7OnpuZKIskyvHkMdC4BG0JbJJinXdsaYs6rV6jh7qEKh8DdV/Uw631qb&#10;1EqfT0RjArQTEVlrW1WNagguBt3rG7CHyoQx5rWNlrXWPuv+bgpEEU6T6mue5+2MSMeuXptznVAV&#10;ANDd3T0EYPa6deuaMqeJQTlRM1X1xlbq25iYO3furmkrEiIiZh5jxjVjxozVqnpWsVgcc6wRkZ8Q&#10;Ud4OquYRqFG0axuZ9rXeXSgULkaGKb7nef9PorBTAAARuT+5RWHmV2U14M4wkwrf92+y1r5MRJ5s&#10;4fZXo0HXAz09PctFJIz9dAZB0C8iowwSY8xmqloBUAzD8GWIFJ7TCo6eMWZvIvoKgLOZ+SMATiOi&#10;4uabb/7SFugHgFdmZYZhONEz7aSDiDKdExljXpPOS3smY+aPEtFxeXWrapYPmqbRlsmmGTZORLSf&#10;iHwhqzgRfUCi+GLQlN2QMSaT2dCqz49mUSwW7yeivUXkpyLSMDePiGahjiVDAgxgGRy3rLe3dxXG&#10;et81xphtROSeQqFwK4C7RWTIOZF5REQeAbDaxQlb7274EIDT3P+t7ALmIrIaHwMReSzBJZ7KyFNs&#10;fxmiM3ASo0eWIAheZIw5t1bFLqDMhNGuyZZn4/RZZH8tF6vqVwHAWvur1LW8AIGtWkW3ggEiOoGZ&#10;D5YowEVDEJE3NVqWiBbHKxui81BSprPCOasdDsPw5dbaVwL4g/N2thMR7YTIXcWliAJCnA7gN/H9&#10;nuc1EoY4jdc4uWYa12TkTUVk9pmI5uTYogFA0ff9i4goN1yyiCxCY0bRddGWyVYul+/LWgWIiETk&#10;kkqlMi4aiNtO/qlUKo0KlUdGRl5IRHku2HL9RUwWCoXCHUT0sjAMDxGRyyTHxXUCR6PBMXVb1eTX&#10;ePQ+3/cfICJPVa8uFAq3+r5/46JFi94Sj7GIXCMiK9yk8wFAVQcSdTcdOkpExm23AICZr262rk7A&#10;87zcLXyhUNgvK5+ZT6tnDkZE6cWgZbRlsjl5Tl5wgxcUi8U7wjBMG2pWyuVy0iU5uru7MwfFYcLu&#10;tFtFoVC4jYiOdcyIt4rIj0XkX2nOKhFtbq3NZDKkoZGJT1KQPZLQIlnstoqj2HzzzWcC+CsArFix&#10;4p2q+hkRWYPIP8roy8bMn2DmzMAotbqI6Mw5BiLyRKFQmPLCbABg5lymkDFmnGVGpVLZzhgzjlmX&#10;hPu4XTRx6iK0U6g9Lu7aaCNEczzPuzGtCTJ9+vQxXEwRqcUEaTb4xWRgAMCVRPQBItp97dq1s0Vk&#10;zEMmopq2ejE0cpyTXK37N9tss+RKd60xZtSGqre3d0BVfygiK+bOnVvWKNDIqK2aiMx15vznFwqF&#10;pjRPABxCLg5eCpdgavqIzEItDY9xWjHFYvE8qh9Q5Wa0aQsJtHGy1dPCIKLpRHSttbaWPKrmkj7V&#10;4CzJ06vIW9J6jllg5ocAbI4N1vLPJl2Rq+qjGGuwWEG07bzbXV+GhEAbkcuKZt3VAQBEZJzzGxFh&#10;IvpZK/V1Alo72MeeSbdy1tpX0PiQZONARM2GEqtdX7sq6u/v/5OI1HQR7ozqrq4x4WpxHNvqfrxd&#10;YOYxlulENHOLLbaoGQoZAEql0uOIJsuWAKCqz8Yholy9f0eKw2aMOUxVfwEAYRj2wzEFqtXqzogU&#10;tmt6BM4BAchi7PwBDcj6pgqCIMh1REREpfnz58cGsYaIvl6vPieealoxoBbaNtmc5nRd91/xhAvD&#10;MM11LADYpsatUy1MEQCgUCjcKVF43VEYY96XVz4BBvCgtXYbAPA8b5kxZnRlcw5CR7XYK5XKNgD2&#10;il3A9/T0rEDkWmFWoVD4UVSkkmdJn4swDA/KYUrNRUbo26mKnp6eZXnqgEAkigIAZn5bPb8kIlIN&#10;w7CuA+Fm0VZF5PTmS3XZAAAgAElEQVRXPrdRoi7P8652Pu1jzEtrAKSQG3+r01DV76ayDkNjoop7&#10;jTE7AEAYhs8mPTEhEgeUY02cQqHweoyNOR4C2ISZX43IBcIyF4WoKXiel3nGJKJ9AdwsIlc6Befn&#10;AnJXdmPMSwH4xpgv1qtEVc8olUotbclroa2TzX3l/9pQw0SbFAqF3yVsrmqy9ono2lrXOwnP8y51&#10;nq4AjIo86jm0hareZYzZDgCstf2IznDJ63+No7laa68HkNZs2bFard7uVqamHfsg2k3UDHhPRG+Z&#10;Nm3aPUEQTKq6XIsorl69ekb8Q1V/X6PsiwEcR0R5btUBACLye8/z6m4zW0G7TWwgIl9uuHGibXt7&#10;e3+OSMKfG7xPRBZibBzuqYZhAGk36cejjotza+2dcI5vu7u7lyM1BsaYWb7vJ90KJjXPDYD/M8b4&#10;iNj/u2K8pkRNWGtfSy66aS0Q0ZbFYvGmpHffqYAgCBbMmjVrdKVat27d70Qk00cmRWHPzqhVn4jc&#10;uXbt2ndikpSu2z7ZnPVzwwdLIjqSmT/EzLXkaJejDVrXkwki+nZS6E1Es1OhjcehVCo9gg0TrILx&#10;k/MF2KAEazA22EWfiNzofHyuA7BmcHCwqdDDRNTI2XK0Pc/zfocJxhNvJ4rF4oEAjo+5v447fHle&#10;eSKan5UvIioi31y0aNHLE75K264e2PbJBgBhGJ4qIpmhgLNgjPlqvJ3KAjMnJ+/sZ599tmY8tw7h&#10;WaQEoMaYj6H2aqOI3JrHMq70F5XjPKdpMxpJp1qtvgBj3at1TZ8+vRlj0bkAGrZUACJ5qYhMVuyF&#10;piEiryaiGZtvvvkos81ae34zOq0islZEjiaijyfCV5OItBT+txYmZbKVSqVHiOjMhomIBKqZIalE&#10;pFooFEb9XzDz0XPmzLkakVfhKQUiOscZGsa/d7PW1nyhVfW2MAxjYb5gbL/SfiqnwRnmikgl4dy1&#10;D5GMbZxfyzww8/F1GFKZIKLD0hbQnYD74L4aAIwxo9pJxWLxAQANWZWLyD1BEOzj+/5vk/nMfAzG&#10;Koa3BZMy2RzOlSYihhJRnvLsA3CW4EDEVSKiV4rI+RMlcBKwGKnVjYg+W+sGZr6RiGINh/7h4eHk&#10;Q64iWhnnIjKz2QWRf3l0d3cvQeQlGQC2V9VmbK58Y0xdBk4ejDHj3AlsbMydO/e15CLWujh3o1DV&#10;uvqMInLRM888c1BXV9cYptPSpUu7jTFfUdW2xzSYzMkmg4OD75io9yqM94gUB7M4qUYYpY6hWq1+&#10;NXV2OyAMw1zTm2Kx+C9jTCwmWF4oFEaZJKq6KAiCPQCscof7EjZ8eBTObQIz76KqDbsGt9YeTUQt&#10;n72IaG8XhLFjSG3zxvTFWvunGvdZZ7/2vqyAI/PmzTvT2cYtbhuxDpM52dDX17eGiA4XkZa/Eqr6&#10;YOJnF1woIyIyRPRtNB8relLhGBbfT+YVCoVash1FFBjDU9X+pKwtCIKrfN//EACrqlcBuAVjz3UW&#10;AIwxezuObUMgoo83WjYPnudlWglsJMzG2ECaSfkkSqXSozkW9wMicqTned/OqtQZ6n4SAJi57aGx&#10;Jm2yJfQDlxDRy0SkpfCwTkcwxq5JZyxEtD0zv3sidE4GiOgrIrIukXWIC3aYV/62MAxfAqA/qUXS&#10;3d29FI5baa29A+NjysX6fgevX79+cSO0hWF4ABGN+oYUkWERaTp+mzGmZviwyQQzvyNlg5YOiSxE&#10;NObjIyJLgyA4yPf9P2bVOTw8vIXneb8gIk9E7PLly587k22LLbY4NiFwfGJ4ePiARgXeSYRhOCqs&#10;ZeZxATka4Ph1AqtU9axkBhF9Ffnj/UfP816tqsuxIQRRjOkAEIbhuKCQxpjtETFUtnYhbuvC87y0&#10;WcmFRHSqiNS0Vs5ALvd4kmGMMR9M5ZXShZKqWyLy70qlckCxWMzcaq9atWp6V1fXNUQUmzw90EJM&#10;u7qYzG1kMGvWrNGDdG9v7/JFixa9QqLIOA0JDUXEJoPvpQ/CQMTxm2rCVgDwPO87yfMqEe3NzHl+&#10;LoYBbCIiy5PKyA5bAkCxWJyL8S/Vq0QklkHWVQ9zNoWj2y8RWTs0NHSOo++zItKMr41J83ZWC25l&#10;zo2ClMAqABCRB8vl8sE9PT2ZurVLly7t3mSTTX7l1NNi/KUdtKYxaZNNRB4H8AkXphYAsGDBgioR&#10;fUxEXtkg4+RZJGRLGCvUHYXneTVVjjYGMryJBSJySjLDGPNV5Jjvi8gtnucdgBTLmYgGgyDYzff9&#10;LyEKkWyAUTORbVT1j4iUtNNf+3HwPO8LSdcHqnp2IkQS19OwSFfXRNm2wfO8DzdaVkQWVyqVI9J2&#10;kzGWLl3aPW/evKuJ6PDUfQ1z0ZvCZAU50CjQg9UoNFIx43rBWns8My/JCnigqsrM/0ze4yKzZJV7&#10;aBL70VBi5t+oKmXk/zJF69ey7l+yZEk3M/+Vmf8c54Vh+Hpm/lEQBC9hZsvMEgTBi921V7j62P19&#10;Oqv9OAVBcAAzS4KOJ1S1K1XOZ+Zy3vNI9ePvHRjnucxcyaBlbUbZi6rV6p55da1fv34zZv5rRl2D&#10;WYE22pEm+wV80HXgWzXK9VhrP8fMQxkdvyFV3+p0mRiDg4NzJrMvtZKL9Rao6ivT1wYHB1/AzGsS&#10;faq4+GlZ4/UDF/kHGkWxeZqZy8x8gZt4rKrHJMpf7cJPXaaqt6jqmTk0Gma+PTleYRi+MYeG3I9f&#10;Esz80409ztbaM3JoGTfZXAinzHqq1eqezLwop65LJ4v+Cb1gYRgeWStAHkdB/1RV1Vr7vjp1bp2O&#10;6cbMlyeudyW/zGmEYfi6yRqkeikIggMcvRerKlwcs774urX2Xal+3aoZYaCCINiXmVe4sbuQmdcy&#10;8w3VanVXZr6Vma9W1Zlx+XK5vAUzP1mpVHbUaFW6NSt8VRiGb0m1f11OX2a63UhdWGvfszHH2H3Q&#10;MmOsuQ9E+h4vqx5r7XF1Vu9xH0yX0ruAyZ1sAwMDm1pr3/X/2/vyOLuKKv96dd/rhKQhQQLGJYAs&#10;goq4IjIwij8RGUUHmQ8qLsigMgwiIKITUWdkEXAXUBBkRgQEFxBEEaIIBlAwrMqeQAJNQjdJCOn0&#10;8t67db51fn/Uud3Vt+/63ut+CXA+n/NJ576quqfq3qpbdZbvAXAFJGsnUhL5sXvI7/UGpGmM+Ze8&#10;e8jWMmr7Qu+37TMGiInoK+0ORqtMRF8SeUfWrl27RbPZ3A3A6X4Z2Wb68n4mqS0AN8AlohwFcO2a&#10;NWs2B/B9AD9NG2MATwC4CcD9PHkrOQsuV1v0HEbSsrkS0XFZY+y10RwcHNxqmsf58Ax5CuWOI6L/&#10;yVqw4RJUJubCA/ANAMuY+cwwDPdMK5fFuQXq9foriOg4ADcCMDHhDIBRZu5NqT8LwAav/Cinrxxj&#10;3Gw2dwfwJIALvGtvSBskoYvKdr5TDODGSAgiOoKIjgHwbH9//+yojJwRxlZmAENJaXjXrl27BYB7&#10;jDEHyhftTwAWZZ0jRkZGXkZER4yMjLw8QbbT/UEiouOT2mg0Gq9k5vU5YxzRL7swxtelCQPg9pz6&#10;NXbvRyYR0X9k3H9CimdZ4M6SbKeJX9E4F3npbewmDwI4IwzDvYwx/8rMbIw5OKOdi2L1G0T0wTzB&#10;5OGf6V3bJ2es/lykw1PAW8p5LerffQDWMjMT0Yf9ssaY/f1tGoC/cMKDMsYcAOBWAKvlnFJtRTZ5&#10;fk3vfrdwghJFsrwuyxnfqA0bhuFbpmNsvSNKxT/3Jsh0fVob/f39s7MmqtfGE0uXLp2R1s6aNWs2&#10;J6JDZVc3HKs7AOC80dHRBVn9yetwBcAqAM8S0RdkAvi/z5QDfOIWh1MmCVz63vMLKDXmRX9HOaMz&#10;BuuhnLamhInoiAyZfh4vD+DUWJlTpki2GoC7vfsMckJudGPMO7MUTwl9unKK5I1PtL0xnuJ5Xo5M&#10;l6W0MxcJGsckIqKPFZUNwM8ADAG4VMaVAZi897lIw+cDaKQlL5ft5Yqcdu5M6eN6SVBfy5PDP/8l&#10;UaRYmG4WxcVo0uEdwKqEOgGAP3hliAtsrVuQ62RfFiL6aLyMHA8mHA1yxniE3dl5Ssd0/fr1LwLQ&#10;B+AmZlaiAMqS67vxNoaGhrYB8I+C/bqFi5/Beph5PUR5J4rC9xDRF/Pq5jYuSg0mog8l/S4vW5gl&#10;rKiZszr7IOe8cGEYvj2njXrBweoYh2H4Zrn3WewtKP7ES1rtBgcHt4KnepaFYtsOyvXP/iTyz77M&#10;Yza9n2aNZxIR0WenY1wBXCVyXyf92TNHtIV+/ZGRkZdBzE55BGC00Wi8qqhsxpj3yFgkzocszi0g&#10;+9j1AG7j2PlC7BVhygrucwXAHTmdtgAuHx4efklKG2/Kqd+MysrWrm1VbR4D+JG81NvCqf0ZwOO+&#10;Vk8m5KS6zWbzNewpJOAM+LPalUlW9JVeu3f4Y1Gv11/hby+LEpw2tbQGrgU+0rvnL2SsXpslGxEd&#10;FtUXc8ijRftFRP+ZJY8x5h2RIwG7Z/6/AEaTTCx5XPSl+o50/npjzP5hGO4tqvb1cj3LaK2YWYVh&#10;uBfgvB1yaL2oxScc5EdGRl6WVcmfbAB+C+AR0RRN1UtRkYPxb5lZyQNnIjpxeHj4JZEixBjzrrQ2&#10;jDHviikwEr1QSnANnmYUwFO+hlIM46mKhoyx/XsrL1dZFkXNkHff85jdApElnzHmncxjC02hL5q0&#10;f0meTNHCJNrH7wJYA+CaVvpXqJCoo9M6cSd7BtwcwX+Q0kbSQNwmK1pUX8OZDtLKPx2VJaL/lmsk&#10;ColCqtmSvCvz+KoqY7SY5Ssi543MySayftRfhACc06pMAH7ktTPsfVVrcLa7VBtTxrgul4VuSica&#10;u7PsrbF7nyy/9WbJLme6uUhx50vp1815blliSP81YkZwAKvlXd6PS2iKywzGlgDOgXMhGgVwDxF9&#10;3leXphlLPe6F0xoWHZCmaOt62L1Mt2WUHdNGGmP2j/32+zQFTxt8iDS/fdLvRPRp+f2QvLaI6OiY&#10;vCfn1Ulo4wv+uEUOBLJtvD1t3LJIzpUdO0vmyH9CgghHRr8DWJMiI9i9m4tL9Oue9evXv6iATEcw&#10;80H9/f2zieiDAC6DZzeWtp5m5i2L9LETA9UjXiVLANQ3bNiwdVb5ZrP52rjABQbngTAM9wRwWkaZ&#10;O7z7zI1vWQHc3UmvByL6D1HKpJ1jtmeeeJ7Iae/znqxWXr6isvx7tPIDoMi+R0SHQVTTZQnA36fp&#10;ixYtCJNcqIwx747KwNkkk+QcgDOxFO3XbUXeA7HPPQOnOR673tfXt5m4Bl4EZzK5s2g/Wx6goaGh&#10;FxPRfyOm8iaiL+fVNcb8i39WKThIBs43MO33P/n3SNr2ArinU184ecHrnHLGEoMsG2PeX6LNo/1F&#10;QgzaeXU+EdUB0CSij4rz85UFhzZpLK+dgp1AKsP5ak4i38MGwPkpshbeGgP4FRdUQkW7jRwXw9ro&#10;6Oh2RftZemCazeYbAfwUXqgDgAFm/pp83VZyAbuZnFUKOb0WHMg/+u3L4Tqp3CLuwBkuDMO9mJl9&#10;TVXs/t+VW+5apl0i+khsbM/mlAlNRJ/2JtqIMeZ9RPRJlDBSx8aG2EUOtKOkSeS+vr7NkrZuaWYh&#10;WcjGzkP+NrmFfjVkp1BUm6oBPAJnkurYWJQq7G91pBNLmcftL0R0qPz/0CLtGWMOTto+tELxySYe&#10;AWllTyvT7xQOACyXc+Rc/zdxkxqGixkrrS43xrzDnzAArol/aYjoq97W8Uki+gpyzCs54/cEM+/b&#10;gXFJe3e+EB8nUUAkqunhtIB+/WNa7NcNCSFNmWcsY8z7pO4ggG9zh86tZSvsCmcPezgMw73Zqb8f&#10;hPO61uy0XivlBSzUppzFxuxCrZLs6cfaFZV3WlnqhH+fMeb9cDQA4HvMfCSc1m+QmVmUJK22vwOA&#10;ez2ZH242m68Tg/Slsf609CWTupAtWiGNcivcaDReLYvqBM0dER2bIdeFsbJHp5VNqNsA8NNms/nG&#10;uCwSFrZXlrxwXlF+oG0I4BdiXG95HCrM5bK4SobRt6xevXrB/PnzRwD8ZxAE5xLRe6rV6nUAvhwE&#10;wWnGmD1rtdqSIm0ODQ1tPXv27Au11u9vJdpc5LpPa7177NoyrfVOKeXvEHDUtpIoAPhwpVI5V2u9&#10;Zaz9PwI4TbWRJrdSqWymtT5Na72HtNlUSj2Rl4mlDFlr71NKFcUeMatWrTqxDBjOwMDA7G222eY2&#10;pdRLY0k8ZlprV0ie8kkk79WPvP8fEwRBJgqYtXatUuo8rfW5ajISmSKid2ut/08w/xNzR4Rh+Iae&#10;np67rbVnyDtygtZ6H+8ef7HWfq9arV6tSiBQK6XKn9kih2AiOkqu9QJYB3GtEcPiLa0YlOW80tJX&#10;Ts6N8RUq8dwWkTHm32J1ih6ejwCwwuNEtfRzjQB8i8s90woEFgIx6IqsbT4zcxzSgIi+miHXUiI6&#10;KsNuViGiz4mSLdOQDeBiOTPPj65JUO/PfKVeTqRLZ75syiUdeEgpRVrr3ZRSbK39tlLqYPmyDGdX&#10;n0QzlQcvrpTqBXBspVI5QWu9VVqlOFlr7apVq3pjq+4hanLOa7/OX2Kr1rcbjcb38pIKLlu2bMaO&#10;O+54u9b69QVEG7TWPq6U6lNKPc7Mfcz8eLVaHTDGUE7dtklrvXMQBBe324619lGt9euUoDAXIQBf&#10;CYLgVKl/vdZ6DMHaWnul1jopvbCy1j6rtd5aeV8Oa+05WutjYkXvIqIzq9XqVSr9K7O9tfYCrfW7&#10;lHJpsqrV6nUpZbW19jqtdb9S6vD4j/V6fcFmm232GWvtAYLGVe75lZ2dssocI7N7f7nWyxM1fL0A&#10;TgbwkwLt7SseH3GtTy8RfQYFPbeZJ6+G7IydmV7tftiQrH7L6/X6TgXk3j5u9ihDcg54DM7T5CIA&#10;JxPREcaYd9br9Z2yYqvKsNjc/myMeUcRJqITRb67AdwlZ/Sw7HlFYr/8c8+53u8z4bllJYzNVfH2&#10;5Fr0+61ig8tSPvWy05CPePWWczFNdBJA1YQvZSvPoqUHKKH6qxMMr4FssVZJ56zgc2S1VxWlyh/S&#10;4oFEu3cqgHsiVXcSEdEnEx7SLWnlpc5Y5LJMVgYwkKbS97nRaLyqnQmXRaK4WAXnl9ryZANwlmjU&#10;csuKy9lDLFHv0VZPtNCF7xmG4dsRQ8HyxzkvNjHJORjAPwAsyXN/W7t27RZE9AU4z454u8e2M5bt&#10;cssV4/tjY8z/g+ebBhePtA7OVShzJYDEXgFYlTeYzDxPtIDnwMPWkPqTggiJ6L8SnqdfxwcVqgB4&#10;Uq4Piwo4b8LtnKa+7gSV0ewmMYAH4hHjKVwDcK2crXobjcbO7KI9Li1zP9ntTIJX8HZBCs5xPa2/&#10;lhNc4AQVIPU9ajQau4hGOBHaAcCTUwVRV5TbbkBW92u8To0S0Ul9fX2bEdHnmCfDAyTwfDgjZhRq&#10;czYXU1ZUJKL3Aji71gaO4aFIrFIqYRw6LnoRzvN+M2mYHT4LvsjNWfdplcSM0Gpoy64AqEBEvAZw&#10;CYAB8W/dEs6kc3OJ7WyVmc9EikeHLwMyIBhkwS7av7mC2vbntPtGlOM2l7u1JKKvJJkSynC7k+0g&#10;CP4GnIf9cgBNz82mR84lj+Z1SCaYP+iPcrkI5nnMfKbYY+Jt35/2EABY3wcw7sQsZc7nfO/uWtaK&#10;3Q41m83dc+6dNqanypkwc5KIpm1AYuzmwnkC3cMxI3QGz4HzzEkkOIO5Ys4Pl8lDSduwYcPW4ip3&#10;dbRA5xFc2FHigiWG9XvhHN7TgKv2kY9Aoe14Grc72eYCWAuHbbhbvV7fEc5T/4qoTBTuIgi+qW2J&#10;P98Ep1np4OVcwoIvxuwJEzuSIYMO98pX4cwI8Qd2U56Ttdzrg3CgoR2jIj6SCTwTQH/Wii5n7+sB&#10;PNloNF4tX+glAP5RFPS2YFT0GBqXIFilUgLOjWLmmTLBbsk6sycRUrBXPHk+7pXtZxdp4L8/FQC3&#10;wzkOFPLuT+N2J5uKIwrJgZ4FGDSQPX+hkPpIE5YwYKPS7vy8NpJYFoEsvMAJZ720LxQc1srrC4zJ&#10;digR8pFHcFq0UghbRHQsgP60bWCj0XglgPsB3CUL1K4AlsJ54hT6oslEeyRPfv/Zy1in9TMOSTeL&#10;iL7UqhIKLnoiD8lNi333ca/efaLEibS5LEeituZK25MtgSPYbAuBdGPO/7IJV5ERsg9xw5G2cp2d&#10;Y/znjHbXsreaRVrJlLIjSeA5CayJ6AR0yPezaKgO8xjGyZq0F0TU8oPstI6z5Gu8AcAVPtZlDs9D&#10;wdhE3zcRGfDmnqOEFq32UyWGaBLBBQ4XfT9mijLNh6q4Hs5p4VHONwd0ZbJFqvonROBQtnFF674W&#10;GRHZ3kAMsYsluoiIDsuLvZIVLov28csjP+ByAshMGtfr9Z2QgitfhgD0FYUmAPALAI/HtW+CWnUp&#10;O+iJj7FThPwU5b39e4oqhOSLoZhZCb5MWrkNgib9ugJjX+S+E3wri7Jspc+BhwUqu7S258WUTDbh&#10;HmZ+fZFzTgKPgb6UGFwrGrSzjDHvTVihq7INTKv/Db98njuRbEsPz+uLnEVzF48ihGx8zkjuE5kn&#10;oT9VyGHcPw3nVretfN1WAXjKV8sXYTjohqIynx3VE7NOWrnz4RwhwrQyJe55IbcZGiOmhKtRDuau&#10;a5OtLYaHp9EKAagDuJ6IPhsF+JFLBpFW/pGYDD3I8dME0AzD8K1Z/RDtWifpTE6PbztOFp1ro2th&#10;GO4Bh668iogOFVPJrSL/z8suhhIMW5j8xCuIYVn6hAQjdFmSvp/O2ROtAuB0AN8UZc1+8n6kacvb&#10;RjyLeDonUFCv13c0xhxIRJ8vYDCuwiFXtU3yEJYQ0eezzhmi+vZf3iRcjHjbT2TgWVRQENa7DAG4&#10;MeaZs6V89RjAMyMjIy+XsJZfwSFWny4JOK6VsVgq+Idln+HcMuco2UmMvfhwOd2mhAAME9FHOKcP&#10;YpdLqt8A8DAcMttZRPTZMniSRXgqJlUvM79JtimnMvMv4VxtJrjvABgSVKTUtsQGcm2pUW+DMBkK&#10;vBcOQDWP0hJN7DpFojKzOw8B+A0k6kAm0jcAXCkvzyXkct8tkd9Xi8tSS4d9OA+NwiSe+lH9bdEC&#10;ulcRAnBHwYlRiY4SAC4HsChS5iW0+Sx3GOyo45NN1LxJA7IGLiPL92QfzHCYIpntyYS7osigt0vy&#10;FZqwPy/ydWNmTlExFz57wtlyvouYC1pZkkl2v7xI6+TacnkuLW+JBJSnMG4MgObIyMhLeXwcE806&#10;bdJ60biWMYssFPnGkjnKLqAuX7Yz4Fz4clHRynLHJxu71eNCOK+EU+G8229leYlF2xNFMud+9oW1&#10;DMKUrIw+xR2nJTJ6RV49AAPx7SScp3tR2jeq12w2dyei/4JTPZcykEOiHOTluUK2i23jaJTsC/PE&#10;FF4VxFIutULy5V4LZ3g/oxXlm6BmrQQASUNWkYWpmYZe3SmesoYjJkkUGHmOQwzGcC5UZYF3DsIU&#10;B2oiQWUcYasUqOuHkaiiZ04Zi6yFppD2D0C/bB0P5c7CHMxBQhrmDDkMTwQ62rdoXak/AhfhcRkR&#10;/Q8RfVgmQlH3sbx38ii5z43RToyITurgeHVnsrF7WW6EQzj6EES1mxAlXYiHhoZezO6MNCUkL1X8&#10;oVZQwCMEgPH9GJET3uPVSwVlFdtYImQ4JntjHJTWTjtMRJ8q0g9Prh/79bPO3XDmh98COMUYc7BE&#10;G5RZhIMcwNUkF6saBKwKLnr7lpL33GgnW+TWswbjaFB/52TbReHtjoT0tIwmlUWUkP5HsoDmnlng&#10;JeYrMkGZmSUdVmI/EyZUdJ8V7MwTi71rA1MBrIoCyQQ9Wi8LomIey7MWPfdQzqbfNsYc3K6sIyMj&#10;L5VA5sSJIgvVQwC+H/8t2q0AQIo/5qY52aRzYw6oSfgNYiNaVDJCuWKMORBeMolOEJx9LSkLzteK&#10;1DfGvIN5ch7tNEpD+hIH5DQZv8U85pr1gHf9rg4DrPaghMtZDFGsCuAaAOcaY97XSbmI6MOiOEtU&#10;+ohi7WYAJsXMpCGugUX8djvB0zbZovMLnBo6/tsp0cOCQ60t/UmXuLrTUMAxtgiJ9izpxbsrr658&#10;bRRcSEYRiocSzURGEhIADR+JV7LmPOT9fjt7WVvb4SgHXREC8DueuGOpcocBX8XJ+zfSx7RzqYZA&#10;kkdR3xLBfRJ7msso9yCc7bDjwLRxnpaJJgNkmSdtmSYc/iF47nDxYy3fr9FovFLwS34m6txWkJfX&#10;JyWEl0ldZKXfV1ymcgnAGdJ+VZyCMxeMpDOefOH8LeVjndCu5bmtefdb3slcCnEWyIZTRHmSNdEU&#10;nOud74JXBfAHAJCkmn7ZxWVhH1rlaZls0qlL5KsWrXw9AH4mgwKxl1QgblreC9g2y9Z0zsjIyMtH&#10;R0e3azabuzWbzTeGYfg2Y8x7iehDRPRpcqi9Z8I55/5RzkuTtilpXgg+AbhOzBxFJvp6uGjzVQXa&#10;vYXTIx6qcP6FTSkbAji9hCd/0nP7fgGZ1sW9bzrI88ihP6+Wey3mjIkmwcPsvWsVOJvahDAZibqu&#10;SKDzlH/VeDon25o1azb3QHRm+RoquAiBaNujZStZFFG4Iv6JqQGCbXKiwVQ0bqkEwIpS5Q9Z5coS&#10;nI1pUQ4/HKvzNDMvbOHLU0NOLBmAdZ22T/X39882xvyr7ExGvXv9jnMM8wAu9sqfgXF8m7O9cvvB&#10;JSHJjArvNLeCG9kuzbHW/k5rvY+1tsnMJ1cqla8ope5ft27dfvPmzRtSSvUK1mKwbt26beVaKi1b&#10;tmzGDjvscHylUjlKKfUgM/+Nme9sNBp39vb2rp6ifvRYa//k407GyVp7vrX22mq1ek27NwNwglJq&#10;nX+tUql8KMJiNMbsW6vVbi7QVOEHDuDQIAguS/tdnt9xQRA8RkRzKpXKFkqp2Uqp2ZVKZbZSao5S&#10;aqbWeoa1dph0ptoAAA+TSURBVI5SqiLX4mSUQzCeoZTaSSn1Wq11LXavC7XWR6l0fMh9BgYG7pk/&#10;f37dWvt1rfVCr+41WusPKKVsGIa79/T03GytXTc6OvrWKXw/JtN0zmxmVs1mczd226ZBFq8JSSEV&#10;AviTrL7zMY5fv0/RtsWlaAIWBlx61qtEs3cQuy9gR7YNck5KPV/BxdzNlS1NW5S0TfPhHnzv+g5x&#10;gBKYnVNF7oQx2RTjszHmA3AeM4tYtthEdBTG8XFuYua5YoLqgwsWLpVdqBPcjS+bMsbsrZRq1mq1&#10;O6NrAD4TBMEPrLUjSinWWvdaa9cPDQ3tOGfOnC8qpZYrpS4o0HwFwKcqlcq3tdZbJBWQeyxTSj2u&#10;lBpSSm2l3Iq7mV9MKTWolHpGKTXAzE8w89IwDO+dNWvWSq/c9tbaxVrrbZPuBeBoa+2dQRD8VWtd&#10;LSB/Illrf2mtvdQY84+VK1cO7LzzzgRgYRAEpymllDHm7QW/bIUIBbD1p5qstc9aaw+rVqu/yypn&#10;jHlbEATXaa1nKaV+pZQ6VCkFIjpQa325vEsPKvcF3QXA/rVa7ZZp6MJEmu7Zncbig2jh3HRuBXBT&#10;GIZvEXvJrfLbaVwwkE80oDcVWz/LEZzXw2VE9BHxXtgVKf6TAO5bunTpDGojv1hBmS5h5iMlQ0tb&#10;MVgSLV3YPWsqCM5hofA5XEKIIsXQj1neE8Hp75frRTBJpoy7PskiFhsII5aAgccn4hXy+8VcPEQk&#10;QIuJ28uQbIFTzQEyEQJIzNlUk8jzN7hAyn24xLZZlDptp/BqleDom63Ar/tOAAC+6f22PRxY7RfK&#10;ttlJ7vokEz4c4y49aX6CAQT/ES7xYRlH24PQRg6zThCck3JPpGmd5ns/BeC7WTFfshM4Hx2CcGhR&#10;zoc4/4yuAZwSt4EK5PkG9gB7xAleMTsNZ067z4/JJkGGkfdIWsh/9OWDbCnvTTI6p/Ho6OgCmaRd&#10;IzgMzF64mL4pDxdKuL8FcG3MPWwugG+hIODpFMk1RERfKvI1g6RPBvBAFGIjLnsNACsajcYu5PK6&#10;MzOzuAl2/R3njWWysZtMJ6RhsRPRx6OXUyAV/k20T0+KdrPofSrk8lAnetFPBwG4o16vv0JekCe7&#10;KMflgi1ZJBJ9qmSoAzhLULeKPsMdvDPY39hlezUAHvAxTCH4pfCCRLvNXRcgj8W7Pzr4nhNdF2/y&#10;x8MwfEtZ7wXx7LgArblxtU1i9jhSHHMXdvOF92QaAvAbZl5ojHm/BFZuPzw8/JLh4eGXSP7z3yAG&#10;b9HivQYAfN2P5C7DAnfoL5h3JgSSVsSzvyPIWJ3grgtQYFCflQf0a445KIuW73hZ2U7mksCtEg7/&#10;c6AcpHWnCMBtYRjuLf34EBxAz7SfLeFcwNJw7uPcK94d3wdwW5ZiyGvfAngUwPkSOV4K3TmJwzD8&#10;J0iONzh4jbbbnGruip2tCI2Ojr5s5syZt2mtF1hrb9Na76cmZ73c1Vp7t1JqhtZaK6XuUkrtoUrm&#10;sW42m7vUarVjlVIfS7PNtULW2mHlPCPWKqXWe3Jtq7V+jVfuRsnTfJ1SipvN5s4zZsx4FYAFQRDM&#10;tta+Smt9mLX2H8rZBkeUy3q5tdb6AGvtgNb6LAA9lUqlVzm74YuVUtsppXYQ+1MmATgpCIIzWuim&#10;rtfrC6rV6naVSmVetVrdAsBMpZRh5sFqtTowNDT0yOabb76mhbYziYj211pfIx4qF2ut/121mSN9&#10;Sqnbsz1j5dqbnafJ0hSsiQAudxl7ZoFH27lnf3//bMF9/zUyMmPGCcAggBsAfIuIPiFZOudx9hZm&#10;VwBfhwcNB2e/O8sY806eGE+3K/PkZH6SsyyySaXdZ7/YPRJBUAFYY8wH2hm/DnElDMO3EtHRRPSx&#10;AijQh0Q7E5TP+T2t3HUBslgy4ySm3I2wTeBSGx0if/+ug/evyUM/Vs53iwDcARf5uwTAr4joWMkL&#10;0E5IfQ8708eEhIqiXVvCDk5NAxiM42R4k21xvF2JcfuZ1x4AfGfNmjWbG2Peg2RXrPWckIhwuli2&#10;hmMJNUXuZXlqe1F6jQiAbNff2zTuugCtcLPZ3E1exia7rDIRPNk3pluWTrGc206Mn4EkwFEBWAxn&#10;pB6r46nB/UWmSkSfhZd+C0C/fC1VrNzxmJymqyWM/A7w4XL2fhrAqRJjdmfBhCyqjBmoW9x1AVrg&#10;GsbD2b/MPB5WIXFmE8qLWvlMScLXbdlzWdIGj0WDR1tHOEzJSBsbyJaJmZkBXMk8FmA5IQuQKD+y&#10;Um3NB/C/cNlaBtHBOMKiLBDpBsBSH7/kucZdF6AsRy45ssWqMrOSv1nOSlHZQLAl1kv5ITFwbjSq&#10;4AyeJdpXhoDVENFHAVwnCTImRBHIYqPYwSv413/CHUh1NNUMB4qahyO6z3QB80wV624raFqgZ621&#10;67TWhymnkasopV5lreUNGzY8pJRSxpg9rbVLgiA421pbE21mb6VSOc8Y82Zpp9KtDhSgUa31Idba&#10;q5WL71JBENyltT4gCIJLtNZ7xMoPy79v9q6drLU+QikVToO8pcgYs5eaGNe2u1JKWWtXJJUH8Dlr&#10;7eJqtfrB6ZBvqmiTm2xBEJyttd5BKfWwUkrV6/WXa617lVKrqtVq1Vr7IwlneaO19vda67cppaLw&#10;lx/VarU7iOhd1tp7lVIHqY130mH16tUfU0o15f9LrbVpQbRNpZSy1u5prWUAxyulvqZKmkCmg6y1&#10;3wqC4C/W2oXe5UGllNJa/3NSnUqlsouYdsx0yDhl1O1Pa7sc5fwSr4Sn5e++CC4P4zgnj4pWqwIv&#10;2R6AO4wxB/LGu718U/Q3UnAoIRk2AfR52Ts3SpbEggyg7iGERQquZ3zUMGZWQ0ND28izrXMXNaWd&#10;4K4L0C5Lvux75WGFcPBxvfJgPyDXKYpkFgxBBlAnopMiGxScn10cUm6jYoi/XwItFMDS47stYwGu&#10;YDyxyuXMDp8GklAEwApjzMH1ev0VgjT2GABDLrd1t2Vvi7suQIe4h4hObDabr42uif9j9KX7TvSg&#10;2aUGZricA6qvr28zIvoiJIdAUVVzl3huvV7fKc7s4NI3GnclgRA/PO33MAzfInY/Gym1ms3mG5CQ&#10;x0HMFu/udp86wV0XYKoYEjcG4KEomsDPmglgScz21MsuxVNFAijvJ6IThoaGtul2XzYllvS4JDbQ&#10;1Pxm3vb+LyxbeMEI+Q6AW0TzekKH0Z27yl0XYCpYVkmS7WNkDtCR1wQcLPUz8vdN7KVrkhdhDMkY&#10;Du6g633aWLmvr28ziboYS0YSnS09u+AklmDVUebU3HbPOe66AFPI+xDRcd7/I5euoQ0bNmwtcNRf&#10;hkNaYq9sTQ7khPGo5TgSU8fyLG+iPFPOU2MhNwBGo+2eMeaA6BpnGNQBfF3KLW8FBmFT464LME3s&#10;f9Wu5onR4HPgwuyjjCoHSblFkPwEcQdguBRYt46MjLys1ZisTZB1GIZvA/BjjIc9PQ7gUjiQ3Qk+&#10;mpEXTJZHini8DABYKwjF3e7jlHLXBZiuF4Wd791yeQHuFxz+SRAMcAGULJDkEZT176Pf6/X6TnDx&#10;WSuHhoZeLAf9pQB+KOaGpHxgmyQPDg5uJdpbHfVbxuPnot3VzA7ZSq7/Kqor+feiQNmxLaZsH8+J&#10;XO0k0+tzZsyyuOsCTDPXiOhTnpr5bvGcj2xs88VH7xlmnik48AwH6zaTmZXYtBjA6YODg1sJhPWf&#10;MR5NTnDIVl83xrxjE94eVSFhRlGCR0hIk49S1Wg0XgngWgAriegwz7dRQ1JZEdFXpdxPADRlgfrx&#10;FMi8UXPXBegSzySiYwA8KVuiOcysImxHuHRNit0LtpQd7cfOAbgPgBX19libEtISxVXd530FrtwI&#10;+pvKRHQYgIsbjcYu8d8A3MDMLAkHlfzLAO4joqMB/FW+8tbr+yiLwomIPhFdkwnWhIPzm3Y04o2B&#10;uy5Al3mmhzRVAfAgO/K9Ns5hdoGJ3sF/UvxYZFYA8BizS0dMRB9JCG0Z49HR0QUSVnMhnOf9KXKP&#10;UvAOKVxjB3K6HxF9EsCpcI7JF0nuuTnSvz8xj+cxi/HXpE+Xy//nYWL21TuJ6Njh4eGXCJjuIikf&#10;LTBVOdfVAfyQN3EPkHa56wJsLCy4/bfDBS+OXRdXLgbwd4h3OicYbOGypDCAC4rcT7z361IH7OEd&#10;wnlRjE1SQfX9Y4wXwQWwfjyl/eM5RvBQjuFCcQJIIkq49FgT2hAZGA60tSL9/I1cm5RDD+O2sygK&#10;QYVh+NaS6FnPWe66ABshx8FfZ8nKbOECVjdwAjiO91U8JO8ecn6JznjneQnY52M8IHS00Wi8mnmC&#10;/+ewnAcfgEvy+HAGym+kVX1M7GC9zGPQ4g1m5jAM9/La7ou30d/fPxsCoyDnV8XjJpSV7CLUawL9&#10;fX103Sv7AnvcdQE2BYYH7oqESGYxG0RfqNz0unDq8Mgfc5IDNMZj2S5knjDZsrBGJrAoNRgO8s3/&#10;TUNwF+Wr3QvASPe2T5BlCfO44Vmg4CPV/xUYd4l7ipnPnMrso5s6b3IhNt0grfXHASy01j4C4Cfx&#10;32fMmPFO+fNe5ZC08mgPpZRi5itVQhgMM/9W/nxD7KeqUmqmUqrH48QQoaGhocdF9i2NMXsS0XsB&#10;HCc55eZba1dXq9VblYuFu0eq7ZvQ1Ij8O0MppRYsWFBXSl0h196tlPojER2gtV6glFq4xRZbPJPZ&#10;8+cxtZzC6HlGA0EQfEMp9U2t9aTJUalU9pM/byjYXhQ4mfhiBkEQ3WPCYqi1fr1Squ5fM8a8LSn9&#10;0VZbbbVBgmxfVKvVbo+uW2vr1tqrtNYnKQevp5RSi5VSe1hrj9RaX6Yk4NQY8/YgCPa21jaCIFjs&#10;yfFDADcHQXCVUmrYhZq9QHn0wmQrR4nBmMz8mLX2EWvtDQVfvCeUUm+uVCqvSfrRWrun1lpprZfJ&#10;pTly/SlmHstRV6lUqrVabVXGfZYrpV5krf2BtfbqarW6Qmvdp1yE+xiFYXh+T0/PUVrrvay1f1dK&#10;3ayU2ikIgn2Vixo/QinV51W5NwiCe4t09AXyqNv72Ocje94VQ16eccU8Bn5TZ2YW+GzF40qJ28vc&#10;B+O5yXPj3ETjuYglKyyA24noq89lAJ7p5he+bF2garX6a2vtuVrro5VSf7XW3qAczMNLgyB4v9Z6&#10;prX2hiAIfhGrOjy5tUxaoZRSlUpl+7yCkgX23Uop5X+de3t7S97yBUqjFzbb3SHWWn9G4LOvUkq9&#10;Ril1jFLqYKXUEwC++thjjx2o2oTSZuYV1tq1aiPEInk+0kaL9f88pGiXQfEfRkdHX97T0/NWZl5d&#10;Mm+2Vhsz9v3zjP4/x2GRNmG5oRwAAAAASUVORK5CYIJQSwMEFAAGAAgAAAAhAGvd0r/fAAAACAEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTUqqxmxKKeqpCLZC6W2aTJPQ7GzI&#10;bpP037s96e0N7/HeN9lyMq0YqHeNZQ3RTIEgLmzZcKXhZ/fx9ALCeeQSW8uk4UoOlvn9XYZpaUf+&#10;pmHrKxFK2KWoofa+S6V0RU0G3cx2xME72d6gD2dfybLHMZSbVsZKLaTBhsNCjR2tayrO24vR8Dni&#10;uJpH78PmfFpfD7vka7+JSOvHh2n1BsLT5P/CcMMP6JAHpqO9cOlEqyFW85DU8PoM4mbHyQLEMYgo&#10;USDzTP5/IP8FAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfz&#10;P/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJ&#10;X1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQ&#10;zld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/1Df&#10;Qx0CAADlBAAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA&#10;ulMhGxdwAAAXcAAAFAAAAAAAAAAAAAAAAACDBAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAU&#10;AAYACAAAACEAa93Sv98AAAAIAQAADwAAAAAAAAAAAAAAAADMdAAAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAA2HUAAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAAy3YAAAAA&#10;">
+                      <v:shape id="Image 51" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBib6ovwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96SbFSomuUgqB3MRUPD+yr7vR7Ns0u2rqr3cLBY/DzHzDrDaj68SFhtB6VpDPMhDE&#10;jdctGwX7r3L6DiJEZI2dZ1LwSwE266fJCgvtr7yjSx2NSBAOBSqwMfaFlKGx5DDMfE+cvG8/OIxJ&#10;DkbqAa8J7jr5mmUL6bDltGCxp09Lzak+OwXnapubY7z9kKnKeVkfd3t7sEq9PI8fSxCRxvgI/7cr&#10;reAth78v6QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBib6ovwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                         <v:imagedata r:id="rId17" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>MASSACHUSETTS</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-23"/>
-                <w:sz w:val="52"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFF00"/>
-                <w:sz w:val="52"/>
-[...10 lines deleted...]
-              <w:t>PARAMEDIC</w:t>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="53"/>
+              </w:rPr>
+              <w:t>EMT-PARAMEDIC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E397D0A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="44299B4C" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="240" w:lineRule="exact"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="245" w:lineRule="exact"/>
+              <w:ind w:left="22" w:right="5"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>All</w:t>
-            </w:r>
-[...13 lines deleted...]
-              <w:t>individuals</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-8"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>individuals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>seeking</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>their</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-9"/>
-                <w:sz w:val="20"/>
-[...89 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Massachusetts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMT-Paramedic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2E7ED4C1" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="0B378A5B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="12" w:right="7"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:ind w:left="22"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487443456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D87B0CF" wp14:editId="0996D8EF">
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487438336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EFC4B40" wp14:editId="5FDFDAA6">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
-                        <wp:posOffset>6016428</wp:posOffset>
+                        <wp:posOffset>6015120</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
-                        <wp:posOffset>-542398</wp:posOffset>
+                        <wp:posOffset>-536352</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="668655" cy="668655"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="53" name="Group 53"/>
+                      <wp:docPr id="52" name="Group 52"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr>
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="668655" cy="668655"/>
                                 <a:chOff x="0" y="0"/>
                                 <a:chExt cx="668655" cy="668655"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:nvPicPr>
-                                <pic:cNvPr id="54" name="Image 54"/>
+                                <pic:cNvPr id="53" name="Image 53"/>
                                 <pic:cNvPicPr/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId9" cstate="print"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="667512" cy="667512"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect">
                                   <a:avLst/>
                                 </a:prstGeom>
                               </pic:spPr>
                             </pic:pic>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group w14:anchorId="54B0CE80" id="Group 53" o:spid="_x0000_s1026" style="position:absolute;margin-left:473.75pt;margin-top:-42.7pt;width:52.65pt;height:52.65pt;z-index:-15873024;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBAbxScHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclN9v2jAQx98n7X+w&#10;/F4CaLDKIvSFFVWqNrR1f4BxnMRq/ENnh8B/v7MTQgXTVvUB6y72nT/39R2rh6NuyEGCV9bkdDaZ&#10;UiKNsIUyVU5/vzze3VPiAzcFb6yROT1JTx/Wnz+tOsfk3Na2KSQQTGI861xO6xAcyzIvaqm5n1gn&#10;DW6WFjQP6EKVFcA7zK6bbD6dLrPOQuHACuk9ft30m3Sd8pelFOFHWXoZSJNTZAtphbTu45qtV5xV&#10;wF2txIDBP0ChuTJ46ZhqwwMnLaibVFoJsN6WYSKszmxZKiFTDVjNbHpVzRZs61ItFesqN8qE0l7p&#10;9OG04vthC+6X20FPj+azFa8edck6V7G3+9GvLoePJegYhEWQY1L0NCoqj4EI/Lhc3i8XC0oEbg12&#10;UlzU+Cw3UaL+9s+4jLP+0oQ2ojglGP4GedC6kef/bYRRoQVJhyT6XTk0h9fW3eFLOh7UXjUqnFJX&#10;4ptFKHPYKRGVjQ4quQOiipwuvlBiuMZpeNK8kgR9FOV8JkZE9W8S7BvlHlXTRM2jPaBiM181w1+q&#10;7RttY0WrpQn95IBskNoaXyvnKQEm9V4iHjwVM3wxnNqAiA6UCf2Y+AAyiDreXyLHTxyuCMrZuJGg&#10;L5yxBD+01vu65etiNj93S7L7C87BDnzYSqtJNJAUCVBqzvjh2Q8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3rp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAbGhw3OIAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW6CQBCG7036Dptp0psuWGmFshhj2p6MSbWJ8bbCCER2&#10;lrAr4Nt3PLW3mcyXf74/XY6mET12rrakIJwGIJByW9RUKvjZf04WIJzXVOjGEiq4oYNl9viQ6qSw&#10;A31jv/Ol4BByiVZQed8mUrq8QqPd1LZIfDvbzmjPa1fKotMDh5tGzoLgVRpdE3+odIvrCvPL7moU&#10;fA16WL2EH/3mcl7fjvtoe9iEqNTz07h6B+Fx9H8w3PVZHTJ2OtkrFU40CuL5W8SogskimoO4E0E0&#10;4zYnnuIYZJbK/x2yXwAAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBAbxScHwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQBsaHDc4gAAAAsBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADddQAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADQdgAAAAA=&#10;">
-                      <v:shape id="Image 54" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQByGAm3wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatYka1RSmFhb+Iqnh+b12Tt5mW7ibr115uC4HGYmW+Y1WZwrbhQHxrPCqaTDARx&#10;7XXDRsFhX7wtQYSIrLH1TAr+KMBmPXpZYa79lXd0qaIRCcIhRwU2xi6XMtSWHIaJ74iT9+17hzHJ&#10;3kjd4zXBXStnWbaQDhtOCxY7+rJU/1Rnp+BcbqfmFG+/ZMpiXlSn3cEerVKv4+HzA0SkIT7Dj3ap&#10;FbzP4f9L+gFyfQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQByGAm3wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
+                    <v:group w14:anchorId="293F5ECB" id="Group 52" o:spid="_x0000_s1026" style="position:absolute;margin-left:473.65pt;margin-top:-42.25pt;width:52.65pt;height:52.65pt;z-index:-15878144;mso-wrap-distance-left:0;mso-wrap-distance-right:0" coordsize="6686,6686" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAz4JHrHwIAAOUEAAAOAAAAZHJzL2Uyb0RvYy54bWyclN9v2jAQx98n7X+w&#10;/F4CTLDKIvSFFVWqNrR1f4BxnMRq/ENnh8B/v7MTQgXTVvUB6y72nT/39R2rh6NuyEGCV9bkdDaZ&#10;UiKNsIUyVU5/vzze3VPiAzcFb6yROT1JTx/Wnz+tOsfk3Na2KSQQTGI861xO6xAcyzIvaqm5n1gn&#10;DW6WFjQP6EKVFcA7zK6bbD6dLrPOQuHACuk9ft30m3Sd8pelFOFHWXoZSJNTZAtphbTu45qtV5xV&#10;wF2txIDBP0ChuTJ46ZhqwwMnLaibVFoJsN6WYSKszmxZKiFTDVjNbHpVzRZs61ItFesqN8qE0l7p&#10;9OG04vthC+6X20FPj+azFa8edck6V7G3+9GvLoePJegYhEWQY1L0NCoqj4EI/Lhc3i8XC0oEbg12&#10;UlzU+Cw3UaL+9s+4jLP+0oQ2ojglGP4GedC6kef/bYRRoQVJhyT6XTk0h9fW3eFLOh7UXjUqnFJX&#10;4ptFKHPYKRGVjQ4quQOiipwuvlBiuMZpeNK8kgR9FOV8JkZE9W8S7BvlHlXTRM2jPaBiM181w1+q&#10;7RttY0WrpQn95IBskNoaXyvnKQEm9V4iHjwVM3wxnNqAiA6UCf2Y+AAyiDreXyLHTxyuCMrZuJGg&#10;L5yxBD+01vu65etiNj93S7L7C87BDnzYSqtJNJAUCVBqzvjh2Q8s5yODgv31iQtphqbGWUrcw9zH&#10;YX3rp1OXf6f1HwAAAP//AwBQSwMECgAAAAAAAAAhALpTIRsXcAAAF3AAABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAADbAAAA2wgGAAAA5IPkQAAAAAZiS0dEAP8A/wD/&#10;oL2nkwAAAAlwSFlzAAAOxAAADsQBlSsOGwAAIABJREFUeJzsfXmYHUXV/lun+947M5lkEggxEMCw&#10;hH0VBGUREUURFVxQUdxARURw/QT1U1BRAeWHC7gv+AHKogIqCCq7KAqyyiIhEBLIkD2TmTtzb3ed&#10;c35/dPWkp6f7bnMnd1De56ln5lZXV52q7uqqOqtRVTyPKY0eAAcw89YASFXXVCqVv/T29q5IFhoa&#10;GnqB7/u91Wp1bV9f33oAtiPUPo9cmOcnW0fQBYAADNcoY5j5f4wxnyOiGckLIhICuICIPg03qZj5&#10;857nfcldZwCDANYBWEtEHwDwz0nox/NoAtRpAv7bICLfE5FBZn5XrXLM/D+e550DwGPmT1ar1V2q&#10;1eoOzHwSgDIRfRzAWXF5Y8wsV/9NAM4FcBmAvwNYUa1Wh2rQc46I/IGZPxeG4YFt6OLzyIHfaQL+&#10;w0AABMArReQUAPcT0RdSZVYTkS8ie9eop2iMOR0AVPVDnudd4nlefG2htXYFEf1aRE4hoi8hWiFn&#10;ufLXeZ53XrKyUqlUi+ZXE9GeIvIqz/Mqrp6wwf4+jybw/Mo2QVQqle2Y+RQRuV5E7gMAa+1MInoD&#10;gMPT5eMyAPbKqzMIgh2JaJaIBJ7nXZG+7vv+NSKynoh6wjDc02XPAgBjzF7M/A5r7RFhGL4EwPwa&#10;5PcB2E1ElgD4NxFNC4Jgl4xyRRE5h5mPr1arOwAwNep8Hjl4fmVrHgVr7UFEdCSAI7u6unYCABF5&#10;CsB1CxcuLG211Vb3+b4PALsD8ACwu9eo6kr3/26Ixn8cI8MYM839OwggyKCBAawHMCPePgLYBACI&#10;6DgAx8UFReQmIjosqyPW2pf6vu+JyF8AVAHs4nnefgDuT5YTkfOJ6MMA4HkeROQsIvp83gA9j2w8&#10;P9magIicQ0Qn+r7fl8grW2sPKBaLDwLQBQsWAMATbuWZwcyfMMbMBbAngL0KhcKmAEBE06rV6oJS&#10;qfRIup0wDJcWCgUA2GR4eHheT0/PM6kivQDmuPafdnkzAYCZ387MjxhjZrqJuJ4oewNDRAcBgKre&#10;AUABvM8Ysy+AH8VlmPkdnud9WESeAFAgoq2I6HlmSwt4fhvZBFR1QESuZeZ3Dg8PzxORMhFNQ7St&#10;SrJ1BcADAOB53rkAPgJgMwDXMvMnRORBAPB9P3Mr2dPT84yI3E9Epqur64tIbdtE5AwiKorIE8Vi&#10;8V8ue5Zr79/FYvGBQqFwm+/71/i+f3ONLh0IAMx8h+d5/3B5+8UXgyDY1RjzAxGpiMj7AcwTER0c&#10;HLwjq7IwDF9irX0zgGKNNv97oarPp0Tq7++fFgTBIY2UZeZrVFWttZ/NuPZtjXCRqnalrn1HVZWZ&#10;z8mrOwiCg5l52JX7OzN/0aU7XN5IGIavSNQ55NrbusG+Fpm5zMxrVZUee+yxEjOPMHOgqj2q2svM&#10;D7v+vT8MwyNcu49m1ReG4VHMXHZllgdBcECnn+VUS8+vbAmMjIxsNWfOnGWe5/0BbltWC0R0LQAY&#10;Y45MX1PV+wFARDYHUEldq8skKRQKt1trDxSRawDsTERfcJzNHUTkMmvt/r7v3+SKewAWi8gyAAP1&#10;ewqEYbg3EfUAuBOALFiwoIqIe1oIw3AvEfkJEe0sIj/zPO/H8ZYTwF8yqvsgEf0agCcijxPRHCLK&#10;7dt/K56fbAl0d3cvBfAkEXUz83H1yg8PD18nIgpg//Xr12+avMbM97p/x7H4Pc+7T0SGUYfFXiwW&#10;7yWio4loJoBpS5cu7SGizYjo2GKx+ECyOSLajYjmocHJRkS7i4iqanLy/MPR9x0iequI3PfMM8+c&#10;7Mof6P4myxtmPgPADwBUROTNAH4HAMaYLRuh478KnV5ap1qy1p6iqsrM9zZS3pVTa+07k/luWxaq&#10;qpbL5S1S95Gq+p3u6+Dg4AtUdXai78fpBqwbGRnZPtGXYVXVSqWywJX3mPlHcVlVfbmr439d3kVZ&#10;ba5bt26TSqWyi6a21v8N6b9xZXuliNwuIhcsXbq0O31xaGjoUhGpuG3QPg3Ul7mVXLBgQVVEDh8Z&#10;Gdm6p6dnWeoewRTQXezt7V0OYFX828n0DmXmz1tr397V1fU4AMyfP39vIuoWkeWlUunxpUuXdovI&#10;1UT0fgAQkXvCMKy6ala7vC3S7THz56ZPn768VCo9JCJrROTiSqWy/aR3dKqg07N9YyZr7ds1AWZ+&#10;oFqt7poux8y/cNe/m77mVgOKfwdB8FJmHmTmn3S6f5OVqtXqnsz8C2a+QFVnM/Pf3PgsZebLmHnE&#10;/f4XM//G/f9Qqo49EuN+nrX2C8zcz8zlMAyP6nQfN0bqOAEbM1lrj3cP+9fMvNz9X7bWnqiqJi7n&#10;uHyq0faoR1W9MAxfy8y/YeYgDMNDE/XSY489Vup03zZi2stNvAdGRka2U1UMDAxsaq09lZnv0w1Y&#10;l7wvDMM3ufFeru5jNTAwsCkzP8zMI8PDwy+cAn2b1NRxAjZmiiebtfbj5XJ5HjPfrg7M/GtVneXK&#10;EjMvcvlXM/NS9/9aZr4wcW55PqVSGIZHurGS/v7+aXH+ypUrpzPz0+7a/6lqr6qCmc9zz+RDnaZ9&#10;stN/4pnNMPN7wjDcv0aZ6T09Pc8Q0StE5FcAQERvEpH7wzB8GQBR1Z+6sm8gokXM/C4imkdEJ5dK&#10;pYWT3ovnKNatW3cbABCRmTVr1hYAthaR7/f09PRZa18rIk8R0btE5J9hGO7LzL8WkTsQmQP9Z6PT&#10;s73NaT4zX+++npekr8crm6qeOTIysj0z/5wjjDjhrjKzVdUzh4eHt2Lmr1UqlR2mQL+eU4mZb2Bm&#10;UdWXh2H4Bjeut7vrs5j5cpcXWGvfptEW3nPX92HmO5m5X1Vvsda+QxNb/Ody6jgBbUpkrf0IM693&#10;LOrTNYO1njizPcnMITMHzHxBuVye5ybXrcx8VxiGr5sCfXpOp5GRke1HRka2GR4efqEb6yeTZ1tr&#10;7f+4Z7Fe3ZZyyZIl3W6SqdvG3+3+/4Oq9nW6TxNNHSegDWknZv6Leyi3qepOLp+stSesXLlyeuIB&#10;x5MtYOYfjoyMbJOqi/Q/5Cs6lZJTZ1Nmvi7BCNlJHeLn4DjDMWarKsIwfKPjdt6iCS7wczF1nICJ&#10;Jma+zj3Iheq2IpVKZQdmvlVV1Vr7ycRDjyfbtztNd1YaHBycY639vBM5HDMwMLBpp2lqV7LWvoeZ&#10;V7hV7n5mXuOexT91wweuGDOjrLUfSzzjC1RVnX5mx/vSanpOMkjCMDyEmY8FgCAIThGRYSLanplP&#10;ZObTCoXCfQBexMwf9Tzv/IwqejYuxbURBMGeIvKznp6eJZ7nfYmITgJwRW9v7woRuVdEvmGtPQKR&#10;ac1zEp7n/ZyItlXVUwAsBbBURC6tVqtHAzhMRP4EYAtmPk5EKu65nYnI4sEHAGPM/M5Q3yZ0erY3&#10;myqVyo7MXGXmOxNfzU9oAsx8g6rOj6+Xy+UtwjA81Fp7PDMvcuzpTvfFC8Pwjap6i2MmxLT3q+oV&#10;mgHX79udSlSn6W9bSmwzv+/yDkqsfD9asmRJt6qeXalUduw0rRNJHSegheQz8zPMLE7HDhrp6d3p&#10;Hk5yW2Kste9X1XXuJd5aVQsdpr/PWvsJZn5CHdwZ8jdhGL5eVQvDw8NbaQ0w85NT4Dm0LcWyOU3o&#10;U1YqlZ2Z+RlVVWvtqZ2msR2p4wS0kpj5LFVVZj43zqtWq7szc9U9nLeNjIxsx8x/duX+Xq1Wd+s0&#10;3Y72h9SBmR+w1n5scHBwTqqcz06JOQsJNvp/SjLM/AcndnlvnG+t/Yzr7615965cuXK64x5PecZW&#10;xwmol4aGhjYPguDAVP58Jx/r17Es/jPdw1nDzENOFeuTukGG0/EUfwDci1Sr3FLNAUe6mx3vS5tT&#10;LzNf5vp3KzOfkxAD/CBdvlKp7MLM33Gig3hMprQlQccJqJWcAuxTzCzMfPHQ0NDm8bWYC5mSiRWZ&#10;+UE3+DfFJiJTKTHzDx19X6tT7q+aA44srJ9wXL2bmfmXzPwNa+3JYRgeXi6X53W6n60mx+r/R6K7&#10;dydWft9dvzE+5zLzanZ6rs48quN9yEsdJ6BWYuY/ugGNGQjrrLWf0ujcdbS79qvkPUEQ7Get/YBO&#10;XZnM6a4vVyTz3Qt1NDOfr6p3uy1Vy2Dmlcx8nWOmHKRTwH6umTQ4OPgCp4NqnEjkc8z8VKJ/i6y1&#10;pzidy35V1anuiqHjBNRKsTEjM/+QmS9JfM3+FYbhaxyjpLp+/frNOk1rE316m+vDI9baY5n5+xyZ&#10;poxyJCcDHClRX+rMWYqdHodGk5PPVVJ9eUydRkksCGfm4alufdFxAuqkLrdNWKLRuesgZr4nMejr&#10;VZ9b3KogCPbTDoOZlzPzV58j202fmc9n5iuDINhfVU935/V7h4eHt7LWftT16bYpQGvN1HECEqmP&#10;mX8YBMFLk/luW5XUHvCstScx8yo3yKuDIHjZFKA/M61bt24TjbaH5zLzzRrZeU0JcKSA/e3n0s5A&#10;VRGG4ZvduXWZE/UoM3+103TVSx0nwKUCb7D+ZWb+cfwCOFmaMvNVyXucKtPZU1Ar3wRB8GInnrib&#10;mVmnOJh5rTvnTnn2eZyCINg3lsOpqoZh+NpO01QvdZyAODlO40WJc9kaa+1JGgmsb2PmcIpve+Yz&#10;85fZGZ0+F8HMv1m1atUM7fxYNpTCMDzM0S26wfAXTsZ6qdsur2Lma4Ig2LfT9HZ6wDxr7cma4JQF&#10;QbBfvMo53M3OqWmWM9ROJyee+NVEuYdTBcx8v6rO1SkwtvVSwhPaA3FeGIaHMvNARr8Ca+37Oklv&#10;RxWRReTLnuddICLXwinZFgqFfxDRAcz8bud0dB8i+ggAGGPe10l6k1i9evUMEfmB7/v3ENGbicir&#10;f9fUBxHtISI3DQwMbNJpWhpAHHMh9mW5NRH9hohmiMhD1tpXACgA2BfAPcaYHzuF7s6gw1+n+exc&#10;XLuDbvqL2svMX3EH+bJzGtNpmuH8lzyc/nr+J8EJlnt1Cox3jWSstV+w1h6rOsat+yPp7fCqVatm&#10;cOQNbGmnRASdHiysW7duE3aOd5j5iRzN7m1Vda9O0xrTkhSudgLM/MVKpbJLEAQHOznUBey05Nvc&#10;zg06+Yrb81X1gzoxJYT43rtVVcMwfHNWOWb+urveEUv8jtuz9fX1rSGiV4nIb4hom0Kh8JcMZz1P&#10;ALgv6/6NiZGRka1E5GYi2rqTdIjIfaVS6eFCoXC7sxP7iKqekbh+u4jcX6uORkBEh4tIlj1gO/GU&#10;iHxORP4SBMEeLdYhACAig+7vYznldgQ65xp9o062IAh2Z+YPAzgGwEHVanXH1atXzwBQJaJjRORC&#10;Iprted5N1trXb0zaGsDsUqn0p05PNABw8d5i9InIt4wx54tIwMyfJaJDEQVSnDCI6GRmfms76sqB&#10;AriaiF7q+/7dIvKVLE/VDVWkei0AeJ738qzrInKhiIxYa29tndwJYCMuo/OZeVnGbkWZedgp1v6d&#10;N4RJ6k/6HWw19ff3T5toPc7X/V+yaJ8sOJWkY5j50oxrlpm/4tS9nnF5D6vqPjHNPNZhamwz96cW&#10;aVk7mWIXF6Ir2d6jLSoq9DDzv1V1ndM2yXwP4//dkeWYyepXOm2siWZ0g6ekEWa+3k2sxexcV6cG&#10;e6jGYDWTiJl/qhNUSnZ1bBQwc78ThxQ0eiEWsLPTyykvzHyhRp6bkzQvSpVbqqoIw/AIjoxPm6Xr&#10;Sp3AGNZJxCmTIqfc8K1mP5TOkn8ZR75O/sTM/3Tu9MaUs9Yex5Hb+JFqtfqiSezbRp9sCIJgf2Ze&#10;4QbyKk28HCtXrpxeqVQWBEHw0jAM3xwEwYvb0KavkZD8honUk/A1Oalg5vXW2jM0gwPIkZFs1j39&#10;eZoTzLwyVfZviet9zHx1szQ2GiSylRQzLzL6+KjTJ224LueW8M+JOtbrBk53T/Ljycw3byxliY02&#10;2VRHv9KxW+87nN5g29txbN5rVVWttae1Ws/IyMg27kGNgeP8nW2tPY1dtM2Jgmvbt3XFOoCJ8r/N&#10;0ml03N2f83grgitSZYkjo8xmcEsNGieUqtXqbhk0x30NnEJDU0bA1Wp1jzAM3+TcTMRtxKImq5Gx&#10;8UYzLN4ojSTT4ODgC5j5LtfhRzSxh25T2ikpA5uAOwSTdcZh5n8l462xM2KdKDjDg3MqzeXIUHSt&#10;RqzycWXcFvHpnPrPy7iHmPm3TZI6ei5sd0ppDmX14YYJuPf7YMwPcHU9qhvZsntSK3dxli9h5t9a&#10;a89IvKS9vMHf4zPaJhmakzkNJgb04QnU9dZxTztCktaeeGvcCpIvOtfws9FA6mHmC2usDHflBQNx&#10;K2HDfeDIh+OkvC/W2nc10P6iZr1scRTOK77/emvtyYmzbrr8pNn6TdZEK+Rw0QZjab8r8xOXf/lE&#10;2lu/fv1m7gA/BhPQpSww8+Pp+lRVXXw2aLTy/TirTCNg5judu+1B9/uJVmitVqu7csKJUKoNq6pn&#10;a50XyPlpaZTup1qhs5HkuL79DdDQ36TLi/cyc2it/bQ6ywaOjHYlIQD3VPVMZr7Xuc57bkw2Zv6e&#10;G5RrrbXvca7bHnN5HIbhW1xZY6398ERY89bat7HzQZF6INWkz5Im6zwuXV+i3iuDIDiEI3cMLYGZ&#10;F8e0sQsTzJE1clPnB2vtu/POjMz8VCqOXK00m5tTpN66GTqbTKdrA2DmxdrEESRtiuU+dA8w89og&#10;CA7kyNZQVVWtte+ejL61vcKE2cOPUte6eIP3pKU6cR8h28ZMkJyH0bIHKmb+e169EwUzr0r4u0Q8&#10;JqqqTXwcfGb+Zo1mrtCEyUkjKW91zEIYhq9qpu4mUx8zr26EDmb+VzKWQ7PJeegqJ+obdB/aSelb&#10;2yt0Z491WXZR7muyTFW1VaNPV8cXk4fdjIcg2uJB3jFUJgXMvD4t1mDmL8fXGxF5uK3WVXn1W2vf&#10;U6+OrOSeW0Nwnpwna7I1u639eYvtFJj568yRcS8z35s6C5K2+fzW1kFyno4sM9+YVyZ+UVoM69rH&#10;NVy8JR7ANa32wVr7hXr1twI30cZ5f7LWvjMu08BL7Lm+ZdV/50Rc9zUyrgk6xwmJ25yKHGmCNEpP&#10;s+7k58f9TTBKRjmTLk76P5j5K+3sV1sHyXEb421ilus0YuaFjhnQlAl+f3//NHYuxmvBfala5m42&#10;84VvFBz5S8lcaZMOgJzzmlr0fTCjbsvMX9SJuaoz3ITVQLVa3XMCbTWU3Lm4IZcSzLywSbOZi9x9&#10;a5MWAs506mLe4C3gWU1p5kwktXuQPN4QGP5cTU0oa+2HVVWdOlKzk2D0bFNn4H82AfqJmYcaaadR&#10;OFZ1rS1zX+LhZsnCkmNwQaru5Rr5hJzoi71vE/0JNpY9mPuINATnQqPRumdqdK6d734XrbWfSXCG&#10;2XHK22qx3vYBchMpfjDXhmF4WKVS2cVa+wWO9NVu1+al9uO+6DlY1yoHUlVRLpe3bLCdhsDMtzbi&#10;uYo3uNmuJwK5KFX/Ha32NdX+95ro0z/b0WaDybgtXiN0Pamtre4+M9+UqOevbVIXHJcmXMHg4OAL&#10;ErInqCqstWdkbQGY+cF02XqpXC5vyRkqU1lwK2fLfalWq3s30k49uHPAedqg4WW8dXXniFplL0q1&#10;c+9E+qs6qkc4Thm8Rt++OdE2m03W2ndxQlkhD61Y8jsxlHIUF+I9OometCdsz9bT0/Plnp6eJ0Tk&#10;a+vXr98UADzP+yIzHygivxaRp0Xk3yLytTVr1hzQ29u7vJn6u7q6ziWi6Q0UvdXzvO+31AkHY0xx&#10;IvcDgOvva4nokwDCBm/7t/u7VZ26KxMiLgOlUukbRNTVaHkRuaHdNNSD53kXh2G4n4j8q1Y5Ijoh&#10;71oYhvsiCqw4BsaYnQFAVT/ted7P4QxRM1BoguRsTHC2zmfmIPHVG2Dmr7QrPG21Wn1RI4dkjrwp&#10;bTvR9tzZqiU4RsV3tYVA6y5+gXIUJip3K5QUE7jyE1rZrLVvb7KPa7Szrst73Jk8j75QXSzujLH7&#10;RpZSurX2BNV82aE7n57OkeZMZt2Npgl1npnPcZ28VZ29mvvdlknHzL/OG9gk2iiILCY/Ho3AbRl/&#10;X61W92i1XRcEMUaudkb8YiTabln302nAN7Q9T7T3w1bbayVVKpWdc8bhA3lb3zw5IzP/lJmDDNu1&#10;ucxccefW9HM5ihNqe07dq+X+THRAtuYoWooNw/CIMAzfxAkLYWYeSAYibyY585a6KkS8ITRsO9JB&#10;9dpLtDvEzD9157yJvlQ7xvVmxKIbM0FSNLSkT+nOaU07LZrIB6WVZK19vxNwj7vmPCIvTtPouNbj&#10;yrNTr3PvZ3r3cDYzs/MKXahWq3tzZAcZ1/mMU+GakMfoCQ+Ic4oZMvOakZGR7VTVJCedM4jMe3n2&#10;yDN/58i+qyaY+Y52sqG5tvqXZeZHHEv4GG2vm7eC2wKp29rllTOcEPa2ONnmcgtu+DgyNp30CZZM&#10;Tra6liMXdeO2104B/Y8pOvs1Y1JwwlwqQ57ZxU5FjxMRX92K97WJqIQlU1sGxa1eylEgwvglNE5g&#10;mHmGcULL9W5rlPVS1fzyMvOijPC4LacwDF+TqPvKSqWyQ7Va3dutXNtOtmyJnaK2O7/VGuu3JeRy&#10;zU62bTnHmqHOWI90KrAkM3/b0fB7zf7Aecz8jRTJ487vnNB35Uj3Mq072seRQLvCkU+cX7rFI75e&#10;dPW27NqvXYNimPli15crtP5yexA74XFWtEgXySYXzPxYnn1WK2loaGhz3uA458ZOOPFk5t+59r/d&#10;QNkvu7LLGq3fuXV/tta45sFa+6GNPR5xiuOvuf7eG1tdp5PzKTKimu03klOK1sz8pZw2C5paRd3C&#10;8Ky7b1mrithtGxSnIByb7p+eV65SqezACa1ua+3nMwam1hbyljTjZSLBINxEu98N5KPapLZ8uxIz&#10;/z9Hw2/qlXWyR3bcwbp1OzlVruJ2LTgm2EYfj9TY3JGgZ1meMyj3QXnG6bem6xizonOkQperimWt&#10;/UAifFnM/FvntrXlZg1YVRV+s6ICa+3rjTE9qjoMIFTVQQA8Z86cARE5HcCvAZzFzH8uFAp3J+9d&#10;unRp97x5835NRKN+5I0xszKaOTyrbRG5dNGiRScsWLCgGucx87tmzZr1IgAfb6EvR3V3d3+XiLYQ&#10;kSEiOhrA2vj6wMDAJr7vl5qttxV0dXXF8sddmflttcqWSiUAeAbAHBG5sE7Vcz3Pe1MrNInIMwB6&#10;89ool8tnTp8+fWUrdTcDVf0JgAMAgIg2B3ALM5/oed7/JcsVCoV/DA8P71cqlbL8XPYmfxDRpgDe&#10;CuCidMEwDA8pFAo/NMZcA+BoEZlDRACwR7lcHpk2bdrdhULhawCaG9dmZqZjFzci91qh2V6i0ntr&#10;Zeb/S5Xry+FCnq3jdS0/7b7w6TryEoVheITTcLnf7c+rqqrOi1aa3oY14f8bsbHOcc6B0zgjWY60&#10;WRrV0hm3hXbMlayyX3fXz3W/b1VVjVcza+3HmTlsNohkUyub7/ufByItAiJaLyJFAN0uldzfoqpe&#10;CGAoeW8QBLv5vv/RjGq3SP6w1u7v+/5oRBgREVX9qOd5FySKFUTkW57nnRQXa7AL4vv+ndZaVdU7&#10;y+XyXdOnT/+ZiGzied7PMsrPabDe/0qEYTjQ1dWw8knL2HTTTdeLyNUA3pHMJ6KPisiLKpXKsT09&#10;Pc/UqaYvI+/QgYGBTfr6+tak8q2r/1wAUNUbAbzM9/3XAPi3qj7meZ7f3d29D4DrG+5Io7NyYGBg&#10;U3Zxrxy35vxmlH7dWWQc3DkpuVqdlrgWZgisZyZlIK7ct5r5wqTaO76G78UlWTQ/j1FMSKOimeRs&#10;/TLBzCvq2QJy5HZiHLLuc/Z6o8a8sc6se++62HmHC8Pw8Gb60LBu5IwZM1aXy+XtReRcAExEH+vu&#10;7l4kIueXy+XNa91brVZ3BnB0zuWtAYyuZMaY3QBARKyqvtPzvEsS9ewiIv8gojFnOlV9ttF+pDEy&#10;MnJtuVy+s9X7/5uxatWqav1S7cHAwMCNIsJZ14hoMyL6FTMf32y9RHRgOs/3/etF5GnP8z4JAMVi&#10;8T4RKQM4GNGqJyLyZH9//+3NtGVUtVn6MDg4uNm0adM+A+BDRNQtImUiugDANwCsSpcXkfOI6BN5&#10;9VUqlW27urqedGXvArCXm2hXxGWstW8koouIaEZGFW8FcGXTHdkAQsZWVESWENFWqbxrVPWXE2jr&#10;OQdjzAVENDvjUhGNK1tPGCJyBxEdUOO6qOq7PM/7Rca1ChGNY3aJyB+J6NXpfGb+gOd5PxSRH6vq&#10;EmPMFwHookWLeubPn79voVB4BsDipjrQyPJXqVR2ztJzLJfLWzDzt2K2srX21JwlvOZ2LAzDIxJl&#10;Vzj/gfH9vkbqNJk+EVVVR0ZGtmlmOW80ZdHNtT0X/0emLAUDx1iaNHOUrBSG4avTdGTQFWZt7zgj&#10;9K8r/1hOe4Yjp1HJsr/NK9sI/Q1tIwuFwnd6e3ufFZEbmfkjw8PD8wCgp6dnGRF9dGRkZDsR+dqy&#10;Zct+lL43CIJd06tDGsaYzdy/Xap6ged5FwNAuVzeXET+BOA0IhpnHgEAIrK0q6trcSP9aAEjk1Tv&#10;fwJCNM6Yagt8379BRK6pVYaIfCK6MgiC3VKX8p7lZjn5SkTHAThRRC5l5k8T0dvji9VqdQEz/6+I&#10;/IuZj2uoA/Vmo2OMhJoAR5ruf7PWfroe+9cFDa8JpwAKjVRiSFURBMHLGtF44MisZbK+6GPCLrn2&#10;srzo/kennJXtmU7Q4nZTdf2lOCH2zEQfFueUG26i7S2ttZ9i5ruSOy2n/VP3/ror27Rp015LRL6I&#10;PMrMZ4rIX9ysf4nneed0dXUtFJF7Fy5cmCn8Ncbs0tCsjxAAkDAM9/M87zoiekG9G5j5knplJoCs&#10;gIKZK+xkIQiCPRExkToJLyOv7YasjaCnp2eZiLy/Xjki2k5Efo4Nz6vV4JCzmPnDInJ7V1fXU57n&#10;fZ2I9gXAInKDiNwI4PDYcLqRFmFKAAAgAElEQVQmTfUKeJ73OxG5nYh2MsYcMTg4eNTIyMiWjoA/&#10;ikgIoJLU6khhXjM9GxkZeaHneb8lomn1yorIvYVC4a/N1N8kBjLymta6aTWSJoC9fN+/V0QeB3BQ&#10;i3VMGETUm5E9lJG3UeD7/m8cV7wmiOgNzPwh9zMtS4uxulYd1Wp1M8/zLiSiePxvFZERIrqUiF5D&#10;RGcSUXHatGl53PYNaHAJ7WLn75HHR56ZlWfk55bv6+st+TFDxDkgvate+Rit+JxoJqUPyK7/zXpa&#10;Jm7Bkajz4b8s0e5S3YhyrdQ4ZGlv1POXMtmJOMdZbYrOQcdAuyLnet1+MPM9zLw8EcftCmZe4xTW&#10;iZmXcBQPrmY9jcrZKi7m9Y+JaCcXbDw+gK4tlUqP1Li37rZLVdcCwHbbbXeOW6LrQkTu9H3/qkbK&#10;TgBrM/Ka8lNirX2tqt4bhuGLm7nPxe6+K/F7SxG5GBs5DjoAQ0Q9GfnrNjIdaQgRHeuONbkgot5i&#10;sXihiDydU+S+eg2p6i+JaI7neX0AYK39JRHN2mabbQ5HxCS6HMAhQ0NDNTWOmnlwlog+ICJfJaJ5&#10;vu/fisa2NuV6BVR1OYCXAzi1EUJEJCSikxAFP59MZG09mtoSEtEhnud9h4iOaOa+crn8dwCHAoCI&#10;qIh8BcB+AD7dTD0TxerVq/OcLa3fmHTkoLJmzZrXNjDhjgCwY9Y1EbmpXiOe510pIlooFN4GAP39&#10;/deLyHoiOhYAmPlyAOjt7c2VAQItfCWJ6HPMfCqAmSLypzAMX1rnlrraHYVCYbmIfD+PvZ+Gqp6J&#10;Br5IE4WqZk22LB27GD3M/GFmPsGdFU5X1UcBMABh5pOZ+URmfjczv7VWXX19fWuI6NRITqtnAtgX&#10;wA0icqzTyNko6Orqyjs7T4XJhtmzZw82MuEAvDIrk5nvT/621h6aUWwxgL8CeDsAbLXVViMArgbw&#10;IgBUKBTudtYIV9cioJHDfheA+dba+caY+Z7nzTfGzAcwQESzrLU1uTyq+mSt6yIyrKpHeZ6X+eXJ&#10;KH+V53lnN1K2DRinDQOgFuNm2PO8B5h5H8/zvgsg9LyIked53lmujGetfUU8hnXav0hVrTHmZAAP&#10;E9EvAVQKhcKpQ0NDZzbrFrAV+L6fpbEDdH4bOYrZs2cPAniViFxBRK/PKkNE47b/IlIulUpPpMp9&#10;FsAtSO2aVPVKz/O+GQTBi4rF4j1E9FFEHxwBgGq1ummhUPi4U17Ofq41DoVnMfMztUxqmHlhvUNh&#10;Pak/Mz/kDv91wcy3TiSWW7PJKSinaVhU7z4nC/pmlttxp/jccGAKZ8ahzHyWtfZU53H6IGZ+rFmH&#10;t62kZCyCJCYQaLLdyegGTRaPI38lDYHHe5QuMnOYY5w6l5l/51y1Z70rr1FVdZ7SMmnN20Z6AE4k&#10;oi0AVETkIRH5vYhcwMyfsta+OQiCfYgo99D/7LPPTgMA3/f/ISK1NA1eSERb1rgOABCRW4joyLlz&#10;59Y9A7YLIpK1Ba61jQQwqllzse/7r0jmM/M7PM97wvf93zZKQ6lUmiMiw9bay0Tkr57n3cHMuxPR&#10;gu7u7mMaradV5Bj3AnVY5hsRJRE5w/3PRHQKM39IRBpRkv578kcQBAuIyPc8L2t1fJaIXp82iI6x&#10;bt26OxwvIWsbGiFnlh7qZn6/qp7tTA2acuNlrf1M/D83EH2mxteHOTLN74Rz0K0z6Am1gVgF1tpT&#10;XFQfcitksVKpLEhEXW00zdfIHP9mZr7cGb1+h5mXZJn/tzvVcOR6TAeeR2Zi5hG3gxrNc2GfxkWk&#10;TSLDvOYY1dbjGTDznU7rKPN63spWEpH7iGgugNMKhcI/RGSxiHwrDMNDkK1RMIqBgYFNjDGnIzrv&#10;QVVbYtGLyAoROZyITkOkXbJRsXDhwuXpVZmIfKRM7HPQ1dPTswMzn+T7/hPM/GEi6jPGNKsNskJE&#10;eO3atUcR0fsA/G1oaOhMAL3tcJfeADbJyrTW5gmJOwIi+vnQ0NCoxlGhUPibtfaVIpJ5thQRHh4e&#10;vi2VF4uz9gKQZeWQRlcYhocw8xdE5GYAewPYfWBgIHPMas7UkZGR7Zwu2B3JsxszL08Eos/6Gp6k&#10;qhoEwUtc3vxaZ78scOSEZzJjN9dNzpnpOKPDBtwBGI4cuKa97x7EzJc2471r3bp1mzBzEATBAdba&#10;E5j5t+wMcTkKITXZq0Zm2KZ2OKdtI41xmLJxWvlhGL46691zu610PaNC8jxj1CAIDnQRmW7ifCdK&#10;R2fdW5P139XVtcjzvG8Q0YGVSmVrZj5ZRP4MYJbWMNg0xhwHAER0sMtaDKCuPCOGiNy2du3agwEs&#10;AYBqtbojgLmN3t8OMPO7uru7H8yygfI8L09TPIYS0QnFYvGeVP5fiOiE6dOn+wBMGIYHZ92cxLRp&#10;0w4lokKhUNjB87x/E9FPVfWfzpixrj5eG5D5hbfWTjontAmsBQAiej0zjwmu4fv+DQDOSd+gqn/I&#10;qGfP+J88uznP877ked4XiehQZ8u5TER+AeDEIAh2F5FARF6eSWWNL4Ypl8tbOEeVY1x+Odu2zAAQ&#10;LnpjHKf42sS1o3O+Aukvzp+WLFnSnf7iJG3eJjn5zpIgF7U4To2marW6u6qeWa8cM3+NmcvMPGSt&#10;/QgzX8iRo6L1HMW6m+xV41cZz4g74VuzBo1JV3cDOn5HVHRqhqNw4z/mnU5p8t+W1Za19hRmvtRa&#10;+4EsbjMz3553bsvrwEGccGrJkevtm/JchafSBxP3rdcN3o8MZ5isJOGW9jFeudx2Ndcwtc2piyPP&#10;uzVhrT1xom1Za09l5p/WK8fMVzHzY24sZ4Vh+Co32VZwFLOsnW7Qs9q/PeM5NeSvcmMljlyjJ+m7&#10;QVMMPfexjq8/mq4jQ8yzLl1Hg7Scxcy8bt26TdLXsraReznvWbs4NSEhIo+IDvU87ybk+xIBAIjI&#10;qIk5EU0PwzBejlVEPlfjvseJ6HVIaJNXKpXtjTHfdcv3Fnn3tgldInINER1Zr6DneTV9rjQCY8y+&#10;qO29a6aIfBUbDuvDAI5CFCfMI6LNHM2/sNa+yW21s3QYJ4qsce+fhHYmgjF6j0R0ODO/N5nn+/4f&#10;ROQOd/2ydAUZ28a+2Ei6GVQqle8z8/59fX3jVAnHTTang9fNzJ8nok2IqBQEwT5OOu+JyDeRz40k&#10;AC9LZnied2z8v+/71zquTbrNdWEYvg5jNTZ6i8Xir4lopivTSEDEluGUrDOdw2aUnfBkA7ArgKey&#10;Lqxfv35TEbkdwEzHgXzIWvsqEfkBEV0OoOrG8ftE9AZVXVkoFN4vIvcBaKfszSD7rDyVzmtQ1cXp&#10;PGPMedVqdUEyT0T+n4hopVLJsoF8eTqjp6dn+2ZpsdaOFAqFuwCcmEVoMs3iKCLNxTlL5LWqqjVM&#10;anbK2HKEyQAFQRC8OLU3ljAMj0rVQxlbg0mzkHZRTRoGM183wTYNMy9k5rMyrsV9Pz2Og8CRq74i&#10;R05FX2mtfbu19pSMaCzbcuRWe6d2jIvbCmX1/9LJeA4TSJn8AI40nJJmSQXOCCnlOL5h+v68WG/1&#10;EjM/mzWHKDUr93JW2VeMm5XRxLwMADzPy+QMMvM48xgi8ovF4qhnLTfrr00UOd/3/TF+JZw3rqPS&#10;1We1OVFUq9UdjTFfa/K2mj5V6mFgYGAWgJWquiptlmGtfZOq3gHgbDhzHlV9fPXq1V1u5f2z53mX&#10;GWNeqKoPJm71ADwB4CIRadoVexb6+vryZIL1HKJuVFSr1X9n5RPR9iJyOTboAIdr1qz5QLpcX1/f&#10;W5z8NI16XOc8PAxgnIeCMZPNGDMXAFQ1T8mUAEBEMv27e56XdrIS4z0ARtV+iOg8V8+DixYt+myy&#10;IDN/iog+lq5AVbOUgieMQqFwPhE1a0k9ITcF3d3dWwBgVX26t7d3zMT1ff+tqvowgJnGmM0BQETu&#10;mzlz5vsSxXoBHOX7/j/ijOHh4c0BgJkvA9CUOU8erLWZ/VTVKTXZSqXSY5ITb5yIXgHgf+PfTml5&#10;DETkpHQeABhjsoXTGSiXy5tbaw9j5lMQncV3Quq4NWayeZ434gjMlP8YYw4XkcpTTz21MOu6iCzI&#10;yieiacz8zkTWLSLyKBG9L+VO4b3GmHEyEYc847+WEYbhgc3amQGA813ZiIZBJorF4uuI6CBjzIL0&#10;Cy0iM4wx+1hrXxT7ahwYGLjPGPMeETmPmU8UkRtV9SIkmEmFQmGe+3svgFm5WgxNwBjzwqx8VW37&#10;s5ggGMADeRdF5LNBEOyddS0Igt2IaK+sa0SUK4fmyC3I90XkNhFZPW3atGW+7//Z87xvE9GuRNRT&#10;qVTmj6kv+WN4ePguEWFjzOfc5KBE5e8A8DYAf8zzN0JEmQ8HAIwx70n+tta+BcA/k79F5Ed5HRSR&#10;R/PqbhWe541bQRtFGIbbtXKftfZwEdlVRP4NoGCMSW9JZzHz1UEQPCoiXUD0NV6xYsXBqrrYGLOr&#10;iJzped5Xkjcl6mEAj3R3d7eDYzo/K19Vl0y07knA3/IuEFHB9/3vIYMh6Pv+sRm31IUx5iNEdCIR&#10;HUxEm4hIKCIPA7hSRH7m6h6zlRzTuAtO8GMi6vE87xIRedbN3Mc9z7sUgDLzWciBiOR+7Ylo3yR3&#10;qFgsPhT/b609koguydk3Q0R4YGDgwaxrE8AsAJm2T42AiLZt8b6DVfVmANOMMaWkSMPp9hWKxeID&#10;vu/PRsLCYO7cuWVn8X2q7/vjtB9SE2MpETXNts5A5gelWq1mclE7CRG5tdZ1Itqfmd+eyjZwBqE5&#10;deZaq2gUxuqLAN7qVsdeItoVwFvL5fJpAOD7/q5jaMgg6lQROVcid82buZm7nYgMqup7HYMjDzXZ&#10;877vvzEjeyciujxLLSpB031Ze+2JgJkPr9VmEiKSFQsgc8vcAHqNMTsimkhvFpFR5dlSqfRCONWj&#10;YrH4OOoofMew1r7RGLP1qlWr4vHv8n2/HXLJcZNNRMq9vb2THpOtWfi+f7Pz9JYLY8wZSBhMh2H4&#10;4lofTVXNNSPyPO88AGcCuNItHKOK8tOnT1/plOhrTzYAARGdtnbt2hdYa1/DzO+31r6JiF7oVrda&#10;qBk/yBgzbiURkQuojts6EbmhTrtNwxgzLqBCTttWRMZZhhtjdmqlXRH5LYB3EdF0RL4MDwyCYFdX&#10;5ywAs6vV6i6I4hc0JFvUyIfLq2bMmDF6/mPmeQDglAqKiIThzcAAyHoRn8Lk+35pBesA3FarABHt&#10;YK0dVcrwPK9m0ElMjOv6K1Udy9vIkhOkdRObkC+sypJ3JOQeoSa81Krqy2uVjxGH7mlnYuabGmmb&#10;IxdlWXZt97battMaF6dn9xuN3KzdwsxPMPMNzPwPZl7JzH9rsM6iswyIrSwuYubvuX7+nplXOIvr&#10;Zugc12fX74a8/3YiWWtPyKI5Rf/NrjxxHQ8B1Wp1z3bSl17ZdgJw97x585IrSZ+IPM3MmezRFGr6&#10;1CAi31o76pFLRLKCI46BiDxaZ+vaKhqSlanqHwEsExGburQjGtzmZWA9gAuNMTsD2B3RKvY6ANeI&#10;yPlE9BY0YBEOjHpMDgA8Fucx83UA9l+4cGGJIuei5UKh8HCTNO6Qk/9ETn7HsXbt2itEpJ4jokMA&#10;bBuG4UtqeQgQkeFisVh3zIIgeBEzfz7+zczHicgPmPmjaS/hycnmi8hVAPZBwlXz8PDwdCKa53ne&#10;d6219dSZ6i67RPRyIAo7BaCuHqKq/rBemRbRUMhMz/PuQRSTa4yKEhF1V6vVlpgkAGYQUZmIPgzg&#10;LmZ+D4AhIvqkiCxfv359GYlQTBx56sqk1/O82PXCQiLaVkQWA9iCiB7fdtttT0I0aQfRpAdjZs50&#10;G6+qmQLkqQB3rv9xrTJEZJj5LZ7nZfEPkrgNdcJhhWH4Et/37zTGfAoAmPkEz/MuJqIPep73ze22&#10;225M6KrRyWatPYwiB6xXDQ8PjwaV6+npWQ7gM47Q8fpeY9EIe/4AV+/riKjeOWLA87yfNlBnK2j0&#10;3BHLlMaxuz3P2zOd1wiMMb0JXc+njTEfs9a+BoAUi8V7p02bdjIlHKMaY15qrc2TB7L7cK00xvwY&#10;wN3GmBeLyKHGmLeIyEpVbToeQl6MBlV9vNm6NiaGh4fPqbe6GWOORKTUnQtVrRvvz/O8T7t3+Peu&#10;3uMBwGlg3UpEbwrDcL+4/OhkI6IDnZLmR1Iu0kIAZ0sUpLBmkAxV/Wet6w57IZIvjQtAl4aIfBv1&#10;3b21ioailVar1Zj9O47dnScMbQAFuC2oqi4TkU8bY/Zn5i9Ya48wxsQKAN3O8/QOvu/HE5sAwG1R&#10;CsaYnXt6ej6ASEvnaWY+j4iuJKLZqno1gPXLli37Tgs07pqVGYZhLe/XHUdvb+8KVf3fOsUOJKJc&#10;brKIrE4G4hwcHNysUqlkiUH2EZE/EFH8vHYWkXVEdOyzzz57pESOXA+LCyflWjMAlHt6epbl0PAE&#10;IkehubDW3hT7ScyDU43aFdHeORcisnLt2rXf2HTTSTNGfhpAXZfgRBQTkHVW2afFtruxwY/JcmPM&#10;LM/zvujyjgjD8L2quq0x5s2+7/8ZwBwR2YaIHhKRD6nqjdttt92rJPL+9WJjzFZEVJTIa+/frLVv&#10;ICIVkTsKhYLvnIo2AwNgnOqdiKzv7u6eUqpaSVSr1R1KpdJjnuddKCKvJKI3ZJUjopovqaqeg8S2&#10;e/r06Uci8jawKFW0BCD2tkWIfIouBiBz584ti8hSY8yoaCc52UIA00ZGRl7Y3d2dJbTcGXX2/aVS&#10;aaGIPEhEu9cqx8yvy1NmjkFEn950000n0+tuQy+NYzD8TVUfy7j8ohbbHmXFi8gyIopXrSEAVxYK&#10;BQD4GzNPN8Z0AbgHwEtF5BdO8P8Kd+9qRO7YygD2ALB9GIb7FgqF34rI1Z7nva5Sqfy0q6uh4+ko&#10;RkZGtu7u7p6ZcelRbOQAiM2gVCodgOilf5SI3ikitxJRU89IRP7ued63UnnvUNWfZCwk/dhgk9jl&#10;PnjxO9uDyBZwVIF+dBupqvcSkSmVSt9FygiRmU8moj2QCPSQB1UdF300DWNMrtQeAETkDwB+Xq+e&#10;iSBn8oyDMeYERMyjceWJaM7IyEiuilodzAAAEek3xmRyxZwsby4i5simAKyI/MHJHa8EcB0iv5t7&#10;uFtuSnxJtyCiA7u6utJf47ro7u7O1CME8K9m69qYsNauEZFYBW+oWq2+SUSygqNkQkQeGBoaOhIJ&#10;AbXbPh6GbJnnfYjOfrPDMIyPFGuHh4e3lMjP6SwiGtV8Gp1sy5Ytu0qigO2vFZFFIvJ/IvItiRyD&#10;XiAibK39Xg6do/WsXLnypyJS07jQqbXkdbgaBMHJmGTBqYiknfFkgoh2FJEzC4XCgyIyzsynWCzu&#10;3yIJPQBQKpWWI8eZkaquBLAHEX0SQFFV/wcRZ3HY0VIFcC0zn4bobLuNMWamM9vZD8D1rRAmIpmT&#10;TVXvz8qfKvB9fz2Ad8eBCbu7u58iouPr3AYg2mFUKpUjZ8yYMUZrpFgsftzp646zgheRX1Lk7vFx&#10;z/NicdlDRNRFRC8WkYeWLl16+egNSaFbtVrdm5mfzBAEVp17ujxh4jtTv4+vJ1zMAzOfF9cThuEb&#10;Jis4vYsFN9gEXecm/bIk8r/ZbNscuaC7O/H7qpxyv7LWvs1a+3lr7bvr1Pl1VVVr7UmVSmUXVdWk&#10;0W6T9F2bNQYN+qDpWAqC4GA3Bqel+vOzrP7EYGab1bdyubwlM4+4Oj+VM1bfTdSzdHh4+IX9/f3T&#10;rLUfW7Vq1Yxk2XE3L1mypNta+zb3cn3HNbJtnYdzg44NkGgacZyT0ely0n89M//ZWvvJZge9iZQZ&#10;IK9Jmu9qtl1mPp+Z/534/fuccteqKkZGRrYfGhravFadsa95a+1HK5XKLhPQcDGc4UmYmTn98ky1&#10;FE82Zn5Cx3qtnsWRd++8Z3huzvj/JC5jrf1wXrvVanU350W8J6+Mar53rWZfnrs4CmiQzJ/FzA/n&#10;dTCn06N1VCqVBcwsnONSrB0pK3BGs2DmYOXKldObaZeZv8JRVNH49zjnoqo6M2Fa34iXp15mrqrq&#10;e4eGhjbnKGB7K+MyP6ef4zxSTbUUhuFhMb3u4zN6ze0Msvq1MEs9MQiC/Zg3OHd1qmAToq9dUSx7&#10;AZwwMjKSVIFaW6lUDm/UDk1EOAiCUS5QoVB4D0Xx2l6KhJV3O+H7/vXOrqxlEFFh5syZDSk1x1DV&#10;YYxVx6qm426HYbi7bpBbNnJ+HQLwWwC/mDZtWj+AJxsJqp4GM+cF9Pt7Tv5UwuiYEtEY9wee512C&#10;hP1kDBH5RIZopOB53g+StpXqouNOBG0LGUtE3aVS6UvJvJ6enqcHBwcPBFDT1sjh+q6urlg7wQA4&#10;1tXrW2tfkX/bhCAiUk8AWhfO9L4ZDDgNkZgn37/ZZpuNsT8jol08z8uMmFKDjmOwgZO2RlWbZjIZ&#10;Y16Sla+qucaZUwXGmKQ/l9dhrDW9WGvPTJYXkT/5vv+7jKo+l1ZY0IhZNSG0Oz7zu8MwHMOd6+vr&#10;W7Nq1arXi8i9tW4UkR/E/4dhuH/SzigphW83fN//lYi0xLVLoFn61gJAuVyeBQBEtKyrq2sMR9IY&#10;syci+VoteNbaUR0/p7Z1uohcAGBxX19fK8EvMkM3M/MdLdS1UWGMGdUKIaIiR9FdR+FcKT4IRKGT&#10;rbWnp+sIw/AAyfBvWigUJizMb9dkqwCRz4ZCoXAhUtrws2fPHqxUKq8XkUztFBF52vf96+LfhUIh&#10;7Qj2ZZhEVCqVEyQ7Fluj2Kte8PIk1Bkl+r4/CwCYeTkzJ409DSJh6XCdqjZDQibk+36XiJwF4O1E&#10;lOXLvh5mIhKOj4GIrE1a1k9hjNnOG2PSLg9UVWPx1TXpWAxDQ0NzPM+7LO0xQEQCAEsnSlxbJhsR&#10;JfUX92HmcaYzPT09zzDzW3KsaS9BQtIuImk1m50RvQiTgp6enmXMfJSI1Hu5M0FE1N3dXVfXM4aI&#10;rACAUqm0CRDpRyLhebharW6vqnXlgGEYbpXxAVteLpd3BvDnRumJYa09KEeV6VZMYc0RAHBn3rS2&#10;yAFIyTDL5fIVIhJaa7+UKlvs6em5koiyTK8eQx0LgEbQlskmKdd2xpizqtXqOHuoQqHwN1X9TDrf&#10;WpvUSp9PRGMCtBMRWWtbVY1qCC4G3esbsIfKhDHmtY2WtdY+6/5uCkQRTpPqa57n7YxIx65em3Od&#10;UBUA0N3dPQRg9rp165oyp4lBOVEzVfXGVurbmJg7d+6uaSsSIiJmHmPGNWPGjNWqelaxWBxzrBGR&#10;nxBR3g6q5hGoUbRrG5n2td5dKBQuRoYpvud5/0+isFMAABG5P7lFYeZXZTXgzjCTCt/3b7LWvkxE&#10;nmzh9lejQdcDPT09y0UkjP10BkHQLyKjDBJjzGaqWgFQDMPwZYgUntMKjp4xZm8i+gqAs5n5IwBO&#10;I6Li5ptv/tIW6AeAV2ZlhmE40TPtpIOIMp0TGWNek85LeyZj5o8S0XF5datqlg+aptGWyaYZNk5E&#10;tJ+IfCGrOBF9QKL4YtCU3ZAxJpPZ0KrPj2ZRLBbvJ6K9ReSnItIwN4+IZqGOJUMCDGAZHLest7d3&#10;FcZ63zXGmG1E5J5CoXArgLtFZMg5kXlERB4BsNrFCVvvbvgQgNPc/63sAuYishofAxF5LMElnsrI&#10;U2x/GaIzcBKjR5YgCF5kjDm3VsUuoMyE0a7Jlmfj9Flkfy0Xq+pXAcBa+6vUtbwAga1aRbeCASI6&#10;gZkPlijARUMQkTc1WpaIFscrG6LzUFKms8I5qx0Ow/Dl1tpXAviD83a2ExHthMhdxaWIAkKcDuA3&#10;8f2e5zUShjiN1zi5ZhrXZORNRWT2mYjm5NiiAUDR9/2LiCg3XLKILEJjRtF10ZbJVi6X78taBYiI&#10;ROSSSqUyLhqI207+qVQqjQqVR0ZGXkhEeS7Ycv1FTBYKhcIdRPSyMAwPEZHLJMfFdQJHo8ExdVvV&#10;5Nd49D7f9x8gIk9Vry4UCrf6vn/jokWL3hKPsYhcIyIr3KTzAUBVBxJ1Nx06SkTGbbcAgJmvbrau&#10;TsDzvNwtfKFQ2C8rn5lPq2cORkTpxaBltGWyOXlOXnCDFxSLxTvCMEwbalbK5XLSJTm6u7szB8Vh&#10;wu60W0WhULiNiI51zIi3isiPReRfac4qEW1urc1kMqShkYlPUpA9ktAiWey2iqPYfPPNZwL4KwCs&#10;WLHinar6GRFZg8g/yujLxsyfYObMwCi1uojozDkGIvJEoVCY8sJsAGDmXKaQMWacZUalUtnOGDOO&#10;WZeE+7hdNHHqIrRTqD0u7tpoI0RzPM+7Ma0JMn369DFcTBGpxQRpNvjFZGAAwJVE9AEi2n3t2rWz&#10;RWTMQyaimrZ6MTRynJNcrfs322yz5Ep3rTFm1Iaqt7d3QFV/KCIr5s6dW9Yo0MiorZqIzHXm/OcX&#10;CoWmNE8AHEIuDl4Kl2Bq+ojMQi0Nj3FaMcVi8TyqH1DlZrRpCwm0cbLV08IgoulEdK21tpY8quaS&#10;PtXgLMnTq8hb0nqOWWDmhwBsjg3W8s8mXZGr6qMYa7BYQbTtvNtdX4aEQBuRy4pm3dUBAERknPMb&#10;EWEi+lkr9XUCWjvYx55Jt3LW2lfQ+JBk40BEzYYSq11fuyrq7+//k4jUdBHujOqurjHhanEc2+p+&#10;vF1g5jGW6UQ0c4sttqgZChkASqXS44gmy5YAoKrPxiGiXL1/R4rDZow5TFV/AQBhGPbDMQWq1erO&#10;iBS2a3oEzgEByGLs/AENyPqmCoIgyHVERESl+fPnxwaxhoi+Xq8+J55qWjGgFto22ZzmdF33X/GE&#10;C8MwzXUsANimxq1TLUwRAKBQKNwpUXjdURhj3pdXPgEG8KC1dhsA8DxvmTFmdGVzDkJHtdgrlco2&#10;APaKXcD39PSsQORaYVahUPhRVKSSZ0mfizAMD8phSs1FRujbqYqenp5leeqAQCSKAgBmfls9vyQi&#10;Ug3DsK4D4WbRVkXk9OZLddkAACAASURBVFc+t1GiLs/zrnY+7WPMS2sApJAbf6vTUNXvprIOQ2Oi&#10;inuNMTsAQBiGzyY9MSESB5RjTZxCofB6jI05HgLYhJlfjcgFwjIXhagpeJ6XecYkon0B3CwiVzoF&#10;5+cCcld2Y8xLAfjGmC/Wq0RVzyiVSi1tyWuhrZPNfeX/2lDDRJsUCoXfJWyuarL2iejaWtc7Cc/z&#10;LnWergCMijzqObSFqt5ljNkOAKy1/YjOcMnrf42juVprrweQ1mzZsVqt3u5WpqYd+yDaTdQMeE9E&#10;b5k2bdo9QRBMqrpciyiuXr16RvxDVX9fo+yLARxHRHlu1QEAIvJ7z/PqbjNbQbtNbCAiX264caJt&#10;e3t7f45Iwp8bvE9EFmJsHO6phmEAaTfpx6OOi3Nr7Z1wjm+7u7uXIzUGxphZvu8n3QomNc8NgP8z&#10;xviI2P+7YrymRE1Ya19LLrppLRDRlsVi8aakd9+pgCAIFsyaNWt0pVq3bt3vRCTTRyZFYc/OqFWf&#10;iNy5du3ad2KSlK7bPtmc9XPDB0siOpKZP8TMteRol6MNWteTCSL6dlLoTUSzU6GNx6FUKj2CDROs&#10;gvGT8wXYoARrMDbYRZ+I3Oh8fK4DsGZwcLCp0MNE1MjZcrQ9z/N+hwnGE28nisXigQCOj7m/jjt8&#10;eV55IpqflS8iKiLfXLRo0csTvkrbrh7Y9skGAGEYnioimaGAs2CM+Wq8ncoCMycn7+xnn322Zjy3&#10;DuFZpASgxpiPofZqo4jcmscyrvQXleM8p2kzGkmnWq2+AGPdq3VNnz69GWPRuQAatlQAInmpiExW&#10;7IWmISKvJqIZm2+++SizzVp7fjM6rSKyVkSOJqKPJ8JXk4i0FP63FiZlspVKpUeI6MyGiYgEqpkh&#10;qUSkWigURv1fMPPRc+bMuRqRV+EpBSI6xxkaxr93s9bWfKFV9bYwDGNhvmBsv9J+KqfBGeaKSCXh&#10;3LUPkYxtnF/LPDDz8XUYUpkgosPSFtCdgPvgvhoAjDGj2knFYvEBAA1ZlYvIPUEQ7OP7/m+T+cx8&#10;DMYqhrcFkzLZHM6VJiKGElGe8uwDcJbgQMRVIqJXisj5EyVwErAYqdWNiD5b6wZmvpGIYg2H/uHh&#10;4eRDriJaGeciMrPZBZF/eXR3dy9B5CUZALZX1WZsrnxjTF0GTh6MMePcCWxszJ0797XkIta6OHej&#10;UNW6+owictEzzzxzUFdX1xim09KlS7uNMV9R1bbHNJjMySaDg4PvmKj3Koz3iBQHszipRhiljqFa&#10;rX41dXY7IAzDXNObYrH4L2NMLCZYXigURpkkqrooCII9AKxyh/sSNnx4FM5tAjPvoqoNuwa31h5N&#10;RC2fvYhobxeEsWNIbfPG9MVa+6ca91lnv/a+rIAj8+bNO9PZxi1uG7EOkznZ0NfXt4aIDheRlr8S&#10;qvpg4mcXXCgjIjJE9G00Hyt6UuEYFt9P5hUKhVqyHUUUGMNT1f6krC0Igqt83/8QAKuqVwG4BWPP&#10;dRYAjDF7O45tQyCijzdaNg+e52VaCWwkzMbYQJpJ+SRKpdKjORb3AyJypOd5386q1BnqfhIAmLnt&#10;obEmbbIl9AOXENHLRKSl8LBORzDGrklnLES0PTO/eyJ0TgaI6Csisi6RdYgLdphX/rYwDF8CoD+p&#10;RdLd3b0Ujltprb0D42PKxfp+B69fv35xI7SFYXgAEY36hhSRYRFpOn6bMaZm+LDJBDO/I2WDlg6J&#10;LEQ05uMjIkuDIDjI9/0/ZtU5PDy8hed5vyAiT0Ts8uXLnzuTbYsttjg2IXB8Ynh4+IBGBd5JhGE4&#10;Kqxl5nEBORrg+HUCq1T1rGQGEX0V+eP9R8/zXq2qy7EhBFGM6QAQhuG4oJDGmO0RMVS2diFu68Lz&#10;vLRZyYVEdKqI1LRWzkAu93iSYYwxH0zlldKFkqpbIvLvSqVyQLFYzNxqr1q1anpXV9c1RBSbPD3Q&#10;Qky7upjMbWQwa9as0YN0b2/v8kWLFr1Cosg4DQkNRcQmg++lD8JAxPGbasJWAPA87zvJ8yoR7c3M&#10;eX4uhgFsIiLLk8rIDlsCQLFYnIvxL9WrRCSWQdZVD3M2haPbLxFZOzQ0dI6j77Mi0oyvjUnzdlYL&#10;bmXOjYKUwCoAEJEHy+XywT09PZm6tUuXLu3eZJNNfuXU02L8pR20pjFpk01EHgfwCRemFgCwYMGC&#10;KhF9TERe2SDj5FkkZEsYK9Qdhed5NVWONgYyvIkFInJKMsMY81XkmO+LyC2e5x2AFMuZiAaDINjN&#10;9/0vIQqRbIBRM5FtVPWPiJS001/7cfA87wtJ1weqenYiRBLX07BIV9dE2bbB87wPN1pWRBZXKpUj&#10;0naTMZYuXdo9b968q4no8NR9DXPRm8JkBTnQKNCD1Sg0UjHjesFaezwzL8kKeKCqysz/TN7jIrNk&#10;lXtoEvvRUGLm36gqZeT/MkXr17LuX7JkSTcz/5WZ/xznhWH4emb+URAEL2Fmy8wSBMGL3bVXuPrY&#10;/X06q/04BUFwADNLgo4nVLUrVc5n5nLe80j14+8dGOe5zFzJoGVtRtmLqtXqnnl1rV+/fjNm/mtG&#10;XYNZgTbakSb7BXzQdeBbNcr1WGs/x8xDGR2/IVXf6nSZGIODg3Mmsy+1kov1FqjqK9PXBgcHX8DM&#10;axJ9qrj4aVnj9QMX+QcaRbF5mpnLzHyBm3isqsckyl/twk9dpqq3qOqZOTQaZr49OV5hGL4xh4bc&#10;j18SzPzTjT3O1tozcmgZN9lcCKfMeqrV6p7MvCinrksni/4JvWBhGB5ZK0AeR0H/VFXVWvu+OnVu&#10;nY7pxsyXJ653Jb/MaYRh+LrJGqR6KQiCAxy9F6sqXByzvvi6tfZdqX7dqhlhoIIg2JeZV7ixu5CZ&#10;1zLzDdVqdVdmvpWZr1bVmXH5crm8BTM/WalUdtRoVbo1K3xVGIZvSbV/XU5fZrrdSF1Ya9+zMcfY&#10;fdAyY6y5D0T6Hi+rHmvtcXVW73EfTJfSu4DJnWwDAwObWmvf9f/b+/I4u4oq/3p13+uEpCFBAsYl&#10;gCyCirgiMjCKPxEZRQeZDyouyKAyDCIgohNRZ2QRcBdQEGRGBAQXEEQRoggGUDCsyp5AAk1CN0kI&#10;6fTy3rt1vnV+f9S53dW37/re634JcD6f80nnvqq6p+reqlt1lu8BcAUkaydSEvmxe8jv9QakaYz5&#10;l7x7yNYyavtC77ftMwaIiegr7Q5Gq0xEXxJ5R9auXbtFs9ncDcDpfhnZZvryfiapLQA3wCWiHAVw&#10;7Zo1azYH8H0AP00bYwBPALgJwP08eSs5Cy5XW/QcRtKyuRLRcVlj7LXRHBwc3Gqax/nwDHkK5Y4j&#10;ov/JWrDhElQm5sID8A0Ay5j5zDAM90wrl8W5Ber1+iuI6DgANwIwMeEMgFFm7k2pPwvABq/8KKev&#10;HGPcbDZ3B/AkgAu8a29IGyShi8p2vlMM4MZICCI6goiOAfBsf3//7KiMnBHGVmYAQ0lpeNeuXbsF&#10;gHuMMQfKF+1PABZlnSNGRkZeRkRHjIyMvDxBttP9QSKi45PaaDQar2Tm9TljHNEvuzDG16UJA+D2&#10;nPo1du9HJhHRf2Tcf0KKZ1ngzpJsp4lf0TgXeelt7CYPAjgjDMO9jDH/ysxsjDk4o52LYvUbRPTB&#10;PMHk4Z/pXdsnZ6z+XKTDU8Bbynkt6t99ANYyMxPRh/2yxpj9/W0agL9wwoMyxhwA4FYAq+WcUm1F&#10;Nnl+Te9+t3CCEkWyvC7LGd+oDRuG4VumY2y9I0rFP/cmyHR9Whv9/f2zsyaq18YTS5cunZHWzpo1&#10;azYnokNlVzccqzsA4LzR0dEFWf3J63AFwCoAzxLRF2QC+L/PlAN84haHUyYJXPre8wsoNeZFf0c5&#10;ozMG66GctqaEieiIDJl+Hi8P4NRYmVOmSLYagLu9+wxyQm50Y8w7sxRPCX26corkjU+0vTGe4nle&#10;jkyXpbQzFwkaxyQioo8VlQ3AzwAMAbhUxpUBmLz3uUjD5wNopCUvl+3lipx27kzp43pJUF/Lk8M/&#10;/yVRpFiYbhbFxWjS4R3AqoQ6AYA/eGWIC2ytW5DrZF8WIvpovIwcDyYcDXLGeITd2XlKx3T9+vUv&#10;AtAH4CZmVqIAypLru/E2hoaGtgHwj4L9uoWLn8F6mHk9RHknisL3ENEX8+rmNi5KDSaiDyX9Li9b&#10;mCWsqJmzOvsg57xwYRi+PaeNesHB6hiHYfhmufdZ7C0o/sRLWu0GBwe3gqd6loVi2w7K9c/+JPLP&#10;vsxjNr2fZo1nEhHRZ6djXAFcJXJfJ/3ZM0e0hX79kZGRl0HMTnkEYLTRaLyqqGzGmPfIWCTOhyzO&#10;LSD72PUAbuPY+ULsFWHKCu5zBcAdOZ22AC4fHh5+SUobb8qp34zKytaubVVtHgP4kbzU28Kp/RnA&#10;475WTybkpLrNZvM17Ckk4Az4s9qVSVb0lV67d/hjUa/XX+FvL4sSnDa1tAauBT7Su+cvZKxemyUb&#10;ER0W1RdzyKNF+0VE/5kljzHmHZEjAbtn/r8ARpNMLHlc9KX6jnT+emPM/mEY7i2q9vVyPctorZhZ&#10;hWG4F+C8HXJovajFJxzkR0ZGXpZVyZ9sAH4L4BHRFE3VS1GRg/FvmVnJA2ciOnF4ePglkSLEGPOu&#10;tDaMMe+KKTASvVBKcA2eZhTAU76GUgzjqYqGjLH9eysvV1kWRc2Qd9/zmN0CkSWfMeadzGMLTaEv&#10;mrR/SZ5M0cIk2sfvAlgD4JpW+leokKij0zpxJ3sG3BzBf5DSRtJA3CYrWlRfw5kO0so/HZUlov+W&#10;ayQKiUKq2ZK8K/P4qipjtJjlKyLnjczJJrJ+1F+EAJzTqkwAfuS1M+x9VWtwtrtUG1PGuC6XhW5K&#10;Jxq7s+ytsXufLL/1ZskuZ7q5SHHnS+nXzXluWWJI/zViRnAAq+Vd3o9LaIrLDMaWAM6BcyEaBXAP&#10;EX3eV5emGUs97oXTGhYdkKZo63rYvUy3ZZQd00YaY/aP/fb7NAVPG3yINL990u9E9Gn5/ZC8tojo&#10;6Ji8J+fVSWjjC/64RQ4Esm28PW3cskjOlR07S+bIf0KCCEdGvwNYkyIj2L2bi0v0657169e/qIBM&#10;RzDzQf39/bOJ6IMALoNnN5a2nmbmLYv0sRMD1SNeJUsA1Dds2LB1Vvlms/nauMAFBueBMAz3BHBa&#10;Rpk7vPvMjW9ZAdzdSa8HIvoPUcqknWO2Z554nshp7/OerFZevqKy/Hu08gOgyL5HRIdBVNNlCcDf&#10;p+mLFi0Ik1yojDHvjsrA2SST5ByAM7EU7ddtRd4Dsc89A6c5Hrve19e3mbgGXgRnMrmzaD9bHqCh&#10;oaEXE9F/I6byJqIv59U1xvyLf1YpOEgGzjcw7fc/+fdI2vYCuKdTXzh5weuccsYSgywbY95fos2j&#10;/UVCDNp5dT4R1QHQJKKPivPzlQWHNmksr52CnUAqw/lqTiLfwwbA+SmyFt4aA/gVF1RCRbuNHBfD&#10;2ujo6HZF+1l6YJrN5hsB/BReqAOAAWb+mnzdVnIBu5mcVQo5vRYcyD/67cvhOqncIu7AGS4Mw72Y&#10;mX1NVez+35Vb7lqmXSL6SGxsz+aUCU1En/Ym2ogx5n1E9EmUMFLHxobYRQ60o6RJ5L6+vs2Stm5p&#10;ZiFZyMbOQ/42uYV+NWSnUFSbqgE8AmeS6thYlCrsb3WkE0uZx+0vRHSo/P/QIu0ZYw5O2j60QvHJ&#10;Jh4BaWVPK9PvFA4ALJdz5Fz/N3GTGoaLGSutLjfGvMOfMACuiX9piOir3tbxSSL6CnLMKznj9wQz&#10;79uBcUl7d74QHydRQCSq6eG0gH79Y1rs1w0JIU2ZZyxjzPuk7iCAb3OHzq1lK+wKZw97OAzDvdmp&#10;vx+E87rW7LReK+UFLNSmnMXG7EKtkuzpx9oVlXdaWeqEf58x5v1wNADge8x8JJzWb5CZWZQkrba/&#10;A4B7PZkfbjabrxOD9KWx/rT0JZO6kC1aIY1yK9xoNF4ti+oEzR0RHZsh14WxskenlU2o2wDw02az&#10;+ca4LBIWtleWvHBeUX6gbQjgF2Jcb3kcKszlsrhKhtG3rF69esH8+fNHAPxnEATnEtF7qtXqdQC+&#10;HATBacaYPWu12pIibQ4NDW09e/bsC7XW728l2lzkuk9rvXvs2jKt9U4p5e8QcNS2kigA+HClUjlX&#10;a71lrP0/AjhNtZEmt1KpbKa1Pk1rvYe02VRKPZGXiaUMWWvvU0oVxR4xq1atOrEMGM7AwMDsbbbZ&#10;5jal1EtjSTxmWmtXSJ7ySSTv1Y+8/x8TBEEmCpi1dq1S6jyt9blqMhKZIqJ3a63/TzD/E3NHhGH4&#10;hp6enruttWfIO3KC1nof7x5/sdZ+r1qtXq1KIFArpcqf2SKHYCI6Sq71AlgHca0Rw+ItrRiU5bzS&#10;0ldOzo3xFSrx3BaRMebfYnWKHp6PALDC40S19HONAHyLyz3TCgQWAjHoiqxtPjNzHNKAiL6aIddS&#10;Ijoqw25WIaLPiZIt05AN4GI5M8+PrklQ7898pV5OpEtnvmzKJR14SClFWuvdlFJsrf22Uupg+bIM&#10;Z1efRDOVBy+ulOoFcGylUjlBa71VWqU4WWvtqlWremOr7iFqcs5rv85fYqvWtxuNxvfykgouW7Zs&#10;xo477ni71vr1BUQbtNY+rpTqU0o9zsx9zPx4tVodMMZQTt22SWu9cxAEF7fbjrX2Ua3165SgMBch&#10;AF8JguBUqX+91noMwdpae6XWOim9sLLWPqu13lp5Xw5r7Tla62NiRe8iojOr1epVKv0rs7219gKt&#10;9buUcmmyqtXqdSlltbX2Oq11v1Lq8PiP9Xp9wWabbfYZa+0BgsZV7vmVnZ2yyhwjs3t/udbLEzV8&#10;vQBOBvCTAu3tKx4fca1PLxF9BgU9t5knr4bsjJ2ZXu1+2JCsfsvr9fpOBeTePm72KENyDngMztPk&#10;IgAnE9ERxph31uv1nbJiq8qw2Nz+bIx5RxEmohNFvrsB3CVn9LDseUViv/xzz7ne7zPhuWUljM1V&#10;8fbkWvT7rWKDy1I+9bLTkI949ZZzMU10EkDVhC9lK8+ipQcoofqrEwyvgWyxVknnrOBzZLVXFaXK&#10;H9LigUS7dyqAeyJVdxIR0ScTHtItaeWlzljkskxWBjCQptL3udFovKqdCZdForhYBeeX2vJkA3CW&#10;aNRyy4rL2UMsUe/RVk+00IXvGYbh2xFDwfLHOS82Mck5GMA/ACzJc39bu3btFkT0BTjPjni7x7Yz&#10;lu1yyxXj+2NjzP+D55sGF4+0Ds5VKHMlgMReAViVN5jMPE+0gOfAw9aQ+pOCCInovxKep1/HBxWq&#10;AHhSrg+LCjhvwu2cpr7uBJXR7CYxgAfiEeMpXANwrZytehuNxs7soj0uLXM/2e1MglfwdkEKznE9&#10;rb+WE1zgBBUg9T1qNBq7iEY4EdoBwJNTBVFXlNtuQFb3a7xOjRLRSX19fZsR0eeYJ8MDJPB8OCNm&#10;FGpzNhdTVlQkovcCOLvWBo7hoUisUiphHDouehHO834zaZgdPgu+yM1Z92mVxIzQamjLrgCoQES8&#10;BnAJgAHxb90SzqRzc4ntbJWZz0SKR4cvAzIgGGTBLtq/uYLa9ue0+0aU4zaXu7Ukoq8kmRLKcLuT&#10;7SAI/gach/1yAE3PzaZHziWP5nVIJpg/6I9yuQjmecx8pthj4m3fn/YQAFjfBzDuxCxlzud87+5a&#10;1ordDjWbzd1z7p02pqfKmTBzkoimbUBi7ObCeQLdwzEjdAbPgfPMSSQ4g7lizg+XyUNJ27Bhw9bi&#10;Knd1tEDnEVzYUeKCJYb1e+Ec3tOAq/aRj0Ch7XgatzvZ5gJYC4dtuFu9Xt8RzlP/iqhMFO4iCL6p&#10;bYk/3wSnWeng5VzCgi/G7AkTO5Ihgw73ylfhzAjxB3ZTnpO13OuDcKChHaMiPpIJPBNAf9aKLmfv&#10;6wE82Wg0Xi1f6CUA/lEU9LZgVPQYGpcgWKVSAs6NYuaZMsFuyTqzJxFSsFc8eT7ule1nF2ngvz8V&#10;ALfDOQ4U8u5P43Ynm4ojCsmBngUYNJA9f6GQ+kgTljBgo9Lu/Lw2klgWgSy8wAlnvbQvFBzWyusL&#10;jMl2KBHykUdwWrRSCFtEdCyA/rRtYKPReCWA+wHcJQvUrgCWwnniFPqiyUR7JE9+/9nLWKf1Mw5J&#10;N4uIvtSqEgoueiIPyU2Lffdxr959osSJtLksR6K25krbky2BI9hsC4F0Y87/sglXkRGyD3HDkbZy&#10;nZ1j/OeMdteyt5pFWsmUsiNJ4DkJrInoBHTI97NoqA7zGMbJmrQXRNTyg+y0jrPka7wBwBU+1mUO&#10;z0PB2ETfNxEZ8Oaeo4QWrfZTJYZoEsEFDhd9P2aKMs2HqrgezmnhUc43B3RlskWq+idE4FC2cUXr&#10;vhYZEdneQAyxiyW6iIgOy4u9khUui/bxyyM/4HICyEwa1+v1nZCCK1+GAPQVhSYA8AsAj8e1b4Ja&#10;dSk76ImPsVOE/BTlvf17iiqE5IuhmFkJvkxauQ2CJv26AmNf5L4TfCuLsmylz4GHBSq7tLbnxZRM&#10;NuEeZn59kXNOAo+BvpQYXCsatLOMMe9NWKGrsg1Mq/8Nv3yeO5FsSw/P64ucRXMXjyKEbHzOSO4T&#10;mSehP1XIYdw/DedWt6183VYBeMpXyxdhOOiGojKfHdUTs05aufPhHCHCtDIl7nkhtxkaI6aEq1EO&#10;5q5rk60thoen0QoBqAO4nog+GwX4kUsGkVb+kZgMPcjx0wTQDMPwrVn9EO1aJ+lMTo9vO04WnWuj&#10;a2EY7gGHrryKiA4VU8mtIv/Pyy6GEgxbmPzEK4hhWfqEBCN0WZK+n87ZE60C4HQA3xRlzX7yfqRp&#10;y9tGPIt4OidQUK/XdzTGHEhEny9gMK7CIVe1TfIQlhDR57POGaL69l/eJFyMeNtPZOBZVFAQ1rsM&#10;Abgx5pmzpXz1GMAzIyMjL5ewll/BIVafLgk4rpWxWCr4h2Wf4dwy5yjZSYy9+HA53aaEAAwT0Uc4&#10;pw9il0uq3wDwMBwy21lE9NkyeJJFeComVS8zv0m2Kacy8y/hXG0muO8AGBJUpNS2xAZybalRb4Mw&#10;GQq8Fw5ANY/SEk3sOkWiMrM7DwH4DSTqQCbSNwBcKS/PJeRy3y2R31eLy1JLh304D43CJJ76Uf1t&#10;0QK6VxECcEfBiVGJjhIALgewKFLmJbT5LHcY7Kjjk03UvEkDsgYuI8v3ZB/McJgime3JhLuiyKC3&#10;S/IVmrA/L/J1Y2ZOUTEXPnvC2XK+i5gLWlmSSXa/vEjr5NpyeS4tb4kElKcwbgyA5sjIyEt5fBwT&#10;zTpt0nrRuJYxiywU+caSOcouoC5ftjPgXPhyUdHKcscnG7vV40I4r4RT4bzbb2V5iUXbE0Uy5372&#10;hbUMwpSsjD7FHaclMnpFXj0AA/HtJJyne1HaN6rXbDZ3J6L/glM9lzKQQ6Ic5OW5QraLbeNolOwL&#10;88QUXhXEUi61QvLlXgtneD+jFeWboGatBABJQ1aRhamZhl7dKZ6yhiMmSRQYeY5DDMZwLlRlgXcO&#10;whQHaiJBZRxhqxSo64eRqKJnThmLrIWmkPYPQL9sHQ/lzsIczEFCGuYMOQxPBDrat2hdqT8CF+Fx&#10;GRH9DxF9WCZCUfexvHfyKLnPjdFOjIhO6uB4dWeysXtZboRDOPoQRLWbECVdiIeGhl7M7ow0JSQv&#10;VfyhVlDAIwSA8f0YkRPe49VLBWUV21giZDgme2MclNZOO0xEnyrSD0+uH/v1s87dcOaH3wI4xRhz&#10;sEQblFmEgxzA1SQXqxoErAouevuWkvfcaCdb5NazBuNoUH/nZNtF4e2OhPS0jCaVRZSQ/keygOae&#10;WeAl5isyQZmZJR1WYj8TJlR0nxXszBOLvWsDUwGsigLJBD1aLwuiYh7LsxY991DOpt82xhzcrqwj&#10;IyMvlUDmxIkiC9VDAL4f/y3arQBAij/mpjnZpHNjDqhJ+A1iI1pUMkK5Yow5EF4yiU4QnH0tKQvO&#10;14rUN8a8g3lyHu00SkP6EgfkNBm/xTzmmvWAd/2uDgOs9qCEy1kMUawK4BoA5xpj3tdJuYjow6I4&#10;S1T6iGLtZgAmxcykIa6BRfx2O8HTNtmi8wucGjr+2ynRw4JDrS39SZe4utNQwDG2CIn2LOnFuyuv&#10;rnxtFFxIRhGKhxLNREYSEgANH4lXsuY85P1+O3tZW9vhKAddEQLwO564Y6lyhwFfxcn7N9LHtHOp&#10;hkCSR1HfEsF9Enuayyj3IJztsOPAtHGelokmA2SZJ22ZJhz+IXjucPFjLd+v0Wi8UvBLfibq3FaQ&#10;l9cnJYSXSV1kpd9XXKZyCcAZ0n5VnIIzF4ykM5584fwt5WOd0K7lua1591veyVwKcRbIhlNEeZI1&#10;0RSc653vglcF8AcAkKSaftnFZWEfWuVpmWzSqUvkqxatfD0AfiaDArGXVCBuWt4L2DbL1nTOyMjI&#10;y0dHR7drNpu7NZvNN4Zh+DZjzHuJ6ENE9GlyqL1nwjnn/lHOS5O2KWleCD4BuE7MHEUm+nq4aPNV&#10;Bdq9hdMjHqpw/oVNKRsCOL2EJ3/Sc/t+AZnWxb1vOsjzyKE/r5Z7LeaMiSbBw+y9axU4m9qEMBmJ&#10;uq5IoPOUf9V4OifbmjVrNvdAdGb5Giq4CIFo26NlK1kUUbgi/ompAYJtcqLBVDRuqQTAilLlD1nl&#10;yhKcjWlRDj8cq/M0My9s4ctTQ04sGYB1nbZP9ff3zzbG/KvsTEa9e/2OcwzzAC72yp+BcXybs71y&#10;+8ElIcmMCu80t4Ib2S7Nsdb+Tmu9j7W2ycwnVyqVryil7l+3bt1+8+bNG1JK9QrWYrBu3bpt5Voq&#10;LVu2bMYOO+xwfKVSOUop9SAz/42Z72w0Gnf29vaunqJ+9Fhr/+TjTsbJWnu+tfbaarV6Tbs3A3CC&#10;Umqdf61SqXwowmI0xuxbq9VuLtBU4QcO4NAgCC5L+12e33FBEDxGRHMqlcoWSqnZSqnZlUpltlJq&#10;jlJqptZ6hrV2mHSm2gAAD5NJREFUjlKqItfiZJRDMJ6hlNpJKfVarXUtdq8LtdZHqXR8yH0GBgbu&#10;mT9/ft1a+3Wt9UKv7jVa6w8opWwYhrv39PTcbK1dNzo6+tYpfD8m03TObGZWzWZzN3bbpkEWrwlJ&#10;IRUC+JOsvvMxjl+/T9G2xaVoAhYGXHrWq0SzdxC7L2BHtg1yTko9X8HF3M2VLU1blLRN8+EefO/6&#10;DnGAEpidU0XuhDHZFOOzMeYDcB4zi1i22ER0FMbxcW5i5rliguqDCxYulV2oE9yNL5syxuytlGrW&#10;arU7o2sAPhMEwQ+stSNKKdZa91pr1w8NDe04Z86cLyqlliulLijQfAXApyqVyre11lskFZB7LFNK&#10;Pa6UGlJKbaXciruZX0wpNaiUekYpNcDMTzDz0jAM7501a9ZKr9z21trFWuttk+4F4Ghr7Z1BEPxV&#10;a10tIH8iWWt/aa291Bjzj5UrVw7svPPOBGBhEASnKaWUMebtBb9shQgFsPWnmqy1z1prD6tWq7/L&#10;KmeMeVsQBNdprWcppX6llDpUKQUiOlBrfbm8Sw8q9wXdBcD+tVrtlmnowkSa7tmdxuKDaOHcdG4F&#10;cFMYhm8Re8mt8ttpXDCQTzSgNxVbP8sRnNfDZUT0EfFe2BUp/pMA7lu6dOkMaiO/WEGZLmHmIyVD&#10;S1sxWBItXdg9ayoIzmGh8DlcQogixdCPWd4Twenvl+tFMEmmjLs+ySIWGwgjloCBxyfiFfL7xVw8&#10;RCRAi4nby5BsgVPNATIRAkjM2VSTyPM3uEDKfbjEtlmUOm2n8GqV4OibrcCv+04AAL7p/bY9HFjt&#10;F8q22Unu+iQTPhzjLj1pfoIBBP8RLvFhGUfbg9BGDrNOEJyTck+kaZ3mez8F4LtZMV+yEzgfHYJw&#10;aFHOhzj/jK4BnBK3gQrk+Qb2AHvECV4xOw1nTrvPj8kmQYaR90hayH/05YNsKe9NMjqn8ejo6AKZ&#10;pF0jOAzMXriYvikPF0q4vwVwbcw9bC6Ab6Eg4OkUyTVERF8q8jWDpE8G8EAUYiMuew0AKxqNxi7k&#10;8rozM7O4CXb9HeeNZbKxm0wnpGGxE9HHo5dTIBX+TbRPT4p2s+h9KuTyUCd60U8HAbijXq+/Ql6Q&#10;J7sox+WCLVkkEn2qZKgDOEtQt4o+wx28M9jf2GV7NQAe8DFMIfil8IJEu81dFyCPxbs/OvieE10X&#10;b/LHwzB8S1nvBfHsuACtuXG1TWL2OFIccxd284X3ZBoC8BtmXmiMeb8EVm4/PDz8kuHh4ZdI/vPf&#10;IAZv0eK9BgB83Y/kLsMCd+gvmHcmBJJWxLO/I8hYneCuC1BgUJ+VB/Rrjjkoi5bveFnZTuaSwK0S&#10;Dv9zoBykdacIwG1hGO4t/fgQHEDPtJ8t4VzA0nDu49wr3h3fB3BblmLIa98CeBTA+RI5XgrdOYnD&#10;MPwnSI43OHiNttucau6Kna0IjY6OvmzmzJm3aa0XWGtv01rvpyZnvdzVWnu3UmqG1lorpe5SSu2h&#10;Suaxbjabu9RqtWOVUh9Ls821QtbaYeU8I9YqpdZ7cm2rtX6NV+5GydN8nVKKm83mzjNmzHgVgAVB&#10;EMy21r5Ka32YtfYfytkGR5TLerm11voAa+2A1vosAD2VSqVXObvhi5VS2ymldhD7UyYBOCkIgjNa&#10;6Kau1+sLqtXqdpVKZV61Wt0CwEyllGHmwWq1OjA0NPTI5ptvvqaFtjOJiPbXWl8jHioXa63/XbWZ&#10;I31KqduzPWPl2pudp8nSFKyJAC53GXtmgUfbuWd/f/9swX3/NTIyY8YJwCCAGwB8i4g+IVk653H2&#10;FmZXAF+HBw0HZ787yxjzTp4YT7cr8+RkfpKzLLJJpd1nv9g9EkFQAVhjzAfaGb8OcSUMw7cS0dFE&#10;9LECKNCHRDsTlM/5Pa3cdQGyWDLjJKbcjbBN4FIbHSJ//66D96/JQz9WzneLANwBF/m7BMCviOhY&#10;yQvQTkh9DzvTx4SEiqJdW8IOTk0DGIzjZHiTbXG8XYlx+5nXHgB8Z82aNZsbY96DZFes9ZyQiHC6&#10;WLaGYwk1Re5leWp7UXqNCIBs19/bNO66AK1ws9ncTV7GJrusMhE82TemW5ZOsZzbToyfgSTAUQFY&#10;DGekHqvjqcH9RaZKRJ+Fl34LQL98LVWs3PGYnKarJYz8DvDhcvZ+GsCpEmN2Z8GELKqMGahb3HUB&#10;WuAaxsPZv8w8HlYhcWYTyota+UxJwtdt2XNZ0gaPRYNHW0c4TMlIGxvIlomZmQFcyTwWYDkhC5Ao&#10;P7JSbc0H8L9w2VoG0cE4wqIsEOkGwFIfv+S5xl0XoCxHLjmyxaoys5K/Wc5KUdlAsCXWS/khMXBu&#10;NKrgDJ4l2leGgNUQ0UcBXCcJMiZEEchio9jBK/jXf8IdSHU01QwHipqHI7rPdAHzTBXrbitoWqBn&#10;rbXrtNaHKaeRqyilXmWt5Q0bNjyklFLGmD2ttUuCIDjbWlsTbWZvpVI5zxjzZmmn0q0OFKBRrfUh&#10;1tqrlYvvUkEQ3KW1PiAIgku01nvEyg/Lv2/2rp2stT5CKRVOg7ylyBizl5oY17a7UkpZa1cklQfw&#10;OWvt4mq1+sHpkG+qaJObbEEQnK213kEp9bBSStXr9ZdrrXuVUquq1WrVWvsjCWd5o7X291rrtyml&#10;ovCXH9VqtTuI6F3W2nuVUgepjXfSYfXq1R9TSjXl/0uttWlBtE2llLLW7mmtZQDHK6W+pkqaQKaD&#10;rLXfCoLgL9bahd7lQaWU0lr/c1KdSqWyi5h2zHTIOGXU7U9ruxzl/BKvhKfl774ILg/jOCePilar&#10;Ai/ZHoA7jDEH8sa7vXxT9DdScCghGTYB9HnZOzdKlsSCDKDuIYRFCq5nfNQwZlZDQ0PbyLOtcxc1&#10;pZ3grgvQLku+7HvlYYVw8HG98mA/INcpimQWDEEGUCeikyIbFJyfXRxSbqNiiL9fAi0UwNLjuy1j&#10;Aa5gPLHK5cwOnwaSUATACmPMwfV6/RWCNPYYAEMut3W3ZW+Luy5Ah7iHiE5sNpuvja6J/2P0pftO&#10;9KDZpQZmuJwDqq+vbzMi+iIkh0BRVXOXeG69Xt8pzuzg0jcadyWBED887fcwDN8idj8bKbWazeYb&#10;kJDHQcwW7+52nzrBXRdgqhgSNwbgoSiawM+aCWBJzPbUyy7FU0UCKO8nohOGhoa26XZfNiWW9Lgk&#10;NtDU/Gbe9v4vLFt4wQj5DoBbRPN6QofRnbvKXRdgKlhWSZLtY2QO0JHXBBws9TPy903spWuSF2EM&#10;yRgO7qDrfdpYua+vbzOJuhhLRhKdLT274CSWYNVR5tTcds857roAU8j7ENFx3v8jl66hDRs2bC1w&#10;1F+GQ1pir2xNDuSE8ajlOBJTx/Isb6I8U85TYyE3AEaj7Z4x5oDoGmcY1AF8XcotbwUGYVPjrgsw&#10;Tex/1a7midHgc+DC7KOMKgdJuUWQ/ARxB2C4FFi3joyMvKzVmKxNkHUYhm8D8GOMhz09DuBSOJDd&#10;CT6akRdMlkeKeLwMAFgrCMXd7uOUctcFmK4XhZ3v3XJ5Ae4XHP5JEAxwAZQskOQRlPXvo9/r9fpO&#10;cPFZK4eGhl4sB/2lAH4o5oakfGCbJA8ODm4l2lsd9VvG4+ei3dXMDtlKrv8qqiv596JA2bEtpmwf&#10;z4lc7STT63NmzLK46wJMM9eI6FOemvlu8ZyPbGzzxUfvGWaeKTjwDAfrNpOZldi0GMDpg4ODWwmE&#10;9Z8xHk1OcMhWXzfGvGMT3h5VIWFGUYJHSEiTj1LVaDReCeBaACuJ6DDPt1FDUlkR0Vel3E8ANGWB&#10;+vEUyLxRc9cF6BLPJKJjADwpW6I5zKwibEe4dE2K3Qu2lB3tx84BuA+AFfX2WJsS0hLFVd3nfQWu&#10;3Aj6m8pEdBiAixuNxi7x3wDcwMwsCQeV/MsA7iOiowH8Vb7y1uv7KIvCiYg+EV2TCdaEg/ObdjTi&#10;jYG7LkCXeaaHNFUB8CA78r02zmF2gYnewX9S/FhkVgDwGLNLR0xEH0kIbRnj0dHRBRJWcyGc5/0p&#10;co9S8A4pXGMHcrofEX0SwKlwjskXSe65OdK/PzGP5zGL8dekT5fL/+dhYvbVO4no2OHh4ZcImO4i&#10;KR8tMFU519UB/JA3cQ+QdrnrAmwsLLj9t8MFL45dF1cuBvB3iHc6Jxhs4bKkMIALitxPvPfrUgfs&#10;4R3CeVGMTVJB9f1jjBfBBbB+PKX94zlG8FCO4UJxAkgiSrj0WBPaEBkYDrS1Iv38jVyblEMP47az&#10;KApBhWH41pLoWc9Z7roAGyHHwV9nycps4QJWN3ACOI73VTwk7x5yfonOeOd5CdjnYzwgdLTRaLya&#10;eYL/57CcBx+AS/L4cAbKb6RVfUzsYL3MY9DiDWbmMAz38trui7fR398/GwKjIOdXxeMmlJXsItRr&#10;Av19fXTdK/sCe9x1ATYFhgfuioRIZjEbRF+o3PS6cOrwyB9zkgM0xmPZLmSeMNmysEYmsCg1GA7y&#10;zf9NQ3AX5avdC8BI97ZPkGUJ87jhWaDgI9X/FRh3iXuKmc+cyuyjmzpvciE23SCt9ccBLLTWPgLg&#10;J/HfZ8yY8U75817lkLTyaA+llGLmK1VCGAwz/1b+fEPsp6pSaqZSqsfjxBChoaGhx0X2LY0xexLR&#10;ewEcJznl5ltrV1er1VuVi4W7R6rtm9DUiPw7QymlFixYUFdKXSHX3q2U+iMRHaC1XqCUWrjFFls8&#10;k9nz5zG1nMLoeUYDQRB8Qyn1Ta31pMlRqVT2kz9vKNheFDiZ+GIGQRDdY8JiqLV+vVKq7l8zxrwt&#10;Kf3RVltttUGCbF9Uq9Vuj65ba+vW2qu01icpB6+nlFKLlVJ7WGuP1FpfpiTg1Bjz9iAI9rbWNoIg&#10;WOzJ8UMANwdBcJVSatiFmr1AefTCZCtHicGYzPyYtfYRa+0NBV+8J5RSb65UKq9J+tFau6fWWmmt&#10;l8mlOXL9KWYey1FXqVSqtVptVcZ9liulXmSt/YG19upqtbpCa92nXIT7GIVheH5PT89RWuu9rLV/&#10;V0rdrJTaKQiCfZWLGj9CKdXnVbk3CIJ7i3T0BfKo2/vY5yN73hVDXp5xxTwGflNnZhb4bMXjSonb&#10;y9wH47nJc+PcROO5iCUrLIDbieirz2UAnunmF75sXaBqtfpra+25WuujlVJ/tdbeoBzMw0uDIHi/&#10;1nqmtfaGIAh+Eas6PLm1TFqhlFKVSmX7vIKSBfbdSinlf517e3tL3vIFSqMXNtvdIdZaf0bgs69S&#10;Sr1GKXWMUupgpdQTAL762GOPHajahNJm5hXW2rVqI8QieT7SRov1/zykaJdB8R9GR0df3tPT81Zm&#10;Xl0yb7ZWGzP2/fOM/j/HYZE2YbmhHAAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAuLlXIOIAAAAL&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fo7aVNCyKaqKuBUIdEiIW5uvE2i&#10;xnYUu0n697gnOK7maeZtvp50ywbqXWMNQjQXwMiUVjWmQvg6vM1SYM5Lo2RrDSFcycG6uL/LZabs&#10;aD5p2PuKhRLjMolQe99lnLuyJi3d3HZkQnayvZY+nH3FVS/HUK5bHgux4lo2JizUsqNtTeV5f9EI&#10;76McN4voddidT9vrzyH5+N5FhPj4MG1egHma/B8MN/2gDkVwOtqLUY61CM/Lp0VAEWbpMgF2I0QS&#10;r4AdEWKRAi9y/v+H4hcAAP//AwBQSwMEFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAABkcnMvX3Jl&#10;bHMvZTJvRG9jLnhtbC5yZWxzhI9BasMwEEX3hdxBzD6WnUUoxbI3oeBtSA4wSGNZxBoJSS317SPI&#10;JoFAl/M//z2mH//8Kn4pZRdYQde0IIh1MI6tguvle/8JIhdkg2tgUrBRhnHYffRnWrHUUV5czKJS&#10;OCtYSolfUma9kMfchEhcmzkkj6WeycqI+oaW5KFtjzI9M2B4YYrJKEiT6UBctljN/7PDPDtNp6B/&#10;PHF5o5DOV3cFYrJUFHgyDh9h10S2IIdevjw23AEAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoB&#10;AAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAz4JHrHwIAAOUEAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAA&#10;AAAAIQC6UyEbF3AAABdwAAAUAAAAAAAAAAAAAAAAAIUEAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BL&#10;AQItABQABgAIAAAAIQC4uVcg4gAAAAsBAAAPAAAAAAAAAAAAAAAAAM50AABkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAqiYOvrwAAAAhAQAAGQAAAAAAAAAAAAAAAADddQAAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAABgAGAHwBAADQdgAAAAA=&#10;">
+                      <v:shape id="Image 53" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:6675;height:6675;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD98ZHDwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mrXaUrZGkcLC3sSt9PzYvCZrNy/rJuraX98IgsdhZr5hluvBteJMfWg8K5hNMxDE&#10;tdcNGwX7r+L5HUSIyBpbz6TgSgHWq9HTEnPtL7yjcxWNSBAOOSqwMXa5lKG25DBMfUecvB/fO4xJ&#10;9kbqHi8J7lr5kmVv0mHDacFiR5+W6t/q5BScyu3MHOLfkUxZLIrqsNvbb6vUZDxsPkBEGuIjfG+X&#10;WsHrHG5f0g+Qq38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/fGRw8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                         <v:imagedata r:id="rId17" o:title=""/>
                       </v:shape>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>need</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
-[...84 lines deleted...]
-              <w:t>on</w:t>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>follow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>steps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>outlined</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-7"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>page.</w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t>read</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>it</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Please</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-              <w:t>carefully.</w:t>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>read</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-28"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>it carefully.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="4F536B54" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="3E6D0C3E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="757"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10797" w:type="dxa"/>
+            <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="085295"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="075295"/>
           </w:tcPr>
-          <w:p w14:paraId="7D556011" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="203C253B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="68"/>
-[...2 lines deleted...]
-                <w:sz w:val="52"/>
+              <w:spacing w:before="63"/>
+              <w:ind w:left="22" w:right="6"/>
+              <w:rPr>
+                <w:sz w:val="53"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="52"/>
+                <w:sz w:val="53"/>
               </w:rPr>
               <w:t>TIMELINE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="48F69881" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="3029E3E0" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="404"/>
+          <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4958CC" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="787B8F1F" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="240"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="243"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>VARIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EE0576F" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="372E87FB" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="129"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="120"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>OCTOBER</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">1, </w:t>
+              <w:t>1,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2F87288C" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="0F237B6F" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="125"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="122"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>FEBRUARY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">15, </w:t>
+              <w:t>15,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2715" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2B5A00" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="5F42FD3B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
+              <w:spacing w:before="42"/>
               <w:ind w:left="528"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>MARCH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>31,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
+                <w:spacing w:val="-11"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2728" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D28955A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="27F9AB35" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57"/>
-              <w:ind w:left="621"/>
+              <w:spacing w:before="42"/>
+              <w:ind w:left="632"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>APRIL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
+                <w:spacing w:val="-14"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>30,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="5"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="19ECC24D" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="7B5F0CD3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2138"/>
+          <w:trHeight w:val="2153"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37455B9D" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+          <w:p w14:paraId="5217D720" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7AD86C33" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+          <w:p w14:paraId="77A4BCCA" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="124"/>
+              <w:spacing w:before="139"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5BBBDC62" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="05EB8D3E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="84" w:right="64" w:hanging="8"/>
-[...1 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="82" w:right="52" w:hanging="1"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">your </w:t>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Checkyour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId35">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
+                  <w:color w:val="075295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:color w:val="085295"/>
-[...7 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:color w:val="075295"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>dashboard</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> your Recert </w:t>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>for your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recert </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Cycle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51027F2E" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="00700EE0">
+          <w:p w14:paraId="389640BE" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="213"/>
+              <w:spacing w:before="205"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="67D5F0E8" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="773E7BDB" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="228" w:lineRule="auto"/>
+              <w:ind w:left="72" w:right="79" w:hanging="3"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Training Profile (</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Profile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId36">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
-[...1 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>Step</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:color w:val="085295"/>
-                <w:sz w:val="20"/>
+                <w:color w:val="075295"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId37">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
-[...1 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:spacing w:val="-4"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>A</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-4"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>&amp;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-1"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...8 lines deleted...]
-              <w:t>Application (</w:t>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Application </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:hyperlink r:id="rId38">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
-[...1 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>Step B</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:sz w:val="20"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> open for submission</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="40"/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">&amp; online </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>&amp;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">online </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>payment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="1587F563" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="332281A9" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="215"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:before="202" w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="395" w:firstLine="69"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Recertification</w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recommended Recertification </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Completion Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>early</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BDD892B" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="4DD50909" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="64" w:right="59"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:spacing w:line="232" w:lineRule="auto"/>
+              <w:ind w:left="171" w:right="151" w:hanging="14"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...38 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">increases the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>opportunity</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-12"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...8 lines deleted...]
-              <w:t>resolve any issues!</w:t>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">resolve </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>issues!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2715" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="729DA474" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="00C8738B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="141"/>
-[...2 lines deleted...]
-                <w:sz w:val="18"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="39" w:right="6"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>LAST</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>DAY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>complete</w:t>
             </w:r>
-            <w:r>
-[...32 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="24BAE45D" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="250543BC" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="204"/>
-              <w:ind w:left="188" w:right="166"/>
+              <w:spacing w:before="17"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56044B87" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
+                <w:sz w:val="17"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Last day to submit recertifica- tion</w:t>
+          </w:p>
+          <w:p w14:paraId="7DD26347" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="254" w:lineRule="auto"/>
+              <w:ind w:left="207" w:right="167" w:firstLine="9"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Last day to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>submit recertifica- tion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-11"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>applications</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="075295"/>
+                <w:spacing w:val="-34"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single" w:color="075295"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId39">
               <w:r>
                 <w:rPr>
                   <w:b/>
-                  <w:color w:val="085295"/>
-[...1 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="085295"/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">and </w:t>
+                <w:color w:val="075295"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId40">
               <w:r>
                 <w:rPr>
                   <w:b/>
-                  <w:color w:val="085295"/>
-[...2 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>eLicensing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:color w:val="085295"/>
-[...8 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:color w:val="075295"/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>without</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">penalty. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>After</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Aftermidnight,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>if</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>midnight,</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-8"/>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>if</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>not recertified,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-17"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-35"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>cannot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>staf</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>f</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>you</w:t>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>an</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-6"/>
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...1 lines deleted...]
-              <w:t>have</w:t>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>ambulance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
-[...75 lines deleted...]
-              <w:t>an</w:t>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2728" w:type="dxa"/>
+            <w:tcW w:w="2725" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30D77EC1" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="0B378C3D" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="54"/>
-              <w:ind w:left="101" w:right="99"/>
+              <w:spacing w:before="38"/>
+              <w:ind w:left="259" w:right="217"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>LAST</w:t>
-            </w:r>
-[...13 lines deleted...]
-              <w:t>DAY</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
+              <w:t>DAY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:spacing w:val="-7"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>receive</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>Training Officer and/or MD sign off approval on</w:t>
+              <w:t>Training</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56268A14" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="6D0BB3EF" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="1"/>
-              <w:ind w:left="101" w:right="100"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="254" w:right="217"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>Officer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>MD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>sign</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7502C55E" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="259" w:right="217"/>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="065A9692" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:ind w:left="250" w:right="217"/>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId41">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
+                  <w:color w:val="075295"/>
                   <w:sz w:val="19"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:color w:val="085295"/>
-                <w:spacing w:val="-10"/>
+                <w:color w:val="075295"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>(Step</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-9"/>
+                <w:spacing w:val="4"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>A).</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F8C048C" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="5C4F1669" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="231"/>
-              <w:ind w:left="101" w:right="97"/>
+              <w:spacing w:before="4"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="611B9CE6" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="243" w:right="217"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>Late</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-11"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -12640,4929 +12759,5754 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t>if</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-10"/>
                 <w:sz w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="19"/>
               </w:rPr>
-              <w:t>submitted after March 31, 2026:</w:t>
-[...70 lines deleted...]
-              <w:t>$50</w:t>
+              <w:t>submitted after March 31, 2026: NREMT $50 MA $50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="6FAE2D3B" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="32A6A058" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="596"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10797" w:type="dxa"/>
+            <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EBD6E0"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE6B4AD" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="087C02BA" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="18" w:line="290" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:before="73"/>
+              <w:ind w:left="25"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>After</w:t>
-            </w:r>
-[...28 lines deleted...]
-              <w:t>30,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>April</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>30,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>if</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>you</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>March</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>31,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>2028</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>expiration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-4"/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-3"/>
-[...6 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>NREMT.org</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
               </w:rPr>
               <w:t>you</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Late</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applica-</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188147A7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="47" w:line="199" w:lineRule="exact"/>
+              <w:ind w:left="25" w:right="5"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>tion</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>can</w:t>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-3"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...61 lines deleted...]
-              <w:t xml:space="preserve">applica- tion on </w:t>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId42">
               <w:r>
                 <w:rPr>
                   <w:b/>
-                  <w:color w:val="085295"/>
-[...1 lines deleted...]
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:color w:val="075295"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>eLicensing</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:b/>
-                  <w:sz w:val="20"/>
+                  <w:spacing w:val="-2"/>
+                  <w:sz w:val="21"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="09C21159" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="78528E3B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="601"/>
+          <w:trHeight w:val="583"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10797" w:type="dxa"/>
+            <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="080A2F37" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="3D621F2B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="65"/>
-              <w:ind w:left="9"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="25" w:right="15"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>CONTINUING</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-18"/>
+                <w:spacing w:val="-11"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>EDUCATION</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-10"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>REQUIREMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="233B14C2" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="22041FE1" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="6226"/>
+          <w:trHeight w:val="6224"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10797" w:type="dxa"/>
+            <w:tcW w:w="10794" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="752037EE" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="122776EE" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="184"/>
-              <w:ind w:left="257" w:right="62"/>
+              <w:spacing w:before="190"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OVERVIEW:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>divided</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>categories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>total.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-23"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education based</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continued</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Competency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Program</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(NCCP).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Courses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be within</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the EMSscope</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>—</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">OVERVIEW: </w:t>
-[...62 lines deleted...]
-              <w:t xml:space="preserve">The requirements include education </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>based</w:t>
-[...278 lines deleted...]
-              </w:rPr>
               <w:t>see</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-19"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId43">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
+                  <w:color w:val="075295"/>
                   <w:spacing w:val="-4"/>
                   <w:sz w:val="21"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>AR</w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
-                  <w:spacing w:val="-8"/>
+                  <w:color w:val="075295"/>
+                  <w:spacing w:val="-12"/>
                   <w:sz w:val="21"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
+                  <w:color w:val="075295"/>
                   <w:spacing w:val="-4"/>
                   <w:sz w:val="21"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>2-212</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
-                <w:color w:val="085295"/>
+                <w:color w:val="075295"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-22"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>additional</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>detail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-11"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>about</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
+                <w:spacing w:val="-18"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>courses</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-7"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>eligible</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-20"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>for</w:t>
-[...13 lines deleted...]
-              <w:t>recertification.</w:t>
+              <w:t>for recertification.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="700E92EE" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="0F0A47EE" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="248"/>
-              <w:ind w:left="257" w:right="62"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:left="259"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t>COURSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">APPROVAL: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>courses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>approval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Department’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="53"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CAPCE.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>sponsors</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1876232C" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="259"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>required</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>retain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>rosters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>file</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>issue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072FFAD2" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56B607BB" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243" w:firstLine="16"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>TRACKING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>COURSE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COMPLETION: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Individual EMTs are</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>responsible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for keeping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion documentation, either</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>as a coursecertificate or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>copy of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a completed roster, for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>least 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>years.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS recommends all course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completion documents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>uploaded andstored on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Officer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>possible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audit.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="205368AD" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AE38339" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>AUDIT:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may audit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>investigate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>material</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any time.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submit</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="452DFB65" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>documentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>when</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>audited</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>result</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>denial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>eligibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>other</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>actions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10123BCB" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="112" w:line="247" w:lineRule="auto"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>TIMELINE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>FO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-29"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>CONTINUING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>ACCRUAL:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-24"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>applied to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>cycle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">if </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>time</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>after your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>last</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>listed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NREMT.org</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>dashboard). For example,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>if</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">re- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>newed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>15,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2025,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>canstart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>accruing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>October</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>16,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2025,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>towards</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>renewal.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="268C9604" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="105"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>DISTRIBUTIVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>EDUCATION</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>GUIDELINES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>There</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>nolonger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>limit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>on</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(DE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>used</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A63E4ED" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>All</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>completed</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>using</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Education.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65525141" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="136" w:line="230" w:lineRule="auto"/>
+              <w:ind w:left="243"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>IMPORTANT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>NOTE:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>If you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>do</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>have NREMT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>certification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>choose to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>test</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>into</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the NREMT, thus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-17"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>obtaining</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2028</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiration date</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>this recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>period,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-19"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>will meet the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-18"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>continuing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>requirements for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-22"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Massachusetts certifica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-21"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tion </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>expiring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>finish</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>submitting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>state</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-20"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>recertification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>application</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>fee</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>(Step</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Training</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>Officers</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
               </w:rPr>
-              <w:t>APPROVAL:</w:t>
+              <w:t>can</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>find</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>additional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>instruction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-5"/>
                 <w:sz w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
-                <w:u w:val="single"/>
-[...1 lines deleted...]
-              <w:t>All</w:t>
+              </w:rPr>
+              <w:t>contacting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="21"/>
+              </w:rPr>
+              <w:t>OEMS at</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="21"/>
-                <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="21"/>
-[...2395 lines deleted...]
-            </w:r>
+                <w:color w:val="075295"/>
+                <w:spacing w:val="-42"/>
+                <w:sz w:val="21"/>
+                <w:u w:val="single" w:color="075295"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44">
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:color w:val="075295"/>
+                  <w:sz w:val="21"/>
+                  <w:u w:val="single" w:color="075295"/>
+                </w:rPr>
+                <w:t>oems.recert@mass.gov</w:t>
+              </w:r>
+              <w:r>
+                <w:rPr>
+                  <w:b/>
+                  <w:sz w:val="21"/>
+                </w:rPr>
+                <w:t>.</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="4E082827" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="26C44BAA" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="808"/>
+          <w:trHeight w:val="790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="2C981CE9" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="1347B87B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="75" w:line="293" w:lineRule="exact"/>
+              <w:spacing w:before="59"/>
+              <w:ind w:left="111" w:right="92"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>NATIONAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6299E697" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="417D13EF" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
-              <w:ind w:right="6"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:right="8"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>that</w:t>
+              <w:t>that all</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>nationwideneed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-8"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:sz w:val="16"/>
-[...59 lines deleted...]
-                <w:spacing w:val="-2"/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3477" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="453027CA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="76729C13" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="75" w:line="291" w:lineRule="exact"/>
-              <w:ind w:left="11" w:right="2"/>
+              <w:spacing w:before="59" w:line="289" w:lineRule="exact"/>
+              <w:ind w:left="6"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>LOCAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="637350AA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="25DA8675" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:ind w:left="11"/>
+              <w:spacing w:line="191" w:lineRule="exact"/>
+              <w:ind w:left="110" w:right="123"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>all</w:t>
+              <w:t>all EMTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>state,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>region</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>and/or</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B64EC3A" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="14"/>
+              <w:ind w:left="105" w:right="123"/>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+              <w:t>service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:spacing w:val="-6"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>EMTs</w:t>
+              <w:t>need</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>in</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
-                <w:spacing w:val="-6"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>your</w:t>
-[...59 lines deleted...]
-              <w:t>service need to take</w:t>
+              <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3704" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="double" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="59EA7341" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="79C74FF9" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="75" w:line="293" w:lineRule="exact"/>
-              <w:ind w:left="8" w:right="1"/>
+              <w:spacing w:before="59"/>
+              <w:ind w:left="46" w:right="26"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>INDIVIDUAL</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12547B3A" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="6E53FAAA" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:line="195" w:lineRule="exact"/>
-              <w:ind w:left="7" w:right="8"/>
+              <w:spacing w:before="8"/>
+              <w:ind w:left="46" w:right="53"/>
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>Content</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>individual</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-10"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>EMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-9"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>can</w:t>
+              <w:t>can choose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="-8"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>choose</w:t>
+              <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-6"/>
-[...16 lines deleted...]
-                <w:spacing w:val="-5"/>
+                <w:spacing w:val="1"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>take</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="0B10F279" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="33AF3F56" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="378"/>
+          <w:trHeight w:val="373"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="29F92FF8" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="53976EA1" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:right="7"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="-1" w:right="5"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:spacing w:val="-4"/>
+                <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t>Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3477" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="57B201BA" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="737C0754" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="11" w:right="4"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>15</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Hours</w:t>
+              <w:t xml:space="preserve"> Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3704" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="62F92518" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="7832107B" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60"/>
-              <w:ind w:left="7" w:right="3"/>
+              <w:spacing w:before="68"/>
+              <w:ind w:left="46" w:right="37"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>15</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
-              <w:t>Hours</w:t>
+              <w:t xml:space="preserve"> Hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700EE0" w14:paraId="003B64D7" w14:textId="77777777">
+      <w:tr w:rsidR="006330A1" w14:paraId="7A4A8251" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1573"/>
+          <w:trHeight w:val="1564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
           </w:tcPr>
-          <w:p w14:paraId="2432BCE3" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="651D9B6F" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="59"/>
-              <w:ind w:left="120" w:right="54"/>
+              <w:spacing w:before="43"/>
+              <w:ind w:left="125" w:right="53"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>NATIONAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="7"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
-[...22 lines deleted...]
-              <w:t>via Distributive Education</w:t>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>canbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>via</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49851B65" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="3BE0DF52" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="267"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="4"/>
+              <w:ind w:left="115" w:right="53"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CE41924" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="006330A1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="7"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="15A55771" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="auto"/>
+              <w:ind w:left="111" w:right="53"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Required</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-8"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>content.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-6"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Specific</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-10"/>
-[...23 lines deleted...]
-            <w:hyperlink r:id="rId44">
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>topics must be assigned</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to applicablecontent areas on </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="085295"/>
+                  <w:color w:val="075295"/>
                   <w:spacing w:val="-2"/>
-                  <w:sz w:val="18"/>
-                  <w:u w:val="single" w:color="085295"/>
+                  <w:w w:val="105"/>
+                  <w:sz w:val="17"/>
+                  <w:u w:val="single" w:color="075295"/>
                 </w:rPr>
                 <w:t>NREMT.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3477" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
           </w:tcPr>
-          <w:p w14:paraId="1278BDBF" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="031849F8" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="60" w:line="223" w:lineRule="auto"/>
-              <w:ind w:left="281" w:right="395"/>
+              <w:spacing w:before="27" w:line="263" w:lineRule="exact"/>
+              <w:ind w:right="140"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-9"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>LOCAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-10"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>can</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-13"/>
-[...4 lines deleted...]
-              <w:t>be via Distributive Education</w:t>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>be</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D1409E0" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="55DA603F" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="200" w:line="223" w:lineRule="auto"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="263" w:lineRule="exact"/>
+              <w:ind w:right="123"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-                <w:sz w:val="18"/>
+              <w:t>via</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35AB30B9" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="207" w:line="223" w:lineRule="auto"/>
+              <w:ind w:left="152" w:right="291"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>Elective</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:spacing w:val="-11"/>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:spacing w:val="-7"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>course</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>requirement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:spacing w:val="-10"/>
-                <w:sz w:val="18"/>
-[...44 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="12"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>required by</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-20"/>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="105"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>agency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3704" w:type="dxa"/>
+            <w:tcW w:w="3701" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C45811"/>
           </w:tcPr>
-          <w:p w14:paraId="44CBA6C6" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="0378FFE7" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="57" w:line="225" w:lineRule="auto"/>
-              <w:ind w:left="7" w:right="2"/>
+              <w:spacing w:before="27" w:line="263" w:lineRule="exact"/>
+              <w:ind w:left="46" w:right="18"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="-11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>INDIVIDUAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-10"/>
+                <w:spacing w:val="11"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
               <w:t>hours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-12"/>
+                <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
               </w:rPr>
-              <w:t>can</w:t>
+              <w:t>canbe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-                <w:spacing w:val="-13"/>
+                <w:spacing w:val="6"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
-              </w:rPr>
-[...13 lines deleted...]
-              <w:t>via Distributive Education</w:t>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>via</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53C9CFF2" w14:textId="77777777" w:rsidR="00700EE0" w:rsidRDefault="002A47E8">
+          <w:p w14:paraId="53FDFA76" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="241"/>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:spacing w:line="263" w:lineRule="exact"/>
+              <w:ind w:left="46" w:right="27"/>
             </w:pPr>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FFFFFF"/>
                 <w:spacing w:val="-2"/>
-                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Distributive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="10"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Education</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="517E6DE3" w14:textId="77777777" w:rsidR="006330A1" w:rsidRDefault="005F7D6D">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="243"/>
+              <w:ind w:left="53" w:right="7"/>
+              <w:rPr>
+                <w:sz w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>Elective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t>course</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="28"/>
+                <w:sz w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="17"/>
               </w:rPr>
               <w:t>requirement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01982B21" w14:textId="77777777" w:rsidR="002A47E8" w:rsidRDefault="002A47E8"/>
+    <w:p w14:paraId="17764A00" w14:textId="77777777" w:rsidR="005F7D6D" w:rsidRDefault="005F7D6D"/>
     <w:sectPr w:rsidR="00000000">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="280" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="240" w:right="360" w:bottom="280" w:left="360" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14941B0B"/>
+    <w:nsid w:val="0B612B96"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="59068E9A"/>
-    <w:lvl w:ilvl="0" w:tplc="2334D048">
+    <w:tmpl w:val="A92EE226"/>
+    <w:lvl w:ilvl="0" w:tplc="7B829222">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1073" w:hanging="361"/>
+        <w:ind w:left="1066" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="FC783EE4">
+    <w:lvl w:ilvl="1" w:tplc="C1FA3E70">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1073" w:hanging="361"/>
+        <w:ind w:left="1066" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="99"/>
-        <w:sz w:val="20"/>
-        <w:szCs w:val="20"/>
+        <w:sz w:val="21"/>
+        <w:szCs w:val="21"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="1C462C80">
+    <w:lvl w:ilvl="2" w:tplc="D90415A0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3168" w:hanging="361"/>
+        <w:ind w:left="3152" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="767E2E9C">
+    <w:lvl w:ilvl="3" w:tplc="1D14EA98">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4212" w:hanging="361"/>
+        <w:ind w:left="4198" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="6772ECF6">
+    <w:lvl w:ilvl="4" w:tplc="6CF80880">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5256" w:hanging="361"/>
+        <w:ind w:left="5244" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="5CA0CA56">
+    <w:lvl w:ilvl="5" w:tplc="52EEE3E4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6300" w:hanging="361"/>
+        <w:ind w:left="6290" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="CB505140">
+    <w:lvl w:ilvl="6" w:tplc="55E488F0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7344" w:hanging="361"/>
+        <w:ind w:left="7336" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="8BBAC9DA">
+    <w:lvl w:ilvl="7" w:tplc="DBC0FA90">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="8388" w:hanging="361"/>
+        <w:ind w:left="8382" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38B606C2">
+    <w:lvl w:ilvl="8" w:tplc="33C6B200">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="9432" w:hanging="361"/>
+        <w:ind w:left="9428" w:hanging="369"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="54743046">
+  <w:num w:numId="1" w16cid:durableId="481192982">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00700EE0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="009C2327"/>
+    <w:rsidRoot w:val="006330A1"/>
+    <w:rsid w:val="005F7D6D"/>
+    <w:rsid w:val="006330A1"/>
+    <w:rsid w:val="007630C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="14596FBE"/>
-  <w15:docId w15:val="{295AE57A-02E5-4B63-ADBF-FE22E467257E}"/>
+  <w14:docId w14:val="073A9CA1"/>
+  <w15:docId w15:val="{AABDB624-F1B9-44A7-9E39-ED89D0850E83}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -17932,133 +18876,133 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:ind w:left="1065" w:hanging="368"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:ind w:left="1065" w:hanging="368"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
-      <w:ind w:left="1073" w:hanging="361"/>
+      <w:ind w:left="1065" w:hanging="368"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/paramedic/recertification" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/login-register" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://checkahealthlicense.mass.gov/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/paramedic/recertification" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:support@nremt.org" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/office-of-emergency-medical-services" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://healthprofessionlicensing.mass.gov/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/renew-your-emt-advanced-emt-or-paramedic-certification" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oems.recert@mass.gov" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/health-professions-licensing-system-user-guide" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nremt.org/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oems-administrative-requirements" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18305,67 +19249,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1081</Words>
-  <Characters>6168</Characters>
+  <Words>1105</Words>
+  <Characters>6305</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7235</CharactersWithSpaces>
+  <CharactersWithSpaces>7396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Paicopoulos, Aggelos (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
-    <vt:filetime>2025-07-23T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
-    <vt:filetime>2025-08-15T00:00:00Z</vt:filetime>
+    <vt:filetime>2025-10-30T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>Microsoft® Publisher for Microsoft 365</vt:lpwstr>
   </property>
 </Properties>
 </file>