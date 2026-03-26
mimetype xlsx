--- v0 (2025-11-03)
+++ v1 (2026-03-26)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10119"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/hollyjacobson/Desktop/Final MVP 2.0 Materials/Tools/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://massgov.sharepoint.com/sites/EEA-O365/EEA/WorkSpace/Municipal_Vulnerability_Preparedness_Program/Shared Documents/Resources/MVP 2.0/FY25-26 MVP 2.0 Updates/MVP 2.0 Linked Roadmap Materials/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{16DA2BB1-BB41-9745-AC88-F60984CE62B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="59" documentId="13_ncr:1_{D9E9AB5E-7BDF-46E6-AEBC-A70C6C606C02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D0AC6292-CAAD-4D62-B44B-54040476E127}"/>
   <bookViews>
-    <workbookView xWindow="-1080" yWindow="-20380" windowWidth="29400" windowHeight="16680" activeTab="4" xr2:uid="{765419CA-EF17-8948-80FE-62769EF8A662}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{765419CA-EF17-8948-80FE-62769EF8A662}"/>
   </bookViews>
   <sheets>
     <sheet name="Intro" sheetId="6" r:id="rId1"/>
     <sheet name="1. Goals" sheetId="3" r:id="rId2"/>
     <sheet name="2. Outreach Planning" sheetId="1" r:id="rId3"/>
     <sheet name="3. Engagement Activities" sheetId="2" r:id="rId4"/>
     <sheet name="4. Evaluation" sheetId="4" r:id="rId5"/>
   </sheets>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="44">
   <si>
     <t>How will this activity promote inclusion and accessibility for EJ and other priority populations you hope to reach?</t>
   </si>
   <si>
     <t xml:space="preserve">How will this engagement honor local knowledge and leadership? </t>
   </si>
   <si>
     <t>How will this engagement foster long-term commitment? How will this set the stage for future collaboration?</t>
   </si>
   <si>
     <t xml:space="preserve"> Important Questions to Consider</t>
   </si>
   <si>
     <t>STEP 1. Goals</t>
   </si>
   <si>
     <t>What aspects of your engagement were successful? How do you know?</t>
   </si>
   <si>
     <t>What aspects of your engagement were less successful? How do you know?</t>
   </si>
   <si>
     <t>Engagement Plan</t>
   </si>
   <si>
@@ -601,87 +601,94 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">The five categories show different levels of community involvement in decision-making. As you move up the table, the community plays a larger role in decision-making and the opportunity for the process to better address the root causes of vulnerability and support equitable outcomes increases. While there can be a time and place for all these levels of engagement, the MVP Program encourages moving as close to a level 5 as possible. </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color rgb="FF214E7D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF214E7D"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Based on your goals for community engagement, which level in the table are you focused on? What engagement approaches might work well for that level of engagement?</t>
     </r>
   </si>
+  <si>
+    <t>NOTE: Please refrain from including any personal or identifying details, such as names, phone numbers, addresses, etc., related to individuals in these deliverables.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="27" x14ac:knownFonts="1">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FF214E7D"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF214E7D"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="20"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -788,50 +795,58 @@
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color rgb="FFD76851"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF214E7D"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF2E7D53"/>
         <bgColor indexed="64"/>
@@ -998,51 +1013,51 @@
       <right style="medium">
         <color rgb="FF0070C0"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF0070C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FF214E7D"/>
       </top>
       <bottom style="medium">
         <color rgb="FF214E7D"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="55">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -1110,71 +1125,83 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFEC9151"/>
       <color rgb="FF214E7D"/>
       <color rgb="FFF2C425"/>
       <color rgb="FFF7FCFF"/>
       <color rgb="FFD76851"/>
       <color rgb="FF2E7D53"/>
       <color rgb="FFFFF6F0"/>
       <color rgb="FFFFF7E6"/>
       <color rgb="FFF2F6FE"/>
       <color rgb="FFFBF4FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
@@ -1182,105 +1209,105 @@
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/community-engagement-levels/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>25</xdr:row>
       <xdr:rowOff>26203</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEC9B603-D75A-4737-A0AA-03CF6923EC94}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:srcRect l="6536" t="16204" r="5555" b="16203"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="304800" y="3721100"/>
           <a:ext cx="6108700" cy="3315503"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>444500</xdr:colOff>
-      <xdr:row>0</xdr:row>
+      <xdr:row>1</xdr:row>
       <xdr:rowOff>228599</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>647700</xdr:colOff>
-      <xdr:row>14</xdr:row>
+      <xdr:row>15</xdr:row>
       <xdr:rowOff>121770</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4340F58-8BC5-3F75-3E99-27AB0FF3E254}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13246100" y="228599"/>
@@ -1603,604 +1630,684 @@
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/foundations-and-principles-for-inclusive-engagement/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/engagement-evaluation-guidelines/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/engagement-methods-and-tools/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/foundations-and-principles-for-inclusive-engagement/download" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FF8565FD-4AC7-3540-9C88-94642DEA333A}">
-  <dimension ref="B2:D27"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5:D22"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.83203125" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="5.33203125" style="5" customWidth="1"/>
     <col min="2" max="2" width="78.83203125" style="5" customWidth="1"/>
     <col min="3" max="3" width="7" style="5" customWidth="1"/>
     <col min="4" max="4" width="78.83203125" style="5" customWidth="1"/>
     <col min="5" max="6" width="30.83203125" style="5" customWidth="1"/>
     <col min="7" max="16384" width="10.83203125" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:4" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="19" t="s">
+    <row r="1" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+    </row>
+    <row r="3" spans="1:4" ht="42" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="19" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="3" spans="2:4" ht="17" thickBot="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="B4" s="20" t="s">
+    <row r="4" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.45"/>
+    <row r="5" spans="1:4" ht="28" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="20" t="s">
         <v>8</v>
       </c>
-      <c r="D4" s="24" t="s">
+      <c r="D5" s="24" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="5" spans="2:4" ht="74" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B5" s="13" t="s">
+    <row r="6" spans="1:4" ht="74.150000000000006" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="13" t="s">
         <v>18</v>
       </c>
-      <c r="D5" s="43" t="s">
+      <c r="D6" s="46" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="6" spans="2:4" ht="76" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="14" t="s">
+    <row r="7" spans="1:4" ht="76" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="14" t="s">
         <v>9</v>
       </c>
-      <c r="D6" s="43"/>
-[...2 lines deleted...]
-      <c r="B7" s="13" t="s">
+      <c r="D7" s="46"/>
+    </row>
+    <row r="8" spans="1:4" ht="33" x14ac:dyDescent="0.4">
+      <c r="B8" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="D7" s="43"/>
-[...47 lines deleted...]
-      <c r="D24" s="47" t="s">
+      <c r="D8" s="46"/>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D9" s="46"/>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D10" s="46"/>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D11" s="46"/>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D12" s="46"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D13" s="46"/>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D14" s="46"/>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D15" s="46"/>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.4">
+      <c r="D16" s="46"/>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D17" s="46"/>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D18" s="46"/>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D19" s="46"/>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D20" s="46"/>
+    </row>
+    <row r="21" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D21" s="46"/>
+    </row>
+    <row r="22" spans="2:4" x14ac:dyDescent="0.4">
+      <c r="D22" s="46"/>
+    </row>
+    <row r="23" spans="2:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="D23" s="47"/>
+    </row>
+    <row r="25" spans="2:4" ht="18" x14ac:dyDescent="0.4">
+      <c r="D25" s="43" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="27" spans="2:4" ht="54" x14ac:dyDescent="0.2">
-      <c r="B27" s="13" t="s">
+    <row r="28" spans="2:4" ht="49.5" x14ac:dyDescent="0.4">
+      <c r="B28" s="13" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="D5:D22"/>
+  <mergeCells count="2">
+    <mergeCell ref="D6:D23"/>
+    <mergeCell ref="A1:D1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="D24" r:id="rId1" xr:uid="{938F0524-B9E8-CF4D-B399-AC0F00C29BA2}"/>
+    <hyperlink ref="D25" r:id="rId1" xr:uid="{938F0524-B9E8-CF4D-B399-AC0F00C29BA2}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6048062D-1D48-5D42-8072-875B9C089236}">
-  <dimension ref="A1:D10"/>
+  <dimension ref="A1:D11"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.83203125" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="3.6640625" style="5" customWidth="1"/>
+    <col min="1" max="1" width="3.58203125" style="5" customWidth="1"/>
     <col min="2" max="2" width="82.33203125" style="5" customWidth="1"/>
-    <col min="3" max="3" width="4.1640625" style="5" customWidth="1"/>
+    <col min="3" max="3" width="4.08203125" style="5" customWidth="1"/>
     <col min="4" max="4" width="77.83203125" style="5" customWidth="1"/>
     <col min="5" max="9" width="16.83203125" style="5" customWidth="1"/>
     <col min="10" max="16384" width="10.83203125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B1" s="12" t="s">
+    <row r="1" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="48" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="48"/>
+      <c r="C1" s="48"/>
+      <c r="D1" s="48"/>
+    </row>
+    <row r="2" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A2" s="2"/>
+      <c r="B2" s="12" t="s">
         <v>4</v>
       </c>
-      <c r="C1" s="8"/>
-[...4 lines deleted...]
-      <c r="B3" s="10" t="s">
+      <c r="C2" s="8"/>
+      <c r="D2" s="9"/>
+    </row>
+    <row r="3" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.45"/>
+    <row r="4" spans="1:4" ht="38.15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="10" t="s">
         <v>19</v>
       </c>
-      <c r="C3" s="7"/>
-[...3 lines deleted...]
-      <c r="B4" s="11" t="s">
+      <c r="C4" s="7"/>
+      <c r="D4" s="50"/>
+    </row>
+    <row r="5" spans="1:4" ht="138" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B5" s="11" t="s">
         <v>33</v>
       </c>
-      <c r="C4" s="6"/>
-[...7 lines deleted...]
-      <c r="B6" s="25" t="s">
+      <c r="C5" s="6"/>
+      <c r="D5" s="51"/>
+    </row>
+    <row r="6" spans="1:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="D6" s="22"/>
+    </row>
+    <row r="7" spans="1:4" ht="180" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A7" s="15"/>
+      <c r="B7" s="25" t="s">
         <v>20</v>
       </c>
-      <c r="D6" s="23"/>
-[...5 lines deleted...]
-      <c r="B8" s="50" t="s">
+      <c r="D7" s="23"/>
+    </row>
+    <row r="8" spans="1:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="D8" s="22"/>
+    </row>
+    <row r="9" spans="1:4" ht="198" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B9" s="45" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="23"/>
-[...5 lines deleted...]
-      <c r="B10" s="25" t="s">
+      <c r="D9" s="23"/>
+    </row>
+    <row r="10" spans="1:4" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="D10" s="22"/>
+    </row>
+    <row r="11" spans="1:4" ht="180" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B11" s="25" t="s">
         <v>21</v>
       </c>
-      <c r="D10" s="23"/>
+      <c r="D11" s="23"/>
     </row>
   </sheetData>
-  <mergeCells count="1">
-    <mergeCell ref="D3:D4"/>
+  <mergeCells count="2">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="D4:D5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{71FEDEF4-80EE-D345-A178-9B2CD70BD48B}">
-  <dimension ref="A1:E27"/>
+  <dimension ref="A1:E28"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="3" width="44.33203125" customWidth="1"/>
     <col min="4" max="4" width="47.33203125" customWidth="1"/>
-    <col min="5" max="5" width="52.1640625" customWidth="1"/>
+    <col min="5" max="5" width="52.08203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="16" t="s">
+    <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+    </row>
+    <row r="2" spans="1:5" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="B1" s="3"/>
-[...5 lines deleted...]
-      <c r="A2" s="17" t="s">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+    </row>
+    <row r="3" spans="1:5" ht="80.150000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="17" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="18" t="s">
+      <c r="B3" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="18" t="s">
+      <c r="C3" s="18" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="18" t="s">
+      <c r="D3" s="18" t="s">
         <v>35</v>
       </c>
-      <c r="E2" s="18" t="s">
+      <c r="E3" s="18" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.2"/>
-[...25 lines deleted...]
-    <row r="27" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="5" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="6" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="8" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="9" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="10" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="11" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="12" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="14" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="15" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="16" spans="1:5" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="17" spans="1:1" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="18" spans="1:1" ht="30" customHeight="1" x14ac:dyDescent="0.6">
+      <c r="A18" s="4"/>
+    </row>
+    <row r="19" spans="1:1" ht="30" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="20" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="21" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="22" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="23" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="24" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="25" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="26" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="27" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="28" spans="1:1" ht="16" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7A9AED98-E9AE-5445-B6A0-A62D2A7C5B56}">
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:N36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M10" sqref="M10"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="5" width="44.33203125" customWidth="1"/>
-    <col min="6" max="6" width="65.6640625" customWidth="1"/>
-    <col min="7" max="7" width="1.6640625" style="5" customWidth="1"/>
+    <col min="6" max="6" width="65.58203125" customWidth="1"/>
+    <col min="7" max="7" width="1.58203125" style="5" customWidth="1"/>
     <col min="8" max="10" width="48.83203125" customWidth="1"/>
-    <col min="11" max="11" width="1.6640625" style="5" customWidth="1"/>
-    <col min="12" max="12" width="60.1640625" customWidth="1"/>
+    <col min="11" max="11" width="1.58203125" style="5" customWidth="1"/>
+    <col min="12" max="12" width="60.08203125" customWidth="1"/>
     <col min="13" max="13" width="58.33203125" customWidth="1"/>
     <col min="14" max="14" width="32.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="40" t="s">
+    <row r="1" spans="1:14" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+      <c r="F1" s="52"/>
+      <c r="G1" s="52"/>
+      <c r="H1" s="52"/>
+      <c r="I1" s="52"/>
+      <c r="J1" s="52"/>
+      <c r="K1" s="52"/>
+      <c r="L1" s="52"/>
+      <c r="M1" s="52"/>
+    </row>
+    <row r="2" spans="1:14" s="1" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="B1" s="41"/>
-[...5 lines deleted...]
-      <c r="H1" s="37" t="s">
+      <c r="B2" s="41"/>
+      <c r="C2" s="26"/>
+      <c r="D2" s="26"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="27"/>
+      <c r="G2" s="34"/>
+      <c r="H2" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="I1" s="38"/>
-[...11 lines deleted...]
-      <c r="E2" s="48" t="s">
+      <c r="I2" s="38"/>
+      <c r="J2" s="38"/>
+      <c r="K2" s="34"/>
+      <c r="L2" s="27"/>
+      <c r="M2" s="42"/>
+      <c r="N2"/>
+    </row>
+    <row r="3" spans="1:14" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="33"/>
+      <c r="B3" s="33"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
+      <c r="E3" s="54" t="s">
         <v>40</v>
       </c>
-      <c r="F2" s="48"/>
-[...1 lines deleted...]
-      <c r="H2" s="48" t="s">
+      <c r="F3" s="54"/>
+      <c r="G3" s="35"/>
+      <c r="H3" s="54" t="s">
         <v>41</v>
       </c>
-      <c r="I2" s="48"/>
-[...3 lines deleted...]
-      <c r="M2" s="49" t="s">
+      <c r="I3" s="54"/>
+      <c r="J3" s="54"/>
+      <c r="K3" s="39"/>
+      <c r="L3" s="33"/>
+      <c r="M3" s="44" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="107" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="28" t="s">
+    <row r="4" spans="1:14" ht="107.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="28" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="28" t="s">
+      <c r="B4" s="28" t="s">
         <v>25</v>
       </c>
-      <c r="C3" s="28" t="s">
+      <c r="C4" s="28" t="s">
         <v>26</v>
       </c>
-      <c r="D3" s="28" t="s">
+      <c r="D4" s="28" t="s">
         <v>27</v>
       </c>
-      <c r="E3" s="28" t="s">
+      <c r="E4" s="28" t="s">
         <v>28</v>
       </c>
-      <c r="F3" s="28" t="s">
+      <c r="F4" s="28" t="s">
         <v>29</v>
       </c>
-      <c r="G3" s="36"/>
-      <c r="H3" s="29" t="s">
+      <c r="G4" s="36"/>
+      <c r="H4" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="I3" s="29" t="s">
+      <c r="I4" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="J3" s="29" t="s">
+      <c r="J4" s="29" t="s">
         <v>2</v>
       </c>
-      <c r="K3" s="36"/>
-      <c r="L3" s="28" t="s">
+      <c r="K4" s="36"/>
+      <c r="L4" s="28" t="s">
         <v>36</v>
       </c>
-      <c r="M3" s="28" t="s">
+      <c r="M4" s="28" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="4" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
-[...30 lines deleted...]
-    <row r="35" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="5" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="6" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="8" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="9" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="10" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="11" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="12" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="14" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="15" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="16" spans="1:14" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="17" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="18" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="19" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="20" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="21" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="22" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="23" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="24" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="25" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="26" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="27" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="28" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="29" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="30" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="31" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="32" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="33" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="34" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="35" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="36" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
-  <mergeCells count="2">
-[...1 lines deleted...]
-    <mergeCell ref="E2:F2"/>
+  <mergeCells count="3">
+    <mergeCell ref="H3:J3"/>
+    <mergeCell ref="E3:F3"/>
+    <mergeCell ref="A1:M1"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="H2:J2" r:id="rId1" display="See Foundations and Principles for Inclusive Engagement." xr:uid="{685D4512-D237-6B4E-BCA8-AAA8F24CE6E4}"/>
-[...1 lines deleted...]
-    <hyperlink ref="M2" r:id="rId3" xr:uid="{CE672D9B-EA9A-8B49-A9DD-6923F682AB34}"/>
+    <hyperlink ref="H3:J3" r:id="rId1" display="See Foundations and Principles for Inclusive Engagement." xr:uid="{685D4512-D237-6B4E-BCA8-AAA8F24CE6E4}"/>
+    <hyperlink ref="E3:F3" r:id="rId2" display="See Example Methods and Tools for Ideas!" xr:uid="{E573BEB2-7BB6-7C4C-AF67-513B93052818}"/>
+    <hyperlink ref="M3" r:id="rId3" xr:uid="{CE672D9B-EA9A-8B49-A9DD-6923F682AB34}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1A98D822-3629-094A-8720-4ECC46042D4B}">
-  <dimension ref="A1:E35"/>
+  <dimension ref="A1:E36"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D8" sqref="D8"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.4"/>
   <cols>
-    <col min="1" max="1" width="46.1640625" customWidth="1"/>
+    <col min="1" max="1" width="46.08203125" customWidth="1"/>
     <col min="2" max="5" width="48.83203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="30" t="s">
+    <row r="1" spans="1:5" ht="32.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="B1" s="52"/>
+      <c r="C1" s="52"/>
+      <c r="D1" s="52"/>
+      <c r="E1" s="52"/>
+    </row>
+    <row r="2" spans="1:5" s="1" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="30" t="s">
         <v>30</v>
       </c>
-      <c r="B1" s="21"/>
-[...5 lines deleted...]
-      <c r="A2" s="28" t="s">
+      <c r="B2" s="21"/>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+    </row>
+    <row r="3" spans="1:5" ht="80.150000000000006" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="A3" s="28" t="s">
         <v>31</v>
       </c>
-      <c r="B2" s="32" t="s">
+      <c r="B3" s="32" t="s">
         <v>37</v>
       </c>
-      <c r="C2" s="32" t="s">
+      <c r="C3" s="32" t="s">
         <v>5</v>
       </c>
-      <c r="D2" s="32" t="s">
+      <c r="D3" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="E2" s="32" t="s">
+      <c r="E3" s="32" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
-[...31 lines deleted...]
-    <row r="35" ht="31" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="4" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="5" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="6" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="7" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="8" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="9" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="10" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="11" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="12" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="13" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="14" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="15" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="16" spans="1:5" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="17" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="18" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="19" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="20" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="21" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="22" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="23" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="24" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="25" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="26" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="27" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="28" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="29" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="30" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="31" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="32" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="33" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="34" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="35" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
+    <row r="36" ht="31" customHeight="1" x14ac:dyDescent="0.4"/>
   </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="A1:E1"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010082D4B72A2883A54B8CE9B4608E4F3D4C" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fd737b2a685f1d111d3b79c7de69bd9d">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f4888985-777b-4b68-9fc3-6a4384cc4f29" xmlns:ns3="89b213bb-812a-4895-99d0-a44ca20ff357" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a790da012674b3afce29b4234966f7bc" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <On_x002d_Track_x003f_ xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29">true</On_x002d_Track_x003f_>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <FY xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29" xsi:nil="true"/>
+    <MVPRegion xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29" xsi:nil="true"/>
+    <TaxCatchAll xmlns="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Goodexample_x003f_ xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29">true</Goodexample_x003f_>
+    <GrantType xmlns="f4888985-777b-4b68-9fc3-6a4384cc4f29" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010082D4B72A2883A54B8CE9B4608E4F3D4C" ma:contentTypeVersion="29" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="59d12580b2ef3e0e81f2baaa66ada088">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="f4888985-777b-4b68-9fc3-6a4384cc4f29" xmlns:ns3="89b213bb-812a-4895-99d0-a44ca20ff357" xmlns:ns4="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="40aea62c4ea9aa5cc28622d8c2ed8b39" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="f4888985-777b-4b68-9fc3-6a4384cc4f29"/>
     <xsd:import namespace="89b213bb-812a-4895-99d0-a44ca20ff357"/>
     <xsd:import namespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MVPRegion" minOccurs="0"/>
-                <xsd:element ref="ns2:PlanningGrant" minOccurs="0"/>
                 <xsd:element ref="ns2:On_x002d_Track_x003f_" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:FY" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Goodexample_x003f_" minOccurs="0"/>
+                <xsd:element ref="ns2:GrantType" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="24" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="23" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f4888985-777b-4b68-9fc3-6a4384cc4f29" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="11" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
@@ -2223,141 +2330,159 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MVPRegion" ma:index="18" nillable="true" ma:displayName="MVP Region" ma:format="Dropdown" ma:internalName="MVPRegion">
       <xsd:simpleType>
         <xsd:union memberTypes="dms:Text">
           <xsd:simpleType>
             <xsd:restriction base="dms:Choice">
               <xsd:enumeration value="Berkshires &amp; Hilltowns"/>
               <xsd:enumeration value="Central"/>
               <xsd:enumeration value="Greater Boston"/>
               <xsd:enumeration value="Greater CT River Valley"/>
               <xsd:enumeration value="Northeast"/>
               <xsd:enumeration value="Southeast"/>
             </xsd:restriction>
           </xsd:simpleType>
         </xsd:union>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PlanningGrant" ma:index="19" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="PlanningGrant">
-[...8 lines deleted...]
-    <xsd:element name="On_x002d_Track_x003f_" ma:index="20" nillable="true" ma:displayName="On-Track?" ma:default="1" ma:description="Eyeball assessment of whether or not they are on-track." ma:format="Dropdown" ma:internalName="On_x002d_Track_x003f_">
+    <xsd:element name="On_x002d_Track_x003f_" ma:index="19" nillable="true" ma:displayName="On-Track?" ma:default="1" ma:description="Eyeball assessment of whether or not they are on-track." ma:format="Dropdown" ma:internalName="On_x002d_Track_x003f_">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="21" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="20" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="22" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="21" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="25" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="24" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="27" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="26" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="29" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="28" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="FY" ma:index="30" nillable="true" ma:displayName="FY" ma:format="Dropdown" ma:internalName="FY">
+    <xsd:element name="FY" ma:index="29" nillable="true" ma:displayName="FY" ma:format="Dropdown" ma:internalName="FY">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="FY24"/>
           <xsd:enumeration value="FY24/25"/>
+          <xsd:enumeration value="FY26"/>
+          <xsd:enumeration value="FY25"/>
+          <xsd:enumeration value="FY23"/>
+          <xsd:enumeration value="FY22"/>
+          <xsd:enumeration value="FY21"/>
+          <xsd:enumeration value="FY20"/>
+          <xsd:enumeration value="FY19"/>
+          <xsd:enumeration value="FY18"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="31" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="30" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="31" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Goodexample_x003f_" ma:index="32" nillable="true" ma:displayName="Good example?" ma:default="1" ma:format="Dropdown" ma:indexed="true" ma:internalName="Goodexample_x003f_">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="GrantType" ma:index="33" nillable="true" ma:displayName="Grant Type" ma:format="Dropdown" ma:internalName="GrantType">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Action"/>
+          <xsd:enumeration value="Planning"/>
+          <xsd:enumeration value="2.0"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="89b213bb-812a-4895-99d0-a44ca20ff357" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="28" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{da82a8a7-7260-45ae-beb4-7fa6dbd9e9ea}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754">
+    <xsd:element name="TaxCatchAll" ma:index="27" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{da82a8a7-7260-45ae-beb4-7fa6dbd9e9ea}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -2424,111 +2549,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D20B80AC-C04D-4BB5-9151-8DB91DA386C8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6420D09-1566-46E3-B6AF-BEDF86465A8C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="f4888985-777b-4b68-9fc3-6a4384cc4f29"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8641B0E4-1635-4FA2-9399-C8E7CD638E39}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2E66835-B0AD-4DA5-B50A-7895AB01F010}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="f4888985-777b-4b68-9fc3-6a4384cc4f29"/>
+    <ds:schemaRef ds:uri="89b213bb-812a-4895-99d0-a44ca20ff357"/>
+    <ds:schemaRef ds:uri="1da56e6b-ac0e-4ffc-8b40-9e4a1d231754"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6420D09-1566-46E3-B6AF-BEDF86465A8C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8641B0E4-1635-4FA2-9399-C8E7CD638E39}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Intro</vt:lpstr>
       <vt:lpstr>1. Goals</vt:lpstr>
       <vt:lpstr>2. Outreach Planning</vt:lpstr>
       <vt:lpstr>3. Engagement Activities</vt:lpstr>
       <vt:lpstr>4. Evaluation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Holly Jacobson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010082D4B72A2883A54B8CE9B4608E4F3D4C</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>