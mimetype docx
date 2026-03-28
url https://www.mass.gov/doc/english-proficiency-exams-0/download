--- v0 (2025-11-03)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1EBE987B" w14:textId="77777777" w:rsidR="00FA0D39" w:rsidRDefault="00FA0D39"/>
     <w:p w14:paraId="10EC5BA9" w14:textId="77777777" w:rsidR="009932F5" w:rsidRDefault="009932F5" w:rsidP="009932F5">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009932F5">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>COMMONWEALTH OF MASSACHUSETTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568525FB" w14:textId="77777777" w:rsidR="009932F5" w:rsidRPr="009932F5" w:rsidRDefault="009932F5" w:rsidP="009932F5">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -678,188 +678,191 @@
             <w:r w:rsidRPr="004E4C68">
               <w:t xml:space="preserve">Test of English as a </w:t>
             </w:r>
             <w:r w:rsidRPr="00B94718">
               <w:t xml:space="preserve">Foreign </w:t>
             </w:r>
             <w:r w:rsidRPr="00194DA1">
               <w:t xml:space="preserve">Language </w:t>
             </w:r>
             <w:r w:rsidR="001C5680" w:rsidRPr="00194DA1">
               <w:t xml:space="preserve">(TOEFL) </w:t>
             </w:r>
             <w:r w:rsidR="00D80E28" w:rsidRPr="00194DA1">
               <w:t>Essentials</w:t>
             </w:r>
             <w:r w:rsidRPr="009932F5">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00D80E28">
               <w:t>Average of 8.5 with no score below 8</w:t>
             </w:r>
             <w:r w:rsidR="00F572FE">
               <w:t>.0</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16D71CCC" w14:textId="109B60C9" w:rsidR="00243AF1" w:rsidRPr="004E4C68" w:rsidRDefault="00D80E28" w:rsidP="00F13DEF">
+          <w:p w14:paraId="16D71CCC" w14:textId="7F50BC42" w:rsidR="00243AF1" w:rsidRPr="004E4C68" w:rsidRDefault="00D80E28" w:rsidP="00F13DEF">
             <w:pPr>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Occupational English Test: </w:t>
             </w:r>
             <w:r w:rsidR="004A4A70">
               <w:t>No score less than</w:t>
             </w:r>
             <w:r w:rsidR="00FF1AEA">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00936026">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00C6315B">
+              <w:t xml:space="preserve">00 </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">0 on </w:t>
+              <w:t xml:space="preserve">on </w:t>
             </w:r>
             <w:r w:rsidR="00936026">
               <w:t xml:space="preserve">Listening, </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Reading, </w:t>
             </w:r>
             <w:r w:rsidR="00936026">
-              <w:t xml:space="preserve">and Speaking and minimum of 300 on </w:t>
+              <w:t>and Speaking an</w:t>
+            </w:r>
+            <w:r w:rsidR="00C6315B">
+              <w:t xml:space="preserve">d </w:t>
             </w:r>
             <w:r>
               <w:t>Writing</w:t>
             </w:r>
             <w:r w:rsidR="00936026">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69AFFEB3" w14:textId="77777777" w:rsidR="009932F5" w:rsidRPr="004E4C68" w:rsidRDefault="009932F5" w:rsidP="009932F5">
             <w:pPr>
               <w:widowControl/>
               <w:ind w:left="1800"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A18A632" w14:textId="77777777" w:rsidR="009932F5" w:rsidRDefault="009932F5" w:rsidP="00BA5372"/>
     <w:sectPr w:rsidR="009932F5" w:rsidSect="00BA5372">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="536E45D1" w14:textId="77777777" w:rsidR="00715161" w:rsidRDefault="00715161" w:rsidP="009932F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6CE3AAF8" w14:textId="77777777" w:rsidR="00715161" w:rsidRDefault="00715161" w:rsidP="009932F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5FBDDD21" w14:textId="77777777" w:rsidR="009932F5" w:rsidRDefault="009932F5" w:rsidP="009932F5">
     <w:pPr>
       <w:widowControl/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009932F5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Licensure Policy 06-01: Board-designated Tests of English Proficiency </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="11D93187" w14:textId="77777777" w:rsidR="009932F5" w:rsidRDefault="009932F5" w:rsidP="009932F5">
     <w:pPr>
       <w:widowControl/>
     </w:pPr>
     <w:r w:rsidRPr="009932F5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>and Required Minimum Cut Scores</w:t>
     </w:r>
     <w:r>
@@ -875,70 +878,70 @@
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="009932F5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="009932F5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="009932F5">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Page 1</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3ABB27E9" w14:textId="77777777" w:rsidR="00715161" w:rsidRDefault="00715161" w:rsidP="009932F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="725A1038" w14:textId="77777777" w:rsidR="00715161" w:rsidRDefault="00715161" w:rsidP="009932F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25A321BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7778DC28"/>
     <w:lvl w:ilvl="0" w:tplc="C3123EC4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1042,173 +1045,175 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="98838041">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="134"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009932F5"/>
     <w:rsid w:val="00033D6F"/>
     <w:rsid w:val="00055F4D"/>
     <w:rsid w:val="00092384"/>
     <w:rsid w:val="00194DA1"/>
     <w:rsid w:val="001C5680"/>
     <w:rsid w:val="001E6C93"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="002070A6"/>
     <w:rsid w:val="00243AF1"/>
     <w:rsid w:val="002D5693"/>
     <w:rsid w:val="003253F9"/>
     <w:rsid w:val="00330F9B"/>
     <w:rsid w:val="003E5DB4"/>
     <w:rsid w:val="004A4A70"/>
     <w:rsid w:val="004C65B2"/>
     <w:rsid w:val="005007DC"/>
     <w:rsid w:val="005109BD"/>
     <w:rsid w:val="00593F08"/>
     <w:rsid w:val="005A7093"/>
     <w:rsid w:val="005F677B"/>
     <w:rsid w:val="00623A19"/>
     <w:rsid w:val="00643F61"/>
     <w:rsid w:val="00653001"/>
+    <w:rsid w:val="006745A7"/>
     <w:rsid w:val="006D6E68"/>
     <w:rsid w:val="00715161"/>
     <w:rsid w:val="007546D4"/>
     <w:rsid w:val="00776E66"/>
     <w:rsid w:val="007B430D"/>
     <w:rsid w:val="007C06B8"/>
     <w:rsid w:val="007E6794"/>
     <w:rsid w:val="00860A7B"/>
     <w:rsid w:val="00883EE4"/>
     <w:rsid w:val="00920D09"/>
     <w:rsid w:val="00936026"/>
     <w:rsid w:val="009418F6"/>
     <w:rsid w:val="00976911"/>
     <w:rsid w:val="009932F5"/>
     <w:rsid w:val="009B2681"/>
     <w:rsid w:val="00A6257E"/>
     <w:rsid w:val="00A92AE7"/>
     <w:rsid w:val="00A97D6F"/>
     <w:rsid w:val="00B1532D"/>
     <w:rsid w:val="00B32699"/>
     <w:rsid w:val="00B94718"/>
     <w:rsid w:val="00BA5372"/>
     <w:rsid w:val="00BE1E40"/>
     <w:rsid w:val="00BF32FB"/>
+    <w:rsid w:val="00C6315B"/>
     <w:rsid w:val="00CF3DA4"/>
     <w:rsid w:val="00D42C52"/>
     <w:rsid w:val="00D80E28"/>
     <w:rsid w:val="00DE2C56"/>
     <w:rsid w:val="00E2404E"/>
     <w:rsid w:val="00E3002A"/>
     <w:rsid w:val="00E94A6F"/>
     <w:rsid w:val="00EC62C2"/>
     <w:rsid w:val="00F063FA"/>
     <w:rsid w:val="00F13DEF"/>
     <w:rsid w:val="00F50CD5"/>
     <w:rsid w:val="00F572FE"/>
     <w:rsid w:val="00F9491C"/>
     <w:rsid w:val="00FA0D39"/>
     <w:rsid w:val="00FD1ACF"/>
     <w:rsid w:val="00FF1AEA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5911D21A"/>
   <w15:docId w15:val="{6799ED66-D53F-4EE2-B258-0E9B8F74307E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1755,51 +1760,51 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007546D4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:semiHidden/>
     <w:rsid w:val="007546D4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -2055,66 +2060,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>262</Words>
-  <Characters>1572</Characters>
+  <Words>271</Words>
+  <Characters>1545</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>12</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1831</CharactersWithSpaces>
+  <CharactersWithSpaces>1813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Silveira, Carol  (DPH);Hillson, Laurie (DPH)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>