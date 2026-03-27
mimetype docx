--- v0 (2025-10-22)
+++ v1 (2026-03-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="51778057" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
       <w:pPr>
         <w:framePr w:w="6926" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2866" w:y="764"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>The Commonwealth of Massachusetts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70837D38" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2866" w:y="764"/>
       </w:pPr>
       <w:r>
         <w:t>Executive Office of Health and Human Services</w:t>
@@ -71,62 +71,74 @@
         <w:t>Bureau of Infectious Disease and Laboratory Sciences</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BF6C264" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6926" w:wrap="notBeside" w:vAnchor="page" w:x="2866" w:y="764"/>
       </w:pPr>
       <w:r>
         <w:t>305 South Street, Jamaica Plain, MA 02130</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="778BD0F1" w14:textId="387D82C6" w:rsidR="00BA4055" w:rsidRDefault="00A8482E" w:rsidP="00BA4055">
       <w:pPr>
         <w:framePr w:w="1927" w:hSpace="180" w:wrap="auto" w:vAnchor="text" w:hAnchor="page" w:x="940" w:y="-951"/>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="LinePrinter" w:hAnsi="LinePrinter"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D37C042" wp14:editId="0B96EFE3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7D37C042" wp14:editId="359DE078">
             <wp:extent cx="966470" cy="1147445"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="Picture 1"/>
+            <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+            <wp:docPr id="1" name="Picture 1">
+              <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                  <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                </a:ext>
+              </a:extLst>
+            </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="1" name="Picture 1">
+                      <a:extLst>
+                        <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                          <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                        </a:ext>
+                      </a:extLst>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="966470" cy="1147445"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -250,107 +262,107 @@
                           <w:p w14:paraId="09901043" w14:textId="21B36971" w:rsidR="00FC6B42" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                             <w:pPr>
                               <w:pStyle w:val="Governor"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Lieutenant Governor</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1299E0D6">
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="1299E0D6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 2" style="position:absolute;margin-left:-55.5pt;margin-top:65.2pt;width:123.85pt;height:63.15pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdnvfg8AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3VQjdqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9hpuwVuq83B8mTsN/PePK9vh86wg0KvwRZ8NplypqyEStum4D++796t&#10;OPNB2EoYsKrgR+X57ebtm3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMpSsgbsRKAQm6xC0RN6&#10;Z7L5dPo+6wErhyCV9/T3fkzyTcKvayXDY117FZgpOPUW0oppLeOabdYib1C4VstTG+IFXXRCWyp6&#10;gboXQbA96v+gOi0RPNRhIqHLoK61VIkDsZlN/2Hz1AqnEhcSx7uLTP71YOXXw5P7hiwMH2GgASYS&#10;3j2A/OmZhW0rbKPuEKFvlaio8CxKlvXO56erUWqf+whS9l+goiGLfYAENNTYRVWIJyN0GsDxIroa&#10;ApOx5PLDfHWz5ExSbjWloS5TCZGfbzv04ZOCjsVNwZGGmtDF4cGH2I3Iz0diMQ9GVzttTAqwKbcG&#10;2UGQAXbpO6H/dczYeNhCvDYixj+JZmQ2cgxDOVAy0i2hOhJhhNFQ9ABo0wL+5qwnMxXc/9oLVJyZ&#10;z5ZEu5ktFtF9KVgQYQrwOlNeZ4SVBFXwwNm43YbRsXuHummp0nlMdyT0TicNnrs69U2GSdKczB0d&#10;eR2nU89PcPMHAAD//wMAUEsDBBQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcWictbVGIU1VUXDggUZDo0Y03cYT/ZLtpeHu2J7jtaEaz39TbyRo2&#10;YkyDdwLKeQEMXevV4HoBnx8vs0dgKUunpPEOBfxggm1ze1PLSvmLe8fxkHtGJS5VUoDOOVScp1aj&#10;lWnuAzryOh+tzCRjz1WUFyq3hi+KYs2tHBx90DLgs8b2+3C2Ar6sHtQ+vh07Zcb9a7dbhSkGIe7v&#10;pt0TsIxT/gvDFZ/QoSGmkz87lZgRMCvLksZkcpbFA7BrZLneADsJWKzo4E3N/49ofgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDdnvfg8AEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAAAAAAAAAAAAAAEoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;">
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-55.5pt;margin-top:65.2pt;width:123.85pt;height:63.15pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdnvfg8AEAAMoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG3VQjdqulq6KkJa&#10;WKSFD3AcJ7FwPGbsNilfz9hpuwVuq83B8mTsN/PePK9vh86wg0KvwRZ8NplypqyEStum4D++796t&#10;OPNB2EoYsKrgR+X57ebtm3XvcjWHFkylkBGI9XnvCt6G4PIs87JVnfATcMpSsgbsRKAQm6xC0RN6&#10;Z7L5dPo+6wErhyCV9/T3fkzyTcKvayXDY117FZgpOPUW0oppLeOabdYib1C4VstTG+IFXXRCWyp6&#10;gboXQbA96v+gOi0RPNRhIqHLoK61VIkDsZlN/2Hz1AqnEhcSx7uLTP71YOXXw5P7hiwMH2GgASYS&#10;3j2A/OmZhW0rbKPuEKFvlaio8CxKlvXO56erUWqf+whS9l+goiGLfYAENNTYRVWIJyN0GsDxIroa&#10;ApOx5PLDfHWz5ExSbjWloS5TCZGfbzv04ZOCjsVNwZGGmtDF4cGH2I3Iz0diMQ9GVzttTAqwKbcG&#10;2UGQAXbpO6H/dczYeNhCvDYixj+JZmQ2cgxDOVAy0i2hOhJhhNFQ9ABo0wL+5qwnMxXc/9oLVJyZ&#10;z5ZEu5ktFtF9KVgQYQrwOlNeZ4SVBFXwwNm43YbRsXuHummp0nlMdyT0TicNnrs69U2GSdKczB0d&#10;eR2nU89PcPMHAAD//wMAUEsDBBQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcWictbVGIU1VUXDggUZDo0Y03cYT/ZLtpeHu2J7jtaEaz39TbyRo2&#10;YkyDdwLKeQEMXevV4HoBnx8vs0dgKUunpPEOBfxggm1ze1PLSvmLe8fxkHtGJS5VUoDOOVScp1aj&#10;lWnuAzryOh+tzCRjz1WUFyq3hi+KYs2tHBx90DLgs8b2+3C2Ar6sHtQ+vh07Zcb9a7dbhSkGIe7v&#10;pt0TsIxT/gvDFZ/QoSGmkz87lZgRMCvLksZkcpbFA7BrZLneADsJWKzo4E3N/49ofgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDdnvfg8AEAAMoDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4+DUW4AAAAAwBAAAPAAAAAAAAAAAAAAAAAEoEAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00FC6B42" w:rsidRDefault="00FC6B42" w14:paraId="672A6659" w14:textId="77777777">
+                    <w:p w14:paraId="7F9B36BB" w14:textId="77777777" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="79086CF1" w14:textId="77777777">
+                    <w:p w14:paraId="2C838E97" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>MAURA T. HEALEY</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="637F627B" w14:textId="77777777">
+                    <w:p w14:paraId="4E01F904" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Governor</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="7583C5AA" w14:textId="77777777">
+                    <w:p w14:paraId="3CBAF734" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                         </w:rPr>
                         <w:t>KIMBERLEY DRISCOLL</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00FC6B42" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="36C70626" w14:textId="21B36971">
+                    <w:p w14:paraId="09901043" w14:textId="21B36971" w:rsidR="00FC6B42" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t>Lieutenant Governor</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F3B5E7" w14:textId="634A1488" w:rsidR="00FC6B42" w:rsidRDefault="00B30263" w:rsidP="0072610D">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ED7A9CC" wp14:editId="0317727C">
                 <wp:simplePos x="0" y="0"/>
@@ -510,159 +522,159 @@
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                                 <w:sz w:val="14"/>
                                 <w:szCs w:val="14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shape id="_x0000_s1027" style="position:absolute;margin-left:402.25pt;margin-top:.35pt;width:142.85pt;height:94.3pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrSumd9gEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IM52HBcpA6cFEg&#10;bQqk/QCKoiSiFJdd0pbSr++Ssh0jvRXVgeBqydmd2eH6buwNOyj0GmzJ89mcM2Ul1Nq2Jf/xfffh&#10;ljMfhK2FAatK/qI8v9u8f7ceXKEW0IGpFTICsb4YXMm7EFyRZV52qhd+Bk5ZSjaAvQgUYpvVKAZC&#10;7022mM+vswGwdghSeU9/H6Yk3yT8plEyPDWNV4GZklNvIa2Y1iqu2WYtihaF67Q8tiH+oYteaEtF&#10;z1APIgi2R/0XVK8lgocmzCT0GTSNlipxIDb5/A2b5044lbiQON6dZfL/D1Z+PTy7b8jC+BFGGmAi&#10;4d0jyJ+eWdh2wrbqHhGGTomaCudRsmxwvjhejVL7wkeQavgCNQ1Z7AMkoLHBPqpCPBmh0wBezqKr&#10;MTAZS97my3x1xZmkXJ6vbq7zNJZMFKfrDn34pKBncVNypKkmeHF49CG2I4rTkVjNg9H1ThuTAmyr&#10;rUF2EOSAXfoSgzfHjI2HLcRrE2L8k3hGahPJMFYj0/VRhEi7gvqFiCNMxqKHQJsO8DdnA5mq5P7X&#10;XqDizHy2JN4qXy6jC1OwvLpZUICXmeoyI6wkqJIHzqbtNkzO3TvUbUeVTuO6J8F3Oknx2tWxfTJO&#10;Uuho8ujMyziden2Kmz8AAAD//wMAUEsDBBQABgAIAAAAIQBcG9/y3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE2hkIY4VUXFhQNSC1J7dONNHGGvI9tNw9/jnuA2qxnN&#10;vK1Wk7NsxBB7TxLuZwIYUuN1T52Er8+3uwJYTIq0sp5Qwg9GWNXXV5UqtT/TFsdd6lguoVgqCSal&#10;oeQ8NgadijM/IGWv9cGplM/QcR3UOZc7y+dCPHGnesoLRg34arD53p2chL0zvd6Ej0Or7bh5b9eL&#10;YQqDlLc30/oFWMIp/YXhgp/Roc5MR38iHZmVUIjHRY5KeAZ2scVSzIEdsyqWD8Driv//oP4FAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA60rpnfYBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXBvf8t4AAAAJAQAADwAAAAAAAAAAAAAAAABQ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" w14:anchorId="5ED7A9CC">
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5ED7A9CC" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:402.25pt;margin-top:.35pt;width:142.85pt;height:94.3pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDrSumd9gEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IM52HBcpA6cFEg&#10;bQqk/QCKoiSiFJdd0pbSr++Ssh0jvRXVgeBqydmd2eH6buwNOyj0GmzJ89mcM2Ul1Nq2Jf/xfffh&#10;ljMfhK2FAatK/qI8v9u8f7ceXKEW0IGpFTICsb4YXMm7EFyRZV52qhd+Bk5ZSjaAvQgUYpvVKAZC&#10;7022mM+vswGwdghSeU9/H6Yk3yT8plEyPDWNV4GZklNvIa2Y1iqu2WYtihaF67Q8tiH+oYteaEtF&#10;z1APIgi2R/0XVK8lgocmzCT0GTSNlipxIDb5/A2b5044lbiQON6dZfL/D1Z+PTy7b8jC+BFGGmAi&#10;4d0jyJ+eWdh2wrbqHhGGTomaCudRsmxwvjhejVL7wkeQavgCNQ1Z7AMkoLHBPqpCPBmh0wBezqKr&#10;MTAZS97my3x1xZmkXJ6vbq7zNJZMFKfrDn34pKBncVNypKkmeHF49CG2I4rTkVjNg9H1ThuTAmyr&#10;rUF2EOSAXfoSgzfHjI2HLcRrE2L8k3hGahPJMFYj0/VRhEi7gvqFiCNMxqKHQJsO8DdnA5mq5P7X&#10;XqDizHy2JN4qXy6jC1OwvLpZUICXmeoyI6wkqJIHzqbtNkzO3TvUbUeVTuO6J8F3Oknx2tWxfTJO&#10;Uuho8ujMyziden2Kmz8AAAD//wMAUEsDBBQABgAIAAAAIQBcG9/y3gAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqE2hkIY4VUXFhQNSC1J7dONNHGGvI9tNw9/jnuA2qxnN&#10;vK1Wk7NsxBB7TxLuZwIYUuN1T52Er8+3uwJYTIq0sp5Qwg9GWNXXV5UqtT/TFsdd6lguoVgqCSal&#10;oeQ8NgadijM/IGWv9cGplM/QcR3UOZc7y+dCPHGnesoLRg34arD53p2chL0zvd6Ej0Or7bh5b9eL&#10;YQqDlLc30/oFWMIp/YXhgp/Roc5MR38iHZmVUIjHRY5KeAZ2scVSzIEdsyqWD8Driv//oP4FAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA60rpnfYBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXBvf8t4AAAAJAQAADwAAAAAAAAAAAAAAAABQ&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="3B44D3D4" w14:textId="77777777">
+                    <w:p w14:paraId="3EB9A18A" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>KATHLEEN E. WALSH</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="67AA55DE" w14:textId="77777777">
+                    <w:p w14:paraId="7276F89B" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:pStyle w:val="Governor"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Secretary </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="34D0ABB2" w14:textId="77777777">
+                    <w:p w14:paraId="592C4B77" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t xml:space="preserve">ROBERT GOLDSTEIN, MD, PhD </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Commissioner</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="0A37501D" w14:textId="77777777">
+                    <w:p w14:paraId="1358097F" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="673B1DBD" w14:textId="77777777">
+                    <w:p w14:paraId="33710AE1" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                         <w:t>Tel: 617-624-6000</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00B30263" w:rsidP="00B30263" w:rsidRDefault="00B30263" w14:paraId="7C33124B" w14:textId="77777777">
+                    <w:p w14:paraId="12BB26FE" w14:textId="77777777" w:rsidR="00B30263" w:rsidRDefault="00B30263" w:rsidP="00B30263">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                           <w:lang w:val="fr-FR"/>
                         </w:rPr>
                         <w:t>www.mass.gov/dph</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00FC6B42" w:rsidR="004813AC" w:rsidP="00FC6B42" w:rsidRDefault="004813AC" w14:paraId="5DAB6C7B" w14:textId="77777777">
+                    <w:p w14:paraId="14FFF81E" w14:textId="77777777" w:rsidR="004813AC" w:rsidRPr="00FC6B42" w:rsidRDefault="004813AC" w:rsidP="00FC6B42">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
                           <w:sz w:val="14"/>
                           <w:szCs w:val="14"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:noProof/>
           <w:sz w:val="36"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
@@ -708,228 +720,192 @@
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Immunization</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Division</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0F4F55EF" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
+                          <w:p w14:paraId="0F4F55EF" w14:textId="413D7DDB" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Tel</w:t>
-[...17 lines deleted...]
-                              <w:t xml:space="preserve">617) 983-6800 </w:t>
+                              <w:t xml:space="preserve">Tel: (617) 983-6800 </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="71A07E19" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:pStyle w:val="ExecOffice"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00511BE1">
                               <w:rPr>
                                 <w:rFonts w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fax: (617) 983-6840 </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="351281D7" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="00000000" w:rsidP="000B2998">
+                          <w:p w14:paraId="351281D7" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:hyperlink r:id="rId9" w:history="1">
-                              <w:r w:rsidR="000B2998" w:rsidRPr="00511BE1">
+                              <w:r w:rsidRPr="00511BE1">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>www.mass.gov/dph/imm</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-              <v:shape id="Text Box 6" style="position:absolute;margin-left:102.6pt;margin-top:7.55pt;width:262.5pt;height:80.25pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1028" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrM0CS9wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpWzUdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdgu8IfxgeTzjM3POjDe3Y2/YUaHXYEuez+acKSuh1rYt+bev+1dv&#10;OfNB2FoYsKrkJ+X57fbli83gCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7LFfP4mGwBrhyCV93R7Pzn5NuE3jZLhc9N4FZgpOdUW0o5pr+KebTeiaFG4TstzGeIfquiFtpT0&#10;AnUvgmAH1H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz2AmnEhcSx7uLTP7/wcpPx0f3BVkY38FIDUwk&#10;vHsA+d0zC7tO2FbdIcLQKVFT4jxKlg3OF+enUWpf+AhSDR+hpiaLQ4AENDbYR1WIJyN0asDpIroa&#10;A5N0+ZrWekUuSb58nt/k61XKIYqn5w59eK+gZ/FQcqSuJnhxfPAhliOKp5CYzYPR9V4bkwxsq51B&#10;dhQ0Afu0zui/hRkbgy3EZxNivEk8I7WJZBirkem65IsIEWlXUJ+IOMI0WPQR6NAB/uRsoKEquf9x&#10;EKg4Mx8siXeTL5dxCpOxXK0XZOC1p7r2CCsJquSBs+m4C9PkHhzqtqNMU7ss3JHgjU5SPFd1Lp8G&#10;Jyl0HvI4mdd2inr+ittfAAAA//8DAFBLAwQUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1G0gCIU4FSCCuLf0AJ94mEfE6it0m/XuWEz3uzNPs&#10;TLlZ3CBOOIXek4b1SoFAarztqdWw//64fwIRoiFrBk+o4YwBNtX1VWkK62fa4mkXW8EhFAqjoYtx&#10;LKQMTYfOhJUfkdg7+MmZyOfUSjuZmcPdIBOlMulMT/yhMyO+d9j87I5Ow+Frvkuf5/oz7vPtY/Zm&#10;+rz2Z61vb5bXFxARl/gPw199rg4Vd6r9kWwQg4ZEpQmjbKRrEAzkD4qFmoU8zUBWpbycUP0CAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAazNAkvcBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAAAAAAAAAAAAAABR&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" w14:anchorId="34533088">
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="34533088" id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:102.6pt;margin-top:7.55pt;width:262.5pt;height:80.25pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBrM0CS9wEAANIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSlpWzUdLV0VYS0&#10;XKSFD3AcJ7FwPGbsNilfz9jpdgu8IfxgeTzjM3POjDe3Y2/YUaHXYEuez+acKSuh1rYt+bev+1dv&#10;OfNB2FoYsKrkJ+X57fbli83gCrWADkytkBGI9cXgSt6F4Ios87JTvfAzcMqSswHsRSAT26xGMRB6&#10;b7LFfP4mGwBrhyCV93R7Pzn5NuE3jZLhc9N4FZgpOdUW0o5pr+KebTeiaFG4TstzGeIfquiFtpT0&#10;AnUvgmAH1H9B9VoieGjCTEKfQdNoqRIHYpPP/2Dz2AmnEhcSx7uLTP7/wcpPx0f3BVkY38FIDUwk&#10;vHsA+d0zC7tO2FbdIcLQKVFT4jxKlg3OF+enUWpf+AhSDR+hpiaLQ4AENDbYR1WIJyN0asDpIroa&#10;A5N0+ZrWekUuSb58nt/k61XKIYqn5w59eK+gZ/FQcqSuJnhxfPAhliOKp5CYzYPR9V4bkwxsq51B&#10;dhQ0Afu0zui/hRkbgy3EZxNivEk8I7WJZBirkem65IsIEWlXUJ+IOMI0WPQR6NAB/uRsoKEquf9x&#10;EKg4Mx8siXeTL5dxCpOxXK0XZOC1p7r2CCsJquSBs+m4C9PkHhzqtqNMU7ss3JHgjU5SPFd1Lp8G&#10;Jyl0HvI4mdd2inr+ittfAAAA//8DAFBLAwQUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBC1G0gCIU4FSCCuLf0AJ94mEfE6it0m/XuWEz3uzNPs&#10;TLlZ3CBOOIXek4b1SoFAarztqdWw//64fwIRoiFrBk+o4YwBNtX1VWkK62fa4mkXW8EhFAqjoYtx&#10;LKQMTYfOhJUfkdg7+MmZyOfUSjuZmcPdIBOlMulMT/yhMyO+d9j87I5Ow+Frvkuf5/oz7vPtY/Zm&#10;+rz2Z61vb5bXFxARl/gPw199rg4Vd6r9kWwQg4ZEpQmjbKRrEAzkD4qFmoU8zUBWpbycUP0CAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAazNAkvcBAADSAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAB87mnt0AAAAKAQAADwAAAAAAAAAAAAAAAABR&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="4D30E315" w14:textId="77777777">
+                    <w:p w14:paraId="1E0DB7C2" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Immunization</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Division</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="5A4A8DE3" w14:textId="77777777">
+                    <w:p w14:paraId="0F4F55EF" w14:textId="413D7DDB" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Tel</w:t>
-[...17 lines deleted...]
-                        <w:t xml:space="preserve">617) 983-6800 </w:t>
+                        <w:t xml:space="preserve">Tel: (617) 983-6800 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidRPr="00511BE1" w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="000B2998" w14:paraId="17C8F0C8" w14:textId="77777777">
+                    <w:p w14:paraId="71A07E19" w14:textId="77777777" w:rsidR="000B2998" w:rsidRPr="00511BE1" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:pStyle w:val="ExecOffice"/>
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00511BE1">
                         <w:rPr>
                           <w:rFonts w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fax: (617) 983-6840 </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="000B2998" w:rsidP="000B2998" w:rsidRDefault="00000000" w14:paraId="71489C60" w14:textId="77777777">
+                    <w:p w14:paraId="351281D7" w14:textId="77777777" w:rsidR="000B2998" w:rsidRDefault="000B2998" w:rsidP="000B2998">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
-                      <w:hyperlink w:history="1" r:id="rId10">
-                        <w:r w:rsidRPr="00511BE1" w:rsidR="000B2998">
+                      <w:hyperlink r:id="rId10" w:history="1">
+                        <w:r w:rsidRPr="00511BE1">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>www.mass.gov/dph/imm</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="08961086" w14:textId="1702D8F6" w:rsidR="00FC6B42" w:rsidRDefault="00FC6B42" w:rsidP="0072610D"/>
     <w:p w14:paraId="0004A19A" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="4CB837E8" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="5245AA81" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="27C1A606" w14:textId="77777777" w:rsidR="00033154" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:p w14:paraId="4DEDED4F" w14:textId="77777777" w:rsidR="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
@@ -945,51 +921,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Memorandum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5694F226" w14:textId="77777777" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4899DDF3" w14:textId="600BB5DE" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
+    <w:p w14:paraId="4899DDF3" w14:textId="665FEE64" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:right="14"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:spacing w:val="-20"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
@@ -1044,54 +1020,62 @@
         <w:t>From:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Rattana Bip, Vaccine Manager</w:t>
+        <w:t xml:space="preserve">Rattana Bip, Vaccine </w:t>
+      </w:r>
+      <w:r w:rsidR="681619A6" w:rsidRPr="00A8482E">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Program Director</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E4986E" w14:textId="12556B34" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
+    <w:p w14:paraId="51E4986E" w14:textId="5F57589F" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="MessageHeader"/>
         <w:spacing w:line="340" w:lineRule="exact"/>
         <w:ind w:left="0" w:right="14" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1115,332 +1099,444 @@
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>January 20</w:t>
       </w:r>
       <w:r w:rsidR="00D00371">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>25</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="14C99D90">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Subject:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00EB3261">
+      <w:r w:rsidR="7A9AA4B0" w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00A8482E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Annual Re-Enrollment to receive state-supplied vaccine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B8960B" w14:textId="77777777" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3476025A" w14:textId="77777777" w:rsidR="00AC5B5F" w:rsidRDefault="00AC5B5F" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40984D3C" w14:textId="643BA1B7" w:rsidR="00AC5B5F" w:rsidRDefault="00AC5B5F" w:rsidP="00A8482E">
+    <w:bookmarkStart w:id="0" w:name="_Hlk184726719"/>
+    <w:p w14:paraId="2F375C0D" w14:textId="2526921A" w:rsidR="5836D777" w:rsidRDefault="00AC5B5F" w:rsidP="5836D777">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...80 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="5836D777">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E951AD">
+      <w:r w:rsidRPr="5836D777">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download"</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="5836D777">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E951AD">
-[...8 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="5836D777">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...44 lines deleted...]
-        <w:r w:rsidR="00A8482E" w:rsidRPr="00A8482E">
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The Vaccine Program</w:t>
+      </w:r>
+      <w:r w:rsidR="00167F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is comprised </w:t>
+      </w:r>
+      <w:r w:rsidR="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of two sub-</w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>programs: universal state pediatric vaccine program</w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="D13438"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(including the </w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ederal vaccines for children (VFC) program</w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d the </w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limited adult vaccine program. All sites enrolled in the Vaccine Program (including Specialty providers, Respiratory Vaccine-Only providers, or Adult-Only providers) must consider all doses received via the Vaccine Program as state-supplied vaccines and utilize according to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:i/>
+            <w:iCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>miishelpdesk@state.ma.us</w:t>
+          <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A8482E" w:rsidRPr="00A8482E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">.  </w:t>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="4C470943" w:rsidRPr="5836D777">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3569D0C1" w14:textId="77777777" w:rsidR="00AC5B5F" w:rsidRDefault="00AC5B5F" w:rsidP="00A8482E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287017F0" w14:textId="06CA8ED6" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00EB3261" w:rsidP="007C1151">
+      <w:pPr>
+        <w:pStyle w:val="BodyText2"/>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Providers must re-enroll to continue </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5B5F" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>receiving state-supplied vaccines from the Vaccine Program at no cost. This yea</w:t>
+      </w:r>
+      <w:r w:rsidR="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5B5F" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, enrollment will begin January 20, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="06D50FD8" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5B5F" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and end February 2</w:t>
+      </w:r>
+      <w:r w:rsidR="795527FF" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5B5F" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="04264071" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5B5F" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. All providers must re-enroll online using the Massachusetts Immunization Information System (MIIS). If your site </w:t>
+      </w:r>
+      <w:r w:rsidR="2B014C03" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has difficulties logging into the MIIS to complete the re-enrollment process, please contact the MIIS Help Desk at miishelpdesk@mass.gov. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A075BDD" w14:textId="77777777" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F3810C6" w14:textId="56498216" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
@@ -1501,50 +1597,57 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00154EBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E951AD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00154EBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00154EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E951AD">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="00154EBE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5431E03C" w14:textId="77EF6046" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00154EBE">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
@@ -1557,418 +1660,465 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://www.mass.gov/doc/agreement-to-comply-with-federal-and-state-requirements-for-participation-in-the-mdph-immunization-division-2024-0/download"</w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00154EBE">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider Agreement to Comply</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F4EB7F3" w14:textId="05B68657" w:rsidR="00154EBE" w:rsidRDefault="00000000" w:rsidP="00154EBE">
+    <w:p w14:paraId="2F4EB7F3" w14:textId="05B68657" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00154EBE">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="00154EBE" w:rsidRPr="00154EBE">
+        <w:r w:rsidRPr="00154EBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Restitution Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="163D1136" w14:textId="78C76843" w:rsidR="00154EBE" w:rsidRDefault="00000000" w:rsidP="00154EBE">
+    <w:p w14:paraId="163D1136" w14:textId="78C76843" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00154EBE">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00154EBE" w:rsidRPr="00827098">
+        <w:r w:rsidRPr="00827098">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Digital Data Logger Restitution Policy</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1153A3F9" w14:textId="1A2B1D80" w:rsidR="00154EBE" w:rsidRPr="00A8482E" w:rsidRDefault="00000000" w:rsidP="000762A1">
+    <w:p w14:paraId="1153A3F9" w14:textId="1A2B1D80" w:rsidR="00154EBE" w:rsidRPr="00A8482E" w:rsidRDefault="00154EBE" w:rsidP="000762A1">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00154EBE" w:rsidRPr="00154EBE">
+        <w:r w:rsidRPr="00154EBE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Childhood</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00154EBE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="005677CC" w:rsidRPr="005677CC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Adult</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005677CC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00154EBE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Availability Table</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73D9543A" w14:textId="3BAC023B" w:rsidR="005677CC" w:rsidRPr="000762A1" w:rsidRDefault="005677CC" w:rsidP="000762A1">
+    <w:p w14:paraId="73D9543A" w14:textId="092A49B2" w:rsidR="005677CC" w:rsidRPr="000762A1" w:rsidRDefault="005677CC" w:rsidP="000762A1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="08DBDA87">
+      <w:r w:rsidRPr="5C247ADA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Primary and Back-up Vaccine Coordinators </w:t>
       </w:r>
-      <w:r w:rsidR="211B2FF7" w:rsidRPr="08DBDA87">
+      <w:r w:rsidR="211B2FF7" w:rsidRPr="5C247ADA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are required to </w:t>
       </w:r>
-      <w:r w:rsidRPr="08DBDA87">
+      <w:r w:rsidRPr="5C247ADA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">complete the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r w:rsidRPr="08DBDA87">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="5C247ADA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">2025 Vaccine Program </w:t>
+          <w:t>202</w:t>
         </w:r>
-        <w:r w:rsidR="7075E466" w:rsidRPr="08DBDA87">
+        <w:r w:rsidR="7680568D" w:rsidRPr="5C247ADA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidRPr="5C247ADA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> Vaccine Program </w:t>
+        </w:r>
+        <w:r w:rsidR="7075E466" w:rsidRPr="5C247ADA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">Compliance </w:t>
         </w:r>
-        <w:r w:rsidRPr="08DBDA87">
+        <w:r w:rsidRPr="5C247ADA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Storage and Handling training</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="08DBDA87">
+      <w:r w:rsidRPr="5C247ADA">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506F815F" w14:textId="5DB64ABB" w:rsidR="005677CC" w:rsidRPr="000762A1" w:rsidRDefault="6D10A644" w:rsidP="08DBDA87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Update</w:t>
       </w:r>
       <w:r w:rsidR="43D6B710" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="43D6B710" w:rsidRPr="08DBDA87">
+        <w:t>, sign and</w:t>
+      </w:r>
+      <w:r w:rsidR="00D00371" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>sign</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="43D6B710" w:rsidRPr="08DBDA87">
+        <w:t xml:space="preserve"> upload Standard Operating Procedures (SOP)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50908" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> into MIIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20E69834" w14:textId="3C316764" w:rsidR="00D00371" w:rsidRPr="000762A1" w:rsidRDefault="00000000" w:rsidP="00D00371">
+    <w:p w14:paraId="20E69834" w14:textId="3C316764" w:rsidR="00D00371" w:rsidRPr="000762A1" w:rsidRDefault="00D00371" w:rsidP="00D00371">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00D00371" w:rsidRPr="000762A1">
+        <w:r w:rsidRPr="000762A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Management SOP</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A4387ED" w14:textId="14B131A8" w:rsidR="00D00371" w:rsidRPr="000762A1" w:rsidRDefault="00000000" w:rsidP="00D00371">
+    <w:p w14:paraId="6A4387ED" w14:textId="14B131A8" w:rsidR="00D00371" w:rsidRPr="000762A1" w:rsidRDefault="00D00371" w:rsidP="00D00371">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00D00371" w:rsidRPr="000762A1">
+        <w:r w:rsidRPr="000762A1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Vaccine Transport SOP</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E6CBF22" w14:textId="7B7E4DF3" w:rsidR="008079F6" w:rsidRPr="000762A1" w:rsidRDefault="008079F6" w:rsidP="008079F6">
+    <w:p w14:paraId="7E6CBF22" w14:textId="40DC2B9A" w:rsidR="008079F6" w:rsidRPr="000762A1" w:rsidRDefault="008079F6" w:rsidP="41F8EB2D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Log into the MIIS, review site information on the enrollment page, </w:t>
       </w:r>
-      <w:r w:rsidR="00C4176A">
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00C4176A" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upload updated temperature logs for all storage units holding state-supplied vaccine, verify shipping hours, verify your MCSR license number, </w:t>
+      </w:r>
+      <w:r w:rsidR="6D55848D" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verify your billing NPI number, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4176A" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="334F4E26" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">practice profile and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C4176A" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">update </w:t>
       </w:r>
-      <w:r w:rsidRPr="000762A1">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="67A533F4" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">provider list. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57E2E8CE" w14:textId="282872E8" w:rsidR="008079F6" w:rsidRPr="000762A1" w:rsidRDefault="605B46FE" w:rsidP="08DBDA87">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2035,168 +2185,211 @@
       </w:r>
       <w:r w:rsidR="008079F6" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> site re-enrollment</w:t>
       </w:r>
       <w:r w:rsidR="174ECC44" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F34ABC8" w14:textId="77777777" w:rsidR="008079F6" w:rsidRPr="000762A1" w:rsidRDefault="008079F6" w:rsidP="000762A1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23F24089" w14:textId="04EB6700" w:rsidR="008079F6" w:rsidRDefault="008079F6" w:rsidP="008079F6">
+    <w:p w14:paraId="23F24089" w14:textId="33F74DE3" w:rsidR="008079F6" w:rsidRDefault="008079F6" w:rsidP="008079F6">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A8482E">
+      <w:r w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If the re-enrollment is not submitted by </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A8482E">
+      <w:r w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">February </w:t>
       </w:r>
-      <w:r w:rsidR="00C4176A">
+      <w:r w:rsidR="00C4176A" w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00294A9D">
+      <w:r w:rsidR="0A39F462" w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A8482E">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00294A9D">
+      <w:r w:rsidR="2ED5D607" w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00D73C02">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, you</w:t>
+      </w:r>
+      <w:r w:rsidR="2B1B67DB" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r site</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D73C02" w:rsidRPr="41F8EB2D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>cannot</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A8482E">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> order state-supplied vaccine. </w:t>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="487389EB" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continue to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">order state-supplied vaccine. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6343755D" w14:textId="77777777" w:rsidR="008079F6" w:rsidRDefault="008079F6" w:rsidP="008079F6">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2939D70D" w14:textId="4A1AC95A" w:rsidR="008079F6" w:rsidRDefault="008079F6" w:rsidP="008079F6">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="007C1151">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reminder</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Reminder:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="126CB989" w14:textId="57856EB1" w:rsidR="00D73C02" w:rsidRDefault="008079F6" w:rsidP="000762A1">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Site visits are a core element of the Vaccine Program. The Medical Director understands and agrees that the Vaccine Program </w:t>
       </w:r>
       <w:r w:rsidR="32E34FAE" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2249,198 +2442,182 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Primary and backup vaccine coordinators must be available during the site visits. Please review section C in the </w:t>
       </w:r>
       <w:hyperlink r:id="rId20">
         <w:r w:rsidR="00E951AD" w:rsidRPr="08DBDA87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Guidelines for Compliance with State Vaccine Program Requirements</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D73C02" w:rsidRPr="08DBDA87">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for additional requirements regarding site visits. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C7B0242" w14:textId="77777777" w:rsidR="00A8482E" w:rsidRPr="00A8482E" w:rsidRDefault="00A8482E" w:rsidP="08DBDA87"/>
-    <w:p w14:paraId="767A9C64" w14:textId="7B876643" w:rsidR="008079F6" w:rsidRPr="00A8482E" w:rsidRDefault="008079F6" w:rsidP="008079F6">
+    <w:p w14:paraId="767A9C64" w14:textId="3FE1D43C" w:rsidR="008079F6" w:rsidRPr="00A8482E" w:rsidRDefault="008079F6" w:rsidP="008079F6">
       <w:pPr>
         <w:pStyle w:val="BodyText3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A8482E">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> at (617) 983-6828.  </w:t>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>If you have any questions about re-enrolling or other aspects of the program, please contact the Vaccine Program at (617) 983-6828</w:t>
+      </w:r>
+      <w:r w:rsidR="170F8AD4" w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or dph-vaccine-management@mass.gov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="41F8EB2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70660127" w14:textId="77777777" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06BB3E98" w14:textId="77777777" w:rsidR="00154EBE" w:rsidRDefault="00154EBE" w:rsidP="00A8482E">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CF47FFD" w14:textId="77777777" w:rsidR="00A8482E" w:rsidRPr="00EE433A" w:rsidRDefault="00A8482E" w:rsidP="00A8482E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B0AED20" w14:textId="77777777" w:rsidR="00033154" w:rsidRPr="009908FF" w:rsidRDefault="00033154" w:rsidP="0072610D"/>
     <w:sectPr w:rsidR="00033154" w:rsidRPr="009908FF">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11330357"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DFC586E"/>
     <w:lvl w:ilvl="0" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -2741,301 +2918,340 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1068918720">
+  <w:num w:numId="1" w16cid:durableId="1476409991">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="797844931">
+  <w:num w:numId="2" w16cid:durableId="604314518">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="644241228">
+  <w:num w:numId="3" w16cid:durableId="2004697381">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="963851210">
+  <w:num w:numId="4" w16cid:durableId="1265772949">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1241676328">
+  <w:num w:numId="5" w16cid:durableId="1563298546">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2NDc3szQ2MDc2NDWztDRQ0lEKTi0uzszPAykwrAUAt69KVywAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006D77A6"/>
     <w:rsid w:val="00033154"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="000762A1"/>
     <w:rsid w:val="00077AE9"/>
     <w:rsid w:val="000A1DE1"/>
     <w:rsid w:val="000B2998"/>
     <w:rsid w:val="000B2CBE"/>
     <w:rsid w:val="000F315B"/>
     <w:rsid w:val="0015268B"/>
     <w:rsid w:val="00154EBE"/>
     <w:rsid w:val="0016218D"/>
+    <w:rsid w:val="00167F55"/>
     <w:rsid w:val="00177C77"/>
     <w:rsid w:val="001E214D"/>
     <w:rsid w:val="00260D54"/>
     <w:rsid w:val="00265429"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
     <w:rsid w:val="00294A9D"/>
     <w:rsid w:val="002A132F"/>
     <w:rsid w:val="002D1C21"/>
+    <w:rsid w:val="003454DA"/>
     <w:rsid w:val="00375EAD"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="00404683"/>
     <w:rsid w:val="0044766A"/>
     <w:rsid w:val="004813AC"/>
     <w:rsid w:val="004B37A0"/>
     <w:rsid w:val="004D6B39"/>
     <w:rsid w:val="005448AA"/>
     <w:rsid w:val="005677CC"/>
     <w:rsid w:val="00572492"/>
+    <w:rsid w:val="00693197"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="00704478"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="007B3F4B"/>
     <w:rsid w:val="007B7347"/>
+    <w:rsid w:val="007C1151"/>
     <w:rsid w:val="007D10F3"/>
     <w:rsid w:val="008079F6"/>
     <w:rsid w:val="00827098"/>
     <w:rsid w:val="008D018D"/>
     <w:rsid w:val="008F739F"/>
     <w:rsid w:val="009908FF"/>
     <w:rsid w:val="00995505"/>
     <w:rsid w:val="00A16735"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A8482E"/>
     <w:rsid w:val="00AC5B5F"/>
     <w:rsid w:val="00AE1F9E"/>
     <w:rsid w:val="00B30263"/>
     <w:rsid w:val="00B403BF"/>
     <w:rsid w:val="00B575AC"/>
     <w:rsid w:val="00B608D9"/>
+    <w:rsid w:val="00B70089"/>
     <w:rsid w:val="00BA4055"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BB71AA"/>
     <w:rsid w:val="00C20BFE"/>
+    <w:rsid w:val="00C23601"/>
     <w:rsid w:val="00C4176A"/>
     <w:rsid w:val="00C46FEF"/>
     <w:rsid w:val="00C838E4"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CE575B"/>
     <w:rsid w:val="00CF3DE8"/>
     <w:rsid w:val="00D00371"/>
     <w:rsid w:val="00D0493F"/>
     <w:rsid w:val="00D50908"/>
     <w:rsid w:val="00D56F91"/>
     <w:rsid w:val="00D73C02"/>
     <w:rsid w:val="00D8671C"/>
     <w:rsid w:val="00DA57C3"/>
+    <w:rsid w:val="00DB615F"/>
     <w:rsid w:val="00DC3855"/>
     <w:rsid w:val="00E242A8"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E43298"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E951AD"/>
     <w:rsid w:val="00EB3261"/>
     <w:rsid w:val="00F0586E"/>
     <w:rsid w:val="00F43932"/>
     <w:rsid w:val="00F93B18"/>
     <w:rsid w:val="00FC6B42"/>
+    <w:rsid w:val="04264071"/>
     <w:rsid w:val="04C3FD31"/>
     <w:rsid w:val="05EB7FB1"/>
+    <w:rsid w:val="06D50FD8"/>
     <w:rsid w:val="08DBDA87"/>
+    <w:rsid w:val="0A39F462"/>
     <w:rsid w:val="0B559208"/>
+    <w:rsid w:val="0D34FEB9"/>
     <w:rsid w:val="106D1997"/>
+    <w:rsid w:val="11386817"/>
     <w:rsid w:val="141F66DA"/>
+    <w:rsid w:val="14C99D90"/>
+    <w:rsid w:val="15BD4369"/>
+    <w:rsid w:val="15C9A877"/>
     <w:rsid w:val="15D990B5"/>
+    <w:rsid w:val="170F8AD4"/>
     <w:rsid w:val="174ECC44"/>
     <w:rsid w:val="182D6BEE"/>
     <w:rsid w:val="19993212"/>
     <w:rsid w:val="1FAB2305"/>
     <w:rsid w:val="211B2FF7"/>
     <w:rsid w:val="2271F8DD"/>
     <w:rsid w:val="264BA066"/>
     <w:rsid w:val="29D5396F"/>
     <w:rsid w:val="2A611B35"/>
     <w:rsid w:val="2ADEF316"/>
+    <w:rsid w:val="2B014C03"/>
+    <w:rsid w:val="2B1B67DB"/>
+    <w:rsid w:val="2ED5D607"/>
     <w:rsid w:val="3014636D"/>
     <w:rsid w:val="32E34FAE"/>
+    <w:rsid w:val="334F4E26"/>
     <w:rsid w:val="34BD0CF9"/>
+    <w:rsid w:val="3D8ECB9D"/>
     <w:rsid w:val="3E3E7761"/>
     <w:rsid w:val="415669EE"/>
     <w:rsid w:val="41E09ED7"/>
+    <w:rsid w:val="41F8EB2D"/>
     <w:rsid w:val="43D6B710"/>
+    <w:rsid w:val="487389EB"/>
+    <w:rsid w:val="4C470943"/>
     <w:rsid w:val="5590537F"/>
+    <w:rsid w:val="5836D777"/>
     <w:rsid w:val="5A876BAA"/>
+    <w:rsid w:val="5C247ADA"/>
     <w:rsid w:val="5C88AA77"/>
+    <w:rsid w:val="5D8A3126"/>
     <w:rsid w:val="605B46FE"/>
     <w:rsid w:val="60C3BF44"/>
+    <w:rsid w:val="67A533F4"/>
     <w:rsid w:val="67DC6E9B"/>
+    <w:rsid w:val="681619A6"/>
+    <w:rsid w:val="69147A33"/>
+    <w:rsid w:val="6C67DA42"/>
     <w:rsid w:val="6C9D9F54"/>
     <w:rsid w:val="6D10A644"/>
+    <w:rsid w:val="6D55848D"/>
+    <w:rsid w:val="6E410FF4"/>
     <w:rsid w:val="7075E466"/>
+    <w:rsid w:val="7680568D"/>
+    <w:rsid w:val="776C2EBB"/>
+    <w:rsid w:val="795527FF"/>
     <w:rsid w:val="79E6AFCB"/>
     <w:rsid w:val="7A383D46"/>
+    <w:rsid w:val="7A8ACD7F"/>
+    <w:rsid w:val="7A9AA4B0"/>
     <w:rsid w:val="7B506D57"/>
+    <w:rsid w:val="7C7D49C8"/>
     <w:rsid w:val="7F208F70"/>
     <w:rsid w:val="7F6F14B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="60191B86"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DE46D68D-1D80-442D-902D-4DACDCBC6DFC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3574,76 +3790,94 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:rsid w:val="008F739F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:rsid w:val="008F739F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="008F739F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="781614722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-restitution-policy/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/restitution-policy-2024-0/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcecenter.miis.dph.mass.gov/pages/VfcTrainingFlow" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:miishelpdesk@state.ma.us" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/agreement-to-comply-with-federal-and-state-requirements-for-participation-in-the-mdph-immunization-division-2024-0/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/data-logger-restitution-policy/download" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-transport-sop-2024-0/download" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/restitution-policy-2024-0/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/vaccine-management-sop-2024/download" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resourcecenter.miis.dph.mass.gov/pages/VfcTrainingFlow" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/guidelines-for-compliance-with-federal-vaccine-administration-requirements-2024/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-adult-0/download" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/agreement-to-comply-with-federal-and-state-requirements-for-participation-in-the-mdph-immunization-division-2024-0/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/imm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/availability-table-childhood-0/download" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Documents%20and%20Settings\KMarshall\DPH%20Letterhead.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -3914,52 +4148,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5a6988bc82efc16dbc4fef89c0970097">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f757d18a715390f3da1f93b167fc760a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003936B605C953E34C8476A9FD9E49AC16" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="fb9e7e813f837fd5b9acab9729d3e480">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a782362c-0017-44d2-8700-f603c3e5ed9a" xmlns:ns3="78ea2335-8007-4ae4-b674-628de3bfd69a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="31b071675c4d6feaa5ec6297d3b7489e" ns2:_="" ns3:_="">
     <xsd:import namespace="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <xsd:import namespace="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4163,102 +4397,102 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="78ea2335-8007-4ae4-b674-628de3bfd69a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a782362c-0017-44d2-8700-f603c3e5ed9a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F64D73D-F133-4D85-A66F-640E31B60481}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC8DA279-EEAE-4642-ABE4-C521EE308F2F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9034580-7CC4-4485-9D96-0BC11BB386FB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="78ea2335-8007-4ae4-b674-628de3bfd69a"/>
     <ds:schemaRef ds:uri="a782362c-0017-44d2-8700-f603c3e5ed9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1641D09-DF8D-4400-B8CC-B18008264709}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>DPH Letterhead</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3648</Characters>
+  <Pages>1</Pages>
+  <Words>668</Words>
+  <Characters>3812</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4279</CharactersWithSpaces>
+  <CharactersWithSpaces>4472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kyle Marshall</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>16366455217313a7ca912c0bf4428b80f9138b2ff2747322fa37fc4785811a0a</vt:lpwstr>
   </property>