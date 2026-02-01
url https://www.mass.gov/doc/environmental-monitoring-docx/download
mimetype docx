--- v0 (2025-11-28)
+++ v1 (2026-02-01)
@@ -1,54 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="677C8569" w14:textId="77777777" w:rsidR="00E1713D" w:rsidRDefault="00B73C03" w:rsidP="002360D8">
       <w:pPr>
         <w:framePr w:w="6737" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2768" w:y="217"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00057F1D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
@@ -103,98 +102,115 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00070F45">
         <w:t>Bureau of Health Professions Licensure</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C16DDFA" w14:textId="77777777" w:rsidR="00070F45" w:rsidRDefault="00F16A77" w:rsidP="002360D8">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6737" w:wrap="notBeside" w:vAnchor="page" w:x="2768" w:y="217"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00F16A77">
         <w:t>250 Washington Street, Boston, MA 02108-4619</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044E92C5" w14:textId="77777777" w:rsidR="00F16A77" w:rsidRDefault="00F16A77" w:rsidP="002360D8">
       <w:pPr>
         <w:pStyle w:val="ExecOffice"/>
         <w:framePr w:w="6737" w:wrap="notBeside" w:vAnchor="page" w:x="2768" w:y="217"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="556145F7" w14:textId="77777777" w:rsidR="00070F45" w:rsidRPr="00714203" w:rsidRDefault="002360D8" w:rsidP="002360D8">
+    <w:p w14:paraId="556145F7" w14:textId="538712D6" w:rsidR="00070F45" w:rsidRPr="00714203" w:rsidRDefault="002360D8" w:rsidP="002360D8">
       <w:pPr>
         <w:framePr w:w="6737" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2768" w:y="217"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00070F45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Tel: 617-973-0800</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FC5E9A1" w14:textId="77777777" w:rsidR="00070F45" w:rsidRPr="00714203" w:rsidRDefault="00070F45" w:rsidP="002360D8">
+        <w:t>Tel: 617-973-0</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56304">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>960</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC5E9A1" w14:textId="31C16A7B" w:rsidR="00070F45" w:rsidRPr="00714203" w:rsidRDefault="00070F45" w:rsidP="002360D8">
       <w:pPr>
         <w:framePr w:w="6737" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2768" w:y="217"/>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00714203">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>TTY : 617-973-0988</w:t>
+        <w:t>TTY : 617-973-09</w:t>
+      </w:r>
+      <w:r w:rsidR="00E56304">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>60</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36A0713F" w14:textId="77777777" w:rsidR="00070F45" w:rsidRPr="00714203" w:rsidRDefault="002360D8" w:rsidP="002360D8">
       <w:pPr>
         <w:framePr w:w="6737" w:hSpace="187" w:wrap="notBeside" w:vAnchor="page" w:hAnchor="page" w:x="2768" w:y="217"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00C36A2E">
           <w:rPr>
@@ -2905,51 +2921,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>party professional</w:t>
       </w:r>
       <w:r w:rsidR="00600943">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B33100" w14:textId="77777777" w:rsidR="00F5780A" w:rsidRDefault="00F5780A" w:rsidP="007E255C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71D6296F" w14:textId="77301F18" w:rsidR="002C6D27" w:rsidRPr="00A813F8" w:rsidRDefault="002C6D27" w:rsidP="007E255C">
+    <w:p w14:paraId="71D6296F" w14:textId="00331E03" w:rsidR="002C6D27" w:rsidRPr="00A813F8" w:rsidRDefault="002C6D27" w:rsidP="007E255C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When work </w:t>
       </w:r>
       <w:r w:rsidR="00BA207D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is performed </w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
@@ -2986,66 +3002,70 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the work </w:t>
       </w:r>
       <w:r w:rsidR="00F90D10">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>has been</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> completed to assess / confirm the state of control prior to resuming compounding.</w:t>
       </w:r>
       <w:r w:rsidR="00124018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> BUDs should be reduced or limited as outlined in </w:t>
       </w:r>
-      <w:r w:rsidR="00124018" w:rsidRPr="00124018">
-[...14 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00124018" w:rsidRPr="008E530B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Policy 2023-09: </w:t>
+        </w:r>
+        <w:r w:rsidR="00124018" w:rsidRPr="008E530B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Action Level Environmental Monitoring Results</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="00124018">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> until EM results within action levels have been received.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4000752B" w14:textId="77777777" w:rsidR="002C6D27" w:rsidRPr="00A813F8" w:rsidRDefault="002C6D27" w:rsidP="007E255C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C9BD78C" w14:textId="47997FE9" w:rsidR="002C6D27" w:rsidRDefault="002C6D27" w:rsidP="007E255C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -3939,51 +3959,51 @@
         </w:rPr>
         <w:t xml:space="preserve">entire </w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">environment is free of contamination. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="784F6FB1" w14:textId="77777777" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A7CC367" w14:textId="50D7439A" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
+    <w:p w14:paraId="1A7CC367" w14:textId="78E87CAF" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Determine if </w:t>
       </w:r>
       <w:r w:rsidR="00062138">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
@@ -4021,98 +4041,156 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and / or organism(s) identified. </w:t>
       </w:r>
       <w:r w:rsidR="001146E6" w:rsidRPr="00D35AB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Any</w:t>
       </w:r>
       <w:r w:rsidR="001146E6" w:rsidRPr="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> microbial growth resulting from EM in an ISO Class 5 area or </w:t>
+        <w:t xml:space="preserve"> microbial growth resulting from EM in an ISO Class 5 area</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ISO Class 7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0EA9" w:rsidRPr="008E530B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>buffer room</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001146E6" w:rsidRPr="001146E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="001146E6" w:rsidRPr="00D35AB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>any action level</w:t>
       </w:r>
       <w:r w:rsidR="001146E6" w:rsidRPr="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> growth in other ISO Classified areas</w:t>
+        <w:t xml:space="preserve"> growth in </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0EA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="001146E6" w:rsidRPr="001146E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>other ISO Classified areas</w:t>
       </w:r>
       <w:r w:rsidR="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must be identified to at least the genus level</w:t>
+        <w:t xml:space="preserve"> must be identified to at least the </w:t>
+      </w:r>
+      <w:r w:rsidR="0034720B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">species </w:t>
+      </w:r>
+      <w:r w:rsidR="001146E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>level</w:t>
       </w:r>
       <w:r w:rsidR="001146E6" w:rsidRPr="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rStyle w:val="shading"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to Board </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:anchor="compounding-" w:history="1">
+      <w:hyperlink r:id="rId13" w:anchor="compounding-" w:history="1">
         <w:r w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Policy 20</w:t>
         </w:r>
         <w:r w:rsidR="007846AE" w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidR="008C51C6" w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -4389,60 +4467,57 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Corrective Action / Follow-up</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CA51BAF" w14:textId="77777777" w:rsidR="00673F57" w:rsidRPr="00A813F8" w:rsidRDefault="00673F57" w:rsidP="007E255C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AA6A7BB" w14:textId="1C9E82E0" w:rsidR="00A6201D" w:rsidRPr="00F31E94" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
+    <w:p w14:paraId="2D2B61A1" w14:textId="41DA6591" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...2 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Develop appropriate response plans for alert and action levels in ISO</w:t>
       </w:r>
       <w:r w:rsidR="004768E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">lassified </w:t>
       </w:r>
       <w:r w:rsidR="004768E4">
@@ -4458,51 +4533,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. In the event of an action level excursion, it is important to respond to, and properly remediate these findings</w:t>
       </w:r>
       <w:r w:rsidR="004768E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n accordance </w:t>
       </w:r>
       <w:r w:rsidRPr="00065BA4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">with Board </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:anchor="compounding-" w:history="1">
+      <w:hyperlink r:id="rId14" w:anchor="compounding-" w:history="1">
         <w:r w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Policy 20</w:t>
         </w:r>
         <w:r w:rsidR="00065BA4" w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
         <w:r w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>-0</w:t>
         </w:r>
         <w:r w:rsidR="00065BA4" w:rsidRPr="007E255C">
@@ -4515,208 +4590,51 @@
         </w:r>
         <w:r w:rsidRPr="007E255C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="00065BA4" w:rsidRPr="008C51C6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:i/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Action Level Environmental Monitoring</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004768E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. T</w:t>
-[...156 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22C3D095" w14:textId="4D25B0C8" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E6A80FA" w14:textId="77777777" w:rsidR="00224A9F" w:rsidRPr="0014164C" w:rsidRDefault="00224A9F" w:rsidP="007E255C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -5158,51 +5076,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and temperatures;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472B86CA" w14:textId="581DB9FD" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>date</w:t>
       </w:r>
       <w:r w:rsidR="00BA09BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA09BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of final result</w:t>
       </w:r>
       <w:r w:rsidR="00EB4FD0">
         <w:rPr>
@@ -5216,54 +5133,55 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C57422E" w14:textId="33339C38" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>results of each sample (CFU count);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A92D088" w14:textId="14F33224" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
+    <w:p w14:paraId="1A92D088" w14:textId="727745BD" w:rsidR="00224A9F" w:rsidRPr="00A813F8" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">identity of </w:t>
       </w:r>
       <w:r w:rsidR="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5294,51 +5212,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requir</w:t>
       </w:r>
       <w:r w:rsidR="00C157DD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidR="001146E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> identification</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to at least the genus </w:t>
+        <w:t xml:space="preserve"> to at least the </w:t>
+      </w:r>
+      <w:r w:rsidR="007108D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>species</w:t>
+      </w:r>
+      <w:r w:rsidR="007108D3" w:rsidRPr="00A813F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>level;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D56A183" w14:textId="22C8F5D6" w:rsidR="00224A9F" w:rsidRDefault="00224A9F" w:rsidP="009A094A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
@@ -5533,51 +5465,51 @@
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please direct any questions to</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00F16A77" w:rsidRPr="00A813F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Pharmacy.Admin@mass.gov</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3887D776" w14:textId="56188CAC" w:rsidR="009A094A" w:rsidRDefault="009A094A" w:rsidP="00A813F8">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E069FE3" w14:textId="0F30A787" w:rsidR="007E255C" w:rsidRDefault="007E255C" w:rsidP="00A813F8">
       <w:pPr>
@@ -5627,64 +5559,64 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B359CD4" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Draft 247 CMR 17.00:  Sterile Compounding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AB8656" w14:textId="612A9C22" w:rsidR="002005F8" w:rsidRDefault="00D35AB6" w:rsidP="00A813F8">
+    <w:p w14:paraId="68AB8656" w14:textId="612A9C22" w:rsidR="002005F8" w:rsidRDefault="00DF54DE" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00DF54DE" w:rsidRPr="00A44D8C">
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00A44D8C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5BDF3942" w14:textId="77777777" w:rsidR="00DF54DE" w:rsidRPr="00A813F8" w:rsidRDefault="00DF54DE" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174D76C6" w14:textId="1FF3F9A8" w:rsidR="00DE107B" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -5730,51 +5662,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00EE2931">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DA30A2" w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00DA30A2" w:rsidRPr="00A813F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.usp.org/compounding/general-chapter-797</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="24A215C9" w14:textId="77777777" w:rsidR="008C51C6" w:rsidRPr="00A813F8" w:rsidRDefault="008C51C6" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01FF1D93" w14:textId="3E635804" w:rsidR="00434FFA" w:rsidRDefault="00434FFA" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5785,342 +5717,345 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>USP &lt;1116&gt; Microbiological Evaluation of Clean Rooms and Other Controlled Environments</w:t>
       </w:r>
       <w:r w:rsidR="008C51C6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="008C51C6" w:rsidRPr="00E82219">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>http://ftp.uspbpep.com/v29240/usp29nf24s0_c1116.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="07289AA5" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BC16B68" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FDA “Sterile Drug Products Produced by Aseptic Processing – Current Good Manufacturing Practice”</w:t>
       </w:r>
       <w:r w:rsidR="002005F8" w:rsidRPr="00A813F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A813F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.fda.gov/regulatory-information/search-fda-guidance-documents/sterile-drug-products-produced-aseptic-processing-current-good-manufacturing-practice</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="720D88F2" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0C4BA650" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
+    <w:p w14:paraId="0C4BA650" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="008E530B" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A813F8">
+      <w:r w:rsidRPr="008E530B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contamination Control Basics Risk and Resolution, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00A813F8">
+      <w:r w:rsidRPr="008E530B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Microrite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00A813F8">
+      <w:r w:rsidRPr="008E530B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Inc., Ziva Abraham, Ph.D., Parenteral Drug Association West Coast Chapter June 20, 2019</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D3806A1" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00D35AB6" w:rsidP="00A813F8">
+    <w:p w14:paraId="4E6E70BC" w14:textId="00FE2706" w:rsidR="008E530B" w:rsidRDefault="008E530B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:r w:rsidR="002005F8" w:rsidRPr="00A813F8">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00024D4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           </w:rPr>
-          <w:t>https://www.pda.org/docs/default-source/website-document-library/chapters/presentations/west-coast/contamination-control-basics-risk-and-resolution.pdf?sfvrsn=8270998e_4</w:t>
+          <w:t>https://www.scribd.com/document/520295481/contamination-control-basics-risk-and-resolution</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="796337D6" w14:textId="77777777" w:rsidR="00DE107B" w:rsidRPr="00A813F8" w:rsidRDefault="00DE107B" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F10DA45" w14:textId="23E661ED" w:rsidR="00D739F9" w:rsidRPr="00BD0003" w:rsidRDefault="00D739F9" w:rsidP="00A813F8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D739F9" w:rsidRPr="00BD0003">
-      <w:headerReference w:type="default" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="16A12261" w14:textId="77777777" w:rsidR="0013009E" w:rsidRDefault="0013009E" w:rsidP="0002678F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="169007CB" w14:textId="77777777" w:rsidR="0013009E" w:rsidRDefault="0013009E" w:rsidP="0002678F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="LinePrinter">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="StoneSans-Semibold">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="64713057" w14:textId="578E31A6" w:rsidR="0002678F" w:rsidRPr="00964897" w:rsidRDefault="0002678F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64713057" w14:textId="0683F066" w:rsidR="0002678F" w:rsidRPr="00964897" w:rsidRDefault="0002678F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>Adopted:</w:t>
     </w:r>
     <w:r w:rsidR="009F4322">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> 10/5/23</w:t>
     </w:r>
     <w:r w:rsidR="00D35AB6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t>; Revised: 9/5/24</w:t>
+    </w:r>
+    <w:r w:rsidR="00281AAF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>; 1/8/26</w:t>
     </w:r>
     <w:r w:rsidR="00366FD8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
@@ -6180,80 +6115,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00964897">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B545FD9" w14:textId="77777777" w:rsidR="0013009E" w:rsidRDefault="0013009E" w:rsidP="0002678F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1ACB9486" w14:textId="77777777" w:rsidR="0013009E" w:rsidRDefault="0013009E" w:rsidP="0002678F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num11"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
         <w:color w:val="232323"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -7459,100 +7384,101 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1679429380">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1259829321">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="142160183">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1029649198">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1597708812">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="871187154">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="7"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F12D59"/>
     <w:rsid w:val="00005364"/>
     <w:rsid w:val="000073E2"/>
     <w:rsid w:val="00015140"/>
     <w:rsid w:val="00022601"/>
     <w:rsid w:val="000242A3"/>
     <w:rsid w:val="0002678F"/>
     <w:rsid w:val="00032486"/>
     <w:rsid w:val="00032E1D"/>
     <w:rsid w:val="00034F8C"/>
     <w:rsid w:val="0003580F"/>
     <w:rsid w:val="0003618C"/>
     <w:rsid w:val="00036FFF"/>
     <w:rsid w:val="00042048"/>
     <w:rsid w:val="00050A1E"/>
     <w:rsid w:val="000514D3"/>
     <w:rsid w:val="000537DA"/>
     <w:rsid w:val="0005628A"/>
     <w:rsid w:val="000562D9"/>
     <w:rsid w:val="00057F1D"/>
     <w:rsid w:val="000602FF"/>
     <w:rsid w:val="00062138"/>
     <w:rsid w:val="00064BEA"/>
+    <w:rsid w:val="00064F8A"/>
     <w:rsid w:val="00065BA4"/>
     <w:rsid w:val="00067224"/>
     <w:rsid w:val="0006758A"/>
     <w:rsid w:val="00070B6B"/>
     <w:rsid w:val="00070F45"/>
     <w:rsid w:val="00071671"/>
     <w:rsid w:val="000727B4"/>
     <w:rsid w:val="00074A9F"/>
     <w:rsid w:val="00076CD3"/>
     <w:rsid w:val="00081252"/>
     <w:rsid w:val="00081F52"/>
     <w:rsid w:val="00083A25"/>
     <w:rsid w:val="00084646"/>
     <w:rsid w:val="00084708"/>
     <w:rsid w:val="0008523D"/>
     <w:rsid w:val="00094688"/>
     <w:rsid w:val="00095AE1"/>
     <w:rsid w:val="000A25E0"/>
     <w:rsid w:val="000A590A"/>
     <w:rsid w:val="000B2815"/>
     <w:rsid w:val="000B33C3"/>
     <w:rsid w:val="000B7EE6"/>
     <w:rsid w:val="000C469E"/>
     <w:rsid w:val="000C4D63"/>
     <w:rsid w:val="000C5B1F"/>
@@ -7621,116 +7547,120 @@
     <w:rsid w:val="001E19EC"/>
     <w:rsid w:val="001F0928"/>
     <w:rsid w:val="001F238D"/>
     <w:rsid w:val="001F2AE6"/>
     <w:rsid w:val="002005F8"/>
     <w:rsid w:val="00201BF9"/>
     <w:rsid w:val="002032E7"/>
     <w:rsid w:val="002047F2"/>
     <w:rsid w:val="00204856"/>
     <w:rsid w:val="0021174B"/>
     <w:rsid w:val="002131C9"/>
     <w:rsid w:val="00213B6D"/>
     <w:rsid w:val="0021686E"/>
     <w:rsid w:val="00216E8E"/>
     <w:rsid w:val="002175CD"/>
     <w:rsid w:val="002247AC"/>
     <w:rsid w:val="00224A9F"/>
     <w:rsid w:val="00226370"/>
     <w:rsid w:val="0022735C"/>
     <w:rsid w:val="002301F2"/>
     <w:rsid w:val="00230DA1"/>
     <w:rsid w:val="00233CEA"/>
     <w:rsid w:val="002360D8"/>
     <w:rsid w:val="00236406"/>
     <w:rsid w:val="00237EB0"/>
+    <w:rsid w:val="00240526"/>
     <w:rsid w:val="00244144"/>
     <w:rsid w:val="00245E79"/>
     <w:rsid w:val="0024701A"/>
     <w:rsid w:val="0024766B"/>
     <w:rsid w:val="002506E0"/>
     <w:rsid w:val="00253B47"/>
     <w:rsid w:val="00257059"/>
     <w:rsid w:val="0026050D"/>
     <w:rsid w:val="0026466B"/>
     <w:rsid w:val="002668B7"/>
     <w:rsid w:val="00266DCE"/>
     <w:rsid w:val="002734AA"/>
     <w:rsid w:val="002736F3"/>
     <w:rsid w:val="00273CD7"/>
     <w:rsid w:val="0027565F"/>
     <w:rsid w:val="00276598"/>
     <w:rsid w:val="00276957"/>
     <w:rsid w:val="00276DCC"/>
+    <w:rsid w:val="00281AAF"/>
     <w:rsid w:val="002833C9"/>
     <w:rsid w:val="0029044C"/>
     <w:rsid w:val="002925B5"/>
     <w:rsid w:val="002927C6"/>
     <w:rsid w:val="002955BD"/>
     <w:rsid w:val="002A04ED"/>
     <w:rsid w:val="002A1A83"/>
     <w:rsid w:val="002A4005"/>
     <w:rsid w:val="002A420A"/>
     <w:rsid w:val="002A4E68"/>
     <w:rsid w:val="002A68D1"/>
     <w:rsid w:val="002B29E8"/>
     <w:rsid w:val="002B2E49"/>
     <w:rsid w:val="002C0557"/>
     <w:rsid w:val="002C1EE0"/>
     <w:rsid w:val="002C44B3"/>
     <w:rsid w:val="002C6C9A"/>
     <w:rsid w:val="002C6D27"/>
     <w:rsid w:val="002D08E0"/>
     <w:rsid w:val="002D0CBA"/>
     <w:rsid w:val="002D0D14"/>
     <w:rsid w:val="002D5EBA"/>
     <w:rsid w:val="002E146B"/>
     <w:rsid w:val="002E1680"/>
     <w:rsid w:val="002E2149"/>
     <w:rsid w:val="002E286C"/>
     <w:rsid w:val="002F05FA"/>
     <w:rsid w:val="002F17F8"/>
     <w:rsid w:val="002F2897"/>
     <w:rsid w:val="002F4948"/>
     <w:rsid w:val="002F7E3A"/>
     <w:rsid w:val="003056FC"/>
     <w:rsid w:val="00305F1D"/>
     <w:rsid w:val="00313DA3"/>
     <w:rsid w:val="003142C6"/>
     <w:rsid w:val="00315F54"/>
     <w:rsid w:val="003160A8"/>
     <w:rsid w:val="00320A71"/>
     <w:rsid w:val="003216C6"/>
     <w:rsid w:val="00323E33"/>
     <w:rsid w:val="00324F4A"/>
     <w:rsid w:val="00334B99"/>
     <w:rsid w:val="003375A3"/>
     <w:rsid w:val="003412B5"/>
     <w:rsid w:val="003438E8"/>
     <w:rsid w:val="00343A3C"/>
     <w:rsid w:val="0034502F"/>
     <w:rsid w:val="00345831"/>
+    <w:rsid w:val="0034720B"/>
+    <w:rsid w:val="003539D1"/>
     <w:rsid w:val="00355533"/>
     <w:rsid w:val="003634D1"/>
     <w:rsid w:val="00364ABA"/>
     <w:rsid w:val="003651DA"/>
     <w:rsid w:val="00366FD8"/>
     <w:rsid w:val="00371F80"/>
     <w:rsid w:val="00373015"/>
     <w:rsid w:val="0037546E"/>
     <w:rsid w:val="003754CF"/>
     <w:rsid w:val="00377B8B"/>
     <w:rsid w:val="00380E10"/>
     <w:rsid w:val="00385812"/>
     <w:rsid w:val="00386A77"/>
     <w:rsid w:val="00392D0B"/>
     <w:rsid w:val="00393EFD"/>
     <w:rsid w:val="0039401F"/>
     <w:rsid w:val="0039411A"/>
     <w:rsid w:val="00395079"/>
     <w:rsid w:val="003A7AFC"/>
     <w:rsid w:val="003B1EE6"/>
     <w:rsid w:val="003B3A63"/>
     <w:rsid w:val="003B4419"/>
     <w:rsid w:val="003C5CBF"/>
     <w:rsid w:val="003C60EF"/>
     <w:rsid w:val="003D1F45"/>
@@ -7893,50 +7823,52 @@
     <w:rsid w:val="006B166F"/>
     <w:rsid w:val="006B1756"/>
     <w:rsid w:val="006B2796"/>
     <w:rsid w:val="006B6F93"/>
     <w:rsid w:val="006B743A"/>
     <w:rsid w:val="006B7C38"/>
     <w:rsid w:val="006C01EE"/>
     <w:rsid w:val="006C0B2E"/>
     <w:rsid w:val="006D06D9"/>
     <w:rsid w:val="006D23E2"/>
     <w:rsid w:val="006D2864"/>
     <w:rsid w:val="006D39EA"/>
     <w:rsid w:val="006D4F17"/>
     <w:rsid w:val="006D6062"/>
     <w:rsid w:val="006D77A6"/>
     <w:rsid w:val="006F0867"/>
     <w:rsid w:val="006F1EA1"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F350B"/>
     <w:rsid w:val="006F68AD"/>
     <w:rsid w:val="00702109"/>
     <w:rsid w:val="00702648"/>
     <w:rsid w:val="00702956"/>
     <w:rsid w:val="007040DF"/>
     <w:rsid w:val="0070506D"/>
+    <w:rsid w:val="00705C32"/>
+    <w:rsid w:val="007108D3"/>
     <w:rsid w:val="00714203"/>
     <w:rsid w:val="00715A6D"/>
     <w:rsid w:val="00716723"/>
     <w:rsid w:val="00716D03"/>
     <w:rsid w:val="00720C9C"/>
     <w:rsid w:val="00720DB2"/>
     <w:rsid w:val="0072610D"/>
     <w:rsid w:val="00730600"/>
     <w:rsid w:val="007311DF"/>
     <w:rsid w:val="007403D4"/>
     <w:rsid w:val="00740D24"/>
     <w:rsid w:val="00741ABD"/>
     <w:rsid w:val="00747693"/>
     <w:rsid w:val="007531D6"/>
     <w:rsid w:val="0076189D"/>
     <w:rsid w:val="00761BF1"/>
     <w:rsid w:val="007636AC"/>
     <w:rsid w:val="00765F33"/>
     <w:rsid w:val="00770E6B"/>
     <w:rsid w:val="00772C98"/>
     <w:rsid w:val="00773070"/>
     <w:rsid w:val="00774911"/>
     <w:rsid w:val="00775B68"/>
     <w:rsid w:val="00776CC4"/>
     <w:rsid w:val="00777101"/>
@@ -7972,64 +7904,66 @@
     <w:rsid w:val="007F43B9"/>
     <w:rsid w:val="007F6E8A"/>
     <w:rsid w:val="00802466"/>
     <w:rsid w:val="00803476"/>
     <w:rsid w:val="008039AA"/>
     <w:rsid w:val="0080770F"/>
     <w:rsid w:val="008165D2"/>
     <w:rsid w:val="00820B46"/>
     <w:rsid w:val="008226C6"/>
     <w:rsid w:val="008238AB"/>
     <w:rsid w:val="00825000"/>
     <w:rsid w:val="008267A7"/>
     <w:rsid w:val="00833594"/>
     <w:rsid w:val="00833B8E"/>
     <w:rsid w:val="008400E3"/>
     <w:rsid w:val="00844908"/>
     <w:rsid w:val="008471CA"/>
     <w:rsid w:val="008476C9"/>
     <w:rsid w:val="00853820"/>
     <w:rsid w:val="00856730"/>
     <w:rsid w:val="0085742D"/>
     <w:rsid w:val="008574EB"/>
     <w:rsid w:val="0085757A"/>
     <w:rsid w:val="008653E1"/>
     <w:rsid w:val="00866629"/>
+    <w:rsid w:val="008701A0"/>
     <w:rsid w:val="00873C1D"/>
     <w:rsid w:val="008971B1"/>
     <w:rsid w:val="008A021B"/>
     <w:rsid w:val="008A0666"/>
     <w:rsid w:val="008A759E"/>
     <w:rsid w:val="008B0525"/>
     <w:rsid w:val="008B37B9"/>
     <w:rsid w:val="008B61F0"/>
     <w:rsid w:val="008C0181"/>
     <w:rsid w:val="008C51C6"/>
     <w:rsid w:val="008C58EB"/>
     <w:rsid w:val="008D5BD1"/>
     <w:rsid w:val="008D76F7"/>
     <w:rsid w:val="008E1D89"/>
+    <w:rsid w:val="008E530B"/>
     <w:rsid w:val="008E6660"/>
     <w:rsid w:val="008F1DC4"/>
     <w:rsid w:val="008F5B67"/>
     <w:rsid w:val="008F7995"/>
     <w:rsid w:val="009018EA"/>
     <w:rsid w:val="00902519"/>
     <w:rsid w:val="00902F3F"/>
     <w:rsid w:val="00903BF1"/>
     <w:rsid w:val="0090603F"/>
     <w:rsid w:val="00907963"/>
     <w:rsid w:val="0091028E"/>
     <w:rsid w:val="00912B75"/>
     <w:rsid w:val="0091368D"/>
     <w:rsid w:val="00915A37"/>
     <w:rsid w:val="00916188"/>
     <w:rsid w:val="009166E7"/>
     <w:rsid w:val="0092318E"/>
     <w:rsid w:val="00931B63"/>
     <w:rsid w:val="00946F01"/>
     <w:rsid w:val="00950CD9"/>
     <w:rsid w:val="00953A66"/>
     <w:rsid w:val="009555B3"/>
     <w:rsid w:val="00964897"/>
     <w:rsid w:val="00964CB7"/>
     <w:rsid w:val="00966923"/>
@@ -8068,50 +8002,51 @@
     <w:rsid w:val="009F4322"/>
     <w:rsid w:val="00A02690"/>
     <w:rsid w:val="00A04250"/>
     <w:rsid w:val="00A04756"/>
     <w:rsid w:val="00A05A33"/>
     <w:rsid w:val="00A070DB"/>
     <w:rsid w:val="00A11873"/>
     <w:rsid w:val="00A23991"/>
     <w:rsid w:val="00A24ABB"/>
     <w:rsid w:val="00A26E75"/>
     <w:rsid w:val="00A30F6A"/>
     <w:rsid w:val="00A4467D"/>
     <w:rsid w:val="00A46698"/>
     <w:rsid w:val="00A50391"/>
     <w:rsid w:val="00A51616"/>
     <w:rsid w:val="00A569CC"/>
     <w:rsid w:val="00A5752D"/>
     <w:rsid w:val="00A6201D"/>
     <w:rsid w:val="00A641EE"/>
     <w:rsid w:val="00A65101"/>
     <w:rsid w:val="00A666AD"/>
     <w:rsid w:val="00A728B8"/>
     <w:rsid w:val="00A74156"/>
     <w:rsid w:val="00A76B5E"/>
     <w:rsid w:val="00A813F8"/>
+    <w:rsid w:val="00A82740"/>
     <w:rsid w:val="00A8368F"/>
     <w:rsid w:val="00A851E0"/>
     <w:rsid w:val="00A87479"/>
     <w:rsid w:val="00A90DE1"/>
     <w:rsid w:val="00A90EAC"/>
     <w:rsid w:val="00A9262C"/>
     <w:rsid w:val="00A94146"/>
     <w:rsid w:val="00A96B98"/>
     <w:rsid w:val="00AA07D5"/>
     <w:rsid w:val="00AA15CD"/>
     <w:rsid w:val="00AA68C8"/>
     <w:rsid w:val="00AB045E"/>
     <w:rsid w:val="00AB197F"/>
     <w:rsid w:val="00AB332D"/>
     <w:rsid w:val="00AB3373"/>
     <w:rsid w:val="00AB3FA2"/>
     <w:rsid w:val="00AB503B"/>
     <w:rsid w:val="00AB6E71"/>
     <w:rsid w:val="00AC11C6"/>
     <w:rsid w:val="00AC2948"/>
     <w:rsid w:val="00AC34F8"/>
     <w:rsid w:val="00AC69E6"/>
     <w:rsid w:val="00AC77E1"/>
     <w:rsid w:val="00AD043D"/>
     <w:rsid w:val="00AD14FA"/>
@@ -8143,50 +8078,51 @@
     <w:rsid w:val="00B468CF"/>
     <w:rsid w:val="00B608D9"/>
     <w:rsid w:val="00B62608"/>
     <w:rsid w:val="00B6483E"/>
     <w:rsid w:val="00B659FE"/>
     <w:rsid w:val="00B73C03"/>
     <w:rsid w:val="00B73E5E"/>
     <w:rsid w:val="00B743B5"/>
     <w:rsid w:val="00B75AD6"/>
     <w:rsid w:val="00B7619A"/>
     <w:rsid w:val="00B763D5"/>
     <w:rsid w:val="00B76796"/>
     <w:rsid w:val="00B77BDD"/>
     <w:rsid w:val="00B82AD8"/>
     <w:rsid w:val="00B82BA5"/>
     <w:rsid w:val="00B82D80"/>
     <w:rsid w:val="00B869EC"/>
     <w:rsid w:val="00B87AD8"/>
     <w:rsid w:val="00B91623"/>
     <w:rsid w:val="00B9224E"/>
     <w:rsid w:val="00B92BB7"/>
     <w:rsid w:val="00B95FCF"/>
     <w:rsid w:val="00BA09BB"/>
     <w:rsid w:val="00BA207D"/>
     <w:rsid w:val="00BA4055"/>
+    <w:rsid w:val="00BA6C59"/>
     <w:rsid w:val="00BA7125"/>
     <w:rsid w:val="00BA7FB6"/>
     <w:rsid w:val="00BB0137"/>
     <w:rsid w:val="00BB1DF7"/>
     <w:rsid w:val="00BB23C1"/>
     <w:rsid w:val="00BB5854"/>
     <w:rsid w:val="00BC25DF"/>
     <w:rsid w:val="00BC552D"/>
     <w:rsid w:val="00BC57BA"/>
     <w:rsid w:val="00BC62F0"/>
     <w:rsid w:val="00BC77BF"/>
     <w:rsid w:val="00BD0003"/>
     <w:rsid w:val="00BD0548"/>
     <w:rsid w:val="00BD5438"/>
     <w:rsid w:val="00BD5B8F"/>
     <w:rsid w:val="00BD5DA3"/>
     <w:rsid w:val="00BD6CEB"/>
     <w:rsid w:val="00BE0B13"/>
     <w:rsid w:val="00BE20BE"/>
     <w:rsid w:val="00BF0918"/>
     <w:rsid w:val="00BF094D"/>
     <w:rsid w:val="00BF1DCE"/>
     <w:rsid w:val="00BF3192"/>
     <w:rsid w:val="00BF559C"/>
     <w:rsid w:val="00C0062C"/>
@@ -8211,50 +8147,51 @@
     <w:rsid w:val="00C60285"/>
     <w:rsid w:val="00C60D60"/>
     <w:rsid w:val="00C63DD5"/>
     <w:rsid w:val="00C64525"/>
     <w:rsid w:val="00C66CFB"/>
     <w:rsid w:val="00C70C93"/>
     <w:rsid w:val="00C71A17"/>
     <w:rsid w:val="00C74409"/>
     <w:rsid w:val="00C752FB"/>
     <w:rsid w:val="00C75F6A"/>
     <w:rsid w:val="00C77A69"/>
     <w:rsid w:val="00C800C8"/>
     <w:rsid w:val="00C83529"/>
     <w:rsid w:val="00C84AE8"/>
     <w:rsid w:val="00C84B66"/>
     <w:rsid w:val="00C84BF3"/>
     <w:rsid w:val="00C84C66"/>
     <w:rsid w:val="00C85CD0"/>
     <w:rsid w:val="00C87FD9"/>
     <w:rsid w:val="00C90D3F"/>
     <w:rsid w:val="00C92875"/>
     <w:rsid w:val="00C9480D"/>
     <w:rsid w:val="00C94FD3"/>
     <w:rsid w:val="00C9538E"/>
     <w:rsid w:val="00C9606E"/>
+    <w:rsid w:val="00CA0EA9"/>
     <w:rsid w:val="00CA107A"/>
     <w:rsid w:val="00CA58FF"/>
     <w:rsid w:val="00CA652C"/>
     <w:rsid w:val="00CA6B92"/>
     <w:rsid w:val="00CB0620"/>
     <w:rsid w:val="00CB141D"/>
     <w:rsid w:val="00CB41CA"/>
     <w:rsid w:val="00CB4DF9"/>
     <w:rsid w:val="00CC1778"/>
     <w:rsid w:val="00CC213C"/>
     <w:rsid w:val="00CC2754"/>
     <w:rsid w:val="00CC2999"/>
     <w:rsid w:val="00CC6E28"/>
     <w:rsid w:val="00CD0AF7"/>
     <w:rsid w:val="00CD22AC"/>
     <w:rsid w:val="00CD2C33"/>
     <w:rsid w:val="00CD437B"/>
     <w:rsid w:val="00CD5FFF"/>
     <w:rsid w:val="00CD61DA"/>
     <w:rsid w:val="00CD7CA0"/>
     <w:rsid w:val="00CE1178"/>
     <w:rsid w:val="00CE129B"/>
     <w:rsid w:val="00CE1688"/>
     <w:rsid w:val="00CE183F"/>
     <w:rsid w:val="00CE575B"/>
@@ -8310,50 +8247,51 @@
     <w:rsid w:val="00DE3736"/>
     <w:rsid w:val="00DE4D82"/>
     <w:rsid w:val="00DE743C"/>
     <w:rsid w:val="00DE77CC"/>
     <w:rsid w:val="00DF212A"/>
     <w:rsid w:val="00DF5069"/>
     <w:rsid w:val="00DF54DE"/>
     <w:rsid w:val="00E006CA"/>
     <w:rsid w:val="00E03A62"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E104AD"/>
     <w:rsid w:val="00E108E3"/>
     <w:rsid w:val="00E10B79"/>
     <w:rsid w:val="00E16F13"/>
     <w:rsid w:val="00E1713D"/>
     <w:rsid w:val="00E2087D"/>
     <w:rsid w:val="00E21B6B"/>
     <w:rsid w:val="00E23B1D"/>
     <w:rsid w:val="00E2475C"/>
     <w:rsid w:val="00E266B3"/>
     <w:rsid w:val="00E274B8"/>
     <w:rsid w:val="00E314EA"/>
     <w:rsid w:val="00E33A0F"/>
     <w:rsid w:val="00E42A08"/>
     <w:rsid w:val="00E55A23"/>
+    <w:rsid w:val="00E56304"/>
     <w:rsid w:val="00E60933"/>
     <w:rsid w:val="00E62D6C"/>
     <w:rsid w:val="00E63224"/>
     <w:rsid w:val="00E65361"/>
     <w:rsid w:val="00E70F57"/>
     <w:rsid w:val="00E72707"/>
     <w:rsid w:val="00E72AF8"/>
     <w:rsid w:val="00E734CD"/>
     <w:rsid w:val="00E73ED8"/>
     <w:rsid w:val="00E90E31"/>
     <w:rsid w:val="00E92478"/>
     <w:rsid w:val="00E92815"/>
     <w:rsid w:val="00EA3B47"/>
     <w:rsid w:val="00EA3E4C"/>
     <w:rsid w:val="00EA48E1"/>
     <w:rsid w:val="00EB08E6"/>
     <w:rsid w:val="00EB4FD0"/>
     <w:rsid w:val="00EB53BB"/>
     <w:rsid w:val="00EB5EE5"/>
     <w:rsid w:val="00EC1359"/>
     <w:rsid w:val="00EC3B44"/>
     <w:rsid w:val="00EC502A"/>
     <w:rsid w:val="00ED0AFA"/>
     <w:rsid w:val="00ED1120"/>
     <w:rsid w:val="00ED2830"/>
@@ -8433,65 +8371,65 @@
     <w:rsid w:val="00FD0C3D"/>
     <w:rsid w:val="00FD0DBC"/>
     <w:rsid w:val="00FD55BB"/>
     <w:rsid w:val="00FE2B36"/>
     <w:rsid w:val="00FE303B"/>
     <w:rsid w:val="00FE40AB"/>
     <w:rsid w:val="00FE673E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5C789B0A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7BF0E535-F34C-4FC6-938D-CBDC622498DD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
@@ -9088,51 +9026,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
     <w:name w:val="x_msonormal"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00DA4AF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="shading">
     <w:name w:val="shading"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00224A9F"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="7752599">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="82460213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9423,51 +9361,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2076511701">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/boards" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/regulatory-information/search-fda-guidance-documents/sterile-drug-products-produced-aseptic-processing-current-good-manufacturing-practice" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ftp.uspbpep.com/v29240/usp29nf24s0_c1116.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usp.org/compounding/general-chapter-797" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hvac-excursions-pdf/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/smoke-studies-in-iso-classified-areas-pdf/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pda.org/docs/default-source/website-document-library/chapters/presentations/west-coast/contamination-control-basics-risk-and-resolution.pdf?sfvrsn=8270998e_4" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@mass.gov" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dph/boards" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ftp.uspbpep.com/v29240/usp29nf24s0_c1116.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/2023-09-action-level-environmental-monitoring-results-pdf/download" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.usp.org/compounding/general-chapter-797" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/247-cmr-1700-sterile-compounding/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribd.com/document/520295481/contamination-control-basics-risk-and-resolution" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hvac-excursions-pdf/download" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Pharmacy.Admin@mass.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/smoke-studies-in-iso-classified-areas-pdf/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/regulatory-information/search-fda-guidance-documents/sterile-drug-products-produced-aseptic-processing-current-good-manufacturing-practice" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/pharmacy-practice-resources" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9742,75 +9680,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58936BAA-E5C8-4790-AE89-94E1C61915F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1789</Words>
-  <Characters>12286</Characters>
+  <Words>1778</Words>
+  <Characters>12062</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>102</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>100</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14047</CharactersWithSpaces>
+  <CharactersWithSpaces>13813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="96" baseType="variant">
       <vt:variant>
         <vt:i4>65542</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>39</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://pda-asiapacific.glueup.com/resources/protected/organization/1176/event/26285/b248199b-0877-4c9c-b599-000e9363026d.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3276890</vt:i4>
       </vt:variant>
       <vt:variant>