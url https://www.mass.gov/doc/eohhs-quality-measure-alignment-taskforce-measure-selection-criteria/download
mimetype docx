--- v0 (2025-10-26)
+++ v1 (2026-02-07)
@@ -1,440 +1,487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w:rsidRPr="00F25E28" w:rsidR="005756BF" w:rsidP="006554E7" w:rsidRDefault="00BD4930" w14:paraId="39762B90" w14:textId="2149C66B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25E28">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">EOHHS Quality Measure Alignment Taskforce </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F25E28" w:rsidR="00BD4930" w:rsidP="006554E7" w:rsidRDefault="00BD4930" w14:paraId="264DADF2" w14:textId="034C54C9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F25E28">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Measure Selection Criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0038564A" w:rsidP="04FB4929" w:rsidRDefault="5FB7273F" w14:paraId="6C3B7AD8" w14:textId="1688047F">
+    <w:p w:rsidR="0038564A" w:rsidP="04FB4929" w:rsidRDefault="0F3A391D" w14:paraId="6C3B7AD8" w14:textId="3492ECA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="676718E5">
+      <w:r w:rsidRPr="419B0625">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>January</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="4EAC06FA">
+        <w:t>April</w:t>
+      </w:r>
+      <w:r w:rsidRPr="419B0625" w:rsidR="4EAC06FA">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="39F76534">
+      <w:r w:rsidRPr="419B0625" w:rsidR="6478ABF8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>28</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="4EAC06FA">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00600437">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>, 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="0AC345F8">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="419B0625" w:rsidR="4EAC06FA">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="419B0625" w:rsidR="0AC345F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E793D" w:rsidP="0485A890" w:rsidRDefault="008E793D" w14:paraId="2F7E5EBA" w14:textId="088A70B8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0485A890" w:rsidP="0485A890" w:rsidRDefault="0485A890" w14:paraId="3A17AE0F" w14:textId="5431BD77">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0485A890" w:rsidP="0485A890" w:rsidRDefault="0485A890" w14:paraId="0333F6E9" w14:textId="30BDFA3F">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002817BF" w:rsidR="001E36D0" w:rsidP="006554E7" w:rsidRDefault="00353787" w14:paraId="4212FFC3" w14:textId="391EE295">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
       <w:r w:rsidR="00F05953">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006554E7" w:rsidR="00342590" w:rsidP="00E226ED" w:rsidRDefault="00342590" w14:paraId="081ED0C0" w14:textId="1EE59849">
+    <w:p w:rsidRPr="006554E7" w:rsidR="00342590" w:rsidP="00E226ED" w:rsidRDefault="00342590" w14:paraId="081ED0C0" w14:textId="2CEBD1C0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006554E7">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">The overarching aim of the </w:t>
       </w:r>
-      <w:r w:rsidR="00E66234">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00E66234">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>Massachusetts Aligned M</w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">easure </w:t>
       </w:r>
-      <w:r w:rsidR="00E66234">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00E66234">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00CC0C31">
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>et is to promote multi-payer alignment in global budget</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00F36977">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>-based risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contracts in Massachusetts.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00CC0C31">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">These criteria have been developed to guide the work of </w:t>
       </w:r>
-      <w:r w:rsidR="000921E0">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="000921E0">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">Taskforce members in recommending </w:t>
       </w:r>
-      <w:r w:rsidR="00163788">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00163788">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">measures </w:t>
       </w:r>
-      <w:r w:rsidR="00B877CD">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00B877CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">to the EOHHS Secretary </w:t>
       </w:r>
-      <w:r w:rsidR="00163788">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00163788">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00B877CD">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00B877CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve">measure set </w:t>
       </w:r>
-      <w:r w:rsidR="00163788">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00163788">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>inclusion</w:t>
       </w:r>
-      <w:r w:rsidR="00B877CD">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00B877CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="0038564A" w:rsidP="00E226ED" w:rsidRDefault="0038564A" w14:paraId="1B8C3F96" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="006554E7" w:rsidR="00A453BC" w:rsidP="00B877CD" w:rsidRDefault="00A674A7" w14:paraId="2514E7EE" w14:textId="601E3932">
+    <w:p w:rsidRPr="006554E7" w:rsidR="00A453BC" w:rsidP="00B877CD" w:rsidRDefault="00A674A7" w14:paraId="2514E7EE" w14:textId="02C0CF7C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006554E7">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>Taskforce members must exercise judgement in determining whether individual</w:t>
       </w:r>
-      <w:r w:rsidR="001C3C55">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="001C3C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve"> measure</w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Measures do not need to satisfy all of the criteria in order to be selected.  </w:t>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>, measure set</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="40CBADF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Core </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="004B27D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>easure criteria are met.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00A453BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Measures do not need to satisfy all of the criteria in order to be selected.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="00BD4930" w:rsidP="006554E7" w:rsidRDefault="00BD4930" w14:paraId="5828CC8A" w14:textId="6E701696">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="0038564A" w:rsidP="006554E7" w:rsidRDefault="009D2953" w14:paraId="5D1F6211" w14:textId="25C6079D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
       <w:r w:rsidRPr="006554E7" w:rsidR="0038564A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006554E7" w:rsidR="00D5676A" w:rsidP="006554E7" w:rsidRDefault="009D2953" w14:paraId="09CE43E2" w14:textId="690FF026">
+    <w:p w:rsidRPr="006554E7" w:rsidR="00D5676A" w:rsidP="006554E7" w:rsidRDefault="009D2953" w14:paraId="09CE43E2" w14:textId="258C5C6A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00D5676A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ational recognition body </w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7" w:rsidR="00D5676A">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00D5676A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t>is a widely recognized national organization that has a structured process for the review and endorsement of health care quality performance measures for use in quality improvement, public reporting and/or value-based payment.</w:t>
       </w:r>
-      <w:r w:rsidR="006E5078">
-[...27 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="006E5078">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Examples include the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00C2092D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Partnership for Quality Measurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="006E5078">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="000F53D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="006E5078">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="000F53D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="006E5078">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>), National Committee for Quality Assurance (NCQA), and the Centers for Medicare and Medicaid Services (CMS).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00660232" w:rsidP="006554E7" w:rsidRDefault="00660232" w14:paraId="34701281" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="00026777" w:rsidP="006554E7" w:rsidRDefault="00026777" w14:paraId="500A718B" w14:textId="512FDE4D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006554E7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Endorsed measures </w:t>
@@ -590,467 +637,594 @@
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006554E7" w:rsidR="00E649F4">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>that the structure, process, or outcome being measured correlates with improved patient health.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0062077D" w:rsidR="008F688C" w:rsidP="4C06EB79" w:rsidRDefault="006D3256" w14:paraId="4DF49A81" w14:textId="650D40F6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F62E02" w:rsidR="006D3256">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Valid</w:t>
       </w:r>
       <w:r w:rsidRPr="00F62E02" w:rsidR="00F62E02">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the data element </w:t>
       </w:r>
       <w:r w:rsidRPr="00F62E02" w:rsidR="008F688C">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and performance score level.</w:t>
       </w:r>
       <w:r w:rsidR="009504E0">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="00F62E02" w:rsidR="008F688C">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  Any exclusion criteria are also valid.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F62E02" w:rsidR="0062077D" w:rsidP="4C06EB79" w:rsidRDefault="0062077D" w14:paraId="2D553F92" w14:textId="5F4539E1">
-      <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00F62E02" w:rsidR="0062077D" w:rsidP="4C06EB79" w:rsidRDefault="0062077D" w14:paraId="48821338" w14:textId="13E4F3AB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidR="0062077D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Reliable</w:t>
       </w:r>
       <w:r w:rsidR="00F1494D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B1E71">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">at the data element and </w:t>
       </w:r>
       <w:r w:rsidR="007A3E95">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">performance score level </w:t>
       </w:r>
       <w:r w:rsidR="00F1494D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
       <w:r w:rsidR="007B1E71">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>ross providers.</w:t>
+        <w:t xml:space="preserve">ross </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1E71">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>providers.</w:t>
       </w:r>
       <w:r w:rsidR="007A3E95">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="0034069F" w:rsidP="00744F80" w:rsidRDefault="0034069F" w14:paraId="19B2C34D" w14:textId="22A24207">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="0034069F">
-[...13 lines deleted...]
-        <w:t>ppropriate for use in an ACO contract.  For this purpose, an ACO is defined as a provider organization that has entered into a global budget-based risk contract with a commercial or MassHealth payer.</w:t>
+      <w:r w:rsidRPr="4C06EB79">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appropriate for use in an ACO contract.  For this purpose, an ACO is defined as a provider organization that has entered into a global budget-based risk contract with a commercial or MassHealth payer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="00DE596E" w:rsidP="0012330B" w:rsidRDefault="0012330B" w14:paraId="2B0DEEDA" w14:textId="49764876">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="0012330B">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00DE596E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>enerated without causing extensive burden, or the measure would reduce burden by supplanting a</w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="0012330B">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n existing</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00DE596E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> measure in the Aligned Measure Set with greater burden, or the associated burden is justified by reasonably expected high impact on patient health resulting from the measure’s use. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000850D5" w:rsidP="006554E7" w:rsidRDefault="00AE0812" w14:paraId="21A6DC5E" w14:textId="6430FF80">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00AE0812">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Represents an opportunity to improve population health</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="000850D5">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00BC14B1" w:rsidR="00DE596E" w:rsidP="006554E7" w:rsidRDefault="00C11114" w14:paraId="3C508E82" w14:textId="749F3732">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00C11114">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Represents an opportunity to </w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00F62708">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">promote </w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00C11114">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">health </w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="008C1EFC">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>equit</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00F62708">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="003B6F05">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00C11114">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F43EB7" w:rsidP="006554E7" w:rsidRDefault="00794BBB" w14:paraId="474B8AAB" w14:textId="2E4931C0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00794BBB">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>When reviewing individual measures, the Taskforce will examine performance stratified by race, ethnicity, language</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="5CF9A7A1">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00794BBB">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> disability status</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="5493A6E8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, sexual orientation and gender identity</w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00794BBB">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00A323CC">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as well as the decomposition of </w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="00E20EA1">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">inequities between and within providers, </w:t>
       </w:r>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00794BBB">
+      <w:r w:rsidRPr="4C06EB79">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>where data are available</w:t>
       </w:r>
       <w:r w:rsidRPr="4C06EB79" w:rsidR="5A3C41A6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00672219" w:rsidR="00672219" w:rsidP="00672219" w:rsidRDefault="00672219" w14:paraId="4B2D9FCB" w14:textId="3E7689D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="4C06EB79" w:rsidR="00672219">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Taskforce staff will request stratified data from state agencies and Taskforce members and look for stratified data from other states and the research literature.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006554E7" w:rsidR="004A1F79" w:rsidP="006554E7" w:rsidRDefault="004A1F79" w14:paraId="5E46EC20" w14:textId="0BF80D17">
-[...4 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="0B7DFA42" w:rsidDel="002543FA" w:rsidP="12D460CD" w:rsidRDefault="006A22FA" w14:paraId="064E9F52" w14:textId="58FA8EA2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="0B7DFA42">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="005B6687">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="00085FCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t least one</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="005B6687">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> global budget-based risk contract </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="0B7DFA42">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within three years </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of Measure Set </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">addition, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>unless</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a payer commits to using the measure </w:t>
+      </w:r>
+      <w:r w:rsidR="00461D93">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the following</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="002543FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002543FA" w:rsidR="0B7DFA42">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="12D460CD" w:rsidP="12D460CD" w:rsidRDefault="12D460CD" w14:paraId="6F912263" w14:textId="3EB399BA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="004A1F79" w:rsidP="006554E7" w:rsidRDefault="00113016" w14:paraId="461AD218" w14:textId="3E6697EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00505B45">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
@@ -1106,145 +1280,162 @@
       <w:r w:rsidRPr="001B5F5B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Addresses a State</w:t>
       </w:r>
       <w:r w:rsidRPr="001B5F5B" w:rsidR="001B5F5B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-define</w:t>
       </w:r>
       <w:r w:rsidRPr="006554E7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d health care priority or fills a gap in the Aligned Measure Set of Taskforce priority.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006554E7" w:rsidR="00601995" w:rsidP="006554E7" w:rsidRDefault="00601995" w14:paraId="2DEBCFE7" w14:textId="025BC92F">
+    <w:p w:rsidRPr="006554E7" w:rsidR="00601995" w:rsidP="006554E7" w:rsidRDefault="00601995" w14:paraId="2DEBCFE7" w14:textId="27309C11">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008E701E">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No </w:t>
       </w:r>
-      <w:r w:rsidR="001C7A8B">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="001C7A8B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E701E">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ationally </w:t>
       </w:r>
-      <w:r w:rsidR="001C7A8B">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="001C7A8B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E701E">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ndorsed </w:t>
       </w:r>
-      <w:r w:rsidR="001C7A8B">
+      <w:r w:rsidRPr="12D460CD" w:rsidR="001C7A8B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="008E701E">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>easures</w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
-[...7 lines deleted...]
-      <w:r w:rsidR="003223F9">
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(i.e., endorsed by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="00DA0767">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PQM</w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, NCQA, or CMS, or other national recognition bodies) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="12D460CD" w:rsidR="003223F9">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidRPr="006554E7">
+      <w:r w:rsidRPr="12D460CD">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">available for use, or the Taskforce has evaluated the nationally endorsed measures as failing to meet other Taskforce measure selection criteria.  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006554E7" w:rsidR="00C32450" w:rsidP="006554E7" w:rsidRDefault="00C32450" w14:paraId="4A6610F8" w14:textId="4CA296C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="006554E7" w:rsidP="00660232" w:rsidRDefault="0062191A" w14:paraId="7D827A6E" w14:textId="3724A901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -1485,323 +1676,314 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Taken as a whole, high performance on the proposed measure set should significantly advance the delivery system toward the goals of safe, timely, effective, efficient, equitable, patient-centered (STEEEP) care.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003B6F05" w:rsidR="00985FAA" w:rsidP="2B2F9ED8" w:rsidRDefault="006554E7" w14:paraId="1A013832" w14:textId="35DB41F9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Promotes value* for patients, purchasers, and providers and supports the </w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="1DD988E6">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>qu</w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="1E6CFF51">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ntu</w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ple aim of better </w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="7BE33362">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>patient experience</w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="0FD5B0AF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> better clinician experience,</w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> better health,</w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="7004EDA2">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
-[...13 lines deleted...]
-        <w:t>cost</w:t>
+      <w:r w:rsidRPr="2B2F9ED8">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lower cost</w:t>
       </w:r>
       <w:r w:rsidRPr="2B2F9ED8" w:rsidR="30F1708E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and health equity</w:t>
       </w:r>
-      <w:r w:rsidRPr="2B2F9ED8" w:rsidR="006554E7">
+      <w:r w:rsidRPr="2B2F9ED8">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="003B6F05" w:rsidR="00522589" w:rsidP="00660232" w:rsidRDefault="00522589" w14:paraId="55B8F8D4" w14:textId="50018F76">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7BF0F39A" w:rsidR="00522589">
+      <w:r w:rsidRPr="7BF0F39A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Includes topics and measures for which there are opportunities </w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00F62708">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to promote health equity</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00994BC0">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="7BF0F39A" w:rsidR="00522589">
+      <w:r w:rsidRPr="7BF0F39A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by race, ethnicity, language</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="09F02FAF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="7BF0F39A" w:rsidR="00522589">
+      <w:r w:rsidRPr="7BF0F39A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> disability status</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="67A65DA7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, sexual orientation and/or gender identity</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00807C96">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="7BF0F39A" w:rsidP="7BF0F39A" w:rsidRDefault="7BF0F39A" w14:paraId="292A23BF" w14:textId="7437C580">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="32AAA531" w:rsidP="7BF0F39A" w:rsidRDefault="32AAA531" w14:paraId="7A802777" w14:textId="7DD18161">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="32AAA531" w:rsidP="7BF0F39A" w:rsidRDefault="00B531D3" w14:paraId="7A802777" w14:textId="7DD18161">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="7BF0F39A" w:rsidR="00B531D3">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="7BF0F39A">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00505B45">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
-      <w:r w:rsidRPr="7BF0F39A" w:rsidR="00B531D3">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="7BF0F39A">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Principles to be Applied to </w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00600C2A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Core Measure</w:t>
       </w:r>
       <w:r w:rsidRPr="7BF0F39A" w:rsidR="00600C2A">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
+          <w:b/>
+          <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Set</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="54B849A0" w14:textId="5DEB9991">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79C45571">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">No more than </w:t>
@@ -1820,51 +2002,50 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in number</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="3903AF1F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Outcomes-oriented</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="23C46C5F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Has at least one measure focused on behavioral health</w:t>
       </w:r>
     </w:p>
@@ -1881,67 +2062,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00660232">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Universally applicable to the greatest extent possible</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="0CC6963E" w14:textId="1CECCE3E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="459A4C7B" w:rsidR="00660232">
+      <w:r w:rsidRPr="459A4C7B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Crucial from public health </w:t>
       </w:r>
       <w:r w:rsidRPr="459A4C7B" w:rsidR="17836747">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and health equity </w:t>
       </w:r>
-      <w:r w:rsidRPr="459A4C7B" w:rsidR="00660232">
+      <w:r w:rsidRPr="459A4C7B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>perspective</w:t>
       </w:r>
       <w:r w:rsidRPr="459A4C7B" w:rsidR="04D11430">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="446E7D74" w14:textId="682E2F61">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -1950,149 +2131,149 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="79C45571">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Enhances value*</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="2322C705" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="459A4C7B" w:rsidRDefault="00660232" w14:paraId="02F8D759" w14:textId="1924D0CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman"/>
-          <w:i w:val="1"/>
-[...7 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="459A4C7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:r w:rsidRPr="459A4C7B" w:rsidR="00660232">
+      <w:r w:rsidRPr="459A4C7B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman"/>
-          <w:i w:val="1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="459A4C7B" w:rsidR="00660232">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Value” has different meanings from the perspectives of patients, purchasers and providers, but may include patient-centeredness, evidence-based, clinical effectiveness, cost-effectiveness </w:t>
+      </w:r>
+      <w:r w:rsidRPr="459A4C7B" w:rsidR="3104DA60">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman"/>
-          <w:i w:val="1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="459A4C7B" w:rsidR="3104DA60">
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">and equity </w:t>
+      </w:r>
+      <w:r w:rsidRPr="459A4C7B">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:eastAsia="Times New Roman"/>
-          <w:i w:val="1"/>
-[...8 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>among other value attributes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00660232" w:rsidR="00660232" w:rsidP="00660232" w:rsidRDefault="00660232" w14:paraId="2657310C" w14:textId="4D709CCE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidRPr="00660232" w:rsidR="00660232">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B21C0F" w:rsidP="00026777" w:rsidRDefault="00B21C0F" w14:paraId="35931D1D" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidP="00026777" w:rsidRDefault="00B96C58" w14:paraId="48FAA668" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B21C0F" w:rsidP="00026777" w:rsidRDefault="00B21C0F" w14:paraId="4C18F5E9" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidP="00026777" w:rsidRDefault="00B96C58" w14:paraId="632D2D53" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B21C0F" w:rsidRDefault="00B21C0F" w14:paraId="0B6F67B0" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidRDefault="00B96C58" w14:paraId="02B85B9E" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2109,205 +2290,315 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00433B61" w:rsidRDefault="00433B61" w14:paraId="2873FE8D" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B21C0F" w:rsidP="00026777" w:rsidRDefault="00B21C0F" w14:paraId="187A9BD9" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidP="00026777" w:rsidRDefault="00B96C58" w14:paraId="3E077815" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B21C0F" w:rsidP="00026777" w:rsidRDefault="00B21C0F" w14:paraId="12A851F4" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidP="00026777" w:rsidRDefault="00B96C58" w14:paraId="0F156A14" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00B21C0F" w:rsidRDefault="00B21C0F" w14:paraId="23E70A60" w14:textId="77777777">
+    <w:p w:rsidR="00B96C58" w:rsidRDefault="00B96C58" w14:paraId="042F8E1C" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w:rsidRPr="0062077D" w:rsidR="009504E0" w:rsidRDefault="009504E0" w14:paraId="2F4DACE7" w14:textId="77616018">
+    <w:p w:rsidRPr="00600437" w:rsidR="00600437" w:rsidP="00600437" w:rsidRDefault="009504E0" w14:paraId="33E6C96E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0062077D">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0062077D">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
-        <w:t xml:space="preserve"> For this purpose, the NQF definition of validity is used: “Validity refers to the correctness of measurement. Validity of data elements refers to the correctness of the data elements as compared to an authoritative source.  Validity of the measure score refers to the correctness of conclusions about quality that can be made based on the measure scores (i.e., a higher score on a quality measure reflects higher quality).”</w:t>
+        <w:t xml:space="preserve"> For this purpose, the</w:t>
+      </w:r>
+      <w:r w:rsidR="00466A24">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> former</w:t>
       </w:r>
       <w:r w:rsidRPr="0062077D">
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02265">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ational </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Q</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02265">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uality </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0062077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00D02265">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>orum</w:t>
+      </w:r>
+      <w:r w:rsidR="00E04D58">
+        <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId1">
-        <w:r w:rsidRPr="0062077D">
+      <w:r w:rsidRPr="0062077D">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>definition of validity is used: “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00600437" w:rsidR="00600437">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>Validity refers to the correctness of measurement: that the measure is, in fact, measuring what it intends to</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0062077D" w:rsidR="009504E0" w:rsidP="00600437" w:rsidRDefault="00600437" w14:paraId="2F4DACE7" w14:textId="1DC05103">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>measure and that the results of the measurement allow users to make the correct conclusions about the quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>of care that is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>provided</w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.” </w:t>
+      </w:r>
+      <w:hyperlink r:id="R4d0f4caef52440e8">
+        <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           </w:rPr>
-          <w:t>www.qualityforum.org/Measuring_Performance/Scientific_Methods_Panel/Meetings/2018_Scientific_Methods_Panel_Meetings.aspx</w:t>
+          <w:t>https://www.qualityforum.org/WorkArea/linkit.aspx?LinkIdentifier=id&amp;ItemID=86453</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0062077D">
-[...19 lines deleted...]
-        <w:t>staff will update this language, as necessary, to reflect any modifications to NQF’s definition of validity.</w:t>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="38C17932" w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+        </w:rPr>
+        <w:t>(Accessed April 14, 2025).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w:rsidRPr="00BD75A6" w:rsidR="007A3E95" w:rsidP="007A3E95" w:rsidRDefault="007A3E95" w14:paraId="1A1A407B" w14:textId="3D6C14B9">
-      <w:pPr>
+    <w:p w:rsidRPr="009D39A6" w:rsidR="007A3E95" w:rsidP="009D39A6" w:rsidRDefault="007A3E95" w14:paraId="51649799" w14:textId="07B7D189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD75A6">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00BD75A6">
+      <w:r w:rsidRPr="00BD75A6" w:rsidR="38C17932">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> For this purpose, the NQF definition of reliability of the measure score is used: “Reliability of the measure score refers to the proportion of variation in the performance scores due to systematic differences across the measured entities (or signal) in relation to random error (or noise).”</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BD75A6" w:rsidR="00BD75A6">
+        <w:t xml:space="preserve"> For this purpose, the NQF definition of reliability of the measure score is used: “</w:t>
+      </w:r>
+      <w:r w:rsidR="38C17932">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> www.qualityforum.org/WorkArea/linkit.aspx?LinkIdentifier=id&amp;ItemID=87595. Taskforce staff will update this language, as necessary, to reflect any modifications to NQF’s definition of reliability of the measure score.</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">The precision of the measure; indicates ability to distinguish differences between providers that are due to quality of care rather than to chance.” </w:t>
+      </w:r>
+      <w:hyperlink w:history="1" r:id="Rac868834d3444cc9">
+        <w:r w:rsidRPr="00CF12E5" w:rsidR="38C17932">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://www.qualityforum.org/WorkArea/linkit.aspx?LinkIdentifier=id&amp;ItemID=86453</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="38C17932">
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Accessed April 14, 2025). </w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w:rsidR="00433B61" w:rsidRDefault="00433B61" w14:paraId="144962FA" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D2C02C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3DA09F02"/>
     <w:lvl w:ilvl="0" w:tplc="977CDAC0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2448,51 +2739,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B3D0E75"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F83D56"/>
-    <w:lvl w:ilvl="0">
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9D60FA54">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
@@ -2881,306 +3172,354 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1720741762">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="773473885">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1805997366">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1922179122">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1266959951">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007204CE"/>
     <w:rsid w:val="00011A20"/>
+    <w:rsid w:val="00024D9C"/>
     <w:rsid w:val="00026777"/>
     <w:rsid w:val="00036973"/>
     <w:rsid w:val="00083510"/>
     <w:rsid w:val="000850D5"/>
+    <w:rsid w:val="00085FCD"/>
     <w:rsid w:val="000921E0"/>
     <w:rsid w:val="00097783"/>
     <w:rsid w:val="000C0FB1"/>
+    <w:rsid w:val="000C134A"/>
+    <w:rsid w:val="000F53D8"/>
     <w:rsid w:val="00113016"/>
     <w:rsid w:val="0012330B"/>
     <w:rsid w:val="00145C06"/>
     <w:rsid w:val="00152087"/>
     <w:rsid w:val="00163788"/>
     <w:rsid w:val="001B00E4"/>
     <w:rsid w:val="001B21D1"/>
     <w:rsid w:val="001B26E1"/>
     <w:rsid w:val="001B5F5B"/>
     <w:rsid w:val="001C3C55"/>
     <w:rsid w:val="001C7A8B"/>
     <w:rsid w:val="001E36D0"/>
+    <w:rsid w:val="002543FA"/>
     <w:rsid w:val="002817BF"/>
     <w:rsid w:val="002934D5"/>
     <w:rsid w:val="002B150E"/>
     <w:rsid w:val="002B6697"/>
     <w:rsid w:val="00300A41"/>
     <w:rsid w:val="003147D1"/>
     <w:rsid w:val="003223F9"/>
     <w:rsid w:val="00335F59"/>
+    <w:rsid w:val="00337B73"/>
     <w:rsid w:val="0034069F"/>
     <w:rsid w:val="00342590"/>
     <w:rsid w:val="00353787"/>
     <w:rsid w:val="0038564A"/>
     <w:rsid w:val="0039294E"/>
     <w:rsid w:val="003B6F05"/>
     <w:rsid w:val="003D4C12"/>
     <w:rsid w:val="00433B61"/>
     <w:rsid w:val="004504CC"/>
+    <w:rsid w:val="00461D93"/>
+    <w:rsid w:val="00466A24"/>
     <w:rsid w:val="004A08E6"/>
     <w:rsid w:val="004A1F79"/>
+    <w:rsid w:val="004B27D0"/>
     <w:rsid w:val="004B3A64"/>
     <w:rsid w:val="004F02A8"/>
     <w:rsid w:val="005047CA"/>
     <w:rsid w:val="00505B45"/>
     <w:rsid w:val="00522589"/>
     <w:rsid w:val="005416F1"/>
     <w:rsid w:val="00547C8F"/>
     <w:rsid w:val="00550D03"/>
     <w:rsid w:val="0055520D"/>
     <w:rsid w:val="00557269"/>
     <w:rsid w:val="005756BF"/>
     <w:rsid w:val="00577C25"/>
     <w:rsid w:val="005A086D"/>
+    <w:rsid w:val="005B6687"/>
+    <w:rsid w:val="00600437"/>
     <w:rsid w:val="00600C2A"/>
     <w:rsid w:val="00601995"/>
     <w:rsid w:val="0062077D"/>
     <w:rsid w:val="0062191A"/>
     <w:rsid w:val="00632CDB"/>
     <w:rsid w:val="006554E7"/>
     <w:rsid w:val="00660232"/>
     <w:rsid w:val="00672219"/>
     <w:rsid w:val="006928D5"/>
+    <w:rsid w:val="006A22FA"/>
     <w:rsid w:val="006D0B73"/>
     <w:rsid w:val="006D3256"/>
     <w:rsid w:val="006E5078"/>
     <w:rsid w:val="006F3C26"/>
     <w:rsid w:val="007204CE"/>
     <w:rsid w:val="00744F80"/>
     <w:rsid w:val="00794BBB"/>
     <w:rsid w:val="007A3E95"/>
     <w:rsid w:val="007B1E71"/>
     <w:rsid w:val="007F7BBB"/>
     <w:rsid w:val="00801B48"/>
     <w:rsid w:val="00807C96"/>
     <w:rsid w:val="0081086E"/>
     <w:rsid w:val="008430E5"/>
     <w:rsid w:val="008C1EFC"/>
     <w:rsid w:val="008E701E"/>
     <w:rsid w:val="008E793D"/>
     <w:rsid w:val="008F5CE7"/>
     <w:rsid w:val="008F688C"/>
+    <w:rsid w:val="0090020A"/>
     <w:rsid w:val="009266D6"/>
     <w:rsid w:val="0093509A"/>
     <w:rsid w:val="009504E0"/>
     <w:rsid w:val="009565A5"/>
     <w:rsid w:val="00985FAA"/>
     <w:rsid w:val="00994BC0"/>
     <w:rsid w:val="009B556A"/>
+    <w:rsid w:val="009B5D98"/>
     <w:rsid w:val="009C104D"/>
     <w:rsid w:val="009D2953"/>
     <w:rsid w:val="009D3403"/>
+    <w:rsid w:val="009D39A6"/>
     <w:rsid w:val="00A323CC"/>
+    <w:rsid w:val="00A437C2"/>
     <w:rsid w:val="00A453BC"/>
     <w:rsid w:val="00A576A2"/>
     <w:rsid w:val="00A674A7"/>
     <w:rsid w:val="00A92F2C"/>
+    <w:rsid w:val="00AB2E94"/>
     <w:rsid w:val="00AC10C1"/>
     <w:rsid w:val="00AD51C2"/>
     <w:rsid w:val="00AE0812"/>
     <w:rsid w:val="00B21C0F"/>
+    <w:rsid w:val="00B43455"/>
     <w:rsid w:val="00B531D3"/>
     <w:rsid w:val="00B76993"/>
     <w:rsid w:val="00B877CD"/>
+    <w:rsid w:val="00B96C58"/>
     <w:rsid w:val="00BC14B1"/>
     <w:rsid w:val="00BD4930"/>
     <w:rsid w:val="00BD75A6"/>
     <w:rsid w:val="00BF1784"/>
     <w:rsid w:val="00BF18E9"/>
     <w:rsid w:val="00C11114"/>
+    <w:rsid w:val="00C2092D"/>
     <w:rsid w:val="00C32450"/>
     <w:rsid w:val="00C33B13"/>
     <w:rsid w:val="00C445CD"/>
     <w:rsid w:val="00CC0C31"/>
     <w:rsid w:val="00CC2257"/>
     <w:rsid w:val="00CE1529"/>
+    <w:rsid w:val="00D0170C"/>
+    <w:rsid w:val="00D02265"/>
     <w:rsid w:val="00D4744E"/>
     <w:rsid w:val="00D5676A"/>
     <w:rsid w:val="00D6582E"/>
     <w:rsid w:val="00D9443D"/>
+    <w:rsid w:val="00DA0767"/>
+    <w:rsid w:val="00DB5C6F"/>
     <w:rsid w:val="00DE596E"/>
     <w:rsid w:val="00DF7140"/>
+    <w:rsid w:val="00E04D58"/>
     <w:rsid w:val="00E112D0"/>
     <w:rsid w:val="00E138E0"/>
     <w:rsid w:val="00E20EA1"/>
     <w:rsid w:val="00E226ED"/>
     <w:rsid w:val="00E649F4"/>
     <w:rsid w:val="00E66234"/>
     <w:rsid w:val="00E8588E"/>
     <w:rsid w:val="00ED57A9"/>
     <w:rsid w:val="00F05953"/>
     <w:rsid w:val="00F1494D"/>
     <w:rsid w:val="00F25E28"/>
+    <w:rsid w:val="00F36977"/>
     <w:rsid w:val="00F37DFE"/>
     <w:rsid w:val="00F43EB7"/>
     <w:rsid w:val="00F62708"/>
     <w:rsid w:val="00F62E02"/>
     <w:rsid w:val="00F70F57"/>
     <w:rsid w:val="00FF7133"/>
     <w:rsid w:val="00FF7981"/>
     <w:rsid w:val="037CC54F"/>
     <w:rsid w:val="0485A890"/>
+    <w:rsid w:val="04A931E4"/>
     <w:rsid w:val="04D11430"/>
+    <w:rsid w:val="04DAF77B"/>
     <w:rsid w:val="04FB4929"/>
     <w:rsid w:val="07646105"/>
     <w:rsid w:val="08739B26"/>
     <w:rsid w:val="09F02FAF"/>
     <w:rsid w:val="0AC345F8"/>
+    <w:rsid w:val="0B7DFA42"/>
+    <w:rsid w:val="0F3A391D"/>
     <w:rsid w:val="0FD5B0AF"/>
     <w:rsid w:val="107E50D1"/>
     <w:rsid w:val="12C1C6C3"/>
+    <w:rsid w:val="12D460CD"/>
     <w:rsid w:val="14364BA3"/>
     <w:rsid w:val="17836747"/>
     <w:rsid w:val="1DD988E6"/>
     <w:rsid w:val="1E6CFF51"/>
+    <w:rsid w:val="260C61CB"/>
     <w:rsid w:val="2879CEB4"/>
     <w:rsid w:val="2AB9D528"/>
+    <w:rsid w:val="2B0B1591"/>
     <w:rsid w:val="2B2F9ED8"/>
+    <w:rsid w:val="2FD00B84"/>
     <w:rsid w:val="30F1708E"/>
     <w:rsid w:val="3104DA60"/>
     <w:rsid w:val="32AAA531"/>
     <w:rsid w:val="362B7972"/>
     <w:rsid w:val="36700CF7"/>
     <w:rsid w:val="38301FB5"/>
     <w:rsid w:val="389F0732"/>
+    <w:rsid w:val="38C17932"/>
     <w:rsid w:val="39F76534"/>
     <w:rsid w:val="3D69284B"/>
+    <w:rsid w:val="3F47A81A"/>
+    <w:rsid w:val="40CBADF0"/>
+    <w:rsid w:val="419B0625"/>
+    <w:rsid w:val="436540FB"/>
     <w:rsid w:val="459A4C7B"/>
     <w:rsid w:val="499E118C"/>
     <w:rsid w:val="49C488FB"/>
     <w:rsid w:val="4B945810"/>
     <w:rsid w:val="4BABE0F6"/>
     <w:rsid w:val="4C06EB79"/>
     <w:rsid w:val="4EAC06FA"/>
     <w:rsid w:val="4FE95463"/>
     <w:rsid w:val="50A1FCFB"/>
     <w:rsid w:val="5320F525"/>
+    <w:rsid w:val="54808F5F"/>
+    <w:rsid w:val="548CBF1D"/>
     <w:rsid w:val="5493A6E8"/>
     <w:rsid w:val="557DACC9"/>
     <w:rsid w:val="558C54ED"/>
     <w:rsid w:val="5604A474"/>
     <w:rsid w:val="56BCE1CB"/>
     <w:rsid w:val="58BD9516"/>
+    <w:rsid w:val="59B8BD65"/>
     <w:rsid w:val="5A3C41A6"/>
     <w:rsid w:val="5CF9A7A1"/>
     <w:rsid w:val="5FB7273F"/>
+    <w:rsid w:val="60EA53B3"/>
     <w:rsid w:val="6147C4F9"/>
     <w:rsid w:val="630BE0DA"/>
     <w:rsid w:val="63FBB351"/>
+    <w:rsid w:val="6478ABF8"/>
     <w:rsid w:val="659783B2"/>
     <w:rsid w:val="676718E5"/>
+    <w:rsid w:val="678F54CC"/>
     <w:rsid w:val="67A65DA7"/>
     <w:rsid w:val="67E864B0"/>
+    <w:rsid w:val="6C27F887"/>
     <w:rsid w:val="7004EDA2"/>
     <w:rsid w:val="735C836F"/>
     <w:rsid w:val="74AB556F"/>
     <w:rsid w:val="79C45571"/>
+    <w:rsid w:val="7A5EC853"/>
     <w:rsid w:val="7BE33362"/>
     <w:rsid w:val="7BF0F39A"/>
     <w:rsid w:val="7DD05F91"/>
     <w:rsid w:val="7EA9542B"/>
+    <w:rsid w:val="7FA214DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7EC25FB4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{35DED5B9-C963-46A2-A108-2CFD9834AEA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3660,67 +3999,65 @@
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="008F688C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF18E9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF18E9"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00BF18E9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF18E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -3807,55 +4144,67 @@
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00433B61"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A086D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0090020A"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="600604434">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="752513436">
           <w:marLeft w:val="1382"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -3873,55 +4222,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1939215039">
           <w:marLeft w:val="1382"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="rId13" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /></Relationships>
 </file>
 
-<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.qualityforum.org/Measuring_Performance/Scientific_Methods_Panel/Meetings/2018_Scientific_Methods_Panel_Meetings.aspx" TargetMode="External"/></Relationships>
+<file path=word/_rels/footnotes.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qualityforum.org/WorkArea/linkit.aspx?LinkIdentifier=id&amp;ItemID=86453" TargetMode="External" Id="R4d0f4caef52440e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.qualityforum.org/WorkArea/linkit.aspx?LinkIdentifier=id&amp;ItemID=86453" TargetMode="External" Id="Rac868834d3444cc9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4192,54 +4540,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F3F9B95F2EE52B4E9FB130DEE3F78C09" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ea159e482cd92c567c9ac1f5c56bb785">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d29a8555-db37-4257-91ea-e6d336cdedf2" xmlns:ns3="34dc536f-1af3-405a-935d-0fb3b6674883" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b498719b93da72299b651017ffb61e15" ns2:_="" ns3:_="">
     <xsd:import namespace="d29a8555-db37-4257-91ea-e6d336cdedf2"/>
     <xsd:import namespace="34dc536f-1af3-405a-935d-0fb3b6674883"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -4444,126 +4788,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="d29a8555-db37-4257-91ea-e6d336cdedf2">
       <UserInfo>
         <DisplayName>Michael Bailit</DisplayName>
         <AccountId>22</AccountId>
         <AccountType/>
       </UserInfo>
       <UserInfo>
         <DisplayName>Justine Zayhowski</DisplayName>
         <AccountId>2633</AccountId>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <TaxCatchAll xmlns="d29a8555-db37-4257-91ea-e6d336cdedf2" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="34dc536f-1af3-405a-935d-0fb3b6674883">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3266962-4DB6-46D0-A3E7-CF34B1BFF1E3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B21E483-EB9B-4A61-9789-858BBF6D3FFF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d29a8555-db37-4257-91ea-e6d336cdedf2"/>
+    <ds:schemaRef ds:uri="34dc536f-1af3-405a-935d-0fb3b6674883"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6B21E483-EB9B-4A61-9789-858BBF6D3FFF}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F30DB826-32CD-48F7-9A37-A6ED55AD978E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24A8DD51-E807-4BEC-B37D-C48C98BC37C1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d29a8555-db37-4257-91ea-e6d336cdedf2"/>
     <ds:schemaRef ds:uri="34dc536f-1af3-405a-935d-0fb3b6674883"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3266962-4DB6-46D0-A3E7-CF34B1BFF1E3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Justine Zayhowski</dc:creator>
   <keywords/>
   <dc:description/>
   <lastModifiedBy>Matt Reynolds</lastModifiedBy>
-  <revision>17</revision>
+  <revision>45</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F3F9B95F2EE52B4E9FB130DEE3F78C09</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>