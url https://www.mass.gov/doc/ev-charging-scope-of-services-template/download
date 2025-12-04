--- v0 (2025-10-20)
+++ v1 (2025-12-04)
@@ -4,59 +4,60 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
   <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C2409F9" w14:textId="50A25DAA" w:rsidR="0056421E" w:rsidRPr="0008739A" w:rsidRDefault="007A1FC4" w:rsidP="007A1FC4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8910"/>
           <w:tab w:val="left" w:pos="9270"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="37735B"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00053CEB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="37735B"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -229,134 +230,106 @@
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="956310" cy="281305"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:noFill/>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3A7C7326" w14:textId="39034B1F" w:rsidR="0056421E" w:rsidRPr="00F15F0C" w:rsidRDefault="003B16C1" w:rsidP="0056421E">
+                          <w:p w14:paraId="3A7C7326" w14:textId="3EC2E04B" w:rsidR="0056421E" w:rsidRPr="00F15F0C" w:rsidRDefault="00DA4440" w:rsidP="0056421E">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
-                              <w:t>June</w:t>
-[...13 lines deleted...]
-                              <w:t>4</w:t>
+                              <w:t>November 2025</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="751FCAC0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:460.2pt;margin-top:.5pt;width:75.3pt;height:22.15pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMb86v9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IcO3UEy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbSr++SchyjvRXVgeBqydmd2eH6ejSaHaQPCm3Dq1nJmbQCW2V3Df/+7f7N&#10;irMQwbag0cqGP8nArzevX60HV8s59qhb6RmB2FAPruF9jK4uiiB6aSDM0ElLyQ69gUih3xWth4HQ&#10;jS7mZXlZDOhb51HIEOjv3ZTkm4zfdVLEL10XZGS64dRbzKvP6zatxWYN9c6D65U4tgH/0IUBZano&#10;CeoOIrC9V39BGSU8BuziTKApsOuUkJkDsanKP9g89uBk5kLiBHeSKfw/WPH58Oi+ehbHdzjSADOJ&#10;4B5Q/AjM4m0PdidvvMehl9BS4SpJVgwu1MerSepQhwSyHT5hS0OGfcQMNHbeJFWIJyN0GsDTSXQ5&#10;Ribo59Xy8qKijKDUfFVdlMtcAerny86H+EGiYWnTcE8zzeBweAgxNQP185FUy+K90jrPVVs2pALz&#10;Zb5wljEqku20Mg1flembjJA4vrdtvhxB6WlPBbQ9kk48J8Zx3I50MJHfYvtE9D1O9qLnQJse/S/O&#10;BrJWw8PPPXjJmf5oScKrarFIXszBYvl2ToE/z2zPM2AFQTU8cjZtb2P278T1hqTuVJbhpZNjr2SZ&#10;rM7R3smT53E+9fIIN78BAAD//wMAUEsDBBQABgAIAAAAIQDTVyHH3AAAAAkBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjc6JqSAg1xKgTiCqL8SNzceJtExOsodpvw9mxOcNvRN5qd&#10;KTaT79SRhtgGNnC50KCIq+Barg28vz1d3IKKybKzXWAy8EMRNuXpSWFzF0Z+peM21UpCOObWQJNS&#10;nyPGqiFv4yL0xML2YfA2iRxqdIMdJdx3uNT6Gr1tWT40tqeHhqrv7cEb+Hjef31m+qV+9Kt+DJNG&#10;9ms05vxsur8DlWhKf2aY60t1KKXTLhzYRdUZWC91JlYBMmnm+ma+dgay1RVgWeD/BeUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAExvzq/2AQAAzAMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANNXIcfcAAAACQEAAA8AAAAAAAAAAAAAAAAAUAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="3A7C7326" w14:textId="39034B1F" w:rsidR="0056421E" w:rsidRPr="00F15F0C" w:rsidRDefault="003B16C1" w:rsidP="0056421E">
+                    <w:p w14:paraId="3A7C7326" w14:textId="3EC2E04B" w:rsidR="0056421E" w:rsidRPr="00F15F0C" w:rsidRDefault="00DA4440" w:rsidP="0056421E">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
-                        <w:t>June</w:t>
-[...13 lines deleted...]
-                        <w:t>4</w:t>
+                        <w:t>November 2025</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007A1FC4" w:rsidRPr="00E364BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63678A07" wp14:editId="17A6E67C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
@@ -392,51 +365,51 @@
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rtlCol="0" anchor="ctr"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="00ED53D1" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:24.3pt;width:549.7pt;height:8.45pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCe8ChwwEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P3DAQvVfqf7B87ybZCgrRZjmA2kvV&#10;ogI/wDjjjSV/aexudv99x07IVoA4IHJwbM+8N29eJpurgzVsDxi1dx1vVjVn4KTvtdt1/OH++5cL&#10;zmISrhfGO+j4ESK/2n7+tBlDC2s/eNMDMiJxsR1Dx4eUQltVUQ5gRVz5AI6CyqMViY64q3oUI7Fb&#10;U63r+rwaPfYBvYQY6fZmCvJt4VcKZPqtVITETMdJWyorlvUxr9V2I9odijBoOcsQ71BhhXZUdKG6&#10;EUmwv6hfUFkt0Uev0kp6W3mltITSA3XT1M+6uRtEgNILmRPDYlP8OFr5a38XbpFsGENsI21zFweF&#10;Nr9JHzsUs46LWXBITNLl+eVF01ySp5JiTf3ta3OW3axO6IAx/QBvWd50HOljFI/E/mdMU+pTCuFO&#10;9csuHQ1kCcb9AcV0TxXXBV1GA64Nsr2gjyqkBJeaKTSIHqbrs5qeWc+CKOoKYWZW2piFeybIY/eS&#10;e9I652colMlawPVbwibwgiiVvUsL2Grn8TUCQ13Nlaf8J5Mma7JLj74/3iLDZK79NODCycHTfMuE&#10;BZyzaHRK5/OY59n8/1xoTz/j9h8AAAD//wMAUEsDBBQABgAIAAAAIQDWQIxu2wAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFPUhjbEqVAlLkgc2vIB23iJQ+11FDtN8ve4&#10;JziOZjTzptxNzoor9aH1rGC5yEAQ11633Cj4Or0/bUCEiKzReiYFMwXYVfd3JRbaj3yg6zE2IpVw&#10;KFCBibErpAy1IYdh4Tvi5H373mFMsm+k7nFM5c7K5yzLpcOW04LBjvaG6stxcGkE6TAvX8b95dNM&#10;Hy3Z+YeGWanHh+ntFUSkKf6F4Yaf0KFKTGc/sA7CKkhHooLVJgdxc7PtdgXirCBfr0FWpfzPX/0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgnvAocMBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1kCMbtsAAAAHAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" fillcolor="#4472c4 [3204]" strokecolor="#1f3763 [1604]" strokeweight="1pt">
+              <v:rect w14:anchorId="6D82719E" id="Rectangle 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:24.3pt;width:549.7pt;height:8.45pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCCe8ChwwEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P3DAQvVfqf7B87ybZCgrRZjmA2kvV&#10;ogI/wDjjjSV/aexudv99x07IVoA4IHJwbM+8N29eJpurgzVsDxi1dx1vVjVn4KTvtdt1/OH++5cL&#10;zmISrhfGO+j4ESK/2n7+tBlDC2s/eNMDMiJxsR1Dx4eUQltVUQ5gRVz5AI6CyqMViY64q3oUI7Fb&#10;U63r+rwaPfYBvYQY6fZmCvJt4VcKZPqtVITETMdJWyorlvUxr9V2I9odijBoOcsQ71BhhXZUdKG6&#10;EUmwv6hfUFkt0Uev0kp6W3mltITSA3XT1M+6uRtEgNILmRPDYlP8OFr5a38XbpFsGENsI21zFweF&#10;Nr9JHzsUs46LWXBITNLl+eVF01ySp5JiTf3ta3OW3axO6IAx/QBvWd50HOljFI/E/mdMU+pTCuFO&#10;9csuHQ1kCcb9AcV0TxXXBV1GA64Nsr2gjyqkBJeaKTSIHqbrs5qeWc+CKOoKYWZW2piFeybIY/eS&#10;e9I652colMlawPVbwibwgiiVvUsL2Grn8TUCQ13Nlaf8J5Mma7JLj74/3iLDZK79NODCycHTfMuE&#10;BZyzaHRK5/OY59n8/1xoTz/j9h8AAAD//wMAUEsDBBQABgAIAAAAIQDWQIxu2wAAAAcBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqFPUhjbEqVAlLkgc2vIB23iJQ+11FDtN8ve4&#10;JziOZjTzptxNzoor9aH1rGC5yEAQ11633Cj4Or0/bUCEiKzReiYFMwXYVfd3JRbaj3yg6zE2IpVw&#10;KFCBibErpAy1IYdh4Tvi5H373mFMsm+k7nFM5c7K5yzLpcOW04LBjvaG6stxcGkE6TAvX8b95dNM&#10;Hy3Z+YeGWanHh+ntFUSkKf6F4Yaf0KFKTGc/sA7CKkhHooLVJgdxc7PtdgXirCBfr0FWpfzPX/0C&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAgnvAocMBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA1kCMbtsAAAAHAQAADwAAAAAAAAAAAAAA&#10;AAAdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACUFAAAAAA==&#10;" fillcolor="#4472c4 [3204]" strokecolor="#1f3763 [1604]" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0056421E" w:rsidRPr="00E364BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="37735B"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0056421E" w:rsidRPr="00E87AE2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
@@ -550,51 +523,51 @@
     </w:p>
     <w:p w14:paraId="27BEEEC9" w14:textId="63A2D637" w:rsidR="008C7F9C" w:rsidRPr="00D417B9" w:rsidRDefault="008C7F9C" w:rsidP="00157CBF">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-450" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D417B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4472C4" w:themeColor="accent1"/>
         </w:rPr>
         <w:t>Before you get started…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DB6BC9" w14:textId="55820DD3" w:rsidR="008C7F9C" w:rsidRPr="008C7F9C" w:rsidRDefault="008C7F9C" w:rsidP="00157CBF">
+    <w:p w14:paraId="62DB6BC9" w14:textId="4DC46B58" w:rsidR="008C7F9C" w:rsidRPr="008C7F9C" w:rsidRDefault="008C7F9C" w:rsidP="00157CBF">
       <w:pPr>
         <w:ind w:left="-450" w:right="-540"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="470B3FD3">
         <w:t>This</w:t>
       </w:r>
       <w:r w:rsidR="006D15B3">
         <w:t xml:space="preserve"> statement of work</w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E3164">
         <w:t xml:space="preserve">(SoW) </w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve">template is </w:t>
       </w:r>
       <w:r w:rsidR="00BD37C3" w:rsidRPr="470B3FD3">
         <w:t>designed</w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve"> for state entities looking for turnkey </w:t>
       </w:r>
@@ -667,51 +640,65 @@
         </w:r>
         <w:r w:rsidR="006B5A28" w:rsidRPr="470B3FD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> grant program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FD1E66" w:rsidRPr="00FD1E66">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00157CBF" w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve">For Executive Branch Agencies, all equipment </w:t>
       </w:r>
       <w:r w:rsidR="00D143F2">
         <w:t xml:space="preserve">and services </w:t>
       </w:r>
       <w:r w:rsidR="00157CBF" w:rsidRPr="470B3FD3">
-        <w:t xml:space="preserve">must be procured through a current vendor on Statewide Contract VEH102. </w:t>
+        <w:t xml:space="preserve">must be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00157CBF" w:rsidRPr="470B3FD3">
+        <w:t>procured</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00157CBF" w:rsidRPr="470B3FD3">
+        <w:t xml:space="preserve"> through a current vendor on Statewide Contract VEH1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4440">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00157CBF" w:rsidRPr="470B3FD3">
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve">Agencies </w:t>
       </w:r>
       <w:r w:rsidR="004E3164">
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve"> modify </w:t>
       </w:r>
       <w:r w:rsidR="004E3164">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D417B9" w:rsidRPr="470B3FD3">
         <w:t>SoW</w:t>
       </w:r>
       <w:r w:rsidR="004E3164">
         <w:t xml:space="preserve"> template</w:t>
       </w:r>
       <w:r w:rsidRPr="470B3FD3">
         <w:t xml:space="preserve"> to meet their needs</w:t>
       </w:r>
       <w:r w:rsidR="009E5D54">
         <w:t xml:space="preserve"> and timeline,</w:t>
       </w:r>
@@ -864,81 +851,73 @@
         <w:t xml:space="preserve">that should be deleted prior to sharing </w:t>
       </w:r>
       <w:r w:rsidR="00BF58D2" w:rsidRPr="00D710A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">the document </w:t>
       </w:r>
       <w:r w:rsidR="009C76AB" w:rsidRPr="00D710A5">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>with potential bidders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60749CC2" w14:textId="66515D48" w:rsidR="00A55347" w:rsidRPr="00A55347" w:rsidRDefault="004E3164" w:rsidP="00157CBF">
       <w:pPr>
         <w:ind w:left="-450" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Before</w:t>
       </w:r>
       <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> completing </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> SoW, there</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> are </w:t>
+        <w:t xml:space="preserve"> SoW, there are </w:t>
       </w:r>
       <w:r w:rsidR="00A55347">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>some</w:t>
       </w:r>
       <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> key decision</w:t>
       </w:r>
       <w:r w:rsidR="00514405">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1588,279 +1567,268 @@
       <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">resources </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>that may be helpful</w:t>
       </w:r>
       <w:r w:rsidR="00290448">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> in making these determinations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7576B8F6" w14:textId="210277AE" w:rsidR="008C7F9C" w:rsidRPr="008C7F9C" w:rsidRDefault="00000000" w:rsidP="00157CBF">
+    <w:p w14:paraId="7576B8F6" w14:textId="210277AE" w:rsidR="008C7F9C" w:rsidRPr="008C7F9C" w:rsidRDefault="008C7F9C" w:rsidP="00157CBF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+        <w:r w:rsidRPr="008C7F9C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="14558F"/>
           </w:rPr>
           <w:t>Considerations to Inform EV Charging Station Decision-Making</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+      <w:r w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+      <w:r w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t>⇒</w:t>
       </w:r>
-      <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+      <w:r w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t xml:space="preserve"> This two-page resource is intended to better inform the initial decision-making process for all types of electric vehicle (EV) charging station installations at state facilities, including </w:t>
       </w:r>
       <w:r w:rsidR="00A06C58">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+      <w:r w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t>fleet</w:t>
       </w:r>
       <w:r w:rsidR="00A06C58">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t xml:space="preserve"> vehicles</w:t>
       </w:r>
-      <w:r w:rsidR="008C7F9C" w:rsidRPr="008C7F9C">
+      <w:r w:rsidRPr="008C7F9C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D94213A" w14:textId="3A4C29A2" w:rsidR="008C7F9C" w:rsidRPr="00A31287" w:rsidRDefault="00000000" w:rsidP="00157CBF">
+    <w:p w14:paraId="1D94213A" w14:textId="287A7BD6" w:rsidR="008C7F9C" w:rsidRPr="00A31287" w:rsidRDefault="008C7F9C" w:rsidP="00157CBF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90" w:right="-540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId17" w:history="1">
-[...30 lines deleted...]
-      <w:r w:rsidR="008C7F9C">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEBFD22" w14:textId="2DF606CB" w:rsidR="009D6531" w:rsidRPr="00BD0E3C" w:rsidRDefault="009D6531" w:rsidP="4C2A92E2">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Statement of Work – Request for Proposa</w:t>
       </w:r>
       <w:r w:rsidR="00DE5500" w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ls</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F2DFEB" w14:textId="33AB13D4" w:rsidR="008C7F9C" w:rsidRPr="00BD0E3C" w:rsidRDefault="009D6531" w:rsidP="00FC7A3D">
+    <w:p w14:paraId="15F2DFEB" w14:textId="7DED8141" w:rsidR="008C7F9C" w:rsidRPr="00BD0E3C" w:rsidRDefault="009D6531" w:rsidP="00FC7A3D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State</w:t>
       </w:r>
       <w:r w:rsidR="00A677EE" w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wide</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Contract VEH102</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BA723F" w:rsidRPr="00BD0E3C">
+        <w:t xml:space="preserve"> Contract VEH1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA4440">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F1687" w:rsidRPr="00BD0E3C">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00BA723F" w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:rStyle w:val="s14"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Advanced Vehicle Technology Equipment, Supplies &amp; Services</w:t>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="006F1687" w:rsidRPr="00BD0E3C">
+        <w:rPr>
+          <w:rStyle w:val="s14"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA723F" w:rsidRPr="00BD0E3C">
+        <w:rPr>
+          <w:rStyle w:val="s14"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Advanced Vehicle Technology Equipment, Supplies &amp; Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0E3C">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E29EF2E" w14:textId="2185035A" w:rsidR="006B0B46" w:rsidRDefault="009D6531" w:rsidP="009D6531">
       <w:pPr>
         <w:rPr>
           <w:kern w:val="18"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000414E3">
         <w:rPr>
           <w:b/>
           <w:kern w:val="18"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2730,51 +2698,67 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>any and all</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="003C32A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">proposals </w:t>
       </w:r>
       <w:r w:rsidRPr="003C32A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">received as a result of this </w:t>
+        <w:t xml:space="preserve">received </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C32A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C32A4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:r w:rsidR="009B0042" w:rsidRPr="003C32A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RF</w:t>
       </w:r>
       <w:r w:rsidR="00FD1601">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Q</w:t>
       </w:r>
       <w:r w:rsidRPr="003C32A4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and to contract for some, all, or none of </w:t>
       </w:r>
       <w:r w:rsidR="00183A38">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
@@ -2954,1400 +2938,1400 @@
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00FC26AF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00FC26AF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00FC26AF">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DB1E1CF" w14:textId="6964BB2E" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="2DB1E1CF" w14:textId="6964BB2E" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497208" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SITE INFORMATION</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497208 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1C308AA8" w14:textId="2AC5F363" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="1C308AA8" w14:textId="2AC5F363" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="880"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497209" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SITE DETAILS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497209 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0D441B50" w14:textId="01C791B9" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="0D441B50" w14:textId="01C791B9" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="880"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497210" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SITE PLAN</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497210 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="08D87C18" w14:textId="1A66C52C" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="08D87C18" w14:textId="1A66C52C" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497211" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3.2.1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SITE MAP</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497211 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="741D68C0" w14:textId="724C1BF7" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="741D68C0" w14:textId="724C1BF7" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497212" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>EQUIPMENT &amp; INSTALLATION REQUIREMENTS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497212 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="27488B42" w14:textId="2BEFCA6D" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="27488B42" w14:textId="2BEFCA6D" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497213" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>EQUIPMENT SPECIFICATIONS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497213 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2513200C" w14:textId="2440C9A1" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="2513200C" w14:textId="2440C9A1" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497214" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>VENDOR REQUIREMENTS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497214 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="69C12142" w14:textId="54111F5D" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="69C12142" w14:textId="54111F5D" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497215" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PROPOSAL REQUIREMENTS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497215 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3125C3F5" w14:textId="710D7737" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="3125C3F5" w14:textId="710D7737" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="880"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:smallCaps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497216" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:smallCaps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SUBMISSION REQUIREMENTS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497216 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="10DB65D3" w14:textId="0EF569A8" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="10DB65D3" w14:textId="0EF569A8" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497217" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1.1</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>COST PROPOSAL</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497217 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4BDDFEA2" w14:textId="36DAB224" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="4BDDFEA2" w14:textId="36DAB224" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497218" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1.2</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>O&amp;M CONSIDERATIONS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497218 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E7E626C" w14:textId="5B068229" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="1E7E626C" w14:textId="5B068229" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1100"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9350"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:i w:val="0"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497219" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>7.1.3</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:i w:val="0"/>
                 <w:iCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>BUSINESS BACKGROUND</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497219 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="71928D57" w14:textId="32D40307" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="71928D57" w14:textId="32D40307" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497220" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>PROPOSAL EVALUATION</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497220 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E454715" w14:textId="6F0D131A" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="1E454715" w14:textId="6F0D131A" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497221" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>GRANT APPLICATIONS</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497221 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="62C4A97F" w14:textId="77C08466" w:rsidR="00FC26AF" w:rsidRDefault="00000000">
+        <w:p w14:paraId="62C4A97F" w14:textId="77C08466" w:rsidR="00FC26AF" w:rsidRDefault="00FC26AF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
               <w:b w:val="0"/>
               <w:bCs w:val="0"/>
               <w:caps w:val="0"/>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc119497222" w:history="1">
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:caps w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF" w:rsidRPr="00731F34">
+            <w:r w:rsidRPr="00731F34">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>SCHEDULE</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc119497222 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00FC26AF">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="73699069" w14:textId="2DA7682C" w:rsidR="00980DE0" w:rsidRDefault="00980DE0" w:rsidP="00BF7F2F">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4EB30BF4" w14:textId="2C32A5B8" w:rsidR="002B332D" w:rsidRPr="006E2169" w:rsidRDefault="00731411" w:rsidP="00AF344E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
@@ -5238,51 +5222,51 @@
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="077ED271" wp14:editId="048DD972">
             <wp:extent cx="3428194" cy="2059021"/>
             <wp:effectExtent l="0" t="0" r="1270" b="0"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId18"/>
+                    <a:blip r:embed="rId17"/>
                     <a:srcRect l="30213" r="21903" b="48872"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3529438" cy="2119829"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
@@ -5904,59 +5888,59 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Level 1</w:t>
@@ -5986,59 +5970,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check4"/>
             <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -6068,59 +6052,59 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> DCFC  </w:t>
@@ -6131,59 +6115,59 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: __________</w:t>
@@ -6245,110 +6229,110 @@
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check14"/>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Single port   </w:t>
             </w:r>
             <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="10" w:name="Check15"/>
             <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00157CBF">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Dual port</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C35E9" w14:paraId="6BF4AEAA" w14:textId="77777777" w:rsidTr="00527C55">
@@ -6392,57 +6376,57 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C35E9" w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -6468,57 +6452,57 @@
             </w:r>
             <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00D342D9" w:rsidRPr="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D342D9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
@@ -6541,59 +6525,59 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="003C35E9" w:rsidRPr="003C35E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="003C35E9" w:rsidRPr="003C35E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="003C35E9" w:rsidRPr="003C35E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003C35E9" w:rsidRPr="003C35E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003C35E9" w:rsidRPr="003C35E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6665,58 +6649,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="11" w:name="Check7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Free </w:t>
             </w:r>
             <w:r w:rsidR="00C07A6F">
@@ -6739,58 +6723,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Wall-mounted</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6838,115 +6822,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Hardwired  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Plug-in</w:t>
             </w:r>
             <w:r w:rsidR="001551E9">
               <w:rPr>
@@ -6976,58 +6960,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00C54095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00C54095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00C54095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00C54095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C54095">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Either</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7076,173 +7060,173 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="12" w:name="Check9"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 208/240V AC (Level 2)  </w:t>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> 480V three-phase (DCFC)  </w:t>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other: _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7291,58 +7275,58 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="Check16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
             <w:r w:rsidR="00527C55">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:commentRangeStart w:id="14"/>
@@ -7390,58 +7374,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="00DB5D3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00DB5D3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00DB5D3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00DB5D3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DB5D3E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Other: _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -7486,57 +7470,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="15" w:name="Check18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:r w:rsidR="004F4EB9" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -7546,57 +7530,57 @@
             <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="16" w:name="Check19"/>
             <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
             <w:r w:rsidR="00B75561" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> CCS/CH</w:t>
             </w:r>
             <w:r w:rsidR="00922F95" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -7634,57 +7618,57 @@
             <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="17" w:name="Check20"/>
             <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="17"/>
             <w:r w:rsidR="00630BCD" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other: _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00783243" w14:paraId="7C41B57D" w14:textId="77777777" w:rsidTr="00527C55">
@@ -7734,57 +7718,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="1"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="18" w:name="Check21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="18"/>
             <w:r w:rsidR="00A246CD" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18-ft </w:t>
             </w:r>
             <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -7794,57 +7778,57 @@
             <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="19" w:name="Check22"/>
             <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="19"/>
             <w:r w:rsidR="006D1774" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> 18-ft non-retractable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -7861,57 +7845,57 @@
             <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="Check23"/>
             <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="002F3BF6" w:rsidRPr="002F3BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other</w:t>
             </w:r>
             <w:r w:rsidR="00503FD0" w:rsidRPr="00630BCD">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -8242,83 +8226,83 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">sold </w:t>
             </w:r>
             <w:r w:rsidR="00F83305">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
             <w:r w:rsidR="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> installed in the Commonwealth </w:t>
             </w:r>
             <w:r w:rsidRPr="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">must meet the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="00267240">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:t>Massachusetts Appliance Efficiency Standards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">; see the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="00F83305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:t>manufacturer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="00F83305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:t>installer/</w:t>
               </w:r>
               <w:r w:rsidR="00A366A2" w:rsidRPr="00F83305">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 </w:rPr>
                 <w:t>seller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> requirements</w:t>
             </w:r>
             <w:r w:rsidR="00811A6F" w:rsidRPr="00A366A2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
@@ -8437,170 +8421,215 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VENDOR REQUIREMENTS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="27DE30D5" w14:textId="2EAC00AD" w:rsidR="00380E55" w:rsidRPr="006E2169" w:rsidRDefault="00380E55" w:rsidP="00D35729">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="188" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bidders must meet the criteria listed below. Failure to meet any of these requirements may result in rejection of bid. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="120435BF" w14:textId="17A2ADA0" w:rsidR="00380E55" w:rsidRPr="006E2169" w:rsidRDefault="00380E55" w:rsidP="00D35729">
+    <w:p w14:paraId="120435BF" w14:textId="7F952A74" w:rsidR="00380E55" w:rsidRPr="006E2169" w:rsidRDefault="00380E55" w:rsidP="00D35729">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bidder must be a current, eligible vendor on </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="006E2169">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Statewide Contract VEH102</w:t>
+          <w:t>Statewide Contract VEH1</w:t>
+        </w:r>
+        <w:r w:rsidR="00DA4440">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006E2169">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C41FDC1" w14:textId="7A6A7D74" w:rsidR="00380E55" w:rsidRPr="006E2169" w:rsidRDefault="00BA0726" w:rsidP="00FB253E">
+    <w:p w14:paraId="13C00FB6" w14:textId="1989E509" w:rsidR="00DA4440" w:rsidRPr="006E2169" w:rsidRDefault="00DA4440" w:rsidP="00FB253E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006E2169">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If awarded,</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">any project with a total cost of $25,000 or greater, contractors must adhere to the payment bonds requirements in VEH102 per MGL Chapter 149, Section 29. </w:t>
+        <w:t xml:space="preserve">If awarded, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n instances where Statewide Contract </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VEH122</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is used for services </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CD5776">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $25,000, MGL c. 149, s. 29, payment bonds are required from the selected Contractor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="625BC93E" w14:textId="14D2EBFD" w:rsidR="002C42FF" w:rsidRPr="002A7F3B" w:rsidRDefault="002A7F3B" w:rsidP="00FB253E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A7F3B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Awarded v</w:t>
       </w:r>
       <w:r w:rsidR="008C3E9D" w:rsidRPr="002A7F3B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor must agree to Commonwealth </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="008C3E9D" w:rsidRPr="002A7F3B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00610B84" w:rsidRPr="002A7F3B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18DEE146" w14:textId="2315B79F" w:rsidR="001756E5" w:rsidRPr="006E2169" w:rsidRDefault="00FB30F5" w:rsidP="00AF344E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -11704,248 +11733,272 @@
       <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="493AC404" w14:textId="6EAC9630" w:rsidR="00BA4517" w:rsidRPr="006E2169" w:rsidRDefault="00817E9D" w:rsidP="00D35729">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bidders must adhere to the proposed schedule listed below. All schedule dates and time are subject to change</w:t>
       </w:r>
       <w:r w:rsidR="00D55A9F" w:rsidRPr="006E2169">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD8F3B0" w14:textId="14C0135C" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
+    <w:p w14:paraId="1CD8F3B0" w14:textId="73E45864" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Site visit will occur on </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>March 1</w:t>
+        <w:t>November 1</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00CA67B9" w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00CA67B9" w:rsidRPr="00CA67B9">
+      <w:r w:rsidR="00355A70" w:rsidRPr="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. Bidders must register for the site visit by emailing </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Jordan Canopy at Jordan.canopy@dgt.gov</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> no less than </w:t>
       </w:r>
       <w:r w:rsidRPr="00672F80">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>48-hours in advance</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the designated site visit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD0F1F7" w14:textId="77777777" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
+    <w:p w14:paraId="4AD0F1F7" w14:textId="2B6DDB9C" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Written questions may be submitted to </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Jordan Canopy at Jordan.canopy@dgt.gov</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> no later than </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>March</w:t>
+        <w:t>November 15</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 15, 20</w:t>
+        <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidRPr="005430F4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>24</w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00355A70" w:rsidRPr="00355A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8578CF" w14:textId="77777777" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
+    <w:p w14:paraId="6A8578CF" w14:textId="48CE1AB7" w:rsidR="009C76AB" w:rsidRPr="006E2169" w:rsidRDefault="009C76AB" w:rsidP="009C76AB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Responses to written questions will be posted by </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Apr</w:t>
+        <w:t>December 1</w:t>
       </w:r>
       <w:r w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>il 1, 2024.</w:t>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00355A70">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C76AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2600EFEE" w14:textId="7E34F019" w:rsidR="00797BD3" w:rsidRPr="009C76AB" w:rsidRDefault="00EC68BB" w:rsidP="00D35729">
+    <w:p w14:paraId="2600EFEE" w14:textId="405AA7B7" w:rsidR="00797BD3" w:rsidRPr="009C76AB" w:rsidRDefault="00EC68BB" w:rsidP="00D35729">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bid submissions </w:t>
       </w:r>
       <w:r w:rsidR="00797BD3" w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
@@ -11967,145 +12020,181 @@
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>5:00 PM</w:t>
       </w:r>
       <w:r w:rsidR="00A2472D" w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00264672" w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">on </w:t>
       </w:r>
-      <w:r w:rsidR="009C76AB" w:rsidRPr="009C76AB">
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>April 15, 2024</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D0FD9" w:rsidRPr="009C76AB">
+        <w:t>December 15</w:t>
+      </w:r>
+      <w:r w:rsidR="009C76AB" w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="003D0FD9" w:rsidRPr="009C76AB">
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0FD9" w:rsidRPr="009C76AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0FD9" w:rsidRPr="009C76AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EFBD902" w14:textId="69CEBB0F" w:rsidR="00BB22C8" w:rsidRPr="006E2169" w:rsidRDefault="00E62C00" w:rsidP="00D35729">
+    <w:p w14:paraId="6EFBD902" w14:textId="386A4E15" w:rsidR="00BB22C8" w:rsidRPr="006E2169" w:rsidRDefault="00E62C00" w:rsidP="00D35729">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is anticipated that an award shall be made </w:t>
+        <w:t xml:space="preserve">It is anticipated that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006E2169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006E2169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> award shall be made </w:t>
       </w:r>
       <w:r w:rsidR="00815274" w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
-      <w:r w:rsidR="009C76AB">
+      <w:r w:rsidR="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>May</w:t>
+        <w:t>December 30</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4348C" w:rsidRPr="006E2169">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="009C76AB" w:rsidRPr="006E2169">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B4348C" w:rsidRPr="006E2169">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="009C76AB" w:rsidRPr="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">15, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009C76AB" w:rsidRPr="006E2169">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00355A70" w:rsidRPr="00355A70">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...7 lines deleted...]
-        <w:t>24</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009C76AB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="002A209D" w:rsidRPr="009D4E35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="0056583B" w:rsidRPr="009D4E35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>This</w:t>
@@ -12174,62 +12263,62 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002A209D" w:rsidRPr="009D4E35">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0319031F" w14:textId="0798990F" w:rsidR="00875DC7" w:rsidRPr="00656860" w:rsidRDefault="00875DC7" w:rsidP="00875DC7">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="188" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00875DC7" w:rsidRPr="00656860">
-      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:footerReference w:type="default" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:comments xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:comment w:id="14" w:author="Kingston, Ryan (ENE)" w:date="2024-03-08T11:06:00Z" w:initials="RK">
     <w:p w14:paraId="51DB5484" w14:textId="77777777" w:rsidR="00D74936" w:rsidRDefault="00D74936" w:rsidP="00D74936">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Note that if you want a higher-powered ports you may request a higher output (e.g., 11kw or 19kw) - this may be beneficial if you want fewer ports but a faster charge rate</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="21" w:author="Kingston, Ryan (ENE)" w:date="2024-03-08T11:14:00Z" w:initials="RK">
     <w:p w14:paraId="3E74F76E" w14:textId="77777777" w:rsidR="005F390A" w:rsidRDefault="005F390A" w:rsidP="005F390A">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
@@ -12238,189 +12327,190 @@
       <w:r>
         <w:t>Modify as desired</w:t>
       </w:r>
     </w:p>
   </w:comment>
   <w:comment w:id="26" w:author="Vitello, Sophia (ENE)" w:date="2024-06-07T09:48:00Z" w:initials="SV">
     <w:p w14:paraId="542F7FBC" w14:textId="77777777" w:rsidR="003B16C1" w:rsidRDefault="003B16C1" w:rsidP="003B16C1">
       <w:pPr>
         <w:pStyle w:val="CommentText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="CommentReference"/>
         </w:rPr>
         <w:annotationRef/>
       </w:r>
       <w:r>
         <w:t>Pre-wiring is strongly encouraged but not required as part of the LBE fleet EV charging grant</w:t>
       </w:r>
     </w:p>
   </w:comment>
 </w:comments>
 </file>
 
 <file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:commentsEx xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:commentEx w15:paraId="51DB5484" w15:done="0"/>
   <w15:commentEx w15:paraId="3E74F76E" w15:done="0"/>
   <w15:commentEx w15:paraId="542F7FBC" w15:done="0"/>
 </w15:commentsEx>
 </file>
 
 <file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh cr wp14">
+<w16cex:commentsExtensible xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl cr w16du wp14">
   <w16cex:commentExtensible w16cex:durableId="761E20EB" w16cex:dateUtc="2024-03-08T16:06:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="4231E976" w16cex:dateUtc="2024-03-08T16:14:00Z"/>
   <w16cex:commentExtensible w16cex:durableId="55508F61" w16cex:dateUtc="2024-06-07T13:48:00Z"/>
 </w16cex:commentsExtensible>
 </file>
 
 <file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
-<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w16cid:commentsIds xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w16cid:commentId w16cid:paraId="51DB5484" w16cid:durableId="761E20EB"/>
   <w16cid:commentId w16cid:paraId="3E74F76E" w16cid:durableId="4231E976"/>
   <w16cid:commentId w16cid:paraId="542F7FBC" w16cid:durableId="55508F61"/>
 </w16cid:commentsIds>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="492AB114" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60" w:rsidP="00334325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4EE1BB00" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60" w:rsidP="00334325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="71A679CB" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="834345011"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="780F9609" w14:textId="748B237F" w:rsidR="00334325" w:rsidRDefault="00334325">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -12429,51 +12519,51 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="25AE5F22" w14:textId="77777777" w:rsidR="00334325" w:rsidRDefault="00334325">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="49242CE5" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60" w:rsidP="00334325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70082000" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60" w:rsidP="00334325">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="30AF7528" w14:textId="77777777" w:rsidR="008C4F60" w:rsidRDefault="008C4F60">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -12609,51 +12699,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. See the Considerations to Inform EV Charging Station Decision-Making </w:t>
       </w:r>
       <w:r w:rsidR="00FC26AF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="0047175B" w:rsidRPr="00BC161B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">uide for more details. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="9C7C078F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A1A2B9A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -17568,63 +17658,63 @@
   <w:num w:numId="37" w16cid:durableId="41298218">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2138834648">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1995141085">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="370417833">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="214238541">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="994606162">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1323042808">
     <w:abstractNumId w:val="37"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Kingston, Ryan (ENE)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Ryan.Kingston@mass.gov::33742edd-98fa-45f5-827d-bca258824be9"/>
   </w15:person>
   <w15:person w15:author="Vitello, Sophia (ENE)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Sophia.Vitello@mass.gov::901a5a57-0f88-4322-9ffe-fb3ca6d0a659"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A6984"/>
     <w:rsid w:val="00001A0A"/>
     <w:rsid w:val="00001B6C"/>
@@ -17952,50 +18042,51 @@
     <w:rsid w:val="003139A2"/>
     <w:rsid w:val="00314303"/>
     <w:rsid w:val="00317B72"/>
     <w:rsid w:val="00317F31"/>
     <w:rsid w:val="00322E2A"/>
     <w:rsid w:val="00324E9D"/>
     <w:rsid w:val="00325141"/>
     <w:rsid w:val="0032774E"/>
     <w:rsid w:val="00330187"/>
     <w:rsid w:val="003305D2"/>
     <w:rsid w:val="00331204"/>
     <w:rsid w:val="00334325"/>
     <w:rsid w:val="00334836"/>
     <w:rsid w:val="00334B0C"/>
     <w:rsid w:val="0033679E"/>
     <w:rsid w:val="00336CD2"/>
     <w:rsid w:val="003370D5"/>
     <w:rsid w:val="00337745"/>
     <w:rsid w:val="00342889"/>
     <w:rsid w:val="00343615"/>
     <w:rsid w:val="00344491"/>
     <w:rsid w:val="00345EE1"/>
     <w:rsid w:val="00346842"/>
     <w:rsid w:val="00352F14"/>
     <w:rsid w:val="00353E6C"/>
+    <w:rsid w:val="00355A70"/>
     <w:rsid w:val="003607A3"/>
     <w:rsid w:val="00361B02"/>
     <w:rsid w:val="003633F9"/>
     <w:rsid w:val="00365AA2"/>
     <w:rsid w:val="00367D37"/>
     <w:rsid w:val="00375D70"/>
     <w:rsid w:val="00376063"/>
     <w:rsid w:val="00376B57"/>
     <w:rsid w:val="00376F7D"/>
     <w:rsid w:val="003800EF"/>
     <w:rsid w:val="00380E55"/>
     <w:rsid w:val="0038111B"/>
     <w:rsid w:val="0038127E"/>
     <w:rsid w:val="00381DA9"/>
     <w:rsid w:val="0038308F"/>
     <w:rsid w:val="00383BA9"/>
     <w:rsid w:val="00383FC1"/>
     <w:rsid w:val="00384712"/>
     <w:rsid w:val="00385576"/>
     <w:rsid w:val="003862D0"/>
     <w:rsid w:val="00392A41"/>
     <w:rsid w:val="00393997"/>
     <w:rsid w:val="00394812"/>
     <w:rsid w:val="003959EF"/>
     <w:rsid w:val="00396221"/>
@@ -18214,50 +18305,51 @@
     <w:rsid w:val="005A4963"/>
     <w:rsid w:val="005A4D43"/>
     <w:rsid w:val="005A516B"/>
     <w:rsid w:val="005A565E"/>
     <w:rsid w:val="005A61DB"/>
     <w:rsid w:val="005A7050"/>
     <w:rsid w:val="005B1EB2"/>
     <w:rsid w:val="005B4256"/>
     <w:rsid w:val="005B61DE"/>
     <w:rsid w:val="005C2010"/>
     <w:rsid w:val="005C2AFB"/>
     <w:rsid w:val="005C2C58"/>
     <w:rsid w:val="005C350A"/>
     <w:rsid w:val="005C4CF5"/>
     <w:rsid w:val="005C659D"/>
     <w:rsid w:val="005C7469"/>
     <w:rsid w:val="005C763B"/>
     <w:rsid w:val="005C7C27"/>
     <w:rsid w:val="005C7FCC"/>
     <w:rsid w:val="005D1892"/>
     <w:rsid w:val="005D2137"/>
     <w:rsid w:val="005D36E1"/>
     <w:rsid w:val="005D3CC9"/>
     <w:rsid w:val="005D58D3"/>
     <w:rsid w:val="005D5A01"/>
+    <w:rsid w:val="005E0A82"/>
     <w:rsid w:val="005E0E8D"/>
     <w:rsid w:val="005E1166"/>
     <w:rsid w:val="005E2776"/>
     <w:rsid w:val="005E6571"/>
     <w:rsid w:val="005F1885"/>
     <w:rsid w:val="005F28FB"/>
     <w:rsid w:val="005F2DCB"/>
     <w:rsid w:val="005F3371"/>
     <w:rsid w:val="005F3649"/>
     <w:rsid w:val="005F390A"/>
     <w:rsid w:val="005F42FA"/>
     <w:rsid w:val="005F6EFB"/>
     <w:rsid w:val="005F7752"/>
     <w:rsid w:val="006001B2"/>
     <w:rsid w:val="00601A16"/>
     <w:rsid w:val="0060206A"/>
     <w:rsid w:val="006034E9"/>
     <w:rsid w:val="00603BFD"/>
     <w:rsid w:val="00610B84"/>
     <w:rsid w:val="00613F1D"/>
     <w:rsid w:val="00614E12"/>
     <w:rsid w:val="00615A1F"/>
     <w:rsid w:val="006175A3"/>
     <w:rsid w:val="0062355D"/>
     <w:rsid w:val="00627810"/>
@@ -18997,50 +19089,51 @@
     <w:rsid w:val="00D61677"/>
     <w:rsid w:val="00D6195C"/>
     <w:rsid w:val="00D61C8E"/>
     <w:rsid w:val="00D64EE9"/>
     <w:rsid w:val="00D661DE"/>
     <w:rsid w:val="00D6770E"/>
     <w:rsid w:val="00D70DA1"/>
     <w:rsid w:val="00D710A5"/>
     <w:rsid w:val="00D7317F"/>
     <w:rsid w:val="00D74936"/>
     <w:rsid w:val="00D76857"/>
     <w:rsid w:val="00D77B82"/>
     <w:rsid w:val="00D80B24"/>
     <w:rsid w:val="00D81166"/>
     <w:rsid w:val="00D83413"/>
     <w:rsid w:val="00D835F2"/>
     <w:rsid w:val="00D84E79"/>
     <w:rsid w:val="00D85136"/>
     <w:rsid w:val="00D87C5B"/>
     <w:rsid w:val="00D9064A"/>
     <w:rsid w:val="00D9131F"/>
     <w:rsid w:val="00D91960"/>
     <w:rsid w:val="00D919AB"/>
     <w:rsid w:val="00D92654"/>
     <w:rsid w:val="00D97553"/>
+    <w:rsid w:val="00DA4440"/>
     <w:rsid w:val="00DA62FC"/>
     <w:rsid w:val="00DA7F74"/>
     <w:rsid w:val="00DB01CF"/>
     <w:rsid w:val="00DB3832"/>
     <w:rsid w:val="00DB46F3"/>
     <w:rsid w:val="00DB5490"/>
     <w:rsid w:val="00DB58F4"/>
     <w:rsid w:val="00DB5D3E"/>
     <w:rsid w:val="00DB7F05"/>
     <w:rsid w:val="00DB7F59"/>
     <w:rsid w:val="00DC0020"/>
     <w:rsid w:val="00DC179D"/>
     <w:rsid w:val="00DC194E"/>
     <w:rsid w:val="00DC3B46"/>
     <w:rsid w:val="00DC3C1C"/>
     <w:rsid w:val="00DC5463"/>
     <w:rsid w:val="00DC6581"/>
     <w:rsid w:val="00DD03B1"/>
     <w:rsid w:val="00DD1170"/>
     <w:rsid w:val="00DD2ABE"/>
     <w:rsid w:val="00DD2B32"/>
     <w:rsid w:val="00DD45C0"/>
     <w:rsid w:val="00DD5A51"/>
     <w:rsid w:val="00DD608E"/>
     <w:rsid w:val="00DD72C0"/>
@@ -19122,50 +19215,51 @@
     <w:rsid w:val="00EE023A"/>
     <w:rsid w:val="00EE246C"/>
     <w:rsid w:val="00EE4127"/>
     <w:rsid w:val="00EE564C"/>
     <w:rsid w:val="00EE645B"/>
     <w:rsid w:val="00EE654E"/>
     <w:rsid w:val="00EE7545"/>
     <w:rsid w:val="00EE7B4F"/>
     <w:rsid w:val="00EE7BE2"/>
     <w:rsid w:val="00EF0611"/>
     <w:rsid w:val="00EF07A9"/>
     <w:rsid w:val="00EF1092"/>
     <w:rsid w:val="00EF385C"/>
     <w:rsid w:val="00EF7F38"/>
     <w:rsid w:val="00F032DC"/>
     <w:rsid w:val="00F03FA9"/>
     <w:rsid w:val="00F04312"/>
     <w:rsid w:val="00F04636"/>
     <w:rsid w:val="00F06A9D"/>
     <w:rsid w:val="00F06DB4"/>
     <w:rsid w:val="00F10892"/>
     <w:rsid w:val="00F124D5"/>
     <w:rsid w:val="00F12708"/>
     <w:rsid w:val="00F12931"/>
     <w:rsid w:val="00F129CD"/>
+    <w:rsid w:val="00F139D5"/>
     <w:rsid w:val="00F1549B"/>
     <w:rsid w:val="00F15F0C"/>
     <w:rsid w:val="00F1654F"/>
     <w:rsid w:val="00F17089"/>
     <w:rsid w:val="00F17213"/>
     <w:rsid w:val="00F2188B"/>
     <w:rsid w:val="00F24C16"/>
     <w:rsid w:val="00F26B80"/>
     <w:rsid w:val="00F30ACF"/>
     <w:rsid w:val="00F31413"/>
     <w:rsid w:val="00F3302B"/>
     <w:rsid w:val="00F33464"/>
     <w:rsid w:val="00F33612"/>
     <w:rsid w:val="00F351B0"/>
     <w:rsid w:val="00F356F7"/>
     <w:rsid w:val="00F373C4"/>
     <w:rsid w:val="00F41B63"/>
     <w:rsid w:val="00F4412D"/>
     <w:rsid w:val="00F444CB"/>
     <w:rsid w:val="00F445E7"/>
     <w:rsid w:val="00F5036F"/>
     <w:rsid w:val="00F51BD4"/>
     <w:rsid w:val="00F54BAB"/>
     <w:rsid w:val="00F56F9D"/>
     <w:rsid w:val="00F60F81"/>
@@ -19179,50 +19273,51 @@
     <w:rsid w:val="00F82850"/>
     <w:rsid w:val="00F83305"/>
     <w:rsid w:val="00F8425A"/>
     <w:rsid w:val="00F84610"/>
     <w:rsid w:val="00F871DB"/>
     <w:rsid w:val="00F87389"/>
     <w:rsid w:val="00F91030"/>
     <w:rsid w:val="00F95FDE"/>
     <w:rsid w:val="00F97360"/>
     <w:rsid w:val="00F97594"/>
     <w:rsid w:val="00FA047D"/>
     <w:rsid w:val="00FA07A6"/>
     <w:rsid w:val="00FA1401"/>
     <w:rsid w:val="00FA206D"/>
     <w:rsid w:val="00FA390C"/>
     <w:rsid w:val="00FA3A23"/>
     <w:rsid w:val="00FA4155"/>
     <w:rsid w:val="00FA5846"/>
     <w:rsid w:val="00FB045F"/>
     <w:rsid w:val="00FB253E"/>
     <w:rsid w:val="00FB30F5"/>
     <w:rsid w:val="00FB312B"/>
     <w:rsid w:val="00FB3805"/>
     <w:rsid w:val="00FB3935"/>
     <w:rsid w:val="00FB70C2"/>
+    <w:rsid w:val="00FC0C83"/>
     <w:rsid w:val="00FC13A3"/>
     <w:rsid w:val="00FC26AF"/>
     <w:rsid w:val="00FC27C7"/>
     <w:rsid w:val="00FC4141"/>
     <w:rsid w:val="00FC5A42"/>
     <w:rsid w:val="00FC76FE"/>
     <w:rsid w:val="00FC7A3D"/>
     <w:rsid w:val="00FD01B5"/>
     <w:rsid w:val="00FD1601"/>
     <w:rsid w:val="00FD1C97"/>
     <w:rsid w:val="00FD1E66"/>
     <w:rsid w:val="00FD563D"/>
     <w:rsid w:val="00FD69C6"/>
     <w:rsid w:val="00FD7BD1"/>
     <w:rsid w:val="00FE0BD5"/>
     <w:rsid w:val="00FE4A24"/>
     <w:rsid w:val="00FE4CAD"/>
     <w:rsid w:val="00FE5BDA"/>
     <w:rsid w:val="00FF129E"/>
     <w:rsid w:val="00FF1EB6"/>
     <w:rsid w:val="00FF7A76"/>
     <w:rsid w:val="0585DEE0"/>
     <w:rsid w:val="06B567CE"/>
     <w:rsid w:val="0BA693DA"/>
     <w:rsid w:val="0BDB1940"/>
@@ -19276,51 +19371,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7E36BB0B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B3BF09A9-4C7D-4B61-A5A2-362C97768A3F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20622,51 +20717,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002A36E0"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002A36E0"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="24451461">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="276447457">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -22480,51 +22575,51 @@
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2045329300">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/leading-by-example-grants" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-20-1080-OSD03-SRC3-40716&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/veh102-technologies-to-green-your-fleet/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/considerations-to-inform-ev-charging-station-decision-making/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/certify-products-for-appliance-efficiency-standards" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/considerations-to-inform-ev-charging-station-decision-making/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/leading-by-example-program-scope-goals-and-administration" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/forms/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/leading-by-example-grants" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/forms/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-fleet-management-contract-user-guides" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/considerations-to-inform-ev-charging-station-decision-making/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId29" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/considerations-to-inform-ev-charging-station-decision-making/download" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/certify-products-for-appliance-efficiency-standards" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/leading-by-example-program-scope-goals-and-administration" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ada.gov/regs2010/2010ADAStandards/2010ADAstandards.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/aab-rules-and-regulations" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -22799,102 +22894,94 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="a2187807-d16b-4f26-8c23-1ecdc31f3e2b">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="79499340-b9cf-4458-9368-33036c1b4dc9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="79499340-b9cf-4458-9368-33036c1b4dc9" xmlns:ns3="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="26d583cc56e9d770d83748ab506e5c28" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100CCE5B1B55FDC6F46992CBD8D384DCF63" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="461bfb68fb4a5d6d62b4f88ad4127bdb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="79499340-b9cf-4458-9368-33036c1b4dc9" xmlns:ns3="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="19ada3866f22f2552a4fa585d0cdeed8" ns2:_="" ns3:_="">
     <xsd:import namespace="79499340-b9cf-4458-9368-33036c1b4dc9"/>
     <xsd:import namespace="a2187807-d16b-4f26-8c23-1ecdc31f3e2b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="79499340-b9cf-4458-9368-33036c1b4dc9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -22921,50 +23008,55 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a2187807-d16b-4f26-8c23-1ecdc31f3e2b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
@@ -23066,130 +23158,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D61750A-FD08-42D5-9E60-0BB7173CDEF2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31F55499-0633-47F0-BE1C-3CA9DE639021}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="79499340-b9cf-4458-9368-33036c1b4dc9"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a2187807-d16b-4f26-8c23-1ecdc31f3e2b"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{31F55499-0633-47F0-BE1C-3CA9DE639021}">
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA40E7A8-C676-46DC-9D2D-683118D3B364}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1832E06E-322F-4820-AAAC-C89067C980CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="79499340-b9cf-4458-9368-33036c1b4dc9"/>
     <ds:schemaRef ds:uri="a2187807-d16b-4f26-8c23-1ecdc31f3e2b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C28A256C-1887-7E44-9BB2-E09531271F8B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D61750A-FD08-42D5-9E60-0BB7173CDEF2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2514</Words>
-  <Characters>14332</Characters>
+  <Words>2456</Words>
+  <Characters>14002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>116</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16813</CharactersWithSpaces>
+  <CharactersWithSpaces>16426</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Brown, Stephen D (DCR)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100CCE5B1B55FDC6F46992CBD8D384DCF63</vt:lpwstr>