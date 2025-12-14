--- v0 (2025-10-29)
+++ v1 (2025-12-14)
@@ -385,71 +385,59 @@
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>June 30, 2030</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18DAF315" w14:textId="1277424F" w:rsidR="0064148A" w:rsidRPr="001123BB" w:rsidRDefault="00FA6A34" w:rsidP="00E20680">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_Extend_Beyond_(Performance" w:history="1">
-              <w:proofErr w:type="gramStart"/>
               <w:r w:rsidRPr="00B87E23">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>Extend</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve"> Beyond Date</w:t>
+                <w:t>Extend Beyond Date</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0000151F">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00352B1E">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>June 30, 2031. No new agreements except for performance and payment purposes only beyond this date.</w:t>
             </w:r>
@@ -762,62 +750,74 @@
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="31BD9D40" w:rsidR="000B1C96" w:rsidRPr="00136526" w:rsidRDefault="000B1C96" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="337CD612" w:rsidR="000B1C96" w:rsidRPr="00136526" w:rsidRDefault="000B1C96" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0015687D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10/06/2025:</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="0056737C">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015687D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/06/2025:</w:t>
             </w:r>
             <w:r w:rsidR="00AC157B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC157B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r w:rsidRPr="00E82E83">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B3F3B56" w14:textId="77777777" w:rsidR="00E70DC5" w:rsidRDefault="00E70DC5" w:rsidP="006E4CCA">
       <w:pPr>
@@ -873,60 +873,52 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="77C4B371" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -1070,61 +1062,52 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -3608,63 +3591,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6763E5FE" w14:textId="77777777" w:rsidR="00E042C8" w:rsidRDefault="00E042C8" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="31ECE041" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc210918676"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -7828,65 +7800,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Construction services </w:t>
       </w:r>
       <w:r w:rsidR="002F5141">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">purchased under this contract </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>are limited to $50,000 or less per engagement (job/project).</w:t>
       </w:r>
       <w:r w:rsidR="005D1B3D" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The total cost of all maintenance and service agreements, including those spanning multiple years, shall not exceed $50,000 over the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of the contract.</w:t>
+        <w:t xml:space="preserve"> The total cost of all maintenance and service agreements, including those spanning multiple years, shall not exceed $50,000 over the life of the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D9066E" w14:textId="5B19FCC1" w:rsidR="005D1B3D" w:rsidRPr="009E12A3" w:rsidRDefault="00320FAB" w:rsidP="00E20680">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For construction materials and labor valued from </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7912,65 +7870,51 @@
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> solicit a minimum of three quotes and receive two written responses</w:t>
       </w:r>
       <w:r w:rsidR="00153404" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C13B6" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F0059C" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The contract shall be awarded to the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> who offers the lowest price.</w:t>
+        <w:t>The contract shall be awarded to the responsible bidder who offers the lowest price.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6779B5CF" w14:textId="544B6A14" w:rsidR="00D72A2A" w:rsidRDefault="00532305" w:rsidP="00E20680">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For construction materials and labor </w:t>
       </w:r>
       <w:r w:rsidR="00D72A2A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">estimated to cost less than </w:t>
       </w:r>
@@ -8011,69 +7955,51 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc210918689"/>
       <w:r w:rsidRPr="00E0795D">
         <w:t>Statement of Work (SOW) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="3AB59721" w14:textId="5DE3D490" w:rsidR="00AA70E9" w:rsidRPr="000E0632" w:rsidRDefault="00AA70E9" w:rsidP="00AA70E9">
       <w:pPr>
         <w:pStyle w:val="HeadText3"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E0632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In instances where this Statewide Contract is used for services </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> $25,000, MGL c. 149, s. 29 payment bonds are required from the selected </w:t>
+        <w:t xml:space="preserve">In instances where this Statewide Contract is used for services in excess of $25,000, MGL c. 149, s. 29 payment bonds are required from the selected </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="000E0632">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BD4B84">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9396,98 +9322,75 @@
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00E20680">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId50" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12095,62 +11998,52 @@
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36998</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B8DF29A" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philip </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Philip LoRicco</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1093" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FA0BF6F" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>413-214-3461</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12882,69 +12775,58 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="5194A4A9" w14:textId="77777777" w:rsidTr="00B617B5">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34652B0B" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Clutec</w:t>
-[...9 lines deleted...]
-              <w:t>, Inc.</w:t>
+              <w:t>Clutec, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2831109A" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36751</w:t>
               </w:r>
@@ -13283,69 +13165,58 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="784CD14E" w14:textId="77777777" w:rsidTr="00B617B5">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E7DCD72" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>CommTank</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Incorporated</w:t>
+              <w:t>CommTank Incorporated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B3F7763" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36996</w:t>
@@ -15312,71 +15183,51 @@
       <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="2A046C27" w14:textId="77777777" w:rsidTr="00B617B5">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="562A2FE8" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">American </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Inc. dba </w:t>
+              <w:t xml:space="preserve">American Retroworks Inc. dba </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Good Point Recycling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B7CB95D" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -15729,73 +15580,60 @@
           <w:cantSplit/>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C9D532" w14:textId="1FD05295" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Norris Hauling Inc dba: </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>MedXwaste</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> MA</w:t>
+              <w:t>MedXwaste MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5504C344" w14:textId="03A4CFA7" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36791</w:t>
               </w:r>
@@ -16105,59 +15943,75 @@
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0%</w:t>
             </w:r>
             <w:r w:rsidR="00265F35">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> off</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D4E33F5" w14:textId="48FECBEF" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="00DE3447" w:rsidP="00EA36B1">
+          <w:p w14:paraId="1D4E33F5" w14:textId="06D01C40" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="008E5EDD" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0056737C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>VBE,</w:t>
+            </w:r>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE3447">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SB</w:t>
             </w:r>
             <w:r w:rsidR="0084059E">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2BF05B" w14:textId="7745F496" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -16629,65 +16483,52 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio Med Innovations, LLC dba: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">New England </w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>New England Medwaste</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08AD001D" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36750</w:t>
               </w:r>
             </w:hyperlink>
@@ -22039,61 +21880,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="03849397" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B7570B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -22409,51 +22241,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="7F44A8AA" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="5D4C7B42" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -22542,61 +22374,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -22912,51 +22735,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="1E35EE85" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="0CC5DE1E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -23039,61 +22862,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="50916609" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="004F2B61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -23636,51 +23450,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="30C406C9" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="508DEA14" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -23990,51 +23804,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="076F7DDF" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="7FA75EFF" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29202,50 +29016,51 @@
     <w:rsid w:val="00557B8F"/>
     <w:rsid w:val="00557E62"/>
     <w:rsid w:val="00557F2C"/>
     <w:rsid w:val="00560098"/>
     <w:rsid w:val="005603DE"/>
     <w:rsid w:val="0056085F"/>
     <w:rsid w:val="00560EB5"/>
     <w:rsid w:val="00560F85"/>
     <w:rsid w:val="00561D1A"/>
     <w:rsid w:val="0056244C"/>
     <w:rsid w:val="00562697"/>
     <w:rsid w:val="00562EFB"/>
     <w:rsid w:val="00563148"/>
     <w:rsid w:val="00563606"/>
     <w:rsid w:val="00564149"/>
     <w:rsid w:val="0056426D"/>
     <w:rsid w:val="00564A93"/>
     <w:rsid w:val="00564EF7"/>
     <w:rsid w:val="005654A3"/>
     <w:rsid w:val="00565A60"/>
     <w:rsid w:val="00565DEB"/>
     <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="0056602A"/>
     <w:rsid w:val="0056669C"/>
     <w:rsid w:val="00566FCF"/>
+    <w:rsid w:val="0056737C"/>
     <w:rsid w:val="005673AE"/>
     <w:rsid w:val="00567AAC"/>
     <w:rsid w:val="005700E1"/>
     <w:rsid w:val="005703BE"/>
     <w:rsid w:val="00570761"/>
     <w:rsid w:val="00570EB4"/>
     <w:rsid w:val="005712A6"/>
     <w:rsid w:val="00571316"/>
     <w:rsid w:val="0057140A"/>
     <w:rsid w:val="00571BEC"/>
     <w:rsid w:val="005720FA"/>
     <w:rsid w:val="005729DA"/>
     <w:rsid w:val="00572C13"/>
     <w:rsid w:val="0057357A"/>
     <w:rsid w:val="0057361C"/>
     <w:rsid w:val="00573686"/>
     <w:rsid w:val="0057382C"/>
     <w:rsid w:val="00573B08"/>
     <w:rsid w:val="005741C5"/>
     <w:rsid w:val="005749F2"/>
     <w:rsid w:val="0057570C"/>
     <w:rsid w:val="00575ADB"/>
     <w:rsid w:val="00575AE4"/>
     <w:rsid w:val="00575D06"/>
     <w:rsid w:val="00575FD2"/>
@@ -29886,50 +29701,51 @@
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E5BE9"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
     <w:rsid w:val="006F52F2"/>
     <w:rsid w:val="006F5315"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
     <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="006F72C4"/>
     <w:rsid w:val="006F78A4"/>
+    <w:rsid w:val="007002A0"/>
     <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
     <w:rsid w:val="00702312"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
     <w:rsid w:val="007101EC"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="007117FB"/>
     <w:rsid w:val="00711900"/>
     <w:rsid w:val="00711AAE"/>
     <w:rsid w:val="00711CD2"/>
     <w:rsid w:val="007121CD"/>
@@ -30674,50 +30490,51 @@
     <w:rsid w:val="008D4B97"/>
     <w:rsid w:val="008D4FF5"/>
     <w:rsid w:val="008D5138"/>
     <w:rsid w:val="008D630E"/>
     <w:rsid w:val="008D670A"/>
     <w:rsid w:val="008D6837"/>
     <w:rsid w:val="008D6B80"/>
     <w:rsid w:val="008D6C39"/>
     <w:rsid w:val="008D6FB5"/>
     <w:rsid w:val="008D72B2"/>
     <w:rsid w:val="008E0340"/>
     <w:rsid w:val="008E041D"/>
     <w:rsid w:val="008E06F2"/>
     <w:rsid w:val="008E085D"/>
     <w:rsid w:val="008E174F"/>
     <w:rsid w:val="008E179F"/>
     <w:rsid w:val="008E1D0F"/>
     <w:rsid w:val="008E2535"/>
     <w:rsid w:val="008E26A5"/>
     <w:rsid w:val="008E35F9"/>
     <w:rsid w:val="008E3BEE"/>
     <w:rsid w:val="008E3FA6"/>
     <w:rsid w:val="008E4202"/>
     <w:rsid w:val="008E59F7"/>
     <w:rsid w:val="008E5C0F"/>
+    <w:rsid w:val="008E5EDD"/>
     <w:rsid w:val="008E6026"/>
     <w:rsid w:val="008E62B7"/>
     <w:rsid w:val="008E62BE"/>
     <w:rsid w:val="008E62D9"/>
     <w:rsid w:val="008E667B"/>
     <w:rsid w:val="008E7674"/>
     <w:rsid w:val="008E7A89"/>
     <w:rsid w:val="008E7AB5"/>
     <w:rsid w:val="008F0E15"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F193B"/>
     <w:rsid w:val="008F1BED"/>
     <w:rsid w:val="008F1FA3"/>
     <w:rsid w:val="008F2383"/>
     <w:rsid w:val="008F3495"/>
     <w:rsid w:val="008F4357"/>
     <w:rsid w:val="008F490B"/>
     <w:rsid w:val="008F4C70"/>
     <w:rsid w:val="008F4D1A"/>
     <w:rsid w:val="008F4FD3"/>
     <w:rsid w:val="008F54B9"/>
     <w:rsid w:val="008F5538"/>
     <w:rsid w:val="008F55FF"/>
     <w:rsid w:val="008F56F1"/>
     <w:rsid w:val="008F629C"/>
@@ -30756,50 +30573,51 @@
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910A87"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
     <w:rsid w:val="00911671"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
     <w:rsid w:val="00912781"/>
     <w:rsid w:val="00912D9B"/>
     <w:rsid w:val="00912E76"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
     <w:rsid w:val="009164C1"/>
+    <w:rsid w:val="00916AD5"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="00917F43"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
     <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
     <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
@@ -33006,50 +32824,51 @@
     <w:rsid w:val="00EC2629"/>
     <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3263"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
     <w:rsid w:val="00EC3F0C"/>
     <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
     <w:rsid w:val="00EC73CF"/>
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2330"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED291A"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED3144"/>
+    <w:rsid w:val="00ED3C98"/>
     <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
@@ -39417,56 +39236,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -39655,131 +39470,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E03BA763-5B9B-405B-9384-7868788081F1}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>24</Pages>
-  <Words>7342</Words>
-  <Characters>41853</Characters>
+  <Words>7343</Words>
+  <Characters>41857</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
   <Lines>348</Lines>
   <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49097</CharactersWithSpaces>
+  <CharactersWithSpaces>49102</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>