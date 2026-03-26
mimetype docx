--- v1 (2025-12-14)
+++ v2 (2026-03-26)
@@ -750,88 +750,112 @@
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="337CD612" w:rsidR="000B1C96" w:rsidRPr="00136526" w:rsidRDefault="000B1C96" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="350DFE3B" w:rsidR="000B1C96" w:rsidRPr="00136526" w:rsidRDefault="00093250" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0015687D">
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0056737C">
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1C96" w:rsidRPr="006866F5">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="0015687D">
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>/06/2025:</w:t>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1C96" w:rsidRPr="006866F5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="006866F5" w:rsidRPr="006866F5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="000B1C96" w:rsidRPr="006866F5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00AC157B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AC157B">
+            <w:r w:rsidR="000B1C96" w:rsidRPr="00AC157B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E82E83">
+            <w:r w:rsidR="000B1C96" w:rsidRPr="00E82E83">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Update</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6B3F3B56" w14:textId="77777777" w:rsidR="00E70DC5" w:rsidRDefault="00E70DC5" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1110,50 +1134,51 @@
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="144E92EE" w14:textId="0B5BBC7E" w:rsidR="00696BD8" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -10877,51 +10902,51 @@
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-1247" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14670" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1525"/>
         <w:gridCol w:w="1535"/>
         <w:gridCol w:w="1213"/>
         <w:gridCol w:w="1093"/>
         <w:gridCol w:w="2279"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1625"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="4491D459" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="4491D459" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="692"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="257E1722" w14:textId="1FCF74AC" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11196,51 +11221,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Supplier Diversity Program (SDP) </w:t>
             </w:r>
             <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Commitment Percentage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="5C429E9E" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="5C429E9E" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298C2257" w14:textId="37A53BB9" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Master Contract Record (All contract documents)</w:t>
             </w:r>
@@ -11530,51 +11555,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F9257E3" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="71917371" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="71917371" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02CBF6AF" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Boston Green Fuel Co. </w:t>
             </w:r>
@@ -11927,51 +11952,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3900DFAB" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="7EB9E249" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="7EB9E249" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7406AB76" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Clean Earth Environmental Solutions, Inc.</w:t>
             </w:r>
@@ -12294,51 +12319,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C979849" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="76E46E37" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="76E46E37" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C2B0C72" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Clean Harbors</w:t>
@@ -12758,51 +12783,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="705E90C3" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="5194A4A9" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="5194A4A9" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34652B0B" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Clutec, Inc.</w:t>
             </w:r>
@@ -13148,51 +13173,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F2E62E5" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="784CD14E" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="784CD14E" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E7DCD72" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>CommTank Incorporated</w:t>
             </w:r>
@@ -13563,51 +13588,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B124E26" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="224237DE" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="224237DE" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3606A4CF" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Complete Recycling Solutions, LLC</w:t>
             </w:r>
@@ -13929,51 +13954,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B2980E3" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0082658D" w:rsidRPr="00BE5F05" w14:paraId="5AC0224F" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="0082658D" w:rsidRPr="00BE5F05" w14:paraId="5AC0224F" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EF23096" w14:textId="34AEF9E5" w:rsidR="0082658D" w:rsidRPr="00BE5F05" w:rsidRDefault="0082658D" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Electronic Recyclers International Inc</w:t>
             </w:r>
@@ -14288,51 +14313,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AC2B5AB" w14:textId="7551E7D5" w:rsidR="0082658D" w:rsidRPr="00BE5F05" w:rsidRDefault="00C10860" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="6879B49B" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="6879B49B" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61660A5A" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Environmental Services, Inc.</w:t>
             </w:r>
@@ -14686,51 +14711,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70C59F35" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="0DCD4FA6" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="0DCD4FA6" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20127DFF" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Green Site Services Group, Inc.</w:t>
             </w:r>
@@ -14814,131 +14839,180 @@
           <w:p w14:paraId="6A815A01" w14:textId="3133F69B" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="007D273D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>maldrich@gssgi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F66B708" w14:textId="381C8EC4" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
+          <w:p w14:paraId="7F66B708" w14:textId="23266DF4" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E716EA" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE5F05">
+            <w:r w:rsidRPr="00E716EA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3A,</w:t>
             </w:r>
             <w:r w:rsidR="007D273D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE5F05">
+            <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3B1,</w:t>
             </w:r>
             <w:r w:rsidR="007D273D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE5F05">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0018016A" w:rsidRPr="0018016A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:strike/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>7,</w:t>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="007D273D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE5F05">
+            <w:r w:rsidR="003741C3" w:rsidRPr="003741C3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>8A</w:t>
+            </w:r>
+            <w:r w:rsidR="003741C3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8B,</w:t>
             </w:r>
             <w:r w:rsidR="007D273D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE5F05">
+            <w:r w:rsidR="00E61425" w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="708F19B6" w14:textId="7F4DBE2D" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="003D28F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
@@ -15158,51 +15232,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F32755D" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="2A046C27" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="2A046C27" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="562A2FE8" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">American Retroworks Inc. dba </w:t>
@@ -15553,51 +15627,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CDF9FDA" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w14:paraId="1CB0AF4C" w14:textId="77777777" w:rsidTr="00304F68">
+      <w:tr w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w14:paraId="1CB0AF4C" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C9D532" w14:textId="1FD05295" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Norris Hauling Inc dba: </w:t>
@@ -15693,85 +15767,104 @@
           <w:p w14:paraId="7B778C65" w14:textId="07BDFBBD" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00265F35">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>pnorris@medxwaste.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34520111" w14:textId="1E6F3DFB" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
+          <w:p w14:paraId="34520111" w14:textId="3B08370A" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4A,</w:t>
             </w:r>
             <w:r w:rsidR="00265F35">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5054">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5054" w:rsidRPr="00EF5054">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48FFC51D" w14:textId="61A9DD66" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="003D28F1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Statewide Coverage</w:t>
             </w:r>
@@ -16008,91 +16101,540 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2BF05B" w14:textId="7745F496" w:rsidR="002B0AE5" w:rsidRPr="00BE5F05" w:rsidRDefault="002B0AE5" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4707" w:rsidRPr="00BE5F05" w14:paraId="322179AC" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w14:paraId="70F8F74C" w14:textId="77777777" w:rsidTr="34CF4FC2">
+        <w:trPr>
+          <w:trHeight w:val="815"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD2C706" w14:textId="6B45B444" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="00212CE1" w:rsidP="0007461A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="70" w:name="fld_LegalName"/>
+            <w:r w:rsidRPr="00CE4706">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>METech Recycling Inc.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="70"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A29FA2A" w14:textId="65421C76" w:rsidR="00B018E3" w:rsidRDefault="00A30270" w:rsidP="00EA36B1">
+            <w:hyperlink r:id="rId84" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00A30270">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-26-1080-OSD03-OSD03-38250</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="076ECD97" w14:textId="17831A13" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="008A19DF" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Londy Bracale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D1D367" w14:textId="5A4C7164" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="003A4AC6" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>919</w:t>
+            </w:r>
+            <w:r w:rsidR="002F3433" w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>820</w:t>
+            </w:r>
+            <w:r w:rsidR="002F3433" w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F3433">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7966</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="083F198E" w14:textId="77777777" w:rsidR="003A4AC6" w:rsidRPr="002F3433" w:rsidRDefault="003A4AC6" w:rsidP="003A4AC6">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r w:rsidRPr="002F3433">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>lbracale@metechrecycling.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="4CA7DD13" w14:textId="77777777" w:rsidR="00B018E3" w:rsidRDefault="00B018E3" w:rsidP="006D756D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED906C1" w14:textId="55E6E51F" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="009E2155" w:rsidP="006D756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2155">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3B1, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E506AF" w14:textId="6D1F17CA" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="00FB4B54" w:rsidP="006D756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Statewide Coverage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B111C5B" w14:textId="58E3C862" w:rsidR="006075EE" w:rsidRPr="00BE5F05" w:rsidRDefault="006075EE" w:rsidP="006075EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A79B783" w14:textId="77777777" w:rsidR="006075EE" w:rsidRPr="00BE5F05" w:rsidRDefault="006075EE" w:rsidP="006075EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A81D828" w14:textId="3B58A6AB" w:rsidR="006075EE" w:rsidRPr="00BE5F05" w:rsidRDefault="006075EE" w:rsidP="006075EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3E48FB" w14:textId="624E5FE1" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="006075EE" w:rsidP="006075EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F82A41D" w14:textId="163742EB" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="00FB4B54" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DEF20E" w14:textId="46289EF0" w:rsidR="00B018E3" w:rsidRPr="00BE5F05" w:rsidRDefault="0081278F" w:rsidP="006D756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A4707" w:rsidRPr="00BE5F05" w14:paraId="322179AC" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="138F7515" w14:textId="67DBCC56" w:rsidR="002A4707" w:rsidRPr="00BE5F05" w:rsidRDefault="002A4707" w:rsidP="0007461A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>New England Disposal Technologies, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="018B6D5E" w14:textId="246E2069" w:rsidR="002A4707" w:rsidRPr="00BE5F05" w:rsidRDefault="004F0190" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId86" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-37486</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CEF4E3E" w14:textId="4AB125E7" w:rsidR="002A4707" w:rsidRPr="00BE5F05" w:rsidRDefault="002A4707" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16121,51 +16663,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-234-4440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1428A5B5" w14:textId="75EDE13A" w:rsidR="002A4707" w:rsidRPr="00BE5F05" w:rsidRDefault="00767297" w:rsidP="006D756D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00887A7C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mrobertson@nedtinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7669BDC8" w14:textId="008F881F" w:rsidR="002A4707" w:rsidRPr="00BE5F05" w:rsidRDefault="00767297" w:rsidP="006D756D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16448,102 +16990,102 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D78E622" w14:textId="70434E02" w:rsidR="00767297" w:rsidRPr="00BE5F05" w:rsidRDefault="00767297" w:rsidP="006D756D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="18F0FB79" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="18F0FB79" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06B5D4AF" w14:textId="43375BDB" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bio Med Innovations, LLC dba: </w:t>
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>New England Medwaste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08AD001D" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId88" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36750</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FEA1766" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16570,51 +17112,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-265-1273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E8211C2" w14:textId="7400F525" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="005B7310">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>andy@nemedwaste.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EF02E39" w14:textId="4DC8355E" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -16893,91 +17435,424 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30AA865A" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w14:paraId="0975C6FE" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00880425" w:rsidRPr="00BE5F05" w14:paraId="48FFCF6F" w14:textId="77777777" w:rsidTr="34CF4FC2">
+        <w:trPr>
+          <w:trHeight w:val="815"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D41A42A" w14:textId="0A360AB4" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="00880425" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0023374E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>NLR</w:t>
+            </w:r>
+            <w:r w:rsidR="0023374E" w:rsidRPr="0023374E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>, Inc.</w:t>
+            </w:r>
+            <w:r w:rsidR="0023374E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A43A8C4" w14:textId="28B9800B" w:rsidR="00880425" w:rsidRDefault="0023374E" w:rsidP="00EA36B1">
+            <w:hyperlink r:id="rId90" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="0023374E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-26-1080-OSD03-OSD03-38251</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AE21F3" w14:textId="1F0FF62C" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="006F1322" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013139A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Suzanne E. Nardi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33592A57" w14:textId="2C6F15C1" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="00F0552E" w:rsidP="006D756D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013139A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>860-292-1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="367BB316" w14:textId="77777777" w:rsidR="00F0552E" w:rsidRPr="0013139A" w:rsidRDefault="00F0552E" w:rsidP="00F0552E">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r w:rsidRPr="00F0552E">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>s.nardi@nlr-green.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="7EBA14E2" w14:textId="77777777" w:rsidR="00880425" w:rsidRDefault="00880425" w:rsidP="006D756D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C0202B" w14:textId="1398F416" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="00C561BB" w:rsidP="00917F43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0013139A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3A, 3B1, 3B2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9EEFCE" w14:textId="46AF0F37" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="0053303F" w:rsidP="00917F43">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Statewide Coverage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6CA2F3" w14:textId="77777777" w:rsidR="00E40348" w:rsidRPr="00BE5F05" w:rsidRDefault="00E40348" w:rsidP="00E40348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 Days–1%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B4295B" w14:textId="77777777" w:rsidR="00E40348" w:rsidRPr="00BE5F05" w:rsidRDefault="00E40348" w:rsidP="00E40348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A3632D" w14:textId="77777777" w:rsidR="00E40348" w:rsidRPr="00BE5F05" w:rsidRDefault="00E40348" w:rsidP="00E40348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3862980A" w14:textId="22206408" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E40348" w:rsidP="00E40348">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="396F882E" w14:textId="0DD5A1D2" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="00625D38" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C830AB" w14:textId="1BCC5D55" w:rsidR="00880425" w:rsidRPr="00BE5F05" w:rsidRDefault="0013139A" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w14:paraId="0975C6FE" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="758F3102" w14:textId="3807B2A0" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005E27B4" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NRC East Environmental Services, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11581D87" w14:textId="32199749" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005E27B4" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId92" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-37448</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C718AFF" w14:textId="52DC962A" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005977CB" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -17002,51 +17877,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-530-1796</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14E72106" w14:textId="23C441BD" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005977CB" w:rsidP="006D756D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="005B7310">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>vguido@republicservices.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01EAADAA" w14:textId="559CF641" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005E27B4" w:rsidP="00917F43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -17211,92 +18086,875 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72CBA494" w14:textId="12AC0657" w:rsidR="005E27B4" w:rsidRPr="00BE5F05" w:rsidRDefault="005E27B4" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="2C429147" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w14:paraId="0F446DFA" w14:textId="77777777" w:rsidTr="34CF4FC2">
+        <w:trPr>
+          <w:trHeight w:val="815"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72E4D3B8" w14:textId="77777777" w:rsidR="00914C47" w:rsidRPr="00914C47" w:rsidRDefault="00914C47" w:rsidP="00914C47">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CE4706">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RMG Enterprise LLC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6C9478" w14:textId="77777777" w:rsidR="000E69AA" w:rsidRPr="00480A31" w:rsidRDefault="000E69AA" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72888E6A" w14:textId="139EDE5E" w:rsidR="000E69AA" w:rsidRDefault="00C70DCE" w:rsidP="00EA36B1">
+            <w:hyperlink r:id="rId94" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00C70DCE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-26-1080-OSD03-OSD03-38240</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCC7C01" w14:textId="63AA4AC9" w:rsidR="000E69AA" w:rsidRPr="00557A30" w:rsidRDefault="00E771F0" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Robert Gallinaro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A400685" w14:textId="77777777" w:rsidR="00BD6B6A" w:rsidRPr="00D37100" w:rsidRDefault="00BD6B6A" w:rsidP="00BD6B6A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D37100">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>603-235-5348</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EBE2A2C" w14:textId="77777777" w:rsidR="000E69AA" w:rsidRPr="00540FA9" w:rsidRDefault="000E69AA" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABC87F5" w14:textId="77777777" w:rsidR="00BD6B6A" w:rsidRPr="00D37100" w:rsidRDefault="00BD6B6A" w:rsidP="00BD6B6A">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r w:rsidRPr="00D37100">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>rgallinaro@rmgenterprise.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1064C4E9" w14:textId="77777777" w:rsidR="000E69AA" w:rsidRPr="00C86E76" w:rsidRDefault="000E69AA" w:rsidP="00917F43">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04E2D9EB" w14:textId="4CB881B9" w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w:rsidRDefault="00D37100" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DCEB37D" w14:textId="0CD7C41B" w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w:rsidRDefault="00CE4706" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Statewide Coverage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03743E54" w14:textId="77777777" w:rsidR="00400F1A" w:rsidRPr="00BE5F05" w:rsidRDefault="00400F1A" w:rsidP="00400F1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D87D47D" w14:textId="77777777" w:rsidR="00400F1A" w:rsidRPr="00BE5F05" w:rsidRDefault="00400F1A" w:rsidP="00400F1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EEF8D2F" w14:textId="77777777" w:rsidR="00400F1A" w:rsidRPr="00BE5F05" w:rsidRDefault="00400F1A" w:rsidP="00400F1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DC86ED8" w14:textId="470832BE" w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w:rsidRDefault="00400F1A" w:rsidP="00400F1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 Days</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D51234C" w14:textId="7E50C5E9" w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w:rsidRDefault="00183A33" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC3D162" w14:textId="6486EB3F" w:rsidR="000E69AA" w:rsidRPr="00BE5F05" w:rsidRDefault="00400F1A" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B83076" w:rsidRPr="00BE5F05" w14:paraId="6A8A99AF" w14:textId="77777777" w:rsidTr="34CF4FC2">
+        <w:trPr>
+          <w:trHeight w:val="815"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1525" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7163CC16" w14:textId="3A5A9F7A" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00A003B6" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00480A31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Stericycle, Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C99625A" w14:textId="7F0A9918" w:rsidR="00B83076" w:rsidRDefault="00480A31" w:rsidP="00EA36B1">
+            <w:hyperlink r:id="rId96" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00480A31">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-25-1080-OSD03-OSD03-37864</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1213" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="435EE200" w14:textId="1514AD5A" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00557A30" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00557A30">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Trish Bystrek</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A10E288" w14:textId="470EB794" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00540FA9" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00540FA9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>847-943-6013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2279" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CF4EA6" w14:textId="030C35F7" w:rsidR="00B83076" w:rsidRDefault="00C86E76" w:rsidP="00917F43">
+            <w:r w:rsidRPr="00C86E76">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pbystrek@stericycle.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00092EF2" w14:textId="6AA1E06B" w:rsidR="00B83076" w:rsidRPr="0083269C" w:rsidRDefault="008B4B6D" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4A,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4B,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5A97F5" w14:textId="1C60AD7F" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="004C2763" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Statewide Coverage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1440" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC7783B" w14:textId="77777777" w:rsidR="00EE2384" w:rsidRPr="00BE5F05" w:rsidRDefault="00EE2384" w:rsidP="00EE2384">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10 Days–1%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="555C5A35" w14:textId="77777777" w:rsidR="00EE2384" w:rsidRPr="00BE5F05" w:rsidRDefault="00EE2384" w:rsidP="00EE2384">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>15 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52FD76E0" w14:textId="77777777" w:rsidR="00EE2384" w:rsidRPr="00BE5F05" w:rsidRDefault="00EE2384" w:rsidP="00EE2384">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D848BFD" w14:textId="60C63E1F" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00EE2384" w:rsidP="00EE2384">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30 Days–0%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> off</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40FB4572" w14:textId="2AF16B6D" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00F97A0F" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>None</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A40CC5" w14:textId="361321D9" w:rsidR="00B83076" w:rsidRPr="00BE5F05" w:rsidRDefault="00F97A0F" w:rsidP="00EA36B1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE5F05">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="2C429147" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FEBFD16" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Strategic Environmental Services, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B5934AB" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId97" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36995</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="384671BE" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00917F43" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -17324,142 +18982,148 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-562-0860</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4969F6F0" w14:textId="12ADAAC8" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00917F43">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="0083269C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mdangoia@strategic-es.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01332374" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
+          <w:p w14:paraId="01332374" w14:textId="554B6997" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="003B1E83" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0083269C">
+            <w:r w:rsidRPr="003B1E83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="cyan"/>
+              </w:rPr>
+              <w:t>8A,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E61425" w:rsidRPr="0083269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21E3D53C" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Barnstable,  Berkshire, Bristol, Essex, Franklin,  Hampden,  Hampshire,  Middlesex,  Norfolk, Plymouth,  </w:t>
-[...9 lines deleted...]
-              <w:t>Suffolk, Worcester</w:t>
+              <w:t>Barnstable,  Berkshire, Bristol, Essex, Franklin,  Hampden,  Hampshire,  Middlesex,  Norfolk, Plymouth,  Suffolk, Worcester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C782C33" w14:textId="017A7786" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>10 Days</w:t>
             </w:r>
             <w:r w:rsidR="00E71BD5" w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2%</w:t>
             </w:r>
             <w:r w:rsidR="0083269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -17585,135 +19249,136 @@
             </w:r>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0.5%</w:t>
             </w:r>
             <w:r w:rsidR="0083269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> off</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41F75BB3" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
+          <w:p w14:paraId="41F75BB3" w14:textId="479FA0E8" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="007F064A" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE5F05">
-[...5 lines deleted...]
-              <w:t>None</w:t>
+            <w:r w:rsidRPr="007F064A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WBE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4985C77B" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="1948A555" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="1948A555" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FBDE65C" w14:textId="7B68636D" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="0007461A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Trident Environmental Group, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="333B6723" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36636</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A72D89C" w14:textId="2F6922BC" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="004701D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -17740,51 +19405,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-229-3545</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00847CBC" w14:textId="7DDB20B7" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="004701D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="0083269C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Nineve@tridenthazmat.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="466F73F0" w14:textId="3C318D7F" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="004701D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -18067,91 +19732,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69987836" w14:textId="6625FB85" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="0037598B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="6070CFB3" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="6070CFB3" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12FB6F12" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Triumvirate Environmental, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52E0BA10" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId101" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36997</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="124EDE51" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -18179,51 +19844,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>774-696-2165</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1387BE48" w14:textId="5CA8B3DD" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00795C2A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r w:rsidRPr="00DD53F4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Dmorris@triumvirate.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="599B9623" w14:textId="18F03FB2" w:rsidR="00E61425" w:rsidRPr="00DD53F4" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -18537,91 +20202,92 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0325E939" w14:textId="041607C4" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="001E56BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="676343FA" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00EA36B1" w:rsidRPr="00BE5F05" w14:paraId="676343FA" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62DCF55F" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>United Medical Waste Management Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51BE2B35" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId103" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-36789</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="078C6719" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -18648,51 +20314,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-277-4362</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="524F0617" w14:textId="69FFD549" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r w:rsidRPr="00411634">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>dryan@unitedmedwaste.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CA985F5" w14:textId="2E204529" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
@@ -18993,91 +20659,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1625" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C86B890" w14:textId="77777777" w:rsidR="00E61425" w:rsidRPr="00BE5F05" w:rsidRDefault="00E61425" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w14:paraId="2E8E736A" w14:textId="77777777" w:rsidTr="00B617B5">
+      <w:tr w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w14:paraId="2E8E736A" w14:textId="77777777" w:rsidTr="34CF4FC2">
         <w:trPr>
           <w:trHeight w:val="815"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1525" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="146BD10C" w14:textId="0EB00C2E" w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w:rsidRDefault="00DD67C7" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Veolia ES Technical Solutions, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="073F736F" w14:textId="3A66986B" w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w:rsidRDefault="00200EBE" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:tgtFrame="_new" w:history="1">
+            <w:hyperlink r:id="rId105" w:tgtFrame="_new" w:history="1">
               <w:r w:rsidRPr="00BE5F05">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-37487</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="283C1409" w14:textId="138D484D" w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w:rsidRDefault="00DD67C7" w:rsidP="00EA36B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -19106,51 +20772,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>603-661-6883</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2279" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="660F1D9F" w14:textId="1AD7A7B1" w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w:rsidRDefault="00DD67C7" w:rsidP="001E56BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r w:rsidRPr="008E7674">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>jason.regan@veolia.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CF04BE1" w14:textId="1E387B0F" w:rsidR="00DD67C7" w:rsidRPr="00BE5F05" w:rsidRDefault="00DD67C7" w:rsidP="001E56BE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -19464,59 +21130,58 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE5F05">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E628591" w14:textId="77777777" w:rsidR="007268B3" w:rsidRDefault="007268B3"/>
     <w:p w14:paraId="7952F3C6" w14:textId="77777777" w:rsidR="00645123" w:rsidRDefault="00645123"/>
     <w:p w14:paraId="6536EC19" w14:textId="77777777" w:rsidR="00645123" w:rsidRDefault="00645123"/>
     <w:p w14:paraId="7FEBEA5A" w14:textId="77777777" w:rsidR="00645123" w:rsidRDefault="00645123"/>
     <w:p w14:paraId="65F9EF66" w14:textId="667CDC17" w:rsidR="005323EE" w:rsidRDefault="005323EE" w:rsidP="005323EE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc210918704"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc210918704"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Solicitation-Enabled </w:t>
       </w:r>
       <w:r w:rsidR="00993181">
         <w:t>Vendors</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:p w14:paraId="47BABCBF" w14:textId="7F2BF0F5" w:rsidR="00DC7869" w:rsidRDefault="00AA4541" w:rsidP="00AA4541">
       <w:r w:rsidRPr="00AA4541">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4541">
         <w:t xml:space="preserve">The Solicitation-Enabled </w:t>
       </w:r>
       <w:r w:rsidR="00645123">
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4541">
         <w:t>MBPO</w:t>
       </w:r>
       <w:r w:rsidR="00645123">
         <w:t>s)</w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4541">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E7FDE">
@@ -19575,50 +21240,51 @@
         <w:trPr>
           <w:trHeight w:val="800"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="21C01470" w14:textId="3805CC32" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vendor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="60DCDE5C" w14:textId="51777640" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Master Blanket Purchase Order Number</w:t>
@@ -19662,51 +21328,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F5120B0" w14:textId="4BE7ADC7" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36606</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6660072E" w14:textId="12028788" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -19737,51 +21403,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48213941" w14:textId="1D446B13" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36608</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D9E4CFA" w14:textId="64CC6BC0" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -19819,51 +21485,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40B18B49" w14:textId="0F5A8A7E" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36613</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="763948FB" w14:textId="1F7FAD83" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -19898,51 +21564,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CF4D942" w14:textId="5463E856" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36615</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="783F6BDA" w14:textId="17D5157F" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -19966,66 +21632,65 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00747039" w14:paraId="31F715A0" w14:textId="77777777" w:rsidTr="00895A99">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F0B08FA" w14:textId="64A65A5D" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="756437FB" w14:textId="5CE58896" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36618</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20C49E3C" w14:textId="6CB5C46C" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20063,51 +21728,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E31673E" w14:textId="0EAFD8F5" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36619</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08527B96" w14:textId="0B22E6E7" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20131,65 +21796,66 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00747039" w14:paraId="17D3FACE" w14:textId="77777777" w:rsidTr="00895A99">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="614492C2" w14:textId="5500F2B9" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EBEFAE3" w14:textId="206C9600" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36620</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FABAB36" w14:textId="00C33BF8" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20227,51 +21893,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E494F56" w14:textId="2525605C" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36621</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D756B49" w14:textId="25EE6AD6" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20309,51 +21975,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2343C709" w14:textId="05543B21" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36622</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A376B39" w14:textId="0B6D01CF" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20388,51 +22054,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15C35ECB" w14:textId="2BE17A89" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36623</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03185A5B" w14:textId="04269771" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20456,66 +22122,65 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00747039" w14:paraId="128176B3" w14:textId="77777777" w:rsidTr="00895A99">
         <w:trPr>
           <w:trHeight w:val="962"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B15A0CB" w14:textId="578C69F8" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C68DE6" w14:textId="40CA3778" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36624</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573E77A9" w14:textId="28BED169" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20553,51 +22218,51 @@
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B3D84E1" w14:textId="7AEC879A" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36625</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="021F9BE9" w14:textId="5F1B1867" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
@@ -20637,144 +22302,145 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00747039" w14:paraId="655704F1" w14:textId="77777777" w:rsidTr="00895A99">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2340" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3198D55E" w14:textId="2D841231" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Solicitation-Enabled (For requesting quotes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F3E54CF" w14:textId="3EBAB56C" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r w:rsidRPr="001D7B72">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC3-36626</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="254864FD" w14:textId="1BCEBEFD" w:rsidR="00747039" w:rsidRPr="001D7B72" w:rsidRDefault="00747039" w:rsidP="00747039">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">WMR001 Solicitation-Enabled MBPO to be used for soliciting quotes </w:t>
             </w:r>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category 9: Emergency Response Services (ERS) and Immediate Response Action (IRA)</w:t>
             </w:r>
             <w:r w:rsidRPr="001D7B72">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2450BD12" w14:textId="77777777" w:rsidR="00747039" w:rsidRDefault="00747039" w:rsidP="00747039">
-      <w:bookmarkStart w:id="71" w:name="_Toc194066624"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc194066624"/>
     </w:p>
     <w:p w14:paraId="387CC61A" w14:textId="5B0A593C" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00EB2B54">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Toc210918705"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc210918705"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="2FC62B12" w14:textId="325F7D22" w:rsidR="004626F9" w:rsidRDefault="004626F9" w:rsidP="004626F9">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E53E55">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53E55">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
@@ -20972,51 +22638,50 @@
         </w:rPr>
         <w:t>Acid waste collection or disposal</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C90BE0" w14:textId="69D87586" w:rsidR="00EB2B54" w:rsidRPr="00640D11" w:rsidRDefault="00EB2B54" w:rsidP="00EB2B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00640D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>76121903</w:t>
       </w:r>
       <w:r w:rsidRPr="00D2411E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00640D11">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Chemical detoxification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39D95EC0" w14:textId="10C55034" w:rsidR="00EB2B54" w:rsidRPr="00640D11" w:rsidRDefault="00EB2B54" w:rsidP="00EB2B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
@@ -21175,50 +22840,51 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–Recycling of used oil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B8CFFB9" w14:textId="29B2EDB1" w:rsidR="00EB2B54" w:rsidRPr="00627D06" w:rsidRDefault="00EB2B54" w:rsidP="00EB2B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627D06">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>76122304</w:t>
       </w:r>
       <w:r w:rsidRPr="00627D06">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–Recycling of hazardous waste</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3B579E" w14:textId="78C7BAC0" w:rsidR="00EB2B54" w:rsidRPr="00627D06" w:rsidRDefault="00EB2B54" w:rsidP="00EB2B54">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627D06">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -21545,95 +23211,95 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2411E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>93131802</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66E14">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–Disaster preparedness response services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FDC4CC2" w14:textId="3DF39642" w:rsidR="007B340D" w:rsidRDefault="00723E5B" w:rsidP="007B340D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="73" w:name="_Toc210918706"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc210918706"/>
       <w:r w:rsidRPr="00723E5B">
-        <w:lastRenderedPageBreak/>
         <w:t>Appendix: Truck Safety Standards Issued by RMV</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="1843A7D6" w14:textId="77777777" w:rsidR="00AF74C4" w:rsidRDefault="00AF74C4" w:rsidP="00AF74C4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00957944">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The RMV enacted new regulations (540 CMR 4.10 to 4.13) that apply to certain registered motor vehicles, trailers, semi-trailers and semi-trailer units classified as class 3 or above by the Federal Highway Administration, with a gross vehicle weight (GVW) rating of 10,001 pounds or more (“Heavy Vehicles”). Heavy Vehicles that are (1) leased or purchased by the Commonwealth on or after January 1, 2023, or (2) operated under contracts with the Commonwealth executed on or after January 1, 2025, that require the use of Heavy Vehicles in writing or by necessary implication, must be equipped with the following truck safety devices:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="768A686C" w14:textId="77777777" w:rsidR="00AF74C4" w:rsidRDefault="00AF74C4" w:rsidP="00AF74C4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D4F377" w14:textId="0E2D8EE5" w:rsidR="00AF74C4" w:rsidRPr="00AF74C4" w:rsidRDefault="00AF74C4" w:rsidP="00AF74C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF74C4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lateral protective devices (LPD), commonly called “Side Guards” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="228CFC5E" w14:textId="2CF73214" w:rsidR="00AF74C4" w:rsidRPr="00AF74C4" w:rsidRDefault="00AF74C4" w:rsidP="00AF74C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF74C4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Convex mirrors </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BA575A" w14:textId="61D8C4B8" w:rsidR="00AF74C4" w:rsidRPr="00AF74C4" w:rsidRDefault="00AF74C4" w:rsidP="00AF74C4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -21711,73 +23377,73 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendors</w:t>
       </w:r>
       <w:r w:rsidRPr="00957944">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Further guidance will soon be available on the OSD website.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EB2B54" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7579B08C" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="60E1787C" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5876DB53" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B"/>
+    <w:p w14:paraId="44D827DB" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51EDEF44" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7BEA8BFE" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3000F239" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B"/>
+    <w:p w14:paraId="70098F40" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0FB147D6" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B">
+    <w:p w14:paraId="7F760810" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21880,52 +23546,61 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/osd</w:t>
+      <w:t>mass.gov/</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="03849397" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B7570B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -22241,51 +23916,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="5D4C7B42" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="2F7E61EC" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -22374,52 +24049,61 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/osd</w:t>
+      <w:t>mass.gov/</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -22735,51 +24419,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0CC5DE1E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="5E7736B1" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -22862,52 +24546,61 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/osd</w:t>
+      <w:t>mass.gov/</w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00550E35">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>osd</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="50916609" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="004F2B61">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -23106,73 +24799,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DEA00D6" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="17CE146C" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="352EE4D7" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B"/>
+    <w:p w14:paraId="57F22F8D" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24024BB4" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="6DC81EDE" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="071F0B44" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B"/>
+    <w:p w14:paraId="31552515" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F1FF45F" w14:textId="77777777" w:rsidR="004D378B" w:rsidRDefault="004D378B">
+    <w:p w14:paraId="0388F68B" w14:textId="77777777" w:rsidR="002C5AC2" w:rsidRDefault="002C5AC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="74BBBA0E" w14:textId="5693785A" w:rsidR="001E56BE" w:rsidRDefault="001E56BE">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001E56BE">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -23450,51 +25143,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="508DEA14" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="347B8B72" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -23804,51 +25497,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7FA75EFF" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="410E2B36" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26874,50 +28567,51 @@
     <w:rsid w:val="00002213"/>
     <w:rsid w:val="0000281C"/>
     <w:rsid w:val="00003599"/>
     <w:rsid w:val="00003B08"/>
     <w:rsid w:val="00003C5E"/>
     <w:rsid w:val="00004420"/>
     <w:rsid w:val="0000476F"/>
     <w:rsid w:val="00004AAB"/>
     <w:rsid w:val="000055B6"/>
     <w:rsid w:val="00005B0B"/>
     <w:rsid w:val="00005DDD"/>
     <w:rsid w:val="0000616D"/>
     <w:rsid w:val="000063D9"/>
     <w:rsid w:val="0000661A"/>
     <w:rsid w:val="000067FD"/>
     <w:rsid w:val="00006867"/>
     <w:rsid w:val="000069DF"/>
     <w:rsid w:val="00007251"/>
     <w:rsid w:val="000077C2"/>
     <w:rsid w:val="00007EFA"/>
     <w:rsid w:val="0001081E"/>
     <w:rsid w:val="00010C5E"/>
     <w:rsid w:val="00011132"/>
     <w:rsid w:val="000114B0"/>
     <w:rsid w:val="00011ED4"/>
+    <w:rsid w:val="00012087"/>
     <w:rsid w:val="00012CBF"/>
     <w:rsid w:val="00012E9F"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
     <w:rsid w:val="000157ED"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
     <w:rsid w:val="0001620A"/>
     <w:rsid w:val="0001647C"/>
     <w:rsid w:val="000176A7"/>
     <w:rsid w:val="00020269"/>
     <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
     <w:rsid w:val="0002260E"/>
     <w:rsid w:val="00023A9B"/>
     <w:rsid w:val="0002451F"/>
@@ -27092,50 +28786,51 @@
     <w:rsid w:val="000843DB"/>
     <w:rsid w:val="00084583"/>
     <w:rsid w:val="00084660"/>
     <w:rsid w:val="00084FFD"/>
     <w:rsid w:val="00085300"/>
     <w:rsid w:val="000858B6"/>
     <w:rsid w:val="000859D8"/>
     <w:rsid w:val="00085F04"/>
     <w:rsid w:val="00086D13"/>
     <w:rsid w:val="00086DB8"/>
     <w:rsid w:val="00086F6D"/>
     <w:rsid w:val="0008776A"/>
     <w:rsid w:val="00087CD6"/>
     <w:rsid w:val="00087E20"/>
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
+    <w:rsid w:val="00093250"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="0009494F"/>
     <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A0DCC"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
@@ -27215,76 +28910,78 @@
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
     <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D758F"/>
     <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
     <w:rsid w:val="000E0426"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
     <w:rsid w:val="000E3A73"/>
     <w:rsid w:val="000E3C80"/>
     <w:rsid w:val="000E3D78"/>
     <w:rsid w:val="000E3DEC"/>
     <w:rsid w:val="000E4C54"/>
     <w:rsid w:val="000E4DF8"/>
     <w:rsid w:val="000E660F"/>
     <w:rsid w:val="000E68EE"/>
+    <w:rsid w:val="000E69AA"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000E7CBB"/>
     <w:rsid w:val="000E7EC0"/>
     <w:rsid w:val="000F0321"/>
     <w:rsid w:val="000F0439"/>
     <w:rsid w:val="000F04D6"/>
     <w:rsid w:val="000F0607"/>
     <w:rsid w:val="000F149D"/>
     <w:rsid w:val="000F1965"/>
     <w:rsid w:val="000F1DBB"/>
     <w:rsid w:val="000F3090"/>
     <w:rsid w:val="000F3532"/>
     <w:rsid w:val="000F35A8"/>
     <w:rsid w:val="000F41C5"/>
     <w:rsid w:val="000F43F7"/>
     <w:rsid w:val="000F460B"/>
     <w:rsid w:val="000F4656"/>
     <w:rsid w:val="000F46D5"/>
     <w:rsid w:val="000F592F"/>
     <w:rsid w:val="000F5978"/>
     <w:rsid w:val="000F5FBB"/>
     <w:rsid w:val="000F62E1"/>
     <w:rsid w:val="000F64F5"/>
     <w:rsid w:val="000F68FF"/>
     <w:rsid w:val="000F6984"/>
     <w:rsid w:val="000F6D47"/>
+    <w:rsid w:val="000F6F14"/>
     <w:rsid w:val="000F6F89"/>
     <w:rsid w:val="000F7115"/>
     <w:rsid w:val="000F71D5"/>
     <w:rsid w:val="00100083"/>
     <w:rsid w:val="001003A9"/>
     <w:rsid w:val="001009D0"/>
     <w:rsid w:val="001013F1"/>
     <w:rsid w:val="00101487"/>
     <w:rsid w:val="001015DD"/>
     <w:rsid w:val="00101B86"/>
     <w:rsid w:val="00102025"/>
     <w:rsid w:val="0010203C"/>
     <w:rsid w:val="00102B24"/>
     <w:rsid w:val="00103706"/>
     <w:rsid w:val="0010402C"/>
     <w:rsid w:val="0010470D"/>
     <w:rsid w:val="00104817"/>
     <w:rsid w:val="00104B58"/>
     <w:rsid w:val="00104D69"/>
     <w:rsid w:val="00105069"/>
     <w:rsid w:val="0010521E"/>
     <w:rsid w:val="00105274"/>
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
@@ -27327,55 +29024,57 @@
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00123BF6"/>
     <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
     <w:rsid w:val="0012705C"/>
     <w:rsid w:val="00127604"/>
     <w:rsid w:val="0012764F"/>
     <w:rsid w:val="0012768F"/>
     <w:rsid w:val="00127723"/>
     <w:rsid w:val="00127FAE"/>
     <w:rsid w:val="00130051"/>
     <w:rsid w:val="001300B3"/>
     <w:rsid w:val="0013059C"/>
     <w:rsid w:val="00130EC2"/>
     <w:rsid w:val="0013106D"/>
     <w:rsid w:val="001311F6"/>
     <w:rsid w:val="00131381"/>
+    <w:rsid w:val="0013139A"/>
     <w:rsid w:val="00131479"/>
     <w:rsid w:val="0013165B"/>
     <w:rsid w:val="001318CC"/>
     <w:rsid w:val="00131B3A"/>
     <w:rsid w:val="00132062"/>
+    <w:rsid w:val="00132ABF"/>
     <w:rsid w:val="00132F28"/>
     <w:rsid w:val="00132F2A"/>
     <w:rsid w:val="001339B6"/>
     <w:rsid w:val="00134155"/>
     <w:rsid w:val="00134A24"/>
     <w:rsid w:val="00134C65"/>
     <w:rsid w:val="001361A1"/>
     <w:rsid w:val="00136526"/>
     <w:rsid w:val="00136649"/>
     <w:rsid w:val="0013695A"/>
     <w:rsid w:val="00136C46"/>
     <w:rsid w:val="00136D93"/>
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
     <w:rsid w:val="001422CB"/>
@@ -27444,59 +29143,61 @@
     <w:rsid w:val="0017020F"/>
     <w:rsid w:val="00170351"/>
     <w:rsid w:val="0017049A"/>
     <w:rsid w:val="001706C5"/>
     <w:rsid w:val="001708FF"/>
     <w:rsid w:val="00170EFD"/>
     <w:rsid w:val="001718AE"/>
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
+    <w:rsid w:val="0018016A"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
+    <w:rsid w:val="00183A33"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191D29"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
@@ -27666,50 +29367,51 @@
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
     <w:rsid w:val="00203551"/>
     <w:rsid w:val="00203A0C"/>
     <w:rsid w:val="00204312"/>
     <w:rsid w:val="0020479A"/>
     <w:rsid w:val="002048B2"/>
     <w:rsid w:val="002052A7"/>
     <w:rsid w:val="00205323"/>
     <w:rsid w:val="00205879"/>
     <w:rsid w:val="00205FDA"/>
     <w:rsid w:val="002060C0"/>
     <w:rsid w:val="00206E5C"/>
     <w:rsid w:val="0020710A"/>
     <w:rsid w:val="00207B7E"/>
     <w:rsid w:val="002105BE"/>
     <w:rsid w:val="00210BD7"/>
     <w:rsid w:val="00211108"/>
     <w:rsid w:val="002115FE"/>
     <w:rsid w:val="002119EF"/>
     <w:rsid w:val="00211B7F"/>
     <w:rsid w:val="00212171"/>
+    <w:rsid w:val="00212CE1"/>
     <w:rsid w:val="00213045"/>
     <w:rsid w:val="00213632"/>
     <w:rsid w:val="00213662"/>
     <w:rsid w:val="00213A67"/>
     <w:rsid w:val="00214875"/>
     <w:rsid w:val="00214B32"/>
     <w:rsid w:val="00214DE5"/>
     <w:rsid w:val="0021535D"/>
     <w:rsid w:val="00215B12"/>
     <w:rsid w:val="00215BF2"/>
     <w:rsid w:val="0021633E"/>
     <w:rsid w:val="0021685E"/>
     <w:rsid w:val="002169F8"/>
     <w:rsid w:val="00216A7B"/>
     <w:rsid w:val="00217649"/>
     <w:rsid w:val="0021794D"/>
     <w:rsid w:val="00217ABB"/>
     <w:rsid w:val="0022000D"/>
     <w:rsid w:val="0022021A"/>
     <w:rsid w:val="002206C9"/>
     <w:rsid w:val="002208BA"/>
     <w:rsid w:val="00221333"/>
     <w:rsid w:val="002214E5"/>
     <w:rsid w:val="002215A8"/>
     <w:rsid w:val="00222273"/>
@@ -27717,50 +29419,51 @@
     <w:rsid w:val="00222B88"/>
     <w:rsid w:val="00222DA8"/>
     <w:rsid w:val="00222FBE"/>
     <w:rsid w:val="0022320B"/>
     <w:rsid w:val="002235C3"/>
     <w:rsid w:val="0022452D"/>
     <w:rsid w:val="002248B4"/>
     <w:rsid w:val="00224C35"/>
     <w:rsid w:val="00225567"/>
     <w:rsid w:val="00225A76"/>
     <w:rsid w:val="00225CD6"/>
     <w:rsid w:val="00226810"/>
     <w:rsid w:val="0022684D"/>
     <w:rsid w:val="002276AB"/>
     <w:rsid w:val="00227B29"/>
     <w:rsid w:val="0023012D"/>
     <w:rsid w:val="002301A7"/>
     <w:rsid w:val="00230786"/>
     <w:rsid w:val="00230B7E"/>
     <w:rsid w:val="00231254"/>
     <w:rsid w:val="00231703"/>
     <w:rsid w:val="00231B85"/>
     <w:rsid w:val="00232BBA"/>
     <w:rsid w:val="00232DEF"/>
     <w:rsid w:val="00232DF3"/>
+    <w:rsid w:val="0023374E"/>
     <w:rsid w:val="002340B4"/>
     <w:rsid w:val="002345A2"/>
     <w:rsid w:val="002346E4"/>
     <w:rsid w:val="00234BEC"/>
     <w:rsid w:val="00235C9B"/>
     <w:rsid w:val="0023602A"/>
     <w:rsid w:val="00236048"/>
     <w:rsid w:val="002362A4"/>
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
@@ -27942,52 +29645,54 @@
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B4038"/>
     <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
     <w:rsid w:val="002C155F"/>
     <w:rsid w:val="002C17F3"/>
     <w:rsid w:val="002C1858"/>
     <w:rsid w:val="002C1865"/>
     <w:rsid w:val="002C1C34"/>
     <w:rsid w:val="002C24CF"/>
     <w:rsid w:val="002C2879"/>
     <w:rsid w:val="002C32B5"/>
     <w:rsid w:val="002C3E4C"/>
     <w:rsid w:val="002C3F39"/>
     <w:rsid w:val="002C404F"/>
     <w:rsid w:val="002C414A"/>
+    <w:rsid w:val="002C51B1"/>
     <w:rsid w:val="002C521F"/>
     <w:rsid w:val="002C5832"/>
+    <w:rsid w:val="002C5AC2"/>
     <w:rsid w:val="002C652F"/>
     <w:rsid w:val="002C6C6E"/>
     <w:rsid w:val="002C6F74"/>
     <w:rsid w:val="002C72E6"/>
     <w:rsid w:val="002C7304"/>
     <w:rsid w:val="002C7B52"/>
     <w:rsid w:val="002C7CFF"/>
     <w:rsid w:val="002D031B"/>
     <w:rsid w:val="002D0489"/>
     <w:rsid w:val="002D099E"/>
     <w:rsid w:val="002D0D07"/>
     <w:rsid w:val="002D1055"/>
     <w:rsid w:val="002D17D2"/>
     <w:rsid w:val="002D1B7E"/>
     <w:rsid w:val="002D297F"/>
     <w:rsid w:val="002D2A9D"/>
     <w:rsid w:val="002D2B3C"/>
     <w:rsid w:val="002D2BD3"/>
     <w:rsid w:val="002D3FBA"/>
     <w:rsid w:val="002D4C74"/>
     <w:rsid w:val="002D59FE"/>
     <w:rsid w:val="002D5DC8"/>
     <w:rsid w:val="002D67DF"/>
     <w:rsid w:val="002D6808"/>
     <w:rsid w:val="002D72A2"/>
@@ -28010,50 +29715,51 @@
     <w:rsid w:val="002E57C5"/>
     <w:rsid w:val="002E58A6"/>
     <w:rsid w:val="002E58BD"/>
     <w:rsid w:val="002E5A64"/>
     <w:rsid w:val="002E618D"/>
     <w:rsid w:val="002E631A"/>
     <w:rsid w:val="002E67A6"/>
     <w:rsid w:val="002E6F20"/>
     <w:rsid w:val="002E6FC9"/>
     <w:rsid w:val="002E6FFA"/>
     <w:rsid w:val="002E7138"/>
     <w:rsid w:val="002E7698"/>
     <w:rsid w:val="002E7816"/>
     <w:rsid w:val="002E79BA"/>
     <w:rsid w:val="002F05C6"/>
     <w:rsid w:val="002F0CEC"/>
     <w:rsid w:val="002F0EED"/>
     <w:rsid w:val="002F1403"/>
     <w:rsid w:val="002F164A"/>
     <w:rsid w:val="002F195E"/>
     <w:rsid w:val="002F215E"/>
     <w:rsid w:val="002F2A20"/>
     <w:rsid w:val="002F2DEF"/>
     <w:rsid w:val="002F3315"/>
     <w:rsid w:val="002F33A4"/>
+    <w:rsid w:val="002F3433"/>
     <w:rsid w:val="002F3890"/>
     <w:rsid w:val="002F3BAF"/>
     <w:rsid w:val="002F3EF5"/>
     <w:rsid w:val="002F432C"/>
     <w:rsid w:val="002F460B"/>
     <w:rsid w:val="002F4F98"/>
     <w:rsid w:val="002F5141"/>
     <w:rsid w:val="002F58E0"/>
     <w:rsid w:val="002F5921"/>
     <w:rsid w:val="002F677F"/>
     <w:rsid w:val="002F67D2"/>
     <w:rsid w:val="002F71E0"/>
     <w:rsid w:val="002F75FB"/>
     <w:rsid w:val="00300761"/>
     <w:rsid w:val="003007DC"/>
     <w:rsid w:val="00300D98"/>
     <w:rsid w:val="00300E7C"/>
     <w:rsid w:val="0030133C"/>
     <w:rsid w:val="00301501"/>
     <w:rsid w:val="003018A4"/>
     <w:rsid w:val="00301931"/>
     <w:rsid w:val="00301B4D"/>
     <w:rsid w:val="00301C2C"/>
     <w:rsid w:val="00302709"/>
     <w:rsid w:val="00302C4E"/>
@@ -28227,50 +29933,51 @@
     <w:rsid w:val="00365361"/>
     <w:rsid w:val="003657F8"/>
     <w:rsid w:val="00365932"/>
     <w:rsid w:val="00365EE5"/>
     <w:rsid w:val="00366438"/>
     <w:rsid w:val="003667EC"/>
     <w:rsid w:val="0036680D"/>
     <w:rsid w:val="00366BCB"/>
     <w:rsid w:val="00366D61"/>
     <w:rsid w:val="003672E8"/>
     <w:rsid w:val="00370537"/>
     <w:rsid w:val="003707F3"/>
     <w:rsid w:val="00370A05"/>
     <w:rsid w:val="00370D1A"/>
     <w:rsid w:val="00370F13"/>
     <w:rsid w:val="00371919"/>
     <w:rsid w:val="0037198B"/>
     <w:rsid w:val="003721CD"/>
     <w:rsid w:val="00372EB8"/>
     <w:rsid w:val="003730C6"/>
     <w:rsid w:val="00373614"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00373CB9"/>
     <w:rsid w:val="00374035"/>
     <w:rsid w:val="003741AB"/>
+    <w:rsid w:val="003741C3"/>
     <w:rsid w:val="0037434A"/>
     <w:rsid w:val="00374685"/>
     <w:rsid w:val="003746E9"/>
     <w:rsid w:val="003754BC"/>
     <w:rsid w:val="003758F9"/>
     <w:rsid w:val="0037598B"/>
     <w:rsid w:val="00375BAD"/>
     <w:rsid w:val="003764F5"/>
     <w:rsid w:val="0037670C"/>
     <w:rsid w:val="00376AED"/>
     <w:rsid w:val="00376E2C"/>
     <w:rsid w:val="00380DD8"/>
     <w:rsid w:val="003813D4"/>
     <w:rsid w:val="003814F8"/>
     <w:rsid w:val="0038177E"/>
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382B53"/>
     <w:rsid w:val="00382F54"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
@@ -28299,64 +30006,66 @@
     <w:rsid w:val="003945EC"/>
     <w:rsid w:val="00396728"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A2D2B"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
+    <w:rsid w:val="003A4AC6"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B1E68"/>
+    <w:rsid w:val="003B1E83"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B312A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
@@ -28430,67 +30139,69 @@
     <w:rsid w:val="003E6EAA"/>
     <w:rsid w:val="003E6EB3"/>
     <w:rsid w:val="003E735D"/>
     <w:rsid w:val="003E7C00"/>
     <w:rsid w:val="003E7DC2"/>
     <w:rsid w:val="003F0DCA"/>
     <w:rsid w:val="003F122B"/>
     <w:rsid w:val="003F18DF"/>
     <w:rsid w:val="003F2204"/>
     <w:rsid w:val="003F25E5"/>
     <w:rsid w:val="003F26F2"/>
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
+    <w:rsid w:val="003F6206"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
     <w:rsid w:val="003F62A4"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
     <w:rsid w:val="003F68EA"/>
     <w:rsid w:val="003F734F"/>
     <w:rsid w:val="003F7414"/>
     <w:rsid w:val="003F7947"/>
     <w:rsid w:val="003F7E92"/>
     <w:rsid w:val="0040038F"/>
     <w:rsid w:val="00400777"/>
     <w:rsid w:val="00400C22"/>
     <w:rsid w:val="00400C9D"/>
     <w:rsid w:val="00400D95"/>
     <w:rsid w:val="00400DEF"/>
+    <w:rsid w:val="00400F1A"/>
     <w:rsid w:val="00400FA1"/>
     <w:rsid w:val="00401EFC"/>
     <w:rsid w:val="004029A0"/>
     <w:rsid w:val="00402DD9"/>
     <w:rsid w:val="00403C95"/>
     <w:rsid w:val="0040500D"/>
     <w:rsid w:val="00405088"/>
     <w:rsid w:val="004058B6"/>
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
     <w:rsid w:val="0040749E"/>
     <w:rsid w:val="00407E4E"/>
     <w:rsid w:val="00410505"/>
     <w:rsid w:val="00410594"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411634"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
     <w:rsid w:val="00411FF4"/>
     <w:rsid w:val="00412D06"/>
     <w:rsid w:val="004130E4"/>
     <w:rsid w:val="0041365D"/>
     <w:rsid w:val="004138A2"/>
@@ -28528,50 +30239,51 @@
     <w:rsid w:val="00424676"/>
     <w:rsid w:val="004251D7"/>
     <w:rsid w:val="00425514"/>
     <w:rsid w:val="00425679"/>
     <w:rsid w:val="00425C7A"/>
     <w:rsid w:val="00425D98"/>
     <w:rsid w:val="00426184"/>
     <w:rsid w:val="00426192"/>
     <w:rsid w:val="004261A9"/>
     <w:rsid w:val="00426815"/>
     <w:rsid w:val="0042691A"/>
     <w:rsid w:val="00426D49"/>
     <w:rsid w:val="00427738"/>
     <w:rsid w:val="00427FDA"/>
     <w:rsid w:val="004304A3"/>
     <w:rsid w:val="00430773"/>
     <w:rsid w:val="0043085E"/>
     <w:rsid w:val="004308CB"/>
     <w:rsid w:val="00430BC8"/>
     <w:rsid w:val="004317E4"/>
     <w:rsid w:val="00431EB4"/>
     <w:rsid w:val="0043251A"/>
     <w:rsid w:val="004329A5"/>
     <w:rsid w:val="00432B2B"/>
     <w:rsid w:val="00432DF7"/>
+    <w:rsid w:val="004334BB"/>
     <w:rsid w:val="0043350C"/>
     <w:rsid w:val="00433757"/>
     <w:rsid w:val="00433A47"/>
     <w:rsid w:val="00433D49"/>
     <w:rsid w:val="004346E8"/>
     <w:rsid w:val="00434A20"/>
     <w:rsid w:val="00434C57"/>
     <w:rsid w:val="00434CA6"/>
     <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
@@ -28651,50 +30363,51 @@
     <w:rsid w:val="004702DD"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
     <w:rsid w:val="00471657"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
     <w:rsid w:val="0047418C"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
     <w:rsid w:val="00475982"/>
     <w:rsid w:val="00475DA4"/>
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
+    <w:rsid w:val="00480A31"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
     <w:rsid w:val="00483D99"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="00487455"/>
     <w:rsid w:val="00487A54"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00492CC3"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
@@ -28750,50 +30463,51 @@
     <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004B1CBB"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3C56"/>
     <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B69C9"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
     <w:rsid w:val="004C0AF1"/>
     <w:rsid w:val="004C1425"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
     <w:rsid w:val="004C1D0C"/>
+    <w:rsid w:val="004C2763"/>
     <w:rsid w:val="004C3029"/>
     <w:rsid w:val="004C32EF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
     <w:rsid w:val="004C4EF3"/>
     <w:rsid w:val="004C5307"/>
     <w:rsid w:val="004C5CB2"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
     <w:rsid w:val="004D13DF"/>
     <w:rsid w:val="004D2A93"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D378B"/>
     <w:rsid w:val="004D387D"/>
@@ -28871,170 +30585,175 @@
     <w:rsid w:val="0050384E"/>
     <w:rsid w:val="00504258"/>
     <w:rsid w:val="0050438D"/>
     <w:rsid w:val="005043CE"/>
     <w:rsid w:val="00504788"/>
     <w:rsid w:val="00504DDC"/>
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="005052B1"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="005120C8"/>
     <w:rsid w:val="00512308"/>
+    <w:rsid w:val="0051230C"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
+    <w:rsid w:val="00516B0E"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="00527FEE"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005323EE"/>
+    <w:rsid w:val="0053303F"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="00534705"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
+    <w:rsid w:val="00540FA9"/>
     <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
     <w:rsid w:val="005425BA"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
     <w:rsid w:val="005460EF"/>
     <w:rsid w:val="00546250"/>
     <w:rsid w:val="00546AB2"/>
     <w:rsid w:val="00550627"/>
     <w:rsid w:val="005507F7"/>
     <w:rsid w:val="00550D9E"/>
     <w:rsid w:val="00550E35"/>
     <w:rsid w:val="00550EFD"/>
     <w:rsid w:val="00551314"/>
     <w:rsid w:val="005516ED"/>
     <w:rsid w:val="00551CAB"/>
     <w:rsid w:val="00552010"/>
     <w:rsid w:val="0055255A"/>
     <w:rsid w:val="00552978"/>
     <w:rsid w:val="0055299F"/>
     <w:rsid w:val="00552B74"/>
     <w:rsid w:val="00552E2A"/>
     <w:rsid w:val="00553E47"/>
     <w:rsid w:val="005540D1"/>
     <w:rsid w:val="00554979"/>
     <w:rsid w:val="005549FA"/>
     <w:rsid w:val="00554AF0"/>
     <w:rsid w:val="00555255"/>
     <w:rsid w:val="0055555E"/>
     <w:rsid w:val="0055602E"/>
     <w:rsid w:val="005563A4"/>
     <w:rsid w:val="00556773"/>
     <w:rsid w:val="005569DF"/>
     <w:rsid w:val="00556B58"/>
     <w:rsid w:val="00556D31"/>
     <w:rsid w:val="00557039"/>
     <w:rsid w:val="005574BA"/>
     <w:rsid w:val="005576FE"/>
     <w:rsid w:val="005579E4"/>
+    <w:rsid w:val="00557A30"/>
     <w:rsid w:val="00557B8F"/>
     <w:rsid w:val="00557E62"/>
     <w:rsid w:val="00557F2C"/>
     <w:rsid w:val="00560098"/>
     <w:rsid w:val="005603DE"/>
     <w:rsid w:val="0056085F"/>
     <w:rsid w:val="00560EB5"/>
     <w:rsid w:val="00560F85"/>
     <w:rsid w:val="00561D1A"/>
     <w:rsid w:val="0056244C"/>
     <w:rsid w:val="00562697"/>
     <w:rsid w:val="00562EFB"/>
     <w:rsid w:val="00563148"/>
     <w:rsid w:val="00563606"/>
     <w:rsid w:val="00564149"/>
     <w:rsid w:val="0056426D"/>
     <w:rsid w:val="00564A93"/>
     <w:rsid w:val="00564EF7"/>
     <w:rsid w:val="005654A3"/>
     <w:rsid w:val="00565A60"/>
     <w:rsid w:val="00565DEB"/>
     <w:rsid w:val="00565FBD"/>
     <w:rsid w:val="0056602A"/>
     <w:rsid w:val="0056669C"/>
     <w:rsid w:val="00566FCF"/>
@@ -29286,50 +31005,51 @@
     <w:rsid w:val="00601784"/>
     <w:rsid w:val="00601AD1"/>
     <w:rsid w:val="00601AEF"/>
     <w:rsid w:val="00601B84"/>
     <w:rsid w:val="006022C0"/>
     <w:rsid w:val="006023C3"/>
     <w:rsid w:val="00602CA4"/>
     <w:rsid w:val="00602E1E"/>
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
     <w:rsid w:val="00604643"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
     <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
     <w:rsid w:val="00607322"/>
+    <w:rsid w:val="006075EE"/>
     <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
     <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
     <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
     <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="00616361"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616B81"/>
     <w:rsid w:val="00616DFF"/>
@@ -29337,50 +31057,51 @@
     <w:rsid w:val="00617A30"/>
     <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622470"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
     <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
     <w:rsid w:val="00625157"/>
     <w:rsid w:val="006251E4"/>
     <w:rsid w:val="0062541B"/>
+    <w:rsid w:val="00625D38"/>
     <w:rsid w:val="00625F3D"/>
     <w:rsid w:val="006268EB"/>
     <w:rsid w:val="00626FDA"/>
     <w:rsid w:val="00630650"/>
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="00635701"/>
@@ -29517,50 +31238,51 @@
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006824D3"/>
     <w:rsid w:val="00682608"/>
     <w:rsid w:val="00682D2C"/>
     <w:rsid w:val="0068340E"/>
     <w:rsid w:val="00683725"/>
     <w:rsid w:val="00683AB6"/>
     <w:rsid w:val="00683D10"/>
     <w:rsid w:val="00684285"/>
     <w:rsid w:val="006842DD"/>
     <w:rsid w:val="0068516D"/>
     <w:rsid w:val="006853F7"/>
     <w:rsid w:val="0068545D"/>
     <w:rsid w:val="0068560F"/>
     <w:rsid w:val="00685BFC"/>
     <w:rsid w:val="00685F7E"/>
+    <w:rsid w:val="006866F5"/>
     <w:rsid w:val="006868D2"/>
     <w:rsid w:val="00686E6F"/>
     <w:rsid w:val="00687D01"/>
     <w:rsid w:val="00687EF9"/>
     <w:rsid w:val="00690206"/>
     <w:rsid w:val="006904BA"/>
     <w:rsid w:val="00690647"/>
     <w:rsid w:val="0069078B"/>
     <w:rsid w:val="00690E57"/>
     <w:rsid w:val="006911AE"/>
     <w:rsid w:val="00691469"/>
     <w:rsid w:val="0069162F"/>
     <w:rsid w:val="006919A9"/>
     <w:rsid w:val="0069219E"/>
     <w:rsid w:val="00692551"/>
     <w:rsid w:val="00692813"/>
     <w:rsid w:val="00692B07"/>
     <w:rsid w:val="00692D2C"/>
     <w:rsid w:val="00693338"/>
     <w:rsid w:val="0069357D"/>
     <w:rsid w:val="00693B8C"/>
     <w:rsid w:val="00694011"/>
     <w:rsid w:val="006940F3"/>
     <w:rsid w:val="00694493"/>
     <w:rsid w:val="00694AE3"/>
@@ -29685,66 +31407,68 @@
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
     <w:rsid w:val="006E4CCA"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E5BE9"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
+    <w:rsid w:val="006F1322"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
     <w:rsid w:val="006F52F2"/>
     <w:rsid w:val="006F5315"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
     <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="006F72C4"/>
     <w:rsid w:val="006F78A4"/>
+    <w:rsid w:val="0070006F"/>
     <w:rsid w:val="007002A0"/>
     <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
     <w:rsid w:val="00702312"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
     <w:rsid w:val="00707F26"/>
     <w:rsid w:val="007101EC"/>
     <w:rsid w:val="007107ED"/>
     <w:rsid w:val="00710C34"/>
     <w:rsid w:val="00710EA6"/>
     <w:rsid w:val="007113DC"/>
     <w:rsid w:val="007117FB"/>
     <w:rsid w:val="00711900"/>
     <w:rsid w:val="00711AAE"/>
     <w:rsid w:val="00711CD2"/>
@@ -29932,50 +31656,51 @@
     <w:rsid w:val="00780D9B"/>
     <w:rsid w:val="00781971"/>
     <w:rsid w:val="00781E5F"/>
     <w:rsid w:val="007820D3"/>
     <w:rsid w:val="00782391"/>
     <w:rsid w:val="0078328C"/>
     <w:rsid w:val="007832D0"/>
     <w:rsid w:val="00783970"/>
     <w:rsid w:val="007839B1"/>
     <w:rsid w:val="00783A83"/>
     <w:rsid w:val="007847C8"/>
     <w:rsid w:val="007851D2"/>
     <w:rsid w:val="00785643"/>
     <w:rsid w:val="0078597E"/>
     <w:rsid w:val="00785A0A"/>
     <w:rsid w:val="007860A7"/>
     <w:rsid w:val="00786231"/>
     <w:rsid w:val="007871FC"/>
     <w:rsid w:val="00790391"/>
     <w:rsid w:val="0079049B"/>
     <w:rsid w:val="007909C4"/>
     <w:rsid w:val="00791030"/>
     <w:rsid w:val="00791323"/>
     <w:rsid w:val="007918B9"/>
     <w:rsid w:val="007922B8"/>
+    <w:rsid w:val="00792746"/>
     <w:rsid w:val="00792C0D"/>
     <w:rsid w:val="00793003"/>
     <w:rsid w:val="00793174"/>
     <w:rsid w:val="00793564"/>
     <w:rsid w:val="00794290"/>
     <w:rsid w:val="00794C98"/>
     <w:rsid w:val="00794CC5"/>
     <w:rsid w:val="00794EEF"/>
     <w:rsid w:val="00795177"/>
     <w:rsid w:val="007951E1"/>
     <w:rsid w:val="0079534A"/>
     <w:rsid w:val="00795AEA"/>
     <w:rsid w:val="00795B07"/>
     <w:rsid w:val="00795C2A"/>
     <w:rsid w:val="00795CB7"/>
     <w:rsid w:val="007970B9"/>
     <w:rsid w:val="007971F7"/>
     <w:rsid w:val="00797483"/>
     <w:rsid w:val="0079778A"/>
     <w:rsid w:val="00797A65"/>
     <w:rsid w:val="00797D0F"/>
     <w:rsid w:val="00797EC1"/>
     <w:rsid w:val="00797F33"/>
     <w:rsid w:val="007A023C"/>
     <w:rsid w:val="007A0487"/>
@@ -30079,50 +31804,51 @@
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4A6A"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
+    <w:rsid w:val="007F064A"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F523B"/>
     <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
     <w:rsid w:val="007F7740"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
@@ -30137,69 +31863,71 @@
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
     <w:rsid w:val="00803882"/>
     <w:rsid w:val="00803BBB"/>
     <w:rsid w:val="00803BD8"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
     <w:rsid w:val="008046E1"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
     <w:rsid w:val="00806296"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
     <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
     <w:rsid w:val="008107FB"/>
     <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="0081239D"/>
+    <w:rsid w:val="0081278F"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
+    <w:rsid w:val="0082295A"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="00824868"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082658D"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
     <w:rsid w:val="00830CD0"/>
     <w:rsid w:val="00831876"/>
     <w:rsid w:val="0083198F"/>
     <w:rsid w:val="0083213B"/>
     <w:rsid w:val="0083269C"/>
@@ -30293,50 +32021,51 @@
     <w:rsid w:val="008646F6"/>
     <w:rsid w:val="00864EBE"/>
     <w:rsid w:val="0086647C"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
     <w:rsid w:val="008754E5"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
     <w:rsid w:val="00880356"/>
+    <w:rsid w:val="00880425"/>
     <w:rsid w:val="00880E4C"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
     <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
     <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
     <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
     <w:rsid w:val="008858EB"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
     <w:rsid w:val="008870ED"/>
@@ -30359,93 +32088,95 @@
     <w:rsid w:val="00893BE2"/>
     <w:rsid w:val="00893E3B"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
     <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895A99"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
     <w:rsid w:val="008A05CF"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
+    <w:rsid w:val="008A19DF"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1399"/>
     <w:rsid w:val="008B1C1B"/>
     <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
+    <w:rsid w:val="008B4B6D"/>
     <w:rsid w:val="008B4C54"/>
     <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6639"/>
     <w:rsid w:val="008B69DE"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B7137"/>
     <w:rsid w:val="008B74E9"/>
     <w:rsid w:val="008B75CC"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
     <w:rsid w:val="008B7D4E"/>
     <w:rsid w:val="008C08F5"/>
     <w:rsid w:val="008C0AF8"/>
     <w:rsid w:val="008C0C26"/>
     <w:rsid w:val="008C0DFF"/>
     <w:rsid w:val="008C0FF4"/>
     <w:rsid w:val="008C10AA"/>
     <w:rsid w:val="008C18BF"/>
     <w:rsid w:val="008C2162"/>
     <w:rsid w:val="008C2A6D"/>
@@ -30564,50 +32295,51 @@
     <w:rsid w:val="00905478"/>
     <w:rsid w:val="00905582"/>
     <w:rsid w:val="009055E7"/>
     <w:rsid w:val="00905EF0"/>
     <w:rsid w:val="0090649E"/>
     <w:rsid w:val="0090786C"/>
     <w:rsid w:val="00910034"/>
     <w:rsid w:val="00910479"/>
     <w:rsid w:val="009108E0"/>
     <w:rsid w:val="00910916"/>
     <w:rsid w:val="00910A87"/>
     <w:rsid w:val="00910B37"/>
     <w:rsid w:val="00910FD9"/>
     <w:rsid w:val="00911671"/>
     <w:rsid w:val="0091216D"/>
     <w:rsid w:val="00912266"/>
     <w:rsid w:val="00912781"/>
     <w:rsid w:val="00912D9B"/>
     <w:rsid w:val="00912E76"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
+    <w:rsid w:val="00914C47"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
     <w:rsid w:val="009164C1"/>
     <w:rsid w:val="00916AD5"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="00917F43"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
@@ -30846,99 +32578,101 @@
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
     <w:rsid w:val="009D523B"/>
     <w:rsid w:val="009D54D2"/>
     <w:rsid w:val="009D5BA6"/>
     <w:rsid w:val="009D6864"/>
     <w:rsid w:val="009D6A37"/>
     <w:rsid w:val="009E08E4"/>
     <w:rsid w:val="009E0ECD"/>
     <w:rsid w:val="009E12A3"/>
     <w:rsid w:val="009E12DB"/>
     <w:rsid w:val="009E1707"/>
     <w:rsid w:val="009E1828"/>
     <w:rsid w:val="009E1A15"/>
     <w:rsid w:val="009E1C59"/>
+    <w:rsid w:val="009E2155"/>
     <w:rsid w:val="009E23AC"/>
     <w:rsid w:val="009E2781"/>
     <w:rsid w:val="009E280D"/>
     <w:rsid w:val="009E28EA"/>
     <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E5417"/>
     <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
     <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
     <w:rsid w:val="009F0AE9"/>
     <w:rsid w:val="009F148F"/>
     <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
     <w:rsid w:val="009F425C"/>
     <w:rsid w:val="009F4CCE"/>
     <w:rsid w:val="009F4D0F"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="009F79B0"/>
     <w:rsid w:val="00A002CD"/>
+    <w:rsid w:val="00A003B6"/>
     <w:rsid w:val="00A00702"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01082"/>
     <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
     <w:rsid w:val="00A0324D"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
     <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
@@ -30967,50 +32701,51 @@
     <w:rsid w:val="00A200CB"/>
     <w:rsid w:val="00A202A8"/>
     <w:rsid w:val="00A2036A"/>
     <w:rsid w:val="00A203CE"/>
     <w:rsid w:val="00A2072A"/>
     <w:rsid w:val="00A20AD2"/>
     <w:rsid w:val="00A217EE"/>
     <w:rsid w:val="00A21D3F"/>
     <w:rsid w:val="00A2205C"/>
     <w:rsid w:val="00A22805"/>
     <w:rsid w:val="00A23358"/>
     <w:rsid w:val="00A23392"/>
     <w:rsid w:val="00A237B6"/>
     <w:rsid w:val="00A23D68"/>
     <w:rsid w:val="00A23FD5"/>
     <w:rsid w:val="00A248CA"/>
     <w:rsid w:val="00A24F57"/>
     <w:rsid w:val="00A25427"/>
     <w:rsid w:val="00A26541"/>
     <w:rsid w:val="00A266B4"/>
     <w:rsid w:val="00A270E0"/>
     <w:rsid w:val="00A27729"/>
     <w:rsid w:val="00A2788F"/>
     <w:rsid w:val="00A27D79"/>
     <w:rsid w:val="00A27DEF"/>
+    <w:rsid w:val="00A30270"/>
     <w:rsid w:val="00A30901"/>
     <w:rsid w:val="00A30922"/>
     <w:rsid w:val="00A3093A"/>
     <w:rsid w:val="00A30A67"/>
     <w:rsid w:val="00A31A6A"/>
     <w:rsid w:val="00A321EE"/>
     <w:rsid w:val="00A326FA"/>
     <w:rsid w:val="00A32735"/>
     <w:rsid w:val="00A33EEF"/>
     <w:rsid w:val="00A341A4"/>
     <w:rsid w:val="00A354DB"/>
     <w:rsid w:val="00A3552B"/>
     <w:rsid w:val="00A35C30"/>
     <w:rsid w:val="00A361C1"/>
     <w:rsid w:val="00A361DB"/>
     <w:rsid w:val="00A367BD"/>
     <w:rsid w:val="00A36AA5"/>
     <w:rsid w:val="00A372AE"/>
     <w:rsid w:val="00A37B09"/>
     <w:rsid w:val="00A37BE7"/>
     <w:rsid w:val="00A37C13"/>
     <w:rsid w:val="00A4000C"/>
     <w:rsid w:val="00A400FF"/>
     <w:rsid w:val="00A4039E"/>
     <w:rsid w:val="00A4076A"/>
@@ -31138,85 +32873,87 @@
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A9493C"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
+    <w:rsid w:val="00AA1C84"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
     <w:rsid w:val="00AA3642"/>
     <w:rsid w:val="00AA4541"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
     <w:rsid w:val="00AA6402"/>
     <w:rsid w:val="00AA70E9"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
     <w:rsid w:val="00AB0EE8"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5EB5"/>
     <w:rsid w:val="00AB5ED1"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
+    <w:rsid w:val="00AC0F39"/>
     <w:rsid w:val="00AC157B"/>
     <w:rsid w:val="00AC1E9E"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
@@ -31264,50 +33001,51 @@
     <w:rsid w:val="00AE7738"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
     <w:rsid w:val="00AF055D"/>
     <w:rsid w:val="00AF0903"/>
     <w:rsid w:val="00AF190D"/>
     <w:rsid w:val="00AF1A7D"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
     <w:rsid w:val="00AF459F"/>
     <w:rsid w:val="00AF4745"/>
     <w:rsid w:val="00AF4C61"/>
     <w:rsid w:val="00AF5593"/>
     <w:rsid w:val="00AF5834"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF64F2"/>
     <w:rsid w:val="00AF6911"/>
     <w:rsid w:val="00AF6C1A"/>
     <w:rsid w:val="00AF74C4"/>
     <w:rsid w:val="00AF7622"/>
     <w:rsid w:val="00B0005A"/>
     <w:rsid w:val="00B00E73"/>
     <w:rsid w:val="00B017BE"/>
+    <w:rsid w:val="00B018E3"/>
     <w:rsid w:val="00B01A01"/>
     <w:rsid w:val="00B01B6D"/>
     <w:rsid w:val="00B02221"/>
     <w:rsid w:val="00B027BC"/>
     <w:rsid w:val="00B02DA9"/>
     <w:rsid w:val="00B03068"/>
     <w:rsid w:val="00B03625"/>
     <w:rsid w:val="00B03E2B"/>
     <w:rsid w:val="00B042F3"/>
     <w:rsid w:val="00B0456F"/>
     <w:rsid w:val="00B0461B"/>
     <w:rsid w:val="00B04869"/>
     <w:rsid w:val="00B04D42"/>
     <w:rsid w:val="00B058E8"/>
     <w:rsid w:val="00B0592F"/>
     <w:rsid w:val="00B06720"/>
     <w:rsid w:val="00B06BD9"/>
     <w:rsid w:val="00B07774"/>
     <w:rsid w:val="00B07C65"/>
     <w:rsid w:val="00B10766"/>
     <w:rsid w:val="00B1076C"/>
     <w:rsid w:val="00B10FB4"/>
     <w:rsid w:val="00B11350"/>
     <w:rsid w:val="00B11489"/>
     <w:rsid w:val="00B1168A"/>
@@ -31485,50 +33223,51 @@
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
     <w:rsid w:val="00B7570B"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
     <w:rsid w:val="00B76BB7"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00B8094D"/>
     <w:rsid w:val="00B810F5"/>
     <w:rsid w:val="00B81337"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
+    <w:rsid w:val="00B83076"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
     <w:rsid w:val="00B848D5"/>
     <w:rsid w:val="00B84AB7"/>
     <w:rsid w:val="00B84F24"/>
     <w:rsid w:val="00B85109"/>
     <w:rsid w:val="00B8522D"/>
     <w:rsid w:val="00B853B4"/>
     <w:rsid w:val="00B854B6"/>
     <w:rsid w:val="00B85AA9"/>
     <w:rsid w:val="00B85C26"/>
     <w:rsid w:val="00B85E2F"/>
     <w:rsid w:val="00B85F04"/>
     <w:rsid w:val="00B864E3"/>
     <w:rsid w:val="00B864FD"/>
     <w:rsid w:val="00B8682F"/>
     <w:rsid w:val="00B86895"/>
     <w:rsid w:val="00B868CB"/>
     <w:rsid w:val="00B86CC9"/>
     <w:rsid w:val="00B86F20"/>
     <w:rsid w:val="00B86F92"/>
     <w:rsid w:val="00B87C87"/>
     <w:rsid w:val="00B87E23"/>
@@ -31649,50 +33388,51 @@
     <w:rsid w:val="00BD1000"/>
     <w:rsid w:val="00BD171F"/>
     <w:rsid w:val="00BD19D2"/>
     <w:rsid w:val="00BD1AAA"/>
     <w:rsid w:val="00BD211F"/>
     <w:rsid w:val="00BD280E"/>
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD4B84"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
+    <w:rsid w:val="00BD6B6A"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE0231"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2A48"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE5F05"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
@@ -31710,50 +33450,51 @@
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF68FA"/>
     <w:rsid w:val="00BF6E04"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00BF7919"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C018E1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C04A14"/>
     <w:rsid w:val="00C0549D"/>
+    <w:rsid w:val="00C05AB8"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C10860"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
@@ -31831,121 +33572,126 @@
     <w:rsid w:val="00C45174"/>
     <w:rsid w:val="00C45434"/>
     <w:rsid w:val="00C455CD"/>
     <w:rsid w:val="00C45833"/>
     <w:rsid w:val="00C45E76"/>
     <w:rsid w:val="00C47508"/>
     <w:rsid w:val="00C47905"/>
     <w:rsid w:val="00C47EAD"/>
     <w:rsid w:val="00C50162"/>
     <w:rsid w:val="00C50D01"/>
     <w:rsid w:val="00C5127A"/>
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
     <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
+    <w:rsid w:val="00C561BB"/>
     <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
     <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C660DE"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
+    <w:rsid w:val="00C70B38"/>
+    <w:rsid w:val="00C70DCE"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74196"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
+    <w:rsid w:val="00C759BB"/>
     <w:rsid w:val="00C75D6D"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
     <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
     <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
     <w:rsid w:val="00C81A37"/>
     <w:rsid w:val="00C81BC3"/>
     <w:rsid w:val="00C81C28"/>
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
     <w:rsid w:val="00C8598E"/>
     <w:rsid w:val="00C85C2D"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
+    <w:rsid w:val="00C86E76"/>
     <w:rsid w:val="00C870C5"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
     <w:rsid w:val="00C9106D"/>
     <w:rsid w:val="00C91368"/>
     <w:rsid w:val="00C9213E"/>
     <w:rsid w:val="00C9214F"/>
     <w:rsid w:val="00C92578"/>
     <w:rsid w:val="00C92632"/>
     <w:rsid w:val="00C93B80"/>
     <w:rsid w:val="00C94170"/>
     <w:rsid w:val="00C942A0"/>
     <w:rsid w:val="00C9452E"/>
     <w:rsid w:val="00C94898"/>
     <w:rsid w:val="00C94A10"/>
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
     <w:rsid w:val="00C951AA"/>
     <w:rsid w:val="00C956B9"/>
     <w:rsid w:val="00C95903"/>
     <w:rsid w:val="00C95AE5"/>
     <w:rsid w:val="00C96C5D"/>
@@ -32055,50 +33801,51 @@
     <w:rsid w:val="00CD70F4"/>
     <w:rsid w:val="00CD74E6"/>
     <w:rsid w:val="00CD7705"/>
     <w:rsid w:val="00CE04A0"/>
     <w:rsid w:val="00CE0613"/>
     <w:rsid w:val="00CE0810"/>
     <w:rsid w:val="00CE096F"/>
     <w:rsid w:val="00CE0BD2"/>
     <w:rsid w:val="00CE0D61"/>
     <w:rsid w:val="00CE16B5"/>
     <w:rsid w:val="00CE19AA"/>
     <w:rsid w:val="00CE1A99"/>
     <w:rsid w:val="00CE1D99"/>
     <w:rsid w:val="00CE1FAB"/>
     <w:rsid w:val="00CE203A"/>
     <w:rsid w:val="00CE2175"/>
     <w:rsid w:val="00CE221B"/>
     <w:rsid w:val="00CE2941"/>
     <w:rsid w:val="00CE295E"/>
     <w:rsid w:val="00CE296A"/>
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
+    <w:rsid w:val="00CE4706"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE6341"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CE7AE1"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF3E32"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
@@ -32179,50 +33926,51 @@
     <w:rsid w:val="00D24FD4"/>
     <w:rsid w:val="00D2576A"/>
     <w:rsid w:val="00D25D2C"/>
     <w:rsid w:val="00D26A9B"/>
     <w:rsid w:val="00D26EF8"/>
     <w:rsid w:val="00D26FCD"/>
     <w:rsid w:val="00D27FCC"/>
     <w:rsid w:val="00D3045F"/>
     <w:rsid w:val="00D30589"/>
     <w:rsid w:val="00D306A7"/>
     <w:rsid w:val="00D318C3"/>
     <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D321FA"/>
     <w:rsid w:val="00D332F1"/>
     <w:rsid w:val="00D3369B"/>
     <w:rsid w:val="00D33BDB"/>
     <w:rsid w:val="00D3430F"/>
     <w:rsid w:val="00D346D1"/>
     <w:rsid w:val="00D347CD"/>
     <w:rsid w:val="00D34DCA"/>
     <w:rsid w:val="00D353AA"/>
     <w:rsid w:val="00D35A46"/>
     <w:rsid w:val="00D35D05"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D365FE"/>
+    <w:rsid w:val="00D37100"/>
     <w:rsid w:val="00D37E5D"/>
     <w:rsid w:val="00D40131"/>
     <w:rsid w:val="00D402EF"/>
     <w:rsid w:val="00D4030A"/>
     <w:rsid w:val="00D403F6"/>
     <w:rsid w:val="00D40553"/>
     <w:rsid w:val="00D405E8"/>
     <w:rsid w:val="00D40E02"/>
     <w:rsid w:val="00D40F23"/>
     <w:rsid w:val="00D41841"/>
     <w:rsid w:val="00D4215A"/>
     <w:rsid w:val="00D424EB"/>
     <w:rsid w:val="00D4339C"/>
     <w:rsid w:val="00D43604"/>
     <w:rsid w:val="00D4391D"/>
     <w:rsid w:val="00D439B8"/>
     <w:rsid w:val="00D43A61"/>
     <w:rsid w:val="00D43B59"/>
     <w:rsid w:val="00D43CEC"/>
     <w:rsid w:val="00D445B1"/>
     <w:rsid w:val="00D4464F"/>
     <w:rsid w:val="00D447A7"/>
     <w:rsid w:val="00D448FC"/>
     <w:rsid w:val="00D44D92"/>
     <w:rsid w:val="00D45329"/>
@@ -32290,50 +34038,51 @@
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D75A8F"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
     <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801BD"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
+    <w:rsid w:val="00D816AF"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
@@ -32580,50 +34329,51 @@
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E30FDC"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37E18"/>
+    <w:rsid w:val="00E40348"/>
     <w:rsid w:val="00E4037B"/>
     <w:rsid w:val="00E4091E"/>
     <w:rsid w:val="00E417D6"/>
     <w:rsid w:val="00E42421"/>
     <w:rsid w:val="00E4277C"/>
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51819"/>
@@ -32665,69 +34415,71 @@
     <w:rsid w:val="00E61AB9"/>
     <w:rsid w:val="00E61AFA"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E62420"/>
     <w:rsid w:val="00E624E8"/>
     <w:rsid w:val="00E62939"/>
     <w:rsid w:val="00E62AB6"/>
     <w:rsid w:val="00E62B70"/>
     <w:rsid w:val="00E62F63"/>
     <w:rsid w:val="00E63032"/>
     <w:rsid w:val="00E63474"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E63562"/>
     <w:rsid w:val="00E6393A"/>
     <w:rsid w:val="00E63C93"/>
     <w:rsid w:val="00E63DD0"/>
     <w:rsid w:val="00E643BF"/>
     <w:rsid w:val="00E65272"/>
     <w:rsid w:val="00E669BA"/>
     <w:rsid w:val="00E66EAC"/>
     <w:rsid w:val="00E701E0"/>
     <w:rsid w:val="00E706D4"/>
     <w:rsid w:val="00E708D5"/>
     <w:rsid w:val="00E70D5A"/>
     <w:rsid w:val="00E70DC5"/>
+    <w:rsid w:val="00E716EA"/>
     <w:rsid w:val="00E71BD5"/>
     <w:rsid w:val="00E71F5E"/>
     <w:rsid w:val="00E7249E"/>
     <w:rsid w:val="00E7265E"/>
     <w:rsid w:val="00E72943"/>
     <w:rsid w:val="00E73574"/>
     <w:rsid w:val="00E7373F"/>
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
     <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
+    <w:rsid w:val="00E771F0"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
     <w:rsid w:val="00E80DA1"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
     <w:rsid w:val="00E820F7"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E82D9A"/>
     <w:rsid w:val="00E82E83"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
     <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
@@ -32840,107 +34592,110 @@
     <w:rsid w:val="00ED150D"/>
     <w:rsid w:val="00ED195A"/>
     <w:rsid w:val="00ED1C51"/>
     <w:rsid w:val="00ED2330"/>
     <w:rsid w:val="00ED2378"/>
     <w:rsid w:val="00ED285F"/>
     <w:rsid w:val="00ED291A"/>
     <w:rsid w:val="00ED2E9B"/>
     <w:rsid w:val="00ED3144"/>
     <w:rsid w:val="00ED3C98"/>
     <w:rsid w:val="00ED4906"/>
     <w:rsid w:val="00ED563B"/>
     <w:rsid w:val="00ED58C2"/>
     <w:rsid w:val="00ED62F8"/>
     <w:rsid w:val="00ED64A8"/>
     <w:rsid w:val="00ED6547"/>
     <w:rsid w:val="00ED6956"/>
     <w:rsid w:val="00ED723A"/>
     <w:rsid w:val="00ED7312"/>
     <w:rsid w:val="00ED7B35"/>
     <w:rsid w:val="00EE0DAF"/>
     <w:rsid w:val="00EE0E1F"/>
     <w:rsid w:val="00EE0F92"/>
     <w:rsid w:val="00EE1935"/>
     <w:rsid w:val="00EE1EF6"/>
+    <w:rsid w:val="00EE2384"/>
     <w:rsid w:val="00EE285C"/>
     <w:rsid w:val="00EE2B08"/>
     <w:rsid w:val="00EE2B25"/>
     <w:rsid w:val="00EE2E5E"/>
     <w:rsid w:val="00EE3101"/>
     <w:rsid w:val="00EE462A"/>
     <w:rsid w:val="00EE464C"/>
     <w:rsid w:val="00EE4869"/>
     <w:rsid w:val="00EE4960"/>
     <w:rsid w:val="00EE49AA"/>
     <w:rsid w:val="00EE4A24"/>
     <w:rsid w:val="00EE4C61"/>
     <w:rsid w:val="00EE4CFD"/>
     <w:rsid w:val="00EE4E4F"/>
     <w:rsid w:val="00EE60CC"/>
     <w:rsid w:val="00EE648E"/>
     <w:rsid w:val="00EE6593"/>
     <w:rsid w:val="00EE6A61"/>
     <w:rsid w:val="00EE6B2A"/>
     <w:rsid w:val="00EE6D40"/>
     <w:rsid w:val="00EE6E6A"/>
     <w:rsid w:val="00EE6FA2"/>
     <w:rsid w:val="00EE72CC"/>
     <w:rsid w:val="00EE7A5E"/>
     <w:rsid w:val="00EF0700"/>
     <w:rsid w:val="00EF07F4"/>
     <w:rsid w:val="00EF1817"/>
     <w:rsid w:val="00EF31B8"/>
     <w:rsid w:val="00EF3E70"/>
     <w:rsid w:val="00EF3F8E"/>
     <w:rsid w:val="00EF4342"/>
     <w:rsid w:val="00EF4D38"/>
+    <w:rsid w:val="00EF5054"/>
     <w:rsid w:val="00EF5A6C"/>
     <w:rsid w:val="00EF5CFF"/>
     <w:rsid w:val="00EF6547"/>
     <w:rsid w:val="00EF699A"/>
     <w:rsid w:val="00EF6BA7"/>
     <w:rsid w:val="00EF6BC8"/>
     <w:rsid w:val="00EF6BEA"/>
     <w:rsid w:val="00EF6D27"/>
     <w:rsid w:val="00EF7088"/>
     <w:rsid w:val="00EF75B5"/>
     <w:rsid w:val="00EF7B2E"/>
     <w:rsid w:val="00F00256"/>
     <w:rsid w:val="00F00342"/>
     <w:rsid w:val="00F0053B"/>
     <w:rsid w:val="00F0059C"/>
     <w:rsid w:val="00F00C71"/>
     <w:rsid w:val="00F023AF"/>
     <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02C57"/>
     <w:rsid w:val="00F02E44"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F0402B"/>
     <w:rsid w:val="00F047E4"/>
     <w:rsid w:val="00F05186"/>
     <w:rsid w:val="00F0545F"/>
+    <w:rsid w:val="00F0552E"/>
     <w:rsid w:val="00F05601"/>
     <w:rsid w:val="00F060AE"/>
     <w:rsid w:val="00F06170"/>
     <w:rsid w:val="00F061FB"/>
     <w:rsid w:val="00F06587"/>
     <w:rsid w:val="00F06645"/>
     <w:rsid w:val="00F0707D"/>
     <w:rsid w:val="00F0752D"/>
     <w:rsid w:val="00F0793A"/>
     <w:rsid w:val="00F07E53"/>
     <w:rsid w:val="00F102E7"/>
     <w:rsid w:val="00F10442"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F106B8"/>
     <w:rsid w:val="00F10CA5"/>
     <w:rsid w:val="00F10E20"/>
     <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F125CC"/>
     <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
@@ -33059,50 +34814,51 @@
     <w:rsid w:val="00F543EE"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
     <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
     <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F57C25"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
+    <w:rsid w:val="00F62A62"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F6612A"/>
     <w:rsid w:val="00F66636"/>
     <w:rsid w:val="00F66E2D"/>
     <w:rsid w:val="00F670C2"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
     <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74423"/>
@@ -33150,89 +34906,91 @@
     <w:rsid w:val="00F917D4"/>
     <w:rsid w:val="00F91DEE"/>
     <w:rsid w:val="00F92587"/>
     <w:rsid w:val="00F927F8"/>
     <w:rsid w:val="00F92CAC"/>
     <w:rsid w:val="00F92F90"/>
     <w:rsid w:val="00F931F6"/>
     <w:rsid w:val="00F93377"/>
     <w:rsid w:val="00F9341C"/>
     <w:rsid w:val="00F93850"/>
     <w:rsid w:val="00F93950"/>
     <w:rsid w:val="00F93A64"/>
     <w:rsid w:val="00F94514"/>
     <w:rsid w:val="00F94729"/>
     <w:rsid w:val="00F949D0"/>
     <w:rsid w:val="00F951D6"/>
     <w:rsid w:val="00F951EC"/>
     <w:rsid w:val="00F9532C"/>
     <w:rsid w:val="00F9541C"/>
     <w:rsid w:val="00F9569D"/>
     <w:rsid w:val="00F95E43"/>
     <w:rsid w:val="00F970DE"/>
     <w:rsid w:val="00F9728D"/>
     <w:rsid w:val="00F977AD"/>
     <w:rsid w:val="00F977E9"/>
+    <w:rsid w:val="00F97A0F"/>
     <w:rsid w:val="00F97B17"/>
     <w:rsid w:val="00FA0017"/>
     <w:rsid w:val="00FA0194"/>
     <w:rsid w:val="00FA080F"/>
     <w:rsid w:val="00FA08A7"/>
     <w:rsid w:val="00FA0A0F"/>
     <w:rsid w:val="00FA1136"/>
     <w:rsid w:val="00FA13BA"/>
     <w:rsid w:val="00FA1808"/>
     <w:rsid w:val="00FA196C"/>
     <w:rsid w:val="00FA1A70"/>
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63D8"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6A34"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1913"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
+    <w:rsid w:val="00FB4B54"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
@@ -33482,50 +35240,51 @@
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
+    <w:rsid w:val="34CF4FC2"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
     <w:rsid w:val="36D3BC6C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
@@ -33567,50 +35326,51 @@
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
+    <w:rsid w:val="4F9F0143"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
     <w:rsid w:val="53D00C69"/>
     <w:rsid w:val="54579326"/>
     <w:rsid w:val="5473CD39"/>
     <w:rsid w:val="556377FB"/>
     <w:rsid w:val="5568833A"/>
     <w:rsid w:val="56331C6C"/>
     <w:rsid w:val="567896BC"/>
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
@@ -33636,50 +35396,51 @@
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
+    <w:rsid w:val="62F90CAF"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
@@ -37282,50 +39043,62 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="100926186">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="156766984">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="248272691">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="261230785">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -37582,50 +39355,62 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="902838692">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="919560211">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="924457399">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="963584378">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1000355609">
@@ -38108,50 +39893,62 @@
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2132701760">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1160542546">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1249997784">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1277297143">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38553,50 +40350,62 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1364818812">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1676493196">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1730610598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1742412367">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -38842,50 +40651,62 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2005274874">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2009743888">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2033334344">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2047173066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -38900,51 +40721,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamd@bostongreencompany.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36751&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37486&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vguido@republicservices.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36626&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36621&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37449&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maldrich@gssgi.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36613&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36995&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dmorris@triumvirate.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36998&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:generalmanager@clutec.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36790&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrobertson@nedtinc.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36615&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36622&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36996&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.hirschler@eridirect.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdangoia@strategic-es.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36789&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36620&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ploricco@cleanearthinc.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith.boyea@terracycle.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin@goodpointrecycling.net" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36750&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36997&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason.regan@veolia.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36608&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36623&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36788&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dryan@unitedmedwaste.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36618&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khoag@commtank.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36636&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36886&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy@nemedwaste.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36624&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana%20henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36791&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdevanney@e-s-i.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36606&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36619&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36752&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nineve@tridenthazmat.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37487&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:feroldi.eric@cleanharbors.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnorris@medxwaste.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37448&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36625&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36624&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adamd@bostongreencompany.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36751&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-38250&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:andy@nemedwaste.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36619&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36606&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37449&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maldrich@gssgi.com" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Dmorris@triumvirate.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-38251&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rgallinaro@rmgenterprise.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36998&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:generalmanager@clutec.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36620&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36625&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36790&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lbracale@metechrecycling.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36789&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36608&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36996&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:david.hirschler@eridirect.com" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:s.nardi@nlr-green.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37864&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36568&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36621&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36626&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ploricco@cleanearthinc.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robin@goodpointrecycling.net" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37486&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36613&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36788&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36995&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dryan@unitedmedwaste.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:khoag@commtank.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37448&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36886&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mrobertson@nedtinc.com" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36615&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36622&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana%20henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36791&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdevanney@e-s-i.com" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Nineve@tridenthazmat.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-37487&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36752&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vguido@republicservices.com" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mdangoia@strategic-es.com" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:feroldi.eric@cleanharbors.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36623&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pnorris@medxwaste.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36750&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC3-36618&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jason.regan@veolia.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:keith.boyea@terracycle.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-OSD03-38240&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36636&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-36997&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -39236,52 +41057,52 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -39486,1565 +41307,100 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E03BA763-5B9B-405B-9384-7868788081F1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8E70829-8CF8-4377-9596-9827AE7FCB55}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>24</Pages>
-[...1 lines deleted...]
-  <Characters>41857</Characters>
+  <Pages>25</Pages>
+  <Words>7586</Words>
+  <Characters>43242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>348</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Lines>360</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49102</CharactersWithSpaces>
+  <CharactersWithSpaces>50727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">