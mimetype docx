--- v0 (2025-11-05)
+++ v1 (2026-01-30)
@@ -1,50 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
@@ -324,79 +325,93 @@
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="6D27979C" w14:textId="13BEEF98" w:rsidR="007C4A40" w:rsidRPr="00AA1595" w:rsidRDefault="007C4A40" w:rsidP="003F1CE9">
+          <w:p w14:paraId="6D27979C" w14:textId="51279258" w:rsidR="007C4A40" w:rsidRPr="00AA1595" w:rsidRDefault="007C4A40" w:rsidP="003F1CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Contract Term: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA1595">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>June 1, 2022–June 30, 2027</w:t>
+              <w:t>June 1, 2022</w:t>
+            </w:r>
+            <w:r w:rsidR="00193223">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA1595">
+              <w:rPr>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>June 30, 2027</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="424A0DFB" w14:textId="4620710D" w:rsidR="0064148A" w:rsidRPr="00B70DF1" w:rsidRDefault="007C4A40" w:rsidP="003F1CE9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA1595">
               <w:rPr>
                 <w:bCs/>
@@ -768,246 +783,177 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00CA2481">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00193223">
         <w:trPr>
-          <w:trHeight w:val="947"/>
+          <w:trHeight w:val="786"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="700CB535" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="008F7E94" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="29B57E7C" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00193223" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B03D4C">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>07</w:t>
-[...59 lines deleted...]
-              <w:t>they were acquired by Frasco, Inc.</w:t>
+              <w:t>01/13/2026: Removed Request for Payment Authorization (RPA) language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="74748F52" w14:textId="77777777" w:rsidR="00CA2481" w:rsidRDefault="00CA2481" w:rsidP="006E4CCA">
+    <w:p w14:paraId="74748F52" w14:textId="77777777" w:rsidR="00CA2481" w:rsidRDefault="00CA2481" w:rsidP="00193223">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE53A3B" w14:textId="12E19DEF" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:b/>
-[...14 lines deleted...]
-          <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="0D1EA032" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -5729,214 +5675,65 @@
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62518147" w14:textId="77777777" w:rsidR="003874BD" w:rsidRPr="003B0898" w:rsidRDefault="003874BD" w:rsidP="003874BD">
-[...148 lines deleted...]
-    </w:p>
     <w:p w14:paraId="711AD393" w14:textId="77777777" w:rsidR="003874BD" w:rsidRPr="00136C46" w:rsidRDefault="003874BD" w:rsidP="003874BD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Extend_Beyond_(Performance"/>
       <w:bookmarkStart w:id="30" w:name="_Toc207109134"/>
       <w:bookmarkStart w:id="31" w:name="_Toc212457023"/>
       <w:bookmarkStart w:id="32" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="2D3391E9" w14:textId="77777777" w:rsidR="003874BD" w:rsidRPr="00136C46" w:rsidRDefault="003874BD" w:rsidP="003874BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For extend beyond, the following stipulations are in place:</w:t>
@@ -6243,51 +6040,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -6388,51 +6185,50 @@
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc212457025"/>
       <w:bookmarkStart w:id="35" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
-        <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="79C8798B" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
@@ -6543,51 +6339,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="0DD5F05B" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27">
+      <w:hyperlink r:id="rId26">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="002E081D" w:rsidRPr="002E081D">
         <w:rPr>
@@ -6642,50 +6438,51 @@
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the drop-down list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF16B5B" w14:textId="5CCEF41D" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00CF04CB" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Select</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Search icon. </w:t>
       </w:r>
       <w:r w:rsidR="002542E6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The r</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">elated </w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
@@ -6694,99 +6491,105 @@
         </w:rPr>
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00837172" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
+    <w:p w14:paraId="6C5DE19C" w14:textId="3D26B4BF" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Blanket #</w:t>
+        <w:t xml:space="preserve">Blanket </w:t>
+      </w:r>
+      <w:r w:rsidR="00193223" w:rsidRPr="00193223">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>number</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the applicable </w:t>
       </w:r>
       <w:r w:rsidR="00A14A44" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchase Order (</w:t>
       </w:r>
@@ -6907,51 +6710,51 @@
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidR="00CC065B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC115 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CC065B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="37" w:name="_Toc212457026"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
@@ -7070,100 +6873,118 @@
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00F33440" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and follow these steps:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EAA3403" w14:textId="22E92C57" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="003F1CE9">
+    <w:p w14:paraId="1EAA3403" w14:textId="1B5B065E" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="003F1CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00EB01C8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor Information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> page, u</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nder the </w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Master Blanket Purchase Order #</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+      </w:r>
+      <w:del w:id="38" w:author="McCarthy, Amber (OSD)" w:date="2026-01-15T09:56:00Z" w16du:dateUtc="2026-01-15T14:56:00Z">
+        <w:r w:rsidR="00A66C02" w:rsidRPr="00A66C02" w:rsidDel="00DA4D97">
+          <w:rPr>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:delText>number</w:delText>
+        </w:r>
+      </w:del>
+      <w:ins w:id="39" w:author="McCarthy, Amber (OSD)" w:date="2026-01-15T09:56:00Z" w16du:dateUtc="2026-01-15T14:56:00Z">
+        <w:r w:rsidR="00DA4D97" w:rsidRPr="00A66C02">
+          <w:rPr>
+            <w:bCs/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Number</w:t>
+        </w:r>
+      </w:ins>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Column, </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the applicable </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -7256,57 +7077,57 @@
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479F130B" w14:textId="77777777" w:rsidR="00074DA5" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc207109138"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc212457027"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc207109138"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc212457027"/>
       <w:r w:rsidRPr="0011136C">
         <w:t>Statement of Work (SOW) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="0011136C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CAA6F14" w14:textId="1E3F68E1" w:rsidR="00074DA5" w:rsidRPr="00136C46" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
@@ -7330,88 +7151,87 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000A62EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E34831" w:rsidRPr="00E34831">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Agency Attachments</w:t>
       </w:r>
       <w:r w:rsidR="00E34831">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="000A62EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC115 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following are examples of required information on the SOW (your agency may require more details):  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7174232F" w14:textId="77777777" w:rsidR="00074DA5" w:rsidRPr="00136C46" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Scope of services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F76C8E0" w14:textId="77777777" w:rsidR="00074DA5" w:rsidRPr="00136C46" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deliverables dates</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B04E428" w14:textId="77777777" w:rsidR="00074DA5" w:rsidRPr="00136C46" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
@@ -7484,90 +7304,91 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Number of staff</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6203CBDE" w14:textId="77777777" w:rsidR="00074DA5" w:rsidRPr="0024729E" w:rsidRDefault="00074DA5" w:rsidP="00074DA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Rate(s) per hour</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA675B2" w14:textId="00D47FD1" w:rsidR="0024729E" w:rsidRDefault="00F26DFB" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc194066605"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc212457028"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc194066605"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc212457028"/>
       <w:r w:rsidRPr="006A4A2A">
         <w:t xml:space="preserve">Prevailing </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31D64">
         <w:t>Wage</w:t>
       </w:r>
       <w:r w:rsidRPr="006A4A2A">
         <w:t xml:space="preserve"> Law Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="2E4C2734" w14:textId="5A46FB36" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS). The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
       </w:r>
       <w:r w:rsidR="00A6581E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidR="00A6581E" w:rsidRPr="00DD25F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Department of Labor Standards (DLS)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. To get the proper rates for your region/job, you must request a determination. Questions regarding the Prevailing Wage Law may be answered by accessing the DLS website or by calling the DLS Prevailing Wage Program at 617</w:t>
       </w:r>
       <w:r w:rsidR="00A44EC1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>626-6953.</w:t>
@@ -7576,181 +7397,181 @@
     <w:p w14:paraId="3A88C850" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If prevailing wage is required, make sure to include this information in your quotes or bids so vendors know to include prevailing wage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C797769" w14:textId="05DCE053" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In addition, all contracts by a state agency or state-assisted contracts for design, construction, reconstruction, installation, demolition, maintenance, or repair must contain Workforce Participation Goals for minorities and women. This is required by </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00880356">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>G.L. c. 149, § 44A(2)(G)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. A “state-assisted contract” is a construction project undertaken by a political subdivision of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ommonwealth or two or more subdivisions thereof for planning, acquisition, design, construction, demolition, installation, repair, or maintenance whose costs are paid for, reimbursed, grant funded, or otherwise supported, in whole or in part, by the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ommonwealth. An affected awarding authority’s bid documents must include a reference to the specific goals that will be contained in the contract. The contract must also include the processes and procedures to ensure compliance with the Workforce Participation Goals, including reporting and enforcement provisions. For questions about the Workforce Participation Goals law, please </w:t>
       </w:r>
       <w:r w:rsidR="00201AFF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">email </w:t>
       </w:r>
       <w:r w:rsidR="00201AFF" w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00201AFF" w:rsidRPr="00FD522C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Attorney General’s Office Bid Unit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00201AFF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE6C286" w14:textId="77777777" w:rsidR="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The Office of the Attorney General’s Fair Labor Division is responsible for enforcing the prevailing wage laws. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Review</w:t>
       </w:r>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="0092479A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Prevailing Wage Enforcement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30B77F25" w14:textId="11C15E2F" w:rsidR="00CE4F99" w:rsidRPr="00CE4F99" w:rsidRDefault="00CE4F99" w:rsidP="00CE4F99">
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="00151AC8" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc212457029"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc212457029"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Labor Hours</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business Hours (excluding holidays) are defined as Monday through Friday 7:00 a.m. to 5:00 p.m. Non-Business Hours are defined as periods outside of Business Hours</w:t>
       </w:r>
       <w:r w:rsidR="0008776A" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -7780,55 +7601,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Many state facilities </w:t>
       </w:r>
       <w:r w:rsidR="003624C5" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>operate continuously (24/7).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18ADE978" w14:textId="639A2856" w:rsidR="003624C5" w:rsidRDefault="003624C5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc212457030"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc212457030"/>
       <w:r>
         <w:t>Apprentice Labor Rates</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="40308299" w14:textId="56612E33" w:rsidR="00720C80" w:rsidRPr="009E12A3" w:rsidRDefault="00720C80" w:rsidP="00720C80">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bidders may only include apprentice labor rates if they are participating in the Commonwealth's Approved Apprentice Program</w:t>
       </w:r>
       <w:r w:rsidR="00AE4F31" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and can </w:t>
       </w:r>
       <w:r w:rsidR="00384506" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">provide </w:t>
       </w:r>
@@ -7846,89 +7667,89 @@
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B519E1" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00B519E1" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Information for apprentices</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00291EE1" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to learn more.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc212457031"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc212457031"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
@@ -7944,156 +7765,156 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -8128,56 +7949,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc212457032"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc212457032"/>
       <w:r w:rsidRPr="00DD5236">
-        <w:lastRenderedPageBreak/>
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="003F1CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8198,51 +8018,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -8272,55 +8092,56 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc212457033"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc212457033"/>
       <w:r w:rsidRPr="007418B6">
+        <w:lastRenderedPageBreak/>
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8338,51 +8159,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId39" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8405,172 +8226,172 @@
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="4973DF87" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc194066607"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc212457034"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc212457034"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="45D4B918" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D8C1" w14:textId="245DBD18" w:rsidR="00A87A58" w:rsidRDefault="00A87A58" w:rsidP="00AA2D78">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066609"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc212457035"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc194066609"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc212457035"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="635E00B9" w14:textId="3A56BC79" w:rsidR="00AA2D78" w:rsidRPr="00AA2D78" w:rsidRDefault="00AA2D78" w:rsidP="00AA2D78">
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="001C4ED4">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="005227AB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>endor pays transportation of goods to location plus loading costs for fence rental.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="53" w:name="_Toc212457036"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc212457036"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r w:rsidR="00187389">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8583,99 +8404,98 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D3C01F" w14:textId="1B49E867" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Prompt Pay</w:t>
       </w:r>
       <w:r w:rsidR="009F425C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ment</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Discount:</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43">
+      <w:hyperlink r:id="rId42">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00EE17E1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE17E1" w:rsidRPr="00D8772A">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8839,180 +8659,181 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="39025A8F" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc212457037"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc212457037"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="752EEF2C" w14:textId="4F47CD5C" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00326CB7">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc212457038"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc212457038"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="003F1CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -9135,63 +8956,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00402577">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00402577" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00402577">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00402577" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00402577">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="003F1CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -9377,71 +9198,70 @@
         </w:rPr>
         <w:t>CAP</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or suspend/terminate the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="4CCD5398" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="003F1CE9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="4CCD5398" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="59" w:name="_Toc212457039"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc212457039"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="687148CE" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9497,50 +9317,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
@@ -9656,63 +9477,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0088659E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="0088659E" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0088659E">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="0088659E" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0088659E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -9729,252 +9550,252 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="008F4357">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="2789136F" w:rsidR="00BC5DEA" w:rsidRPr="002E2D42" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="61" w:name="_Toc212457040"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc212457040"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidR="003B7672" w:rsidRPr="002E2D42">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32C0D1EE" w14:textId="3C3883BB" w:rsidR="00BC5DEA" w:rsidRPr="009E12A3" w:rsidRDefault="00BC5DEA" w:rsidP="00BC5DEA">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To add a product to the list of eligible products sold under this contract, buyers must contact the Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523FFA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="00523FFA" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00523FFA">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="00523FFA" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Sean </w:t>
         </w:r>
         <w:r w:rsidR="00523FFA" w:rsidRPr="009070BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00523FFA">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F940BCA" w14:textId="2C6B8E68" w:rsidR="00DF780E" w:rsidRDefault="00EF4D38" w:rsidP="009070BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="63" w:name="_Toc212457041"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc212457041"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="5FA6E1E1" w14:textId="77777777" w:rsidR="009070BC" w:rsidRDefault="009070BC" w:rsidP="009070BC">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5AD189FE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors awarded under FAC115 are encouraged to adopt environmentally responsible practices, including the use of fuel-efficient vehicles and the recycling of materials such as paper, printer toner, tires, batteries, and other applicable items.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20346CDA" w14:textId="77777777" w:rsidR="009070BC" w:rsidRDefault="009070BC" w:rsidP="009070BC">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="72AC7CA8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="72AC7CA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId52">
         <w:r w:rsidRPr="009070BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="72AC7CA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54">
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="009070BC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="72AC7CA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66302275" w14:textId="77777777" w:rsidR="009070BC" w:rsidRPr="009070BC" w:rsidRDefault="009070BC" w:rsidP="009070BC"/>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Memorandum_of_Understanding"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkStart w:id="66" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc212457042"/>
+      <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
-      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="7E58B0D1" w14:textId="6ED7CFDD" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
@@ -10027,109 +9848,109 @@
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="0082215F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="67" w:name="_Contract_Summary"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkStart w:id="69" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="70" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="71" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="72" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="73" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="74" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="75" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -10151,88 +9972,88 @@
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId56"/>
+          <w:footerReference w:type="first" r:id="rId55"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C4A7914" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Appendix_A:_Vendor"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkStart w:id="76" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="77" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="78" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="79" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="80" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc212457043"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="281A729E" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="009A40E1">
       <w:pPr>
         <w:rPr>
           <w:u w:val="double"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B142B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A40E1" w:rsidRPr="009A40E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidR="009A40E1">
         <w:t xml:space="preserve"> N/A = Not Applicable</w:t>
       </w:r>
       <w:r w:rsidR="00C13500">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DF7D76">
         <w:t xml:space="preserve">WBE = Women Business Enterprise, </w:t>
@@ -10753,51 +10574,51 @@
               <w:t>contract documents)</w:t>
             </w:r>
             <w:r w:rsidR="00B02B8E" w:rsidRPr="00294D83">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49B13962" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC02-25627</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61B5F867" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRDefault="00CC7D16" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC7D16">
@@ -10867,144 +10688,144 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45AF1B36" w14:textId="4A45EBA4" w:rsidR="000F18ED" w:rsidRPr="001B10B9" w:rsidRDefault="000F18ED" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F18ED">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64AD0A41" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRDefault="00D311F8" w:rsidP="009A40E1">
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00420DF1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>tatiana henry@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="0F7A6320" w14:textId="77777777" w:rsidR="00DC5F8D" w:rsidRPr="00694903" w:rsidRDefault="00DC5F8D" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="69B3D0DD" w14:textId="65398024" w:rsidR="00DC5F8D" w:rsidRPr="001B10B9" w:rsidRDefault="00DC5F8D" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="00420DF1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>sean.corbin2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32609DDB" w14:textId="5A30130C" w:rsidR="009A40E1" w:rsidRPr="00294D83" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294D83">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Solicitation Enabled</w:t>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="_Ref211351392"/>
+            <w:bookmarkStart w:id="83" w:name="_Ref211351392"/>
             <w:r w:rsidR="00867F60" w:rsidRPr="00294D83">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
           <w:p w14:paraId="3F949FCB" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="43C3024B" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-25552</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B3BBF07" w14:textId="01734D6E" w:rsidR="009A40E1" w:rsidRPr="00294D83" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294D83">
@@ -11056,51 +10877,51 @@
                 <w:rFonts w:eastAsia="MS Mincho" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E1C49D5" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0E494580" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC02-25628</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFC002A" w14:textId="1FBB08DF" w:rsidR="009A40E1" w:rsidRPr="00294D83" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00294D83">
@@ -11152,52 +10973,52 @@
                 <w:rFonts w:eastAsia="MS Mincho" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D9F1BBA" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BF7B1EB" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
-              <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:hyperlink r:id="rId62" w:history="1">
                 <w:r w:rsidRPr="001B10B9">
                   <w:rPr>
                     <w:rStyle w:val="Hyperlink"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>PO-22-1080-OSD03-SRC02-25629</w:t>
                 </w:r>
               </w:hyperlink>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="48716E3F" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="MS Mincho" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
@@ -11282,51 +11103,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Absolute Investigations, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1564905B" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>SRC01-25504</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -11361,51 +11182,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-586-0140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="110B427D" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Services@absoluteinvestigationsinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -11696,51 +11517,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Access Investigations, Inc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13C733F7" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>25506</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -12105,51 +11926,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Alliance Detective &amp; Security Services, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5848C822" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-2550</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -12514,51 +12335,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>American Investigative Services, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6297C8EA" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -12593,51 +12414,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-739-6060</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="160DB5F8" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69">
+            <w:hyperlink r:id="rId68">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Ais@americaninvestigative.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -12934,51 +12755,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Central Bureau of Investigation, Inc. (CBI)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="396A7131" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>12</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -13343,51 +13164,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>East Coast Investigative Services, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CE346AC" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-25</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>650</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -13760,51 +13581,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Edward Davis Company, The SST </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B9AC01C" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>86</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -14169,51 +13990,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ethos Risk Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00D493DE" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -14587,51 +14408,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Four Seasons Investigations, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61CDE5F4" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>08</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -14666,51 +14487,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-585-8648</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F221A6A" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>svogt@fourseasonspi.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A5C358A" w14:textId="39D3C6E3" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="001B6A74" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -15006,51 +14827,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C52B35">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Frasco, Inc. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D124AC5" w14:textId="3D4F74B8" w:rsidR="003E25DD" w:rsidRPr="00C52B35" w:rsidRDefault="00C842BE" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId75" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="005F2396">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-34193</w:t>
               </w:r>
               <w:r w:rsidRPr="005F2396">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -15084,51 +14905,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C52B35">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>877-372-7261 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A83F5DA" w14:textId="1A1ED905" w:rsidR="003E25DD" w:rsidRPr="00C52B35" w:rsidRDefault="00C842BE" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId76" w:tgtFrame="_blank" w:history="1">
               <w:r w:rsidRPr="005F2396">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>JCassidy@frasco.com</w:t>
               </w:r>
               <w:r w:rsidRPr="005F2396">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -15327,62 +15148,52 @@
               </w:rPr>
               <w:t>off</w:t>
             </w:r>
             <w:r w:rsidR="00C52B35">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="0011167D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="008F6D0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>30 day</w:t>
+            </w:r>
             <w:r w:rsidR="005F2396">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidRPr="008F6D0A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0.50% </w:t>
             </w:r>
             <w:r w:rsidR="008B274F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>off</w:t>
             </w:r>
           </w:p>
@@ -15450,51 +15261,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Internal Security Associates (ISA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57BA3BED" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>89</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -15530,51 +15341,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-704-0948</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42AEDE4D" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId78">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>dcierpka@isa.us.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4993046B" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -15871,51 +15682,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Jet Security, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1951B8B6" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>SRC01-25678</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -16280,51 +16091,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Mark Ross dba Ross Investigations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57E6607E" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>20</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -16700,51 +16511,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>New England Surveillance Specialists</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ADFF04A" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-25</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>631</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -16779,51 +16590,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-412-9008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E507CC1" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>bdavis@nesurveillance.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -17128,51 +16939,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>SRCPI, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C24A686" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>14</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -17546,51 +17357,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>United Security, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="462F5932" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>17</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -17625,51 +17436,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-621-2900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6598F6F3" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>klear@usisecurity.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
@@ -17966,51 +17777,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Universal Protection Service, LLC (Allied) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ACC9787" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-255</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>15</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -18375,51 +18186,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Windwalker Group, LLC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49E5DCD0" w14:textId="77777777" w:rsidR="009A40E1" w:rsidRPr="001B10B9" w:rsidRDefault="009A40E1" w:rsidP="009A40E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC01-2550</w:t>
               </w:r>
               <w:r w:rsidRPr="001B10B9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
@@ -18768,81 +18579,81 @@
             <w:r w:rsidRPr="001B10B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B68DB9E" w14:textId="64411A05" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00E51057">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="387CC61A" w14:textId="00FDAE82" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="001E1753">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Appendix_B:_Vendor"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkStart w:id="84" w:name="_Appendix_B:_Vendor"/>
+      <w:bookmarkStart w:id="85" w:name="_Appendix_C:_Vendor"/>
+      <w:bookmarkStart w:id="86" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc194066624"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc212457044"/>
       <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="5EF9BD69" w14:textId="68BC91C4" w:rsidR="00A7060F" w:rsidRDefault="00D119CD" w:rsidP="001E1753">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D119CD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNSPSC </w:t>
       </w:r>
       <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="001E1753" w:rsidRPr="001E1753">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC115</w:t>
@@ -18951,73 +18762,73 @@
         <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="001A55E6">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">15 </w:t>
       </w:r>
       <w:r w:rsidRPr="001A55E6">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Security Guard Services: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="_Hlk199521961"/>
+      <w:bookmarkStart w:id="89" w:name="_Hlk199521961"/>
       <w:r w:rsidRPr="001A55E6">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Armed guard, armed supervisor basic security guard, patrol car special events</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001A55E6">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and wanding</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="5A3ACD8F" w14:textId="547137D0" w:rsidR="0074759A" w:rsidRPr="0074759A" w:rsidRDefault="0074759A" w:rsidP="0074759A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074759A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>92</w:t>
       </w:r>
       <w:r w:rsidRPr="0074759A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -19037,59 +18848,59 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="0074759A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">16 </w:t>
       </w:r>
       <w:r w:rsidRPr="0074759A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Private Investigative Services: Detective, private investigative services, and undercover agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9CCB98" w14:textId="1F466821" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc212457045"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc212457045"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix: </w:t>
       </w:r>
       <w:r w:rsidR="0074759A">
         <w:t>Geographical Service Areas</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="23119631" w:rsidR="00931DF2" w:rsidRPr="0074759A" w:rsidRDefault="00A850B8" w:rsidP="0086399E">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please refer to the price list for each vendor on FAC115 to verify the counties they service. </w:t>
       </w:r>
       <w:r w:rsidRPr="00841472">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All price </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sheets</w:t>
       </w:r>
@@ -19181,103 +18992,103 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">efer to </w:t>
       </w:r>
       <w:r w:rsidR="000329B0" w:rsidRPr="0074759A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="000329B0" w:rsidRPr="0074759A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Map of Massachusetts Counties</w:t>
       </w:r>
       <w:r w:rsidR="000329B0" w:rsidRPr="0074759A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89" w:history="1">
+      <w:hyperlink r:id="rId88" w:history="1">
         <w:r w:rsidR="000329B0" w:rsidRPr="0074759A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Maps</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000329B0" w:rsidRPr="0074759A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> web page.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="0074759A" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68316541" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="03394381" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0660BB" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2"/>
+    <w:p w14:paraId="46DF4ACF" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BEB1886" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="32256425" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0518C7A4" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2"/>
+    <w:p w14:paraId="5F7FB130" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44F02FD8" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2">
+    <w:p w14:paraId="3BEA8237" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19735,51 +19546,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="22BE8E1C" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="7652E271" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -20230,51 +20041,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0ADC4030" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="6CD0D467" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -20601,73 +20412,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="67FD21F0" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="0432F7B9" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750BD36B" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2"/>
+    <w:p w14:paraId="325631F3" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="513B43A6" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="0105934D" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="699F0813" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2"/>
+    <w:p w14:paraId="4DF0A5CC" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="17B44728" w14:textId="77777777" w:rsidR="007F65D2" w:rsidRDefault="007F65D2">
+    <w:p w14:paraId="62EF0FA9" w14:textId="77777777" w:rsidR="009C0954" w:rsidRDefault="009C0954">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="35922206" w14:textId="298F9D6A" w:rsidR="00EE7483" w:rsidRDefault="00EE7483">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0002380A" w:rsidRPr="0002380A">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -20964,51 +20775,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="54E137F0" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="2303082F" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -21297,51 +21108,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0ADEC309" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="518D863A" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24299,50 +24110,58 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1019039246">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1840392131">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1334213503">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="271716133">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1809860287">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1581871110">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="849101341">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
+</file>
+
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="McCarthy, Amber (OSD)">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::Amber.McCarthy@mass.gov::6db5843a-a753-4502-85b3-e241e092a9b7"/>
+  </w15:person>
+</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
@@ -24978,50 +24797,51 @@
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190464"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
+    <w:rsid w:val="00193223"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
     <w:rsid w:val="001960DD"/>
     <w:rsid w:val="00196224"/>
     <w:rsid w:val="00196519"/>
     <w:rsid w:val="0019658C"/>
     <w:rsid w:val="00197BB3"/>
     <w:rsid w:val="001A04D3"/>
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
@@ -25096,50 +24916,51 @@
     <w:rsid w:val="001D021F"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2934"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D4148"/>
     <w:rsid w:val="001D4D3A"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5A61"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
+    <w:rsid w:val="001D7924"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1753"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
     <w:rsid w:val="001E5D17"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
@@ -25324,50 +25145,51 @@
     <w:rsid w:val="002642F9"/>
     <w:rsid w:val="00264A56"/>
     <w:rsid w:val="00264ECD"/>
     <w:rsid w:val="00265213"/>
     <w:rsid w:val="002655B7"/>
     <w:rsid w:val="002655CF"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="0026625F"/>
     <w:rsid w:val="00266475"/>
     <w:rsid w:val="002665C5"/>
     <w:rsid w:val="0026670F"/>
     <w:rsid w:val="0026740B"/>
     <w:rsid w:val="00267BB6"/>
     <w:rsid w:val="002705CB"/>
     <w:rsid w:val="00271014"/>
     <w:rsid w:val="002710E6"/>
     <w:rsid w:val="0027186F"/>
     <w:rsid w:val="002718D1"/>
     <w:rsid w:val="002722E1"/>
     <w:rsid w:val="002725D9"/>
     <w:rsid w:val="00272A26"/>
     <w:rsid w:val="002733A5"/>
     <w:rsid w:val="002733D1"/>
     <w:rsid w:val="002739BC"/>
     <w:rsid w:val="00273A68"/>
+    <w:rsid w:val="00273BAA"/>
     <w:rsid w:val="00275216"/>
     <w:rsid w:val="00275AAF"/>
     <w:rsid w:val="00275DEB"/>
     <w:rsid w:val="00276002"/>
     <w:rsid w:val="00277786"/>
     <w:rsid w:val="00277C51"/>
     <w:rsid w:val="00277CB7"/>
     <w:rsid w:val="00277D1B"/>
     <w:rsid w:val="00277E0D"/>
     <w:rsid w:val="00280B86"/>
     <w:rsid w:val="00280DE4"/>
     <w:rsid w:val="00280EC3"/>
     <w:rsid w:val="002812E6"/>
     <w:rsid w:val="00281536"/>
     <w:rsid w:val="002816F4"/>
     <w:rsid w:val="00281714"/>
     <w:rsid w:val="0028171C"/>
     <w:rsid w:val="002819AB"/>
     <w:rsid w:val="002819F1"/>
     <w:rsid w:val="00281FB4"/>
     <w:rsid w:val="00282767"/>
     <w:rsid w:val="00282C29"/>
     <w:rsid w:val="002832C4"/>
     <w:rsid w:val="0028336E"/>
     <w:rsid w:val="00283DF0"/>
@@ -26861,50 +26683,51 @@
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
     <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
     <w:rsid w:val="00625157"/>
     <w:rsid w:val="006251E4"/>
     <w:rsid w:val="0062541B"/>
     <w:rsid w:val="00625F3D"/>
     <w:rsid w:val="00625FC9"/>
     <w:rsid w:val="006268EB"/>
+    <w:rsid w:val="00626F60"/>
     <w:rsid w:val="00626FDA"/>
     <w:rsid w:val="00630650"/>
     <w:rsid w:val="0063093E"/>
     <w:rsid w:val="00630CB1"/>
     <w:rsid w:val="006310F6"/>
     <w:rsid w:val="00631458"/>
     <w:rsid w:val="006314C6"/>
     <w:rsid w:val="006316E0"/>
     <w:rsid w:val="006317D2"/>
     <w:rsid w:val="00631975"/>
     <w:rsid w:val="00632884"/>
     <w:rsid w:val="00632D81"/>
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
@@ -27181,50 +27004,51 @@
     <w:rsid w:val="006D1666"/>
     <w:rsid w:val="006D16A7"/>
     <w:rsid w:val="006D1C79"/>
     <w:rsid w:val="006D2431"/>
     <w:rsid w:val="006D250A"/>
     <w:rsid w:val="006D274F"/>
     <w:rsid w:val="006D2CE8"/>
     <w:rsid w:val="006D2E7D"/>
     <w:rsid w:val="006D405E"/>
     <w:rsid w:val="006D4470"/>
     <w:rsid w:val="006D44CB"/>
     <w:rsid w:val="006D56B1"/>
     <w:rsid w:val="006D599C"/>
     <w:rsid w:val="006D5ABC"/>
     <w:rsid w:val="006D5B8B"/>
     <w:rsid w:val="006D5B9D"/>
     <w:rsid w:val="006D6608"/>
     <w:rsid w:val="006D66F1"/>
     <w:rsid w:val="006D679C"/>
     <w:rsid w:val="006E0C6E"/>
     <w:rsid w:val="006E0CDD"/>
     <w:rsid w:val="006E1330"/>
     <w:rsid w:val="006E1D77"/>
     <w:rsid w:val="006E22E4"/>
     <w:rsid w:val="006E23F1"/>
+    <w:rsid w:val="006E2607"/>
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
     <w:rsid w:val="006E4CCA"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
@@ -28306,50 +28130,51 @@
     <w:rsid w:val="009B1861"/>
     <w:rsid w:val="009B2060"/>
     <w:rsid w:val="009B2099"/>
     <w:rsid w:val="009B214B"/>
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
     <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
     <w:rsid w:val="009C08B7"/>
+    <w:rsid w:val="009C0954"/>
     <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
     <w:rsid w:val="009C15B9"/>
     <w:rsid w:val="009C1ECD"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C2969"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6C26"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
@@ -28565,50 +28390,51 @@
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A546C6"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
     <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A647E2"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A6698E"/>
+    <w:rsid w:val="00A66C02"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
@@ -28869,50 +28695,51 @@
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B33F71"/>
     <w:rsid w:val="00B342F6"/>
     <w:rsid w:val="00B349EE"/>
     <w:rsid w:val="00B353DE"/>
     <w:rsid w:val="00B356CF"/>
+    <w:rsid w:val="00B3593D"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
     <w:rsid w:val="00B434E5"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
     <w:rsid w:val="00B446BE"/>
     <w:rsid w:val="00B449FC"/>
@@ -29173,50 +29000,51 @@
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD6EB9"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
+    <w:rsid w:val="00BE491E"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0A37"/>
     <w:rsid w:val="00BF0F7C"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF422D"/>
     <w:rsid w:val="00BF54B9"/>
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF64F2"/>
     <w:rsid w:val="00BF6E04"/>
@@ -29759,78 +29587,80 @@
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D5735A"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
+    <w:rsid w:val="00D6426A"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D649DE"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D67C28"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D721C6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
+    <w:rsid w:val="00D7532F"/>
     <w:rsid w:val="00D753BA"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
     <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
@@ -29870,50 +29700,51 @@
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
     <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
     <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
     <w:rsid w:val="00DA1973"/>
     <w:rsid w:val="00DA1E2F"/>
     <w:rsid w:val="00DA1EA5"/>
     <w:rsid w:val="00DA2039"/>
     <w:rsid w:val="00DA28D8"/>
     <w:rsid w:val="00DA2CC8"/>
     <w:rsid w:val="00DA2FC9"/>
     <w:rsid w:val="00DA32ED"/>
     <w:rsid w:val="00DA38F8"/>
     <w:rsid w:val="00DA3D2C"/>
     <w:rsid w:val="00DA3FD7"/>
     <w:rsid w:val="00DA4146"/>
     <w:rsid w:val="00DA455F"/>
     <w:rsid w:val="00DA459F"/>
+    <w:rsid w:val="00DA4D97"/>
     <w:rsid w:val="00DA4E51"/>
     <w:rsid w:val="00DA5946"/>
     <w:rsid w:val="00DA5AD5"/>
     <w:rsid w:val="00DA5BC9"/>
     <w:rsid w:val="00DA632C"/>
     <w:rsid w:val="00DA7827"/>
     <w:rsid w:val="00DA7A54"/>
     <w:rsid w:val="00DA7B49"/>
     <w:rsid w:val="00DA7EAA"/>
     <w:rsid w:val="00DB009B"/>
     <w:rsid w:val="00DB0221"/>
     <w:rsid w:val="00DB048F"/>
     <w:rsid w:val="00DB04D0"/>
     <w:rsid w:val="00DB077A"/>
     <w:rsid w:val="00DB090C"/>
     <w:rsid w:val="00DB1EC2"/>
     <w:rsid w:val="00DB254B"/>
     <w:rsid w:val="00DB2DC7"/>
     <w:rsid w:val="00DB321B"/>
     <w:rsid w:val="00DB33F1"/>
     <w:rsid w:val="00DB3964"/>
     <w:rsid w:val="00DB3A14"/>
     <w:rsid w:val="00DB4178"/>
     <w:rsid w:val="00DB5AD4"/>
     <w:rsid w:val="00DB5D77"/>
@@ -36231,51 +36062,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25629&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25510&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25514&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana%20henry@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcierpka@isa.us.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ais@americaninvestigative.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JCassidy@frasco.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25586&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25678&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25517&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25501&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://PO-22-1080-OSD03-SRC02-25629" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25512&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:svogt@fourseasonspi.com" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdavis@nesurveillance.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25552&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Services@absoluteinvestigationsinc.com" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25519&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25589&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25520&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klear@usisecurity.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34193&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25650&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25515&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25628&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25631&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25504&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ais@americaninvestigative.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25517&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:svogt@fourseasonspi.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25678&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Services@absoluteinvestigationsinc.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25512&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25589&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25519&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25520&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:klear@usisecurity.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25552&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25510&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25629&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25650&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34193&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25514&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25627&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana%20henry@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC02-25628&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25508&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcierpka@isa.us.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25631&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25515&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:JCassidy@frasco.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25586&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25501&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC01-25502&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://PO-22-1080-OSD03-SRC02-25629" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bdavis@nesurveillance.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -36556,56 +36387,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -36794,142 +36621,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FE4D363-6A22-4A17-B414-BE3CA0F72D49}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>19</Pages>
-[...1 lines deleted...]
-  <Characters>32616</Characters>
+  <Pages>18</Pages>
+  <Words>5610</Words>
+  <Characters>31980</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>271</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>266</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38262</CharactersWithSpaces>
+  <CharactersWithSpaces>37515</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>