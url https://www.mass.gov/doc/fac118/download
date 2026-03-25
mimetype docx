--- v0 (2025-12-17)
+++ v1 (2026-03-25)
@@ -5,56 +5,55 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="21A9D04A" w14:textId="15063EB0" w:rsidR="00915172" w:rsidRDefault="00946422" w:rsidP="00BF77A9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk69282909"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
@@ -162,191 +161,188 @@
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="6034"/>
       </w:tblGrid>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1300"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="23A24490" w14:textId="77777777" w:rsidR="006D043B" w:rsidRPr="00EA09ED" w:rsidRDefault="006D043B" w:rsidP="006D043B">
+          <w:p w14:paraId="3BC0EBA5" w14:textId="05511BEE" w:rsidR="009836D5" w:rsidRPr="00EA09ED" w:rsidRDefault="009836D5" w:rsidP="009836D5">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="00EA09ED">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>Tatiana Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="1FE74BC0" w14:textId="731CE644" w:rsidR="009836D5" w:rsidRDefault="009836D5" w:rsidP="009836D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA09ED">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>617-359-7289</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A24490" w14:textId="326DC592" w:rsidR="006D043B" w:rsidRPr="00EA09ED" w:rsidRDefault="006D043B" w:rsidP="006D043B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="9165"/>
+              </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00EA09ED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Sean Corbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4C922B5B" w14:textId="77777777" w:rsidR="00B1168A" w:rsidRPr="00EA09ED" w:rsidRDefault="006D043B" w:rsidP="006D043B">
+          <w:p w14:paraId="1DF2C3E0" w14:textId="77777777" w:rsidR="00CC29D2" w:rsidRDefault="006D043B" w:rsidP="009836D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="589C7B86" w14:textId="77777777" w:rsidR="00CC29D2" w:rsidRPr="00EA09ED" w:rsidRDefault="00CC29D2" w:rsidP="006D043B">
+          <w:p w14:paraId="18E36C1D" w14:textId="133E43D5" w:rsidR="00D61C8B" w:rsidRPr="00EA09ED" w:rsidRDefault="00D61C8B" w:rsidP="009836D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
-                <w:b w:val="0"/>
-                <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:trHeight w:val="1351"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
@@ -481,279 +477,263 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Maximum End Date</w:t>
             </w:r>
             <w:r w:rsidR="001913DA" w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. Agreements established prior to the Master Agreement expiration may allow performance and payment obligations to continue until the maximum Extend Beyond date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:trHeight w:val="1117"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
+          <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
             <w:r w:rsidR="0064148A" w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DF0B69">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Agreement (MA) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="079421CE" w14:textId="77777777" w:rsidR="002B4F4A" w:rsidRPr="00EA09ED" w:rsidRDefault="00D13CF7" w:rsidP="00953689">
+          <w:p w14:paraId="079421CE" w14:textId="77777777" w:rsidR="002B4F4A" w:rsidRPr="00EA09ED" w:rsidRDefault="00D13CF7" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FAC118</w:t>
             </w:r>
             <w:r w:rsidR="00F3340C" w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60076473" w14:textId="77777777" w:rsidR="0074795B" w:rsidRPr="00EA09ED" w:rsidRDefault="0074795B" w:rsidP="00953689">
+          <w:p w14:paraId="60076473" w14:textId="77777777" w:rsidR="0074795B" w:rsidRPr="00EA09ED" w:rsidRDefault="0074795B" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="34C47EF3" w14:textId="18413E3A" w:rsidR="0074795B" w:rsidRPr="00EA09ED" w:rsidRDefault="0074795B" w:rsidP="00953689">
+          <w:p w14:paraId="34C47EF3" w14:textId="18413E3A" w:rsidR="0074795B" w:rsidRPr="00EA09ED" w:rsidRDefault="0074795B" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note:</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> *The asterisk is required when referencing the contract in the MMARS system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:trHeight w:val="505"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="18FCAEB1" w:rsidR="0064148A" w:rsidRPr="00EA09ED" w:rsidRDefault="0064148A" w:rsidP="00533732">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...15 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Quotes are required for purchasing.</w:t>
             </w:r>
             <w:r w:rsidR="00533732" w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0025427C" w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidR="0025427C" w:rsidRPr="00EA09ED">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="0025427C" w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
           <w:p w14:paraId="69C38038" w14:textId="07FE48D8" w:rsidR="0064148A" w:rsidRPr="00EA09ED" w:rsidRDefault="0064148A" w:rsidP="004419A0">
@@ -780,120 +760,118 @@
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00BD7877">
         <w:trPr>
           <w:trHeight w:val="607"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3643" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
-          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="004419A0" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="004419A0" w:rsidRDefault="0064148A" w:rsidP="009C2565">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004419A0">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5992" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="3C17A0AB" w:rsidR="0064148A" w:rsidRPr="00EA09ED" w:rsidRDefault="00617B46" w:rsidP="00617B46">
+          <w:p w14:paraId="14685198" w14:textId="470F6BD1" w:rsidR="0064148A" w:rsidRPr="00EA09ED" w:rsidRDefault="00FC5299" w:rsidP="00617B46">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EA09ED">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>December 1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00584491">
+              <w:t>02/05/2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA09ED">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EA09ED">
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t xml:space="preserve">Removed </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72E06">
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2025:</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              <w:t>Marketplace from Purchase Options</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Updated Category Manager information.</w:t>
+              <w:t>. Added vendor categories list in the Vendor List table.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="496108F0" w14:textId="77777777" w:rsidR="00395FBA" w:rsidRDefault="00395FBA" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="5A109640" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
@@ -939,61 +917,52 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="766CAB12" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -1160,62 +1129,52 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -3782,63 +3741,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="161E6FFE" w14:textId="77777777" w:rsidR="00DB575D" w:rsidRDefault="00DB575D" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="35B905C0" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc216432533"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -7447,407 +7395,93 @@
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Current Punchout-Participating Vendors: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24818326" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="004D3A10" w:rsidRDefault="00B91D50" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Likarr</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Inc.</w:t>
+        <w:t>Likarr Inc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1791160F" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="004D3A10" w:rsidRDefault="00B91D50" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Next-Gen Supply</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3407FB57" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="004D3A10" w:rsidRDefault="00B91D50" w:rsidP="00CB6B58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...302 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="2B170B9D" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="004D3A10" w:rsidRDefault="00B91D50" w:rsidP="00B91D50">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direct Purchase of Fixed Price Items on COMMBUYS:</w:t>
       </w:r>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
@@ -7864,77 +7498,69 @@
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Vendor MBPO Listing </w:t>
       </w:r>
       <w:hyperlink>
         <w:r w:rsidRPr="004D3A10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for a list of eligible vendors. The buyer can submit a request for </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">goods and services from a Statewide Contract (SWC) or a Designated SWC. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order (PO) is generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a PO. </w:t>
+        <w:t xml:space="preserve"> for a list of eligible vendors. The buyer can submit a request for goods and services from a Statewide Contract (SWC) or a Designated SWC. This option is for users with Basic Purchaser or Department Access privileges in COMMBUYS. Once the requisition is approved, a Purchase Order (PO) is generated and can be sent to the vendor. Requisitions are documents used to request goods and services. A requisition is the first document used to generate a PO. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E255D2E" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="004D3A10" w:rsidRDefault="00B91D50" w:rsidP="00B91D50">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Refer to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44">
+      <w:hyperlink r:id="rId42">
         <w:r w:rsidRPr="004D3A10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D3A10">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A746AB3" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="00136C46" w:rsidRDefault="00B91D50" w:rsidP="00B91D50">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8017,50 +7643,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">beyond the maximum end date of the contract. Existing services may be completed and payments made during this period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53CC6B4A" w14:textId="77777777" w:rsidR="00B91D50" w:rsidRPr="00136C46" w:rsidRDefault="00B91D50" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No new agreements, including leases, rentals, or service contracts, may be made after the contract's expiration.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Toc216432544"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8254,51 +7881,51 @@
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
@@ -8386,51 +8013,50 @@
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc216432545"/>
       <w:bookmarkStart w:id="37" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
-        <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8592,51 +8218,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="7DD2F9ED" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId44">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
@@ -8970,95 +8596,96 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section.</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49C20135" w14:textId="4B180F0F" w:rsidR="00AB211E" w:rsidRPr="00E31AA3" w:rsidRDefault="00D618B6" w:rsidP="00D17040">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ll standard contract documents </w:t>
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="002726F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="002726F6" w:rsidRPr="00F65F35">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC118 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002726F6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="38" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="39" w:name="_Toc216432546"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
@@ -9295,98 +8922,89 @@
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="525B7ADF" w14:textId="750BB4F6" w:rsidR="00E65ACB" w:rsidRPr="00E65ACB" w:rsidRDefault="00E65ACB" w:rsidP="00E65ACB">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E65ACB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Commonwealth’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48">
+      <w:hyperlink r:id="rId46">
         <w:r w:rsidRPr="00E65ACB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E65ACB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SDP) was established under </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49">
+      <w:hyperlink r:id="rId47">
         <w:r w:rsidRPr="00E65ACB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Executive Order 565</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E65ACB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and aims to foster business-to-business relationships between awarded vendors and certified or recognized diverse businesses and non-profits, known as "SDP Partners". These vendors, who are awarded contracts, are expected to make an "SDP Commitment" or pledge to work with one or more </w:t>
-[...10 lines deleted...]
-      <w:hyperlink r:id="rId50">
+        <w:t xml:space="preserve"> and aims to foster business-to-business relationships between awarded vendors and certified or recognized diverse businesses and non-profits, known as "SDP Partners". These vendors, who are awarded contracts, are expected to make an "SDP Commitment" or pledge to work with one or more SDO-certified diverse business enterprises or non-profits. The </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidRPr="00E65ACB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E65ACB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is responsible for certifying and recognizing these businesses and non-profits. The SDP Commitment requires the </w:t>
       </w:r>
       <w:r w:rsidR="00B10659">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
@@ -9480,168 +9098,177 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
+        <w:t xml:space="preserve"> applies to large procurements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D16914">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
@@ -9762,51 +9389,51 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
@@ -9882,95 +9509,87 @@
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must </w:t>
-[...7 lines deleted...]
-        <w:t>be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
+        <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId54" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
@@ -10047,50 +9666,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F20E6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All quotes should clearly indicate Free on Board (FOB) destination, with all charges for transportation and unloading prepaid by the vendors.</w:t>
       </w:r>
       <w:r w:rsidR="003B7672" w:rsidRPr="00F20E6C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="37D8FF43" w14:textId="1E6917C4" w:rsidR="00F20E6C" w:rsidRDefault="001B7385" w:rsidP="00F20E6C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Toc216432552"/>
       <w:r w:rsidRPr="001B7385">
+        <w:lastRenderedPageBreak/>
         <w:t>Returns of Stock, Custom, or Special-Order Items</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="4E42127F" w14:textId="42FF1496" w:rsidR="00C40FC9" w:rsidRPr="00245414" w:rsidRDefault="00C40FC9" w:rsidP="00C40FC9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00245414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Under </w:t>
       </w:r>
       <w:r w:rsidRPr="00245414">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
           <w:b/>
@@ -10330,51 +9950,50 @@
         </w:rPr>
         <w:t>FAC118 vendors offer the following discounts, which can vary for each vendor:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31846D11" w14:textId="77777777" w:rsidR="0060504E" w:rsidRPr="0060504E" w:rsidRDefault="0060504E" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Dock Delivery Discount:</w:t>
       </w:r>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Most FAC118 vendors offer an additional savings opportunity when delivery can be accepted at a central receiving area, loading dock, or building entrance without the need for inside delivery or special handling.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4058E8D6" w14:textId="77777777" w:rsidR="0060504E" w:rsidRPr="0060504E" w:rsidRDefault="0060504E" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060504E">
@@ -10403,69 +10022,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tiered Discount:</w:t>
       </w:r>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Several FAC118 vendors offer an additional tiered discount where the discount rate increases as the total dollar value of an order </w:t>
-[...17 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Several FAC118 vendors offer an additional tiered discount where the discount rate increases as the total dollar value of an order increases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668C4B60" w14:textId="77777777" w:rsidR="0060504E" w:rsidRPr="0060504E" w:rsidRDefault="0060504E" w:rsidP="0060504E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10476,115 +10077,116 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0060504E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table and the price files within each vendor's Master Blanket Purchase Order (MBPO) or Master Contract Record MBPO.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="734740F9" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc194066612"/>
       <w:bookmarkStart w:id="53" w:name="_Toc216432555"/>
       <w:r w:rsidRPr="003066B4">
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Services</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707CE663" w14:textId="558E4DB6" w:rsidR="000176A7" w:rsidRDefault="000176A7" w:rsidP="00DD2E46">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc194066613"/>
       <w:bookmarkStart w:id="55" w:name="_Toc216432556"/>
       <w:r>
         <w:t>Technical Support</w:t>
@@ -10654,106 +10256,80 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
@@ -10872,64 +10448,64 @@
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E3801">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidR="005E3801" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005E3801">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId59" w:history="1">
         <w:r w:rsidR="005E3801" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005E3801">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
@@ -10955,51 +10531,50 @@
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_Toc194066615"/>
       <w:bookmarkStart w:id="59" w:name="_Toc216432558"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
@@ -11111,50 +10686,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>No fees or surcharges (including travel, fuel, delivery) should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C69D88" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
@@ -11267,64 +10843,64 @@
       </w:r>
       <w:r w:rsidR="004F6F66">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD1143">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidR="00AD1143" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD1143">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidR="00AD1143" w:rsidRPr="00DE1A17">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00AD1143">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
@@ -11382,68 +10958,68 @@
       <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="6C65CED8" w14:textId="74868D88" w:rsidR="00F60D57" w:rsidRPr="00F60D57" w:rsidRDefault="00F60D57" w:rsidP="00F60D57">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F60D57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To add a product or service to the list of eligible products or services sold under this contract, buyers must contact the Category Manager(s) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60D57">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId62" w:history="1">
         <w:r w:rsidRPr="00F60D57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sean Corbin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F60D57">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId63" w:history="1">
         <w:r w:rsidRPr="00F60D57">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tatiana Henry</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F60D57">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00F60D57">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new product or service requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
@@ -11484,70 +11060,70 @@
         <w:t xml:space="preserve">This is an all-green contract, meaning all products on this contract </w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>meet the environmentally preferable specifications outlined</w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in</w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66">
+      <w:hyperlink r:id="rId64">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Attachment A FAC118 Mandatory Specifications and Desirable Criteria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Buyers may view products approved on this contract in the Approved Products List located in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId65" w:history="1">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -11605,96 +11181,95 @@
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F215558" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Proper Use of Disinfectants: </w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Disinfectants must be used strictly according to product label instructions. Application methods not specified on the label such as wide area spraying, are prohibited by state and federal regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD3F419" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">License Requirements: </w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In Massachusetts, a license is not required to purchase or use disinfectants. However, purchasers must review applicable </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68">
+      <w:hyperlink r:id="rId66">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSHA guidance and standards</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to ensure safe and compliant usage.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A4848D5" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
@@ -11731,50 +11306,51 @@
         <w:t xml:space="preserve">means that products have been certified by an established and legitimate, nationally recognized program, developed with the purpose of identifying environmentally preferable products. The certifications verify all green claims and test the actual performance of the product to confirm efficacy.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421F06D8" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Alternative Approval for New or Innovative Products:</w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Existing vendors on FAC118 may receive special permission to sell new or innovative products, technologies, or services on this contract as they become available. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5662DD" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
@@ -11816,158 +11392,158 @@
         </w:rPr>
         <w:t>The products, technologies, or services must be currently available in the Marketplace.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="457D2CEE" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Additional information regarding this process may be found on the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Toxic Reduction Task Force</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage, including the Alternate Approval Form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E3189E3" w14:textId="77777777" w:rsidR="0092080C" w:rsidRPr="0092080C" w:rsidRDefault="0092080C" w:rsidP="00B10659">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Additional Information</w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: may be found on the EPP Program’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70" w:anchor="-green-cleaning-products,-programs,-equipment-and-supplies-">
+      <w:hyperlink r:id="rId68" w:anchor="-green-cleaning-products,-programs,-equipment-and-supplies-">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Green Cleaning, Products, Programs, Equipment and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> website. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D83CB16" w14:textId="77777777" w:rsidR="0092080C" w:rsidRDefault="0092080C" w:rsidP="0092080C">
       <w:pPr>
         <w:spacing w:after="160"/>
       </w:pPr>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71">
+      <w:hyperlink r:id="rId69">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72">
+      <w:hyperlink r:id="rId70">
         <w:r w:rsidRPr="0092080C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0092080C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="64" w:name="_Toc194066620"/>
       <w:bookmarkStart w:id="65" w:name="_Toc216432561"/>
@@ -12149,51 +11725,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73" w:history="1">
+      <w:hyperlink r:id="rId71" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
@@ -12223,51 +11799,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId74"/>
+          <w:footerReference w:type="first" r:id="rId72"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="61AD4563" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="73" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="74" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="75" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="76" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="77" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="78" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="79" w:name="_Toc216432562"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
@@ -12297,3800 +11873,4058 @@
       <w:r w:rsidRPr="006A0E96">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0E96" w:rsidRPr="006A0E96">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N/A = Not Applicable</w:t>
       </w:r>
       <w:r w:rsidR="00217DB5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, DBA = Doing Business As</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="14467" w:type="dxa"/>
+        <w:tblW w:w="14431" w:type="dxa"/>
         <w:tblInd w:w="-972" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table lists the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract.&#10;"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1687"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1531"/>
+        <w:gridCol w:w="1506"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="1350"/>
+        <w:gridCol w:w="2070"/>
+        <w:gridCol w:w="1080"/>
         <w:gridCol w:w="990"/>
-        <w:gridCol w:w="2160"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1530"/>
+        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="1388"/>
+        <w:gridCol w:w="1388"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F85CF2" w:rsidRPr="00897F42" w14:paraId="37AC135D" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="37AC135D" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="692"/>
+          <w:trHeight w:val="687"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="16EE0E45" w14:textId="55820F63" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="16EE0E45" w14:textId="55820F63" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="45A61F58" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="45A61F58" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="110D483E" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="110D483E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="45991AC3" w14:textId="2F7E8BE1" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA47313" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C1F454" w14:textId="7D8A6C3A" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Categories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="45991AC3" w14:textId="2F7E8BE1" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="48DF5746" w14:textId="7BA219BA" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phone </w:t>
-[...8 lines deleted...]
-              <w:t>Number</w:t>
+              <w:t>Delivery Coverage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA47313" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="6E682359" w14:textId="28501D03" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Email</w:t>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>rompt Payment Discount (PPD)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C20EF0A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dock Delivery,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="067F2715" w14:textId="2475C05A" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="48DF5746" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="570AF8F0" w14:textId="728D9247" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D71A12">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplier Diversity Office </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Delivery Coverage</w:t>
+              <w:t>SDO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Certification Type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6E682359" w14:textId="28501D03" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="5AFD04C0" w14:textId="5087654B" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008619A9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplier Diversity Program </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>P</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00CC36A6">
+              <w:t>SDP</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>rompt Payment Discount</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D06DD4">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (PPD)</w:t>
-[...8 lines deleted...]
-              <w:t>,</w:t>
+              <w:t xml:space="preserve"> Commitment Percentage</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C20EF0A" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="07BCF43C" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1088"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6FB9EA" w14:textId="204EF92D" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...23 lines deleted...]
-              <w:t>Other</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[Master Contract Record] [Master MBPO] (All contract documents)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="570AF8F0" w14:textId="728D9247" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00D71A12" w:rsidP="00C722F1">
+          <w:p w14:paraId="5C3C2BC2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D71A12">
-[...156 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24779</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B67A4F2" w14:textId="5E2A848E" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="51C20D3E" w14:textId="1C82F21F" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...7 lines deleted...]
-              <w:t>ean Corbin</w:t>
+              <w:t>Tatiana Henry</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="222F87DF" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="19534896" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="147C3315" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="49CACA62" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BC06186" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="147C3315" w14:textId="1D6A9ED0" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Tatiana Henry</w:t>
-            </w:r>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ean Corbin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BC06186" w14:textId="37A6F27F" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7132CD11" w14:textId="3B469833" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="000C50F8" w:rsidP="00C722F1">
+          <w:p w14:paraId="7132CD11" w14:textId="3B469833" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C50F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B05FB6C" w14:textId="77777777" w:rsidR="000C50F8" w:rsidRDefault="000C50F8" w:rsidP="00C722F1">
+          <w:p w14:paraId="0B05FB6C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="44F207DA" w14:textId="1E49A9DB" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="1F193203" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44F207DA" w14:textId="0FD95186" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-359-7289</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4546096D" w14:textId="000E34E4" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="000C50F8" w:rsidP="00C722F1">
+          <w:p w14:paraId="3A98D29D" w14:textId="77777777" w:rsidR="007B218E" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r w:rsidRPr="00CA4D16">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Tatiana.henry@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="5D1A0E2C" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565"/>
+          <w:p w14:paraId="390FF804" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565"/>
+          <w:p w14:paraId="19707D12" w14:textId="4B9E8D84" w:rsidR="00DD2FE3" w:rsidRPr="00351722" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="000C50F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sean.Corbin2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="2AE47530" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA39AEC" w14:textId="580BB9FE" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...27 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B7ACBB9" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="0B7ACBB9" w14:textId="04A240FB" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00E623D2" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="00E623D2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17F8D7D4" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="17F8D7D4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="407C9DC2" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="407C9DC2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F85CF2" w:rsidRPr="00897F42" w14:paraId="3FCEC68D" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="3FCEC68D" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76F24802" w14:textId="35E5C2A5" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="76F24802" w14:textId="35E5C2A5" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Solicitation Enabled MBPO</w:t>
             </w:r>
-            <w:r w:rsidR="005045EE">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47C166FE" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="47C166FE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-25011</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6198F843" w14:textId="43E96D1F" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="489047DC" w14:textId="18E7CE12" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...7 lines deleted...]
-              <w:t>ean Corbin</w:t>
+              <w:t>Tatiana Henry</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="447901F3" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="6221AEF7" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="714C986C" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="41423716" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22805C93" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="24481C6A" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRPr="00351722" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Tatiana Henry</w:t>
-            </w:r>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ean Corbin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22805C93" w14:textId="7D76C4AD" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="316C3843" w14:textId="30B50E34" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="000C50F8" w:rsidP="00C722F1">
+          <w:p w14:paraId="316C3843" w14:textId="30B50E34" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C50F8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-720-3105</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1FB73969" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="1FB73969" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5322272B" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="26690421" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5322272B" w14:textId="06953D9A" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>617-359-7289</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60457509" w14:textId="30818202" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="000C50F8" w:rsidP="00C722F1">
+          <w:p w14:paraId="3FBFB137" w14:textId="6AFF6563" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r w:rsidRPr="00CA4D16">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>Tatiana.henry@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="37FE680B" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3"/>
+          <w:p w14:paraId="35EA3867" w14:textId="77777777" w:rsidR="00DD2FE3" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3"/>
+          <w:p w14:paraId="68ACC80D" w14:textId="7582890D" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="00DD2FE3" w:rsidP="00DD2FE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="000C50F8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sean.Corbin2@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="63A7C0FF" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51C4A94C" w14:textId="2FEF9460" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...27 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47838306" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="47838306" w14:textId="688502AE" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B465107" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="1B465107" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="739F36D5" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="739F36D5" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E07798C" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="3E07798C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F85CF2" w:rsidRPr="00F71AED" w14:paraId="5C43CE9E" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00F71AED" w14:paraId="5C43CE9E" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA3EF21" w14:textId="239D43FA" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="7AA3EF21" w14:textId="239D43FA" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Aramsco</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidR="00217DB5">
+              <w:t xml:space="preserve">Aramsco, Inc. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DBA</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Casey EMI (Formerly Casey Engineered Maintenance Inc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E19B201" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="7E19B201" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-OSD03-27866</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACEDBA8" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="3ACEDBA8" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Erick Heroux</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCD8949" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="2CCD8949" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>401-952-0884</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64187369" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="64187369" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>eheroux@aramsco.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19105E56" w14:textId="3645E686" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="681033E1" w14:textId="30A149EA" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="001D31F5" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...93 lines deleted...]
-              <w:t>hode Island</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23FFBEE5" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="19105E56" w14:textId="402F0CF0" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 1% 10 Days, 1% 15 Days</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>onnecticut</w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
+              <w:t>, M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assachusetts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ew Hampshire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hode Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B35902C" w14:textId="4EDC3F0E" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="008619A9" w:rsidP="00C722F1">
+          <w:p w14:paraId="23FFBEE5" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 1% 10 Days, 1% 15 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="254B0CC4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60E8C113" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="4B35902C" w14:textId="4EDC3F0E" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E8C113" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F85CF2" w:rsidRPr="00897F42" w14:paraId="57BEF1EA" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="57BEF1EA" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="629"/>
+          <w:trHeight w:val="625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="305A5FA3" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="305A5FA3" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C &amp; C Janitorial Supplies, Inc.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1613BAB2" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="1613BAB2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DEE0746" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="0DEE0746" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24770</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F99BC47" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="7F99BC47" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grace Café</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47D8E44E" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="47D8E44E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66BB6F8E" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="66BB6F8E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>860-594-4200 ext. 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3FB39804" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="3FB39804" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0563C1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>GRACE.CAFE@CCSUPPLIES.COM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="67DBADD6" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="67DBADD6" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A8E985" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="042A04C8" w14:textId="644952C2" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="001D31F5" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78137A0A" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="71A8E985" w14:textId="175A743D" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 2% 15 Days</w:t>
-[...16 lines deleted...]
-              <w:t>Volume Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44D5CE6B" w14:textId="30865C84" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="00C722F1">
+          <w:p w14:paraId="78137A0A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A93A3C">
-[...69 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 2% 15 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E3DD309" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="595CCA04" w14:textId="77777777" w:rsidR="00F85CF2" w:rsidRPr="00351722" w:rsidRDefault="00F85CF2" w:rsidP="00C722F1">
+          <w:p w14:paraId="44D5CE6B" w14:textId="30865C84" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A93A3C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Women Business Enterprise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>35%</w:t>
-[...20 lines deleted...]
-            </w:pPr>
+              <w:t>WBE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Clean Cut Solutions</w:t>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD648E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Portuguese Business Enterprise (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PBE, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD648E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>this certification does not qualify a vendor to be a Supplier Diversity Program partner)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="452965FE" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="595CCA04" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="009C2565">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId85">
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>35%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w14:paraId="3E85C7F2" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="625"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53537E84" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Clean Cut Solutions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="452965FE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId83">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24758</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="603AAB85" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="603AAB85" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rich Raskind</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45D2FCE2" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="45D2FCE2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-352-4707</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A3C55B3" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="4A3C55B3" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86">
+            <w:hyperlink r:id="rId84">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>rich@cleancutsolutions.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07B08793" w14:textId="527CB3E5" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="215FF6CB" w14:textId="46A8B0D7" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="001D31F5" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...6 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>onnecticut</w:t>
-[...63 lines deleted...]
-              <w:t>hode Island</w:t>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A4DDA30" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="07B08793" w14:textId="554DB685" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 2% 10 Days, 1% 15 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>onnecticut</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>aine</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assachusetts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ew Hampshire</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>hode Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37B8175D" w14:textId="75E52C89" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00245EB6" w:rsidP="004409C1">
+          <w:p w14:paraId="1A4DDA30" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Small Business Purchasing Program (SBPP)</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 2% 10 Days, 1% 15 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C651FE8" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="37B8175D" w14:textId="75E52C89" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...33 lines deleted...]
-              <w:t>Conlon Products, Inc.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Small Business Purchasing Program (SBPP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DC35F4" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="2C651FE8" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87">
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>16%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w14:paraId="2C7A1FCC" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="625"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D545F63" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Conlon Products, Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DC35F4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24760</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="530E9513" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="530E9513" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Courtney Archambeault</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7179E605" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="7179E605" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-682-8482</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C7A5223" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="6C7A5223" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88">
+            <w:hyperlink r:id="rId86">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>courtneyc@conlonproducts.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BAE0087" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="4DB6F137" w14:textId="6E29A690" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="001D31F5" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...23 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ew </w:t>
-[...23 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D989881" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="2BAE0087" w14:textId="58018778" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 1% 15 Days</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="021F5360" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="4D56FF9A" w14:textId="5CFC4D4E" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
+              <w:t>(Except N</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ew </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ork</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06CE3A6F" w14:textId="353088E2" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="1D989881" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 1% 15 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021F5360" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A45C6A" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="06CE3A6F" w14:textId="353088E2" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...34 lines deleted...]
-              <w:t>Corr Distributors Inc.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FCB56F8" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="30A45C6A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>25%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w14:paraId="2C79A05B" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="625"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6422A2C5" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Corr Distributors Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FCB56F8" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89">
+            <w:hyperlink r:id="rId87">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24771</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="56D41965" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="56D41965" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21DF2577" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="21DF2577" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Carol Corr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08ACFDAE" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="08ACFDAE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>716-873-8323</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F8CBF92" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="6F8CBF92" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90">
+            <w:hyperlink r:id="rId88">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ccorr@corrdistributors.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="059E2932" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="059E2932" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F9F1F09" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="210D84EC" w14:textId="142C7057" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="367654C4" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="1F9F1F09" w14:textId="4C598343" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 1% 10 Days</w:t>
-[...16 lines deleted...]
-              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0887E384" w14:textId="5E5F3351" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="367654C4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 1% 10 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="749EBB64" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="602FFFEA" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="0887E384" w14:textId="5E5F3351" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> The Durkin Company</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76D54C3E" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="602FFFEA" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>30%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="6A01576B" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51098F8F" w14:textId="579A8F18" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commonwealth Supply </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>DBA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The Durkin Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D54C3E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24759</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FDAEAEB" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="6FDAEAEB" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jack Reynolds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C733813" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="3C733813" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>978-265-8908</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3B10BD" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="2B3B10BD" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>jreynolds@thedurkincompany.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13FDE25A" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="3352BF39" w14:textId="05B1AE90" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE1594F" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="13FDE25A" w14:textId="5F574DDB" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 1% 10 Days, .5% 30 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="192BF189" w14:textId="4CC72135" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="0DE1594F" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 1% 10 Days, .5% 30 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45DDD356" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="192BF189" w14:textId="4CC72135" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...32 lines deleted...]
-              <w:t>Dobmeier Janitor Supply Inc</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FFEBAD7" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="45DDD356" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="7C2F9AC4" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="879"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50838128" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Dobmeier Janitor Supply Inc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFEBAD7" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24762</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A52A5BE" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="4A52A5BE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sue Bumford</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FAD497B" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="5FAD497B" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>716-833-2005</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15E8DD43" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="15E8DD43" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Sue@Dobmeierinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="217D0432" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="5B9EBE12" w14:textId="1A25D51E" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5416B620" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="217D0432" w14:textId="4C044A2F" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 2% 10 Days</w:t>
-[...16 lines deleted...]
-              <w:t>Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21C5AE96" w14:textId="63C11D5C" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="5416B620" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 2% 10 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0655B9CD" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37C7846A" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="21C5AE96" w14:textId="63C11D5C" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...33 lines deleted...]
-              <w:t>Filo Cleantech Incorporated</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CA79764" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="37C7846A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="7B64C42A" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="795"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49513D40" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Filo Cleantech Incorporated</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA79764" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24767</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5467BAAF" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="5467BAAF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dennis McCarthy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A719FDF" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="2A719FDF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-901-6030</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="640EEEBF" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="640EEEBF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96">
+            <w:hyperlink r:id="rId94">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>dennis@filocppt))hemical.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BEA1331" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="7BB58337" w14:textId="7A059E76" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4DEF17AA" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="2BEA1331" w14:textId="79743F83" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 2% 15 Days, 1% 30 Days Volume &amp; Dock Delivery Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="686BBEEE" w14:textId="18042F70" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="4DEF17AA" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 2% 15 Days, 1% 30 Days Volume &amp; Dock Delivery Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08889911" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="686BBEEE" w14:textId="18042F70" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...33 lines deleted...]
-              <w:t>Hill and Markes, Inc.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08889911" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="6990DC0B" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="3041"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C678CA" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Hill and Markes, Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5014CF33" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="5014CF33" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24761</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="495DADFF" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="495DADFF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:spacing w:after="1320"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Christopher Traver, back-up Diane Eames</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29E8DAA4" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="29E8DAA4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:spacing w:after="1080"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chris O:800-836-4455, C: 518-448-4056, Diane 518-627-4458 EXT 3089</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65189899" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="65189899" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:spacing w:after="1320"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r w:rsidRPr="00B75247">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ctraver@hillnmarkes.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r w:rsidRPr="00B75247">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>deames@hillnmakes.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1883A4ED" w14:textId="03FAB9CE" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="004409C1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BA3094F" w14:textId="726AE707" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="7BA3094F" w14:textId="1F158B09" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ew York</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Parts of M</w:t>
             </w:r>
-            <w:r w:rsidR="0086599D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>assachusetts</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086599D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> V</w:t>
             </w:r>
-            <w:r w:rsidR="0086599D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ermont</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Contact vendor for details)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A912D6" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="38A912D6" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 1% 10 Days, .75% 15 Days, .5% 20 Days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49446E63" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="49446E63" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volume &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="614BB337" w14:textId="78E4CD11" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="00A93A3C" w:rsidP="004409C1">
+          <w:p w14:paraId="614BB337" w14:textId="78E4CD11" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30272A5C" w14:textId="77777777" w:rsidR="004409C1" w:rsidRPr="00351722" w:rsidRDefault="004409C1" w:rsidP="004409C1">
+          <w:p w14:paraId="30272A5C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="004409C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086599D" w:rsidRPr="00897F42" w14:paraId="01D8A9FC" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="01D8A9FC" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="646"/>
+          <w:trHeight w:val="642"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75567CEA" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="75567CEA" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hillyard Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="120324EE" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="120324EE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24774</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DAC851F" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="1DAC851F" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Jack Stankus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7BB4C0" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="7E7BB4C0" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">508 735-9730    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD21652" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="6AD21652" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>jstankus@hillyard.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="036DEA9E" w14:textId="3FF6F6C7" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18AF2946" w14:textId="39561564" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="18AF2946" w14:textId="0C827277" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>onnecticut</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
@@ -16138,274 +15972,301 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ew Hampshire</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hode Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12CF220C" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="12CF220C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 1% 10 Days, .75% 15 Days, .55% 20 Days, .25% 30 Days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F59E201" w14:textId="3DE912BF" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="0086599D">
+          <w:p w14:paraId="2F59E201" w14:textId="3DE912BF" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26400A52" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="26400A52" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086599D" w:rsidRPr="00897F42" w14:paraId="03783099" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="03783099" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="871"/>
+          <w:trHeight w:val="865"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FFDD2E1" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="6FFDD2E1" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Lancelot Janitorial &amp; Paper Products Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="778FF3A1" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="778FF3A1" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24764</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68825C00" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="68825C00" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="600"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Michael Sonia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C105738" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="6C105738" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="360"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-249-1315</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49EEFCC6" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="49EEFCC6" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="600"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Michael@lancelotjanitorial.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07036B9F" w14:textId="3BCC9D16" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70641477" w14:textId="7EE2DFD1" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="70641477" w14:textId="6FED8B3C" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>assachusetts</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
@@ -16421,353 +16282,369 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ew Hampshire</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hode Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A71FF95" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="4A71FF95" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 4% 10 Days, 1% 30 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1266D5C4" w14:textId="056377AC" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="0086599D">
+          <w:p w14:paraId="1266D5C4" w14:textId="056377AC" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E23837E" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="0E23837E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086599D" w:rsidRPr="00897F42" w14:paraId="4406E045" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="4406E045" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="1625"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34ED1D6C" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="34ED1D6C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Inc</w:t>
+              <w:t>Likarr Inc</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="078E88C9" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="078E88C9" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0222449D" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="0222449D" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Punchout Catalog Available </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77AEFA59" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="77AEFA59" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104">
+            <w:hyperlink r:id="rId102">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24773</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0EC714D5" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="0EC714D5" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:beforeAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G2B Punchout:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0676FA89" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="0676FA89" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId105">
+            <w:hyperlink r:id="rId103">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26506</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D76145E" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="1D76145E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="1200"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Darryl Whittemore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55F80F46" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="55F80F46" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="1200"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-543-2138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286EC1F4" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="286EC1F4" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="1320"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106">
+            <w:hyperlink r:id="rId104">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>dwhittemore@likarr.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63017E4B" w14:textId="346E4F96" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C137918" w14:textId="6A2184B9" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="3C137918" w14:textId="2B046773" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>onnecticut</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
@@ -16799,921 +16676,978 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ew Hampshire</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hode Island</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5219642F" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="5219642F" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 3% 10 Days, 1% 15 Days Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33255071" w14:textId="151C2C3B" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="0086599D">
+          <w:p w14:paraId="33255071" w14:textId="151C2C3B" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="398BD212" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="398BD212" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086599D" w:rsidRPr="00897F42" w14:paraId="3A319CD7" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="3A319CD7" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="924"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56D687D7" w14:textId="0150209F" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="56D687D7" w14:textId="0150209F" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Milhench</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Milhench, Inc.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, DBA </w:t>
+            </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, Inc.</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> Supply Company</w:t>
+              <w:t>Milhench Supply Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F261599" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="7F261599" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24772</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73178E42" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="73178E42" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike Costello</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B96798" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="69B96798" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="480"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>508-995-8331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08C82889" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="08C82889" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108">
+            <w:hyperlink r:id="rId106">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>mike@milhench.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7493CD40" w14:textId="636A26FE" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01C7BBFB" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="01C7BBFB" w14:textId="75AC7866" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All States</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6683461A" w14:textId="4A1D3046" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="6683461A" w14:textId="4A1D3046" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Except N</w:t>
             </w:r>
-            <w:r w:rsidR="00670789">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ew </w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
-            <w:r w:rsidR="00670789">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ork</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55253CF2" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="55253CF2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 1% 15 Days, Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="109FF72B" w14:textId="7F822A2D" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="0086599D">
+          <w:p w14:paraId="109FF72B" w14:textId="7F822A2D" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A93A3C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Women Business Enterprise</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>WBE</w:t>
             </w:r>
-            <w:r w:rsidR="000C50F8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D9EBA2" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="63D9EBA2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0086599D" w:rsidRPr="00897F42" w14:paraId="1EF76912" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="1EF76912" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="1800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5AA8AB" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="1C5AA8AB" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Next-Gen Supply Group LLC</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D056350" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="5D056350" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:afterAutospacing="1"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Punchout Catalog Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32BFE0EF" w14:textId="77777777" w:rsidR="0086599D" w:rsidRDefault="0086599D" w:rsidP="0086599D">
-            <w:hyperlink r:id="rId109" w:history="1">
+          <w:p w14:paraId="32BFE0EF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRDefault="007B218E" w:rsidP="0086599D">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24766</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="062507BF" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="062507BF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="55A6D279" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="55A6D279" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G2B Punchout:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BE54C9C" w14:textId="77777777" w:rsidR="0086599D" w:rsidRDefault="0086599D" w:rsidP="0086599D">
-            <w:hyperlink r:id="rId110">
+          <w:p w14:paraId="7BE54C9C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRDefault="007B218E" w:rsidP="0086599D">
+            <w:hyperlink r:id="rId108">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24835</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="26B90904" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="26B90904" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="239B9A2C" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="239B9A2C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Matthew Glass</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23765AE9" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="23765AE9" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781) 789-0692</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8A56B8" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="0E8A56B8" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId111">
+            <w:hyperlink r:id="rId109">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>matthew.glass@nextgensupply.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2D7B8D" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="4A768DF3" w14:textId="731B9F72" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...5 lines deleted...]
-              <w:t>All States</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27E9BE98" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="6C2D7B8D" w14:textId="75DD6B9E" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PPD: 1% 10 Days, .5% 15 Days, .25% 20 Days</w:t>
-[...16 lines deleted...]
-              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
+              <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68291959" w14:textId="4451FECA" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="0086599D">
+          <w:p w14:paraId="27E9BE98" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PPD: 1% 10 Days, .5% 15 Days, .25% 20 Days</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D419620" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Volume &amp; Dock Delivery Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BBE4F5D" w14:textId="77777777" w:rsidR="0086599D" w:rsidRPr="00351722" w:rsidRDefault="0086599D" w:rsidP="0086599D">
+          <w:p w14:paraId="68291959" w14:textId="4451FECA" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00351722">
-[...33 lines deleted...]
-              <w:t>Paramount Partners LLC</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBE4F5D" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="0086599D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>11%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="19108EAC" w14:textId="77777777" w:rsidTr="00DD2FE3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1161"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1486998E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00351722">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Paramount Partners LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ABD910A" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="0ABD910A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24765</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2571E5CE" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="2571E5CE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="1080"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Marc Ganter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D89DA04" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="1D89DA04" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="840"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">617-538-7171 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C7D9E8C" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="4C7D9E8C" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="1080"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>marc@paramount-partners.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="688A8358" w14:textId="7E4650CD" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="005D2850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A384B90" w14:textId="6CD1AD96" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="0A384B90" w14:textId="2CE85826" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>onnecticut</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
@@ -17777,767 +17711,820 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> New York,</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hode Island, and Vermont</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB7799A" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="2CB7799A" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 5% 10 Days, 3% 15 Days, 1% 20 Days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15C0DBD2" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="15C0DBD2" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volume, Dock Delivery &amp; Tiered Discounts Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22BDB6B9" w14:textId="411FB66C" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="005D2850">
+          <w:p w14:paraId="22BDB6B9" w14:textId="411FB66C" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="631789DB" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="631789DB" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2850" w:rsidRPr="00897F42" w14:paraId="27D487FA" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="27D487FA" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
+          <w:trHeight w:val="1699"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3E167B" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="2B3E167B" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Top Notch Supply, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07F136CB" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="07F136CB" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24763</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BCFAF82" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="4BCFAF82" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="1080"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mike O’Meara</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="798CFD0B" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="798CFD0B" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="840"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>781-305-</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D481A3" w14:textId="540C782B" w:rsidR="005D2850" w:rsidRPr="00661DE2" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="30D481A3" w14:textId="540C782B" w:rsidR="007B218E" w:rsidRPr="00661DE2" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="840"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId114">
+            <w:hyperlink r:id="rId112">
               <w:r w:rsidRPr="00661DE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>momeara@topnotchsupplyinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00661DE2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-              <w:r w:rsidR="00CB1F5B" w:rsidRPr="00661DE2">
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r w:rsidRPr="00661DE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>admin@topnotchsupplyinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58FDCDED" w14:textId="4B7D20C7" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="005D2850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="637E20C1" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="637E20C1" w14:textId="47887503" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All States</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78BB8472" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="78BB8472" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 2% 10 Days, 1.5% 15 Days, 1% 20 Days, .5% 30 Days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CD4FEAD" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="4CD4FEAD" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volume &amp; Dock Delivery Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="223B1707" w14:textId="16583CC1" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="00CB1F5B">
+          <w:p w14:paraId="223B1707" w14:textId="16583CC1" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="00CB1F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEF3BC3" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="4FEF3BC3" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D2850" w:rsidRPr="00897F42" w14:paraId="366C09E4" w14:textId="77777777" w:rsidTr="00906098">
+      <w:tr w:rsidR="007B218E" w:rsidRPr="00897F42" w14:paraId="366C09E4" w14:textId="77777777" w:rsidTr="00DD2FE3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1322"/>
+          <w:trHeight w:val="1314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F713706" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="1F713706" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>W.B. Mason Co., Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
+            <w:tcW w:w="1506" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5558934E" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="5558934E" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r w:rsidRPr="00351722">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC3-24769</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42180508" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="42180508" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="960"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gregg Manning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="990" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E85DAC0" w14:textId="74144116" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="2E85DAC0" w14:textId="74144116" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">800-242-5892, x8273 </w:t>
             </w:r>
-            <w:r w:rsidR="00661DE2">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>508-846-1490 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2160" w:type="dxa"/>
+            <w:tcW w:w="2070" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6025BF3B" w14:textId="63E11847" w:rsidR="005D2850" w:rsidRPr="00661DE2" w:rsidRDefault="00765337" w:rsidP="005D2850">
+          <w:p w14:paraId="6025BF3B" w14:textId="63E11847" w:rsidR="007B218E" w:rsidRPr="00661DE2" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:spacing w:after="960"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r w:rsidRPr="00661DE2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>gregg.manning@wbmason.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A243000" w14:textId="62030BB4" w:rsidR="007B218E" w:rsidRPr="007B218E" w:rsidRDefault="007A04E7" w:rsidP="005D2850">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1,2,3,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23261F37" w14:textId="46A134EE" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="23261F37" w14:textId="3F2E3140" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All States (With restriction </w:t>
             </w:r>
-            <w:r w:rsidR="00CB1F5B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contact vendor for details) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08884039" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="08884039" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PPD: 2% 30 Days</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E1489DE" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="6E1489DE" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volume &amp; Dock Delivery Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24FA0E93" w14:textId="2898E252" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="00CB1F5B" w:rsidP="00CB1F5B">
+          <w:p w14:paraId="24FA0E93" w14:textId="2898E252" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="00CB1F5B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:tcW w:w="1388" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280DD9DF" w14:textId="77777777" w:rsidR="005D2850" w:rsidRPr="00351722" w:rsidRDefault="005D2850" w:rsidP="005D2850">
+          <w:p w14:paraId="280DD9DF" w14:textId="77777777" w:rsidR="007B218E" w:rsidRPr="00351722" w:rsidRDefault="007B218E" w:rsidP="005D2850">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00351722">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2B68DB9E" w14:textId="6EC94720" w:rsidR="00E51057" w:rsidRDefault="00E51057" w:rsidP="00E51057">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="387CC61A" w14:textId="06A8A1DE" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00661DE2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="_Appendix_B:_Vendor"/>
       <w:bookmarkStart w:id="81" w:name="_Appendix_C:_Vendor"/>
       <w:bookmarkStart w:id="82" w:name="_Appendix_A:_[add"/>
       <w:bookmarkStart w:id="83" w:name="_Toc194066624"/>
       <w:bookmarkStart w:id="84" w:name="_Toc216432563"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r w:rsidRPr="00275216">
+        <w:lastRenderedPageBreak/>
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidR="00D47FD7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="4FFDDA04" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -18890,246 +18877,229 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="001401D8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00</w:t>
       </w:r>
       <w:r w:rsidRPr="001401D8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cleaning Equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9CCB98" w14:textId="1BEF78A9" w:rsidR="001D5923" w:rsidRDefault="00E51057" w:rsidP="001D5923">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="_Toc216432564"/>
       <w:r w:rsidRPr="00ED150D">
-        <w:lastRenderedPageBreak/>
         <w:t>Appendix:</w:t>
       </w:r>
       <w:r w:rsidR="00871740">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00871740" w:rsidRPr="00871740">
         <w:t>Geographical Service Area</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
     </w:p>
     <w:p w14:paraId="66AA4FC4" w14:textId="06E84E62" w:rsidR="00682551" w:rsidRPr="00682551" w:rsidRDefault="00F242AE" w:rsidP="00682551">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please refer to the price list for each vendor on FAC11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to verify the counties they </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> to verify the counties they service. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841472">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All price </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sheets</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841472">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are housed in the vendor file </w:t>
+      </w:r>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>service</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00500F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">All price </w:t>
+        <w:t>vendor</w:t>
+      </w:r>
+      <w:r w:rsidR="006A37E0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s Master </w:t>
+      </w:r>
+      <w:r w:rsidR="0075248C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Blanket Purchase Order</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641245">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075248C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641245">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MBPO</w:t>
+      </w:r>
+      <w:r w:rsidR="0075248C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641245">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The counties they service should be included in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sheets</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> are housed in the vendor file </w:t>
+        <w:t>the top row</w:t>
       </w:r>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">or </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve"> of each price column. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77C4E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>To locate a speci</w:t>
+      </w:r>
+      <w:r w:rsidR="00177F0D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>fic county</w:t>
+      </w:r>
+      <w:r w:rsidR="00676334">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00641245">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>vendor</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00641245">
+        <w:t>refer to the</w:t>
+      </w:r>
+      <w:r w:rsidR="004851BA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0075248C">
-[...76 lines deleted...]
-      <w:hyperlink r:id="rId118" w:history="1">
+      <w:hyperlink r:id="rId116" w:history="1">
         <w:r w:rsidR="004851BA" w:rsidRPr="00C77C4E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Maps</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004851BA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> web page </w:t>
       </w:r>
       <w:r w:rsidR="00264397">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to access the </w:t>
       </w:r>
       <w:r w:rsidR="00264397" w:rsidRPr="00C77C4E">
         <w:rPr>
@@ -19140,73 +19110,73 @@
         </w:rPr>
         <w:t>Maps of Massachusetts County</w:t>
       </w:r>
       <w:r w:rsidR="00500F27">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00682551" w:rsidRPr="00682551" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DD5BEDB" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2A5F1177" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C07B717" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B"/>
+    <w:p w14:paraId="1C2DDB2C" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BD893CC" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3170AA52" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EAAF1D1" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B"/>
+    <w:p w14:paraId="4A42D585" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7353DF90" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B">
+    <w:p w14:paraId="62DEC6CA" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19309,61 +19279,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="11F3CF01" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00682551">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -19558,51 +19519,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B8C5047" w14:textId="77777777" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63A21D9F" wp14:editId="5D574E5A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1730328604" name="Group 1730328604">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -19677,55 +19638,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="2212DE88">
+            <v:group id="Group 1730328604" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="34B9829F" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
@@ -19812,61 +19773,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -20061,51 +20013,51 @@
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="79A39E2A" w14:textId="661D822B" w:rsidR="00AC1E9E" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708ECDEC" wp14:editId="317ECAF3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9705975</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7772400" cy="352425"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="26" name="Group 26">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr>
                       <a:grpSpLocks/>
@@ -20180,55 +20132,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="127EF36F">
+            <v:group id="Group 26" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="1DC53756" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
@@ -20309,61 +20261,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="4AA0E885" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="000E5042">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -20562,131 +20505,131 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A56B5F8" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2D78BDE7" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B8FB4D2" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B"/>
+    <w:p w14:paraId="0C1A0749" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A48B11B" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="65C0DC5E" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51BF508B" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B"/>
+    <w:p w14:paraId="32D2EA73" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="14F6A954" w14:textId="77777777" w:rsidR="0082215B" w:rsidRDefault="0082215B">
+    <w:p w14:paraId="1FA5E46B" w14:textId="77777777" w:rsidR="00922C5A" w:rsidRDefault="00922C5A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="79952918" w14:textId="5755ABEE" w:rsidR="00F85CF2" w:rsidRDefault="00F85CF2">
+    <w:p w14:paraId="79952918" w14:textId="5755ABEE" w:rsidR="007B218E" w:rsidRDefault="007B218E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B3597" w:rsidRPr="000B3597">
+      <w:r w:rsidRPr="000B3597">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="10B9EADF" w14:textId="20A962D5" w:rsidR="000B3597" w:rsidRDefault="000B3597">
+    <w:p w14:paraId="10B9EADF" w14:textId="20A962D5" w:rsidR="007B218E" w:rsidRDefault="007B218E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005045EE" w:rsidRPr="005045EE">
+      <w:r w:rsidRPr="005045EE">
         <w:t>The Master Contract Record MBPO is the central repository for all common contract files. The price files may be found in the individual vendor’s MBPO.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="4A69089C" w14:textId="6D3EF15C" w:rsidR="005045EE" w:rsidRDefault="005045EE">
+    <w:p w14:paraId="4A69089C" w14:textId="6D3EF15C" w:rsidR="007B218E" w:rsidRDefault="007B218E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F1007" w:rsidRPr="001F1007">
+      <w:r w:rsidRPr="001F1007">
         <w:t>The Solicitation-Enabled MBPO is for multiple quote requests and price comparison.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -20923,54 +20866,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="7E584F00">
+            <v:line id="Straight Connector 4" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="1B3E61DE" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
@@ -21270,54 +21213,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
+          <w:pict w14:anchorId="50B080C1">
+            <v:line id="Straight Connector 1684346985" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="7CCCD389" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -25496,50 +25439,51 @@
     <w:rsid w:val="00087F2C"/>
     <w:rsid w:val="0009019F"/>
     <w:rsid w:val="00090A78"/>
     <w:rsid w:val="00090FF8"/>
     <w:rsid w:val="00091096"/>
     <w:rsid w:val="000910B0"/>
     <w:rsid w:val="00091120"/>
     <w:rsid w:val="00091677"/>
     <w:rsid w:val="000918E5"/>
     <w:rsid w:val="00092535"/>
     <w:rsid w:val="00092DDE"/>
     <w:rsid w:val="000937A5"/>
     <w:rsid w:val="00093918"/>
     <w:rsid w:val="000939B9"/>
     <w:rsid w:val="00093DC0"/>
     <w:rsid w:val="00093FAA"/>
     <w:rsid w:val="00094339"/>
     <w:rsid w:val="0009454C"/>
     <w:rsid w:val="000946AA"/>
     <w:rsid w:val="00094F0A"/>
     <w:rsid w:val="00095370"/>
     <w:rsid w:val="000953B5"/>
     <w:rsid w:val="00095986"/>
     <w:rsid w:val="000961D2"/>
     <w:rsid w:val="000963BA"/>
+    <w:rsid w:val="00097462"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A58D0"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
     <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
@@ -25757,50 +25701,51 @@
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442D1"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
     <w:rsid w:val="001465FF"/>
+    <w:rsid w:val="00146864"/>
     <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
     <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
     <w:rsid w:val="001554D4"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
     <w:rsid w:val="00157563"/>
@@ -25957,82 +25902,84 @@
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C4D52"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
     <w:rsid w:val="001D1BEF"/>
     <w:rsid w:val="001D21D1"/>
     <w:rsid w:val="001D2500"/>
     <w:rsid w:val="001D2EE0"/>
     <w:rsid w:val="001D3025"/>
+    <w:rsid w:val="001D31F5"/>
     <w:rsid w:val="001D3BC9"/>
     <w:rsid w:val="001D4059"/>
     <w:rsid w:val="001D50B0"/>
     <w:rsid w:val="001D55A2"/>
     <w:rsid w:val="001D5923"/>
     <w:rsid w:val="001D5B17"/>
     <w:rsid w:val="001D6239"/>
     <w:rsid w:val="001D69EF"/>
     <w:rsid w:val="001D6AE2"/>
     <w:rsid w:val="001D6B59"/>
     <w:rsid w:val="001D7093"/>
     <w:rsid w:val="001D73C6"/>
     <w:rsid w:val="001D7649"/>
     <w:rsid w:val="001D7831"/>
     <w:rsid w:val="001E0098"/>
     <w:rsid w:val="001E12BE"/>
     <w:rsid w:val="001E13AD"/>
     <w:rsid w:val="001E1564"/>
     <w:rsid w:val="001E1D59"/>
     <w:rsid w:val="001E1F2E"/>
     <w:rsid w:val="001E21B4"/>
     <w:rsid w:val="001E25B1"/>
     <w:rsid w:val="001E2976"/>
     <w:rsid w:val="001E2D48"/>
     <w:rsid w:val="001E3090"/>
     <w:rsid w:val="001E3E19"/>
     <w:rsid w:val="001E4148"/>
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
+    <w:rsid w:val="001E6B7A"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
     <w:rsid w:val="001F1007"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
     <w:rsid w:val="001F375E"/>
     <w:rsid w:val="001F3901"/>
     <w:rsid w:val="001F4035"/>
     <w:rsid w:val="001F452E"/>
     <w:rsid w:val="001F4888"/>
     <w:rsid w:val="001F4D57"/>
     <w:rsid w:val="001F507E"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
     <w:rsid w:val="001F743D"/>
@@ -27266,50 +27213,51 @@
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
+    <w:rsid w:val="00524ADC"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="005262DE"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="00533732"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
@@ -27655,50 +27603,51 @@
     <w:rsid w:val="0060320F"/>
     <w:rsid w:val="00603363"/>
     <w:rsid w:val="00603957"/>
     <w:rsid w:val="0060400B"/>
     <w:rsid w:val="0060405B"/>
     <w:rsid w:val="00604328"/>
     <w:rsid w:val="00604587"/>
     <w:rsid w:val="0060459D"/>
     <w:rsid w:val="0060504E"/>
     <w:rsid w:val="006054A8"/>
     <w:rsid w:val="006054FC"/>
     <w:rsid w:val="006061C4"/>
     <w:rsid w:val="0060623C"/>
     <w:rsid w:val="00606368"/>
     <w:rsid w:val="006063B5"/>
     <w:rsid w:val="006063EB"/>
     <w:rsid w:val="00607322"/>
     <w:rsid w:val="006105EB"/>
     <w:rsid w:val="006106BB"/>
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
     <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="006120EC"/>
+    <w:rsid w:val="00612B70"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
     <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
     <w:rsid w:val="006178AA"/>
     <w:rsid w:val="00617A30"/>
     <w:rsid w:val="00617B46"/>
     <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
@@ -28111,50 +28060,51 @@
     <w:rsid w:val="007173B7"/>
     <w:rsid w:val="0071760F"/>
     <w:rsid w:val="00717F45"/>
     <w:rsid w:val="007206C5"/>
     <w:rsid w:val="00720B50"/>
     <w:rsid w:val="00720C80"/>
     <w:rsid w:val="00720FCF"/>
     <w:rsid w:val="00721589"/>
     <w:rsid w:val="007215A7"/>
     <w:rsid w:val="00722170"/>
     <w:rsid w:val="00722B08"/>
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
     <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
+    <w:rsid w:val="0072701C"/>
     <w:rsid w:val="00727662"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="00731D8C"/>
     <w:rsid w:val="0073219F"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
     <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
     <w:rsid w:val="00736266"/>
     <w:rsid w:val="0073677B"/>
     <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
@@ -28289,79 +28239,81 @@
     <w:rsid w:val="007922B8"/>
     <w:rsid w:val="00792C0D"/>
     <w:rsid w:val="00793003"/>
     <w:rsid w:val="00793174"/>
     <w:rsid w:val="00793564"/>
     <w:rsid w:val="00794290"/>
     <w:rsid w:val="00794C98"/>
     <w:rsid w:val="00794CC5"/>
     <w:rsid w:val="00794EEF"/>
     <w:rsid w:val="00795177"/>
     <w:rsid w:val="007951E1"/>
     <w:rsid w:val="0079534A"/>
     <w:rsid w:val="00795AEA"/>
     <w:rsid w:val="00795B07"/>
     <w:rsid w:val="00795CB7"/>
     <w:rsid w:val="007970B9"/>
     <w:rsid w:val="007971F7"/>
     <w:rsid w:val="00797483"/>
     <w:rsid w:val="0079778A"/>
     <w:rsid w:val="00797A65"/>
     <w:rsid w:val="00797D0F"/>
     <w:rsid w:val="00797EC1"/>
     <w:rsid w:val="00797F33"/>
     <w:rsid w:val="007A023C"/>
     <w:rsid w:val="007A0487"/>
+    <w:rsid w:val="007A04E7"/>
     <w:rsid w:val="007A0F40"/>
     <w:rsid w:val="007A1542"/>
     <w:rsid w:val="007A19C4"/>
     <w:rsid w:val="007A1AA5"/>
     <w:rsid w:val="007A264C"/>
     <w:rsid w:val="007A2B8A"/>
     <w:rsid w:val="007A2C0D"/>
     <w:rsid w:val="007A374A"/>
     <w:rsid w:val="007A39E9"/>
     <w:rsid w:val="007A3D89"/>
     <w:rsid w:val="007A4A20"/>
     <w:rsid w:val="007A6659"/>
     <w:rsid w:val="007A698E"/>
     <w:rsid w:val="007A6BC1"/>
     <w:rsid w:val="007A6CB8"/>
     <w:rsid w:val="007A6FE3"/>
     <w:rsid w:val="007A7158"/>
     <w:rsid w:val="007A7335"/>
     <w:rsid w:val="007A7916"/>
     <w:rsid w:val="007A79C8"/>
     <w:rsid w:val="007A7A6E"/>
     <w:rsid w:val="007A7D44"/>
     <w:rsid w:val="007A7E73"/>
     <w:rsid w:val="007B006D"/>
     <w:rsid w:val="007B08B3"/>
     <w:rsid w:val="007B0B28"/>
     <w:rsid w:val="007B1158"/>
     <w:rsid w:val="007B1C7E"/>
     <w:rsid w:val="007B213A"/>
+    <w:rsid w:val="007B218E"/>
     <w:rsid w:val="007B224C"/>
     <w:rsid w:val="007B2341"/>
     <w:rsid w:val="007B253E"/>
     <w:rsid w:val="007B2D04"/>
     <w:rsid w:val="007B2FC4"/>
     <w:rsid w:val="007B33C1"/>
     <w:rsid w:val="007B36D2"/>
     <w:rsid w:val="007B4139"/>
     <w:rsid w:val="007B4899"/>
     <w:rsid w:val="007B524F"/>
     <w:rsid w:val="007B573A"/>
     <w:rsid w:val="007B5864"/>
     <w:rsid w:val="007B5FBA"/>
     <w:rsid w:val="007B666D"/>
     <w:rsid w:val="007B66AC"/>
     <w:rsid w:val="007B6A7E"/>
     <w:rsid w:val="007B6B29"/>
     <w:rsid w:val="007B7D70"/>
     <w:rsid w:val="007B7F34"/>
     <w:rsid w:val="007C008D"/>
     <w:rsid w:val="007C094D"/>
     <w:rsid w:val="007C0F67"/>
     <w:rsid w:val="007C1DB8"/>
     <w:rsid w:val="007C24FB"/>
     <w:rsid w:val="007C2817"/>
@@ -28480,50 +28432,51 @@
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="00807288"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
     <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
     <w:rsid w:val="008107FB"/>
     <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="008144C2"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
     <w:rsid w:val="008200BD"/>
     <w:rsid w:val="00820106"/>
     <w:rsid w:val="0082048B"/>
     <w:rsid w:val="008204F6"/>
+    <w:rsid w:val="0082051F"/>
     <w:rsid w:val="008209B8"/>
     <w:rsid w:val="00820B51"/>
     <w:rsid w:val="00820F13"/>
     <w:rsid w:val="0082151F"/>
     <w:rsid w:val="00821B56"/>
     <w:rsid w:val="008220DD"/>
     <w:rsid w:val="0082215B"/>
     <w:rsid w:val="00822F94"/>
     <w:rsid w:val="008234A6"/>
     <w:rsid w:val="008249A6"/>
     <w:rsid w:val="008251FA"/>
     <w:rsid w:val="00825271"/>
     <w:rsid w:val="00825387"/>
     <w:rsid w:val="00825AB6"/>
     <w:rsid w:val="00825BF6"/>
     <w:rsid w:val="0082614B"/>
     <w:rsid w:val="008262D7"/>
     <w:rsid w:val="0082682E"/>
     <w:rsid w:val="00826CE0"/>
     <w:rsid w:val="0082784B"/>
     <w:rsid w:val="0082785E"/>
     <w:rsid w:val="00827E70"/>
     <w:rsid w:val="008301A2"/>
     <w:rsid w:val="00830454"/>
     <w:rsid w:val="0083077D"/>
@@ -28622,50 +28575,51 @@
     <w:rsid w:val="0086599D"/>
     <w:rsid w:val="008668E4"/>
     <w:rsid w:val="00866B2C"/>
     <w:rsid w:val="00866BE8"/>
     <w:rsid w:val="008674A2"/>
     <w:rsid w:val="00870030"/>
     <w:rsid w:val="00870503"/>
     <w:rsid w:val="00870879"/>
     <w:rsid w:val="00870971"/>
     <w:rsid w:val="008709A9"/>
     <w:rsid w:val="00870E1F"/>
     <w:rsid w:val="008711DC"/>
     <w:rsid w:val="00871740"/>
     <w:rsid w:val="00871B2A"/>
     <w:rsid w:val="00871F89"/>
     <w:rsid w:val="008733BF"/>
     <w:rsid w:val="00873CC9"/>
     <w:rsid w:val="00874032"/>
     <w:rsid w:val="008754E5"/>
     <w:rsid w:val="00877836"/>
     <w:rsid w:val="00877C00"/>
     <w:rsid w:val="00877DC7"/>
     <w:rsid w:val="00877E7C"/>
     <w:rsid w:val="00880356"/>
     <w:rsid w:val="00880E4C"/>
+    <w:rsid w:val="0088165A"/>
     <w:rsid w:val="008817A5"/>
     <w:rsid w:val="00881B7C"/>
     <w:rsid w:val="0088215A"/>
     <w:rsid w:val="008822DA"/>
     <w:rsid w:val="00882573"/>
     <w:rsid w:val="00882744"/>
     <w:rsid w:val="00882999"/>
     <w:rsid w:val="00882B21"/>
     <w:rsid w:val="0088334D"/>
     <w:rsid w:val="008837CE"/>
     <w:rsid w:val="00884893"/>
     <w:rsid w:val="00884C00"/>
     <w:rsid w:val="00885029"/>
     <w:rsid w:val="00885782"/>
     <w:rsid w:val="00885852"/>
     <w:rsid w:val="008858EA"/>
     <w:rsid w:val="008858EB"/>
     <w:rsid w:val="00885D1A"/>
     <w:rsid w:val="0088612E"/>
     <w:rsid w:val="008862B5"/>
     <w:rsid w:val="00886780"/>
     <w:rsid w:val="00886D4B"/>
     <w:rsid w:val="00886F53"/>
     <w:rsid w:val="0088708C"/>
     <w:rsid w:val="008870ED"/>
@@ -28895,93 +28849,95 @@
     <w:rsid w:val="00912D9B"/>
     <w:rsid w:val="00912E76"/>
     <w:rsid w:val="0091301D"/>
     <w:rsid w:val="00913652"/>
     <w:rsid w:val="00913691"/>
     <w:rsid w:val="009139A7"/>
     <w:rsid w:val="00914732"/>
     <w:rsid w:val="009147A1"/>
     <w:rsid w:val="00914EB3"/>
     <w:rsid w:val="0091512A"/>
     <w:rsid w:val="00915172"/>
     <w:rsid w:val="009154B3"/>
     <w:rsid w:val="009159A2"/>
     <w:rsid w:val="00915B6F"/>
     <w:rsid w:val="00915D0A"/>
     <w:rsid w:val="009162F1"/>
     <w:rsid w:val="009164C1"/>
     <w:rsid w:val="0091722A"/>
     <w:rsid w:val="0092080C"/>
     <w:rsid w:val="0092096A"/>
     <w:rsid w:val="00920A4A"/>
     <w:rsid w:val="00920AF3"/>
     <w:rsid w:val="00920D3F"/>
     <w:rsid w:val="00921140"/>
     <w:rsid w:val="00921B2D"/>
+    <w:rsid w:val="00922C5A"/>
     <w:rsid w:val="00922C93"/>
     <w:rsid w:val="00923624"/>
     <w:rsid w:val="00923B48"/>
     <w:rsid w:val="00923FD2"/>
     <w:rsid w:val="009247CD"/>
     <w:rsid w:val="009248C5"/>
     <w:rsid w:val="00924F61"/>
     <w:rsid w:val="009255CB"/>
     <w:rsid w:val="00926C19"/>
     <w:rsid w:val="00926DB8"/>
     <w:rsid w:val="0092769E"/>
     <w:rsid w:val="009277DE"/>
     <w:rsid w:val="00927985"/>
     <w:rsid w:val="0093033F"/>
     <w:rsid w:val="00930B72"/>
     <w:rsid w:val="00930DEA"/>
     <w:rsid w:val="009310AC"/>
     <w:rsid w:val="00931513"/>
     <w:rsid w:val="00931787"/>
     <w:rsid w:val="00931DF2"/>
     <w:rsid w:val="00931F63"/>
     <w:rsid w:val="00931F93"/>
     <w:rsid w:val="00931FCC"/>
     <w:rsid w:val="009329E5"/>
     <w:rsid w:val="00932B3C"/>
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
     <w:rsid w:val="00933676"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009420A2"/>
+    <w:rsid w:val="009424F6"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943E7F"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
@@ -29022,69 +28978,71 @@
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
+    <w:rsid w:val="009836D5"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
     <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
     <w:rsid w:val="00986F52"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
     <w:rsid w:val="00990A36"/>
     <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
+    <w:rsid w:val="00992167"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
     <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
     <w:rsid w:val="009A1361"/>
     <w:rsid w:val="009A1A47"/>
     <w:rsid w:val="009A1D5C"/>
     <w:rsid w:val="009A1EF8"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2036"/>
     <w:rsid w:val="009A2159"/>
     <w:rsid w:val="009A2706"/>
     <w:rsid w:val="009A2798"/>
     <w:rsid w:val="009A27BF"/>
     <w:rsid w:val="009A2BCE"/>
     <w:rsid w:val="009A30A6"/>
     <w:rsid w:val="009A327B"/>
@@ -29113,50 +29071,51 @@
     <w:rsid w:val="009B274E"/>
     <w:rsid w:val="009B298E"/>
     <w:rsid w:val="009B2DA2"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B39C7"/>
     <w:rsid w:val="009B3A20"/>
     <w:rsid w:val="009B3F3F"/>
     <w:rsid w:val="009B4023"/>
     <w:rsid w:val="009B41AC"/>
     <w:rsid w:val="009B485E"/>
     <w:rsid w:val="009B4AB3"/>
     <w:rsid w:val="009B4D40"/>
     <w:rsid w:val="009B4EAA"/>
     <w:rsid w:val="009B52B7"/>
     <w:rsid w:val="009B54CD"/>
     <w:rsid w:val="009B5CC7"/>
     <w:rsid w:val="009B601C"/>
     <w:rsid w:val="009B62D5"/>
     <w:rsid w:val="009B65A3"/>
     <w:rsid w:val="009C04CB"/>
     <w:rsid w:val="009C08B7"/>
     <w:rsid w:val="009C0D72"/>
     <w:rsid w:val="009C11B8"/>
     <w:rsid w:val="009C15B9"/>
     <w:rsid w:val="009C1ECD"/>
+    <w:rsid w:val="009C2565"/>
     <w:rsid w:val="009C275B"/>
     <w:rsid w:val="009C39C9"/>
     <w:rsid w:val="009C3CB9"/>
     <w:rsid w:val="009C4008"/>
     <w:rsid w:val="009C46AC"/>
     <w:rsid w:val="009C49ED"/>
     <w:rsid w:val="009C599A"/>
     <w:rsid w:val="009C5AD8"/>
     <w:rsid w:val="009C5C60"/>
     <w:rsid w:val="009C6A52"/>
     <w:rsid w:val="009C6BB8"/>
     <w:rsid w:val="009C6F94"/>
     <w:rsid w:val="009C769F"/>
     <w:rsid w:val="009D08E2"/>
     <w:rsid w:val="009D0F83"/>
     <w:rsid w:val="009D0FE1"/>
     <w:rsid w:val="009D12D8"/>
     <w:rsid w:val="009D1970"/>
     <w:rsid w:val="009D1CF0"/>
     <w:rsid w:val="009D2EFD"/>
     <w:rsid w:val="009D3B6F"/>
     <w:rsid w:val="009D400E"/>
     <w:rsid w:val="009D46F8"/>
     <w:rsid w:val="009D4A13"/>
     <w:rsid w:val="009D4EDC"/>
@@ -29180,50 +29139,51 @@
     <w:rsid w:val="009E29AE"/>
     <w:rsid w:val="009E2D17"/>
     <w:rsid w:val="009E2D45"/>
     <w:rsid w:val="009E31DC"/>
     <w:rsid w:val="009E3265"/>
     <w:rsid w:val="009E32F6"/>
     <w:rsid w:val="009E3A45"/>
     <w:rsid w:val="009E3C57"/>
     <w:rsid w:val="009E3D3E"/>
     <w:rsid w:val="009E3E94"/>
     <w:rsid w:val="009E42E8"/>
     <w:rsid w:val="009E47AB"/>
     <w:rsid w:val="009E4840"/>
     <w:rsid w:val="009E5417"/>
     <w:rsid w:val="009E57AD"/>
     <w:rsid w:val="009E591E"/>
     <w:rsid w:val="009E5D94"/>
     <w:rsid w:val="009E6027"/>
     <w:rsid w:val="009E6054"/>
     <w:rsid w:val="009E612D"/>
     <w:rsid w:val="009E685D"/>
     <w:rsid w:val="009E6D6B"/>
     <w:rsid w:val="009E71B8"/>
     <w:rsid w:val="009E7345"/>
     <w:rsid w:val="009F0227"/>
+    <w:rsid w:val="009F0A33"/>
     <w:rsid w:val="009F0AE9"/>
     <w:rsid w:val="009F148F"/>
     <w:rsid w:val="009F172F"/>
     <w:rsid w:val="009F1E6C"/>
     <w:rsid w:val="009F20D9"/>
     <w:rsid w:val="009F2D16"/>
     <w:rsid w:val="009F3464"/>
     <w:rsid w:val="009F3A57"/>
     <w:rsid w:val="009F4225"/>
     <w:rsid w:val="009F425C"/>
     <w:rsid w:val="009F4E1B"/>
     <w:rsid w:val="009F4F6F"/>
     <w:rsid w:val="009F55B6"/>
     <w:rsid w:val="009F57D1"/>
     <w:rsid w:val="009F5AC0"/>
     <w:rsid w:val="009F6189"/>
     <w:rsid w:val="009F6770"/>
     <w:rsid w:val="009F68CA"/>
     <w:rsid w:val="009F6FDB"/>
     <w:rsid w:val="009F743B"/>
     <w:rsid w:val="00A002CD"/>
     <w:rsid w:val="00A007D5"/>
     <w:rsid w:val="00A00AD6"/>
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01082"/>
@@ -29425,50 +29385,51 @@
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83460"/>
     <w:rsid w:val="00A83E4F"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A848A7"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93A3C"/>
     <w:rsid w:val="00A93AE6"/>
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
+    <w:rsid w:val="00A94368"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
@@ -29766,50 +29727,51 @@
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
     <w:rsid w:val="00B64C9D"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
     <w:rsid w:val="00B66AAC"/>
     <w:rsid w:val="00B66E07"/>
     <w:rsid w:val="00B6761D"/>
     <w:rsid w:val="00B67D2F"/>
     <w:rsid w:val="00B70257"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
     <w:rsid w:val="00B72D6D"/>
     <w:rsid w:val="00B73214"/>
     <w:rsid w:val="00B73651"/>
     <w:rsid w:val="00B74465"/>
     <w:rsid w:val="00B74627"/>
     <w:rsid w:val="00B74893"/>
+    <w:rsid w:val="00B759EA"/>
     <w:rsid w:val="00B75A1C"/>
     <w:rsid w:val="00B75F15"/>
     <w:rsid w:val="00B768C2"/>
     <w:rsid w:val="00B76BB7"/>
     <w:rsid w:val="00B76FBE"/>
     <w:rsid w:val="00B7723C"/>
     <w:rsid w:val="00B77742"/>
     <w:rsid w:val="00B778DE"/>
     <w:rsid w:val="00B77AE5"/>
     <w:rsid w:val="00B77DA3"/>
     <w:rsid w:val="00B77E92"/>
     <w:rsid w:val="00B77EC4"/>
     <w:rsid w:val="00B805A4"/>
     <w:rsid w:val="00B8094D"/>
     <w:rsid w:val="00B820D9"/>
     <w:rsid w:val="00B82428"/>
     <w:rsid w:val="00B825B6"/>
     <w:rsid w:val="00B825FC"/>
     <w:rsid w:val="00B82D04"/>
     <w:rsid w:val="00B82EDF"/>
     <w:rsid w:val="00B82F5A"/>
     <w:rsid w:val="00B83354"/>
     <w:rsid w:val="00B833E2"/>
     <w:rsid w:val="00B84519"/>
     <w:rsid w:val="00B845C5"/>
@@ -29989,95 +29951,97 @@
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF54B9"/>
     <w:rsid w:val="00BF5B25"/>
     <w:rsid w:val="00BF7187"/>
     <w:rsid w:val="00BF72BE"/>
     <w:rsid w:val="00BF761E"/>
     <w:rsid w:val="00BF77A9"/>
     <w:rsid w:val="00BF788F"/>
     <w:rsid w:val="00C00270"/>
     <w:rsid w:val="00C0028C"/>
     <w:rsid w:val="00C0068D"/>
+    <w:rsid w:val="00C00E5F"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
+    <w:rsid w:val="00C16AC9"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
     <w:rsid w:val="00C17972"/>
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C2051C"/>
     <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
     <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
@@ -30132,50 +30096,51 @@
     <w:rsid w:val="00C5185E"/>
     <w:rsid w:val="00C51A24"/>
     <w:rsid w:val="00C51A4E"/>
     <w:rsid w:val="00C51A68"/>
     <w:rsid w:val="00C51BF7"/>
     <w:rsid w:val="00C53640"/>
     <w:rsid w:val="00C537A2"/>
     <w:rsid w:val="00C546E6"/>
     <w:rsid w:val="00C54F10"/>
     <w:rsid w:val="00C55773"/>
     <w:rsid w:val="00C557F6"/>
     <w:rsid w:val="00C55864"/>
     <w:rsid w:val="00C55CE1"/>
     <w:rsid w:val="00C55ECE"/>
     <w:rsid w:val="00C5637A"/>
     <w:rsid w:val="00C567EE"/>
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
     <w:rsid w:val="00C6177E"/>
+    <w:rsid w:val="00C61A56"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C72A49"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
@@ -30363,75 +30328,77 @@
     <w:rsid w:val="00CE2C68"/>
     <w:rsid w:val="00CE3171"/>
     <w:rsid w:val="00CE363C"/>
     <w:rsid w:val="00CE3882"/>
     <w:rsid w:val="00CE429F"/>
     <w:rsid w:val="00CE47E3"/>
     <w:rsid w:val="00CE4D93"/>
     <w:rsid w:val="00CE4F99"/>
     <w:rsid w:val="00CE5C94"/>
     <w:rsid w:val="00CE634E"/>
     <w:rsid w:val="00CE6515"/>
     <w:rsid w:val="00CE6FF4"/>
     <w:rsid w:val="00CE7148"/>
     <w:rsid w:val="00CE7248"/>
     <w:rsid w:val="00CE75BB"/>
     <w:rsid w:val="00CF03A2"/>
     <w:rsid w:val="00CF04CB"/>
     <w:rsid w:val="00CF17EB"/>
     <w:rsid w:val="00CF17F5"/>
     <w:rsid w:val="00CF25E4"/>
     <w:rsid w:val="00CF28C8"/>
     <w:rsid w:val="00CF2EBB"/>
     <w:rsid w:val="00CF3BFE"/>
     <w:rsid w:val="00CF4261"/>
     <w:rsid w:val="00CF47F7"/>
+    <w:rsid w:val="00CF4D50"/>
     <w:rsid w:val="00CF4E6F"/>
     <w:rsid w:val="00CF4F58"/>
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
     <w:rsid w:val="00D05942"/>
+    <w:rsid w:val="00D05AA0"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D06DD4"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D1321C"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13CF7"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
@@ -30529,50 +30496,51 @@
     <w:rsid w:val="00D52DB7"/>
     <w:rsid w:val="00D52DED"/>
     <w:rsid w:val="00D53502"/>
     <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
+    <w:rsid w:val="00D61C8B"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D71A12"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
@@ -30603,53 +30571,55 @@
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
+    <w:rsid w:val="00D908E9"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
+    <w:rsid w:val="00D9281D"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D948D9"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
     <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
     <w:rsid w:val="00DA0204"/>
     <w:rsid w:val="00DA030C"/>
     <w:rsid w:val="00DA0C01"/>
     <w:rsid w:val="00DA0DAA"/>
     <w:rsid w:val="00DA1973"/>
@@ -30714,50 +30684,51 @@
     <w:rsid w:val="00DC450E"/>
     <w:rsid w:val="00DC47E6"/>
     <w:rsid w:val="00DC48F0"/>
     <w:rsid w:val="00DC5113"/>
     <w:rsid w:val="00DC5230"/>
     <w:rsid w:val="00DC56C0"/>
     <w:rsid w:val="00DC5830"/>
     <w:rsid w:val="00DC5CC1"/>
     <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00DC6078"/>
     <w:rsid w:val="00DC62D3"/>
     <w:rsid w:val="00DC6930"/>
     <w:rsid w:val="00DC71BD"/>
     <w:rsid w:val="00DC74D4"/>
     <w:rsid w:val="00DC7B5F"/>
     <w:rsid w:val="00DD0065"/>
     <w:rsid w:val="00DD0432"/>
     <w:rsid w:val="00DD232F"/>
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2E46"/>
     <w:rsid w:val="00DD2FD3"/>
+    <w:rsid w:val="00DD2FE3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
@@ -30884,50 +30855,51 @@
     <w:rsid w:val="00E42982"/>
     <w:rsid w:val="00E42A24"/>
     <w:rsid w:val="00E42D09"/>
     <w:rsid w:val="00E43208"/>
     <w:rsid w:val="00E43627"/>
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
+    <w:rsid w:val="00E52C80"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
     <w:rsid w:val="00E55A13"/>
     <w:rsid w:val="00E55AAB"/>
     <w:rsid w:val="00E55DBC"/>
     <w:rsid w:val="00E56042"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
     <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
@@ -31004,50 +30976,51 @@
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
     <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E9505D"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
     <w:rsid w:val="00E95DE1"/>
     <w:rsid w:val="00E95F46"/>
     <w:rsid w:val="00E965AA"/>
     <w:rsid w:val="00E968DA"/>
     <w:rsid w:val="00E9749F"/>
     <w:rsid w:val="00E976C1"/>
     <w:rsid w:val="00E97BB0"/>
     <w:rsid w:val="00EA0089"/>
     <w:rsid w:val="00EA06C5"/>
     <w:rsid w:val="00EA09ED"/>
+    <w:rsid w:val="00EA1357"/>
     <w:rsid w:val="00EA193C"/>
     <w:rsid w:val="00EA1E44"/>
     <w:rsid w:val="00EA22DE"/>
     <w:rsid w:val="00EA26D7"/>
     <w:rsid w:val="00EA26FF"/>
     <w:rsid w:val="00EA2A5D"/>
     <w:rsid w:val="00EA2CDA"/>
     <w:rsid w:val="00EA2D03"/>
     <w:rsid w:val="00EA2DBB"/>
     <w:rsid w:val="00EA2E2E"/>
     <w:rsid w:val="00EA2EC6"/>
     <w:rsid w:val="00EA2F32"/>
     <w:rsid w:val="00EA3067"/>
     <w:rsid w:val="00EA3325"/>
     <w:rsid w:val="00EA33D0"/>
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
     <w:rsid w:val="00EA4812"/>
     <w:rsid w:val="00EA4D16"/>
     <w:rsid w:val="00EA4D40"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
@@ -31292,66 +31265,68 @@
     <w:rsid w:val="00F37E97"/>
     <w:rsid w:val="00F4089C"/>
     <w:rsid w:val="00F40D0F"/>
     <w:rsid w:val="00F4104A"/>
     <w:rsid w:val="00F41216"/>
     <w:rsid w:val="00F4125B"/>
     <w:rsid w:val="00F41473"/>
     <w:rsid w:val="00F42100"/>
     <w:rsid w:val="00F4232A"/>
     <w:rsid w:val="00F42848"/>
     <w:rsid w:val="00F42EBC"/>
     <w:rsid w:val="00F43223"/>
     <w:rsid w:val="00F4417D"/>
     <w:rsid w:val="00F44C34"/>
     <w:rsid w:val="00F456B7"/>
     <w:rsid w:val="00F463B7"/>
     <w:rsid w:val="00F46C9D"/>
     <w:rsid w:val="00F46CC8"/>
     <w:rsid w:val="00F46D1A"/>
     <w:rsid w:val="00F46EBB"/>
     <w:rsid w:val="00F47843"/>
     <w:rsid w:val="00F50856"/>
     <w:rsid w:val="00F50FE7"/>
     <w:rsid w:val="00F510EF"/>
     <w:rsid w:val="00F513F9"/>
+    <w:rsid w:val="00F5188F"/>
     <w:rsid w:val="00F51A87"/>
     <w:rsid w:val="00F5225D"/>
     <w:rsid w:val="00F524BC"/>
     <w:rsid w:val="00F52DB7"/>
     <w:rsid w:val="00F543EE"/>
     <w:rsid w:val="00F54AC0"/>
     <w:rsid w:val="00F54D06"/>
     <w:rsid w:val="00F54FD7"/>
     <w:rsid w:val="00F55415"/>
     <w:rsid w:val="00F55958"/>
     <w:rsid w:val="00F56585"/>
     <w:rsid w:val="00F56B7A"/>
     <w:rsid w:val="00F56D93"/>
     <w:rsid w:val="00F56EF7"/>
     <w:rsid w:val="00F570CE"/>
     <w:rsid w:val="00F57295"/>
+    <w:rsid w:val="00F57465"/>
     <w:rsid w:val="00F57A06"/>
     <w:rsid w:val="00F57A4C"/>
     <w:rsid w:val="00F602B6"/>
     <w:rsid w:val="00F6053D"/>
     <w:rsid w:val="00F60721"/>
     <w:rsid w:val="00F608C9"/>
     <w:rsid w:val="00F60B5D"/>
     <w:rsid w:val="00F60BB0"/>
     <w:rsid w:val="00F60D57"/>
     <w:rsid w:val="00F60F79"/>
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F65F35"/>
     <w:rsid w:val="00F6612A"/>
@@ -31463,53 +31438,56 @@
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
     <w:rsid w:val="00FB2F39"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
+    <w:rsid w:val="00FC4341"/>
+    <w:rsid w:val="00FC5299"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
+    <w:rsid w:val="00FC6479"/>
     <w:rsid w:val="00FC6F7F"/>
     <w:rsid w:val="00FC7864"/>
     <w:rsid w:val="00FC78EF"/>
     <w:rsid w:val="00FC7B33"/>
     <w:rsid w:val="00FC7B47"/>
     <w:rsid w:val="00FD0121"/>
     <w:rsid w:val="00FD0BA0"/>
     <w:rsid w:val="00FD113F"/>
     <w:rsid w:val="00FD1A4D"/>
     <w:rsid w:val="00FD2515"/>
     <w:rsid w:val="00FD3078"/>
     <w:rsid w:val="00FD30D0"/>
     <w:rsid w:val="00FD335F"/>
     <w:rsid w:val="00FD354B"/>
     <w:rsid w:val="00FD385A"/>
     <w:rsid w:val="00FD3AD0"/>
     <w:rsid w:val="00FD3D27"/>
     <w:rsid w:val="00FD3E97"/>
     <w:rsid w:val="00FD4160"/>
     <w:rsid w:val="00FD457A"/>
     <w:rsid w:val="00FD46A5"/>
     <w:rsid w:val="00FD4BB5"/>
     <w:rsid w:val="00FD4BFB"/>
     <w:rsid w:val="00FD4E5C"/>
     <w:rsid w:val="00FD5116"/>
@@ -31689,50 +31667,51 @@
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
+    <w:rsid w:val="2A487658"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
@@ -32029,51 +32008,51 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7FB3A3FC"/>
-  <w15:docId w15:val="{E6E23F7D-CA89-44BF-AEB2-1D210E85A415}"/>
+  <w15:docId w15:val="{B2AF9B00-BC77-4BC7-A2D4-4C723A2835A0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -32431,51 +32410,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00506B17"/>
+    <w:rsid w:val="00DD2FE3"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BB5677"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -37003,51 +36982,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC3-66742&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.screencast.com/iyXFO3lBqJ6pX" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-create-a-requisition-using-commbuys-marketplace/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/laws-regs" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GRACE.CAFE@CCSUPPLIES.COM" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24771&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24765&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24772&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24764&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ccor@corrdistributors.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24767&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-create-a-requisition-using-commbuys-marketplace/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/learn-about-the-supplier-diversity-program-sdp" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/toxic-reduction-task-force" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24763&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24758&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael@lancelotjanitorial.com" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@milhench.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24759&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis@filochemical.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-565-reaffirming-and-expanding-the-massachusetts-supplier-diversity-program" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:momeara@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac110/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25011&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27866&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@cleancutsolutions.com" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sue@Dobmeierinc.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deames@hillnmakes.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstankus@hillyard.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=fac118&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24766&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-office" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24761&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24773&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jreynolds@thedurkincompany.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off52/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC3-66742&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24760&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24835&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eheroux@aramsco.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24774&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24762&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctraver@hillnmarkes.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24769&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24770&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:courtneyc@conlonproducts.net" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.glass@nextgensupply.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwhittemore@likarr.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC3-66742&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://app.screencast.com/iyXFO3lBqJ6pX" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-565-reaffirming-and-expanding-the-massachusetts-supplier-diversity-program" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rich@cleancutsolutions.com" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24759&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:momeara@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24766&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac111/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-OSD03-27866&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24773&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jreynolds@thedurkincompany.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24761&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac114/download" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-office" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC3-66742&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@topnotchsupplyinc.com" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eheroux@aramsco.com" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24760&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26506&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24835&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24762&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ctraver@hillnmarkes.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/hls06/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24769&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/fac110/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24770&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:courtneyc@conlonproducts.net" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dennis@filochemical.com" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jstankus@hillyard.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Michael@lancelotjanitorial.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/view/search/external/advancedSearchContractBlanket.xhtml?q=fac118&amp;currentDocType=contractBlankets" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matthew.glass@nextgensupply.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-25011&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:deames@hillnmakes.com" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dwhittemore@likarr.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sue@Dobmeierinc.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/off52/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.osha.gov/laws-regs" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24771&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24765&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gregg.manning@wbmason.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:GRACE.CAFE@CCSUPPLIES.COM" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/clt09/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24764&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24772&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24767&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24774&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/learn-about-the-supplier-diversity-program-sdp" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/toxic-reduction-task-force" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sec.state.ma.us/divisions/cis/maps.htm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24758&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ccor@corrdistributors.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24763&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mike@milhench.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -37328,52 +37307,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -37562,1584 +37565,97 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23D99F96-1E61-4ABB-BBD7-7A577F0C102E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
-[...9 lines deleted...]
-</clbl:labelList>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ADA4BD9-2CAA-4054-A951-E61E1B57DCA5}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>7155</Words>
-  <Characters>40784</Characters>
+  <Words>7060</Words>
+  <Characters>40244</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>339</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>335</Lines>
+  <Paragraphs>94</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47844</CharactersWithSpaces>
+  <CharactersWithSpaces>47210</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">