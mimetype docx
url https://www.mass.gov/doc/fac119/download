--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -157,186 +157,186 @@
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc210986451"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00873244">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="2112"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="44BD04F3" w14:textId="04746088" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00411B78" w:rsidP="00873244">
+          <w:p w14:paraId="44BD04F3" w14:textId="04746088" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00873244" w:rsidRPr="00411B78">
+              <w:r w:rsidRPr="00411B78">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Richard Levesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="395550FC" w14:textId="77777777" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873244">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>617-359-7269</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="086E25C6" w14:textId="77777777" w:rsidR="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A9E8AB8" w14:textId="2C9DD53B" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00411B78" w:rsidP="00873244">
+          <w:p w14:paraId="1A9E8AB8" w14:textId="2C9DD53B" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00873244" w:rsidRPr="00411B78">
+              <w:r w:rsidRPr="00411B78">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Miranda Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4ED9F959" w14:textId="1B3FAF37" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873244">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Phone: 617-359-7292</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="3E09FA39" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00B1168A" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00873244">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="1311"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
@@ -393,51 +393,51 @@
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Maximum End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB27D4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>One (1) two-year (2) renewal to July 31, 2029</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
@@ -539,51 +539,51 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="0089540D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
@@ -595,51 +595,51 @@
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="287CDF2F" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00873244" w:rsidRDefault="0064148A" w:rsidP="00873244">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873244">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quotes are not required for purchasing.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="598ACD9D" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="0089540D">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="103"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
@@ -673,98 +673,89 @@
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C38038" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00873244">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="456"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="1F585B2D" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00873244" w:rsidP="00953689">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="14685198" w14:textId="755F34DE" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006B4EBE" w:rsidP="78106F36">
             <w:r>
-              <w:t>OSD Contract Manager 9/23/2025</w:t>
-[...5 lines deleted...]
-              <w:t>OSD Contract Manager Email Link 10/16/2025</w:t>
+              <w:t xml:space="preserve">10.29.25 </w:t>
+            </w:r>
+            <w:r w:rsidR="73104381">
+              <w:t>Fixed Home Depot’s contact information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FB26E6C" w14:textId="77777777" w:rsidR="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="2DB3897F" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00CC5580">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
@@ -810,152 +801,99 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mass.gov/osd</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="2B07F77B" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="2AF7BD81" w14:textId="0855F202" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="27A473F4">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="27A473F4">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+        </w:rPr>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E685D">
+      <w:r w:rsidR="6CA86ABC" w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="27A473F4">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+        </w:rPr>
         <w:t xml:space="preserve">Page </w:t>
       </w:r>
-      <w:r w:rsidRPr="009E685D">
+      <w:r w:rsidR="3D467612" w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009E685D">
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="368B47ED" w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...59 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+        </w:rPr>
+        <w:t>17</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1037,50 +975,51 @@
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0CB6C966" w14:textId="55E373DF" w:rsidR="00426C41" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -5060,95 +4999,95 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Home Depot – Please click on the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00034DEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for instructions to establish an account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FB7989" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="42FB7989" w14:textId="1A9DE288" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lowe’s –</w:t>
       </w:r>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">If an Agency wants to set up an open billing account using a PO, they should set up an LCA Account with Synchrony Financial; see attached LCA (Lowes Commercial Account) Government Letterhead Instructions.  Please contact National Account Manager Ron Manning at </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidRPr="00034DEC">
+        <w:r w:rsidR="00117950" w:rsidRPr="004E25D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Ronald.Manning@Lowes.Com</w:t>
+          <w:t>Ron.Manning@Lowes.Com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call 774-613-1973. Mass State Contract Users can contact the Lowes Pro Government Support Team via email at </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00034DEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Government.Support@lowes.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -10114,51 +10053,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14502" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
         <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2570"/>
         <w:gridCol w:w="2840"/>
         <w:gridCol w:w="1377"/>
         <w:gridCol w:w="1469"/>
         <w:gridCol w:w="2154"/>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1382"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="08EC9EA9" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="08EC9EA9" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="679"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D064DB1" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:ind w:left="-120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="81" w:name="_Hlk198798005"/>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
@@ -10356,51 +10295,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B8D5BD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vendor SDP commitment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="3F37258F" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="3F37258F" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="788F7B8E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**Master MBPO (All contract documents)</w:t>
             </w:r>
           </w:p>
@@ -10544,51 +10483,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DE04155" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="32894E6C" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="32894E6C" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41A8A3F5" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Carr Hardware and Supply Company, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -10766,51 +10705,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37C242CC" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="052403F5" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="052403F5" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5892558E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Cason's Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11012,51 +10951,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SBPP, </w:t>
             </w:r>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">SDP Commitment: </w:t>
             </w:r>
             <w:r w:rsidR="00E81FE9" w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="6BA5E092" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="6BA5E092" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51B882E7" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DLP Industries, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11250,51 +11189,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="295637C2" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>30%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="5218BFFE" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="5218BFFE" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55A52BBC" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Everett Supply &amp; True Value Hardware</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11480,51 +11419,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D30BEE8" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="5FC9C1EB" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="5FC9C1EB" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A8A5AE7" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fernandes Lumber Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11726,51 +11665,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37AF6BDD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="29006558" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="29006558" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A213CE5" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FHC Industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -11976,51 +11915,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Certification Type: SBPP, SDP Commitment:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E81FE9" w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="473C40D1" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="473C40D1" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F3CACA6" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Home Depot U.S.A., Inc.</w:t>
             </w:r>
           </w:p>
@@ -12041,121 +11980,113 @@
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25884</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23E2DF11" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="23E2DF11" w14:textId="4FAD6CC9" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="1489178C" w:rsidP="27A473F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F3E0B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="27A473F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Jack Moran</w:t>
+              <w:t>Richard Nyberg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51946352" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="51946352" w14:textId="4A2BB343" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="1489178C" w:rsidP="27A473F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F3E0B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="27A473F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>617-538-0404</w:t>
+              <w:t>404-229-0188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44B319F4" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="44B319F4" w14:textId="67E4FEE7" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="1489178C" w:rsidP="27A473F4">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId73">
-              <w:r w:rsidRPr="006F3E0B">
+              <w:r w:rsidRPr="27A473F4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
-                <w:t>john_f_moran@homedepot.com</w:t>
+                <w:t>richard_nyberg@homedepot.com</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="006F3E0B">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25F78553" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12190,51 +12121,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B7EB6EB" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="3A0371D2" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="3A0371D2" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D8F7E0B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Lowe’s Companies, Inc. dba Lowe’s Home Center, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12293,66 +12224,66 @@
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D79A7A5" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>774-613-1973</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F213F88" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="2F213F88" w14:textId="404EC568" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Ronald.manning@lowes.com</w:t>
+              <w:t>Ron.manning@lowes.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298F0F09" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
@@ -12388,51 +12319,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AB2D788" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="13145924" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="13145924" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3132510B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Marine Lumber Operator Inc., dba Marine Home Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12635,51 +12566,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63782445" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="33FDEBD9" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="33FDEBD9" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EAC670A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Décor Group D.B.A. Richmond Hardware &amp; Plumbing Supply Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12831,51 +12762,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="292CBA90" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="17EBEA20" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="17EBEA20" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F4DACE3" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Tools Unlimited Inc </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13036,51 +12967,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="219623E6" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w14:paraId="265E4D6F" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w14:paraId="265E4D6F" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5081909C" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The Norfolk Companies, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13274,51 +13205,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45E2BC4A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="5D3D22F6" w14:textId="77777777" w:rsidTr="00E40989">
+      <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="5D3D22F6" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ACD5A0B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The Sherwin-Williams Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -13916,73 +13847,73 @@
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>00 Electrical equipment and components and supplies</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidRPr="00136036" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="368A2500" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="0BFEB5B4" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBA3602" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09"/>
+    <w:p w14:paraId="458D7A3B" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="064C0D15" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3E00F623" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9E916F" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09"/>
+    <w:p w14:paraId="45EF8264" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2ADE7A0F" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09">
+    <w:p w14:paraId="52C6D317" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -14420,51 +14351,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="0F41475B" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="66E19283" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -14914,51 +14845,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="2224524E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="3A6EA76E" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -15285,73 +15216,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="523246D5" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="704931B3" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD44CD7" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09"/>
+    <w:p w14:paraId="430489AD" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C1A9273" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="690228D9" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0271210B" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09"/>
+    <w:p w14:paraId="12E5FB81" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2119E1DB" w14:textId="77777777" w:rsidR="00E12E09" w:rsidRDefault="00E12E09">
+    <w:p w14:paraId="1E6EA387" w14:textId="77777777" w:rsidR="00D62B61" w:rsidRDefault="00D62B61">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
@@ -15591,51 +15522,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="361F6C2C" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="76F6A288" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -15938,51 +15869,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="7DAA39C8" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="4B7ED4AE" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19289,50 +19220,51 @@
     <w:rsid w:val="00105721"/>
     <w:rsid w:val="001063FA"/>
     <w:rsid w:val="001065F9"/>
     <w:rsid w:val="00106F6D"/>
     <w:rsid w:val="001073B2"/>
     <w:rsid w:val="0011048B"/>
     <w:rsid w:val="0011060A"/>
     <w:rsid w:val="00111113"/>
     <w:rsid w:val="0011136C"/>
     <w:rsid w:val="00111D01"/>
     <w:rsid w:val="00112067"/>
     <w:rsid w:val="00112124"/>
     <w:rsid w:val="001123CE"/>
     <w:rsid w:val="0011288D"/>
     <w:rsid w:val="001136A0"/>
     <w:rsid w:val="00113C29"/>
     <w:rsid w:val="00113CF8"/>
     <w:rsid w:val="00113FE7"/>
     <w:rsid w:val="001148FB"/>
     <w:rsid w:val="00115CE6"/>
     <w:rsid w:val="0011605C"/>
     <w:rsid w:val="00116495"/>
     <w:rsid w:val="001168CC"/>
     <w:rsid w:val="00116C1E"/>
     <w:rsid w:val="00117182"/>
+    <w:rsid w:val="00117950"/>
     <w:rsid w:val="00117FF3"/>
     <w:rsid w:val="00120458"/>
     <w:rsid w:val="00120504"/>
     <w:rsid w:val="0012078B"/>
     <w:rsid w:val="001209D4"/>
     <w:rsid w:val="00120A10"/>
     <w:rsid w:val="00121D78"/>
     <w:rsid w:val="001228CC"/>
     <w:rsid w:val="00122C58"/>
     <w:rsid w:val="00123283"/>
     <w:rsid w:val="00123385"/>
     <w:rsid w:val="0012351B"/>
     <w:rsid w:val="00123522"/>
     <w:rsid w:val="00123735"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00123BF6"/>
     <w:rsid w:val="00124518"/>
     <w:rsid w:val="00124E63"/>
     <w:rsid w:val="001251D1"/>
     <w:rsid w:val="001254E0"/>
     <w:rsid w:val="00125CC1"/>
     <w:rsid w:val="0012617C"/>
     <w:rsid w:val="0012681F"/>
     <w:rsid w:val="00126ABE"/>
     <w:rsid w:val="00126ACA"/>
@@ -19617,50 +19549,51 @@
     <w:rsid w:val="001E44D0"/>
     <w:rsid w:val="001E4981"/>
     <w:rsid w:val="001E4A13"/>
     <w:rsid w:val="001E5370"/>
     <w:rsid w:val="001E59B2"/>
     <w:rsid w:val="001E5D17"/>
     <w:rsid w:val="001E6D4A"/>
     <w:rsid w:val="001E742A"/>
     <w:rsid w:val="001E79A5"/>
     <w:rsid w:val="001E7EF5"/>
     <w:rsid w:val="001F0019"/>
     <w:rsid w:val="001F001E"/>
     <w:rsid w:val="001F038E"/>
     <w:rsid w:val="001F05C1"/>
     <w:rsid w:val="001F17FD"/>
     <w:rsid w:val="001F1B8E"/>
     <w:rsid w:val="001F276D"/>
     <w:rsid w:val="001F2776"/>
     <w:rsid w:val="001F375E"/>
     <w:rsid w:val="001F3901"/>
     <w:rsid w:val="001F4035"/>
     <w:rsid w:val="001F452E"/>
     <w:rsid w:val="001F4888"/>
     <w:rsid w:val="001F4D57"/>
     <w:rsid w:val="001F507E"/>
+    <w:rsid w:val="001F5C65"/>
     <w:rsid w:val="001F5FC0"/>
     <w:rsid w:val="001F61FD"/>
     <w:rsid w:val="001F641F"/>
     <w:rsid w:val="001F677B"/>
     <w:rsid w:val="001F743D"/>
     <w:rsid w:val="001F7620"/>
     <w:rsid w:val="001F76AB"/>
     <w:rsid w:val="001F785E"/>
     <w:rsid w:val="001F7D27"/>
     <w:rsid w:val="00200813"/>
     <w:rsid w:val="00200A54"/>
     <w:rsid w:val="00200F92"/>
     <w:rsid w:val="002014FE"/>
     <w:rsid w:val="002016EF"/>
     <w:rsid w:val="00201AFF"/>
     <w:rsid w:val="00201B09"/>
     <w:rsid w:val="00201FB5"/>
     <w:rsid w:val="00201FF2"/>
     <w:rsid w:val="002022DF"/>
     <w:rsid w:val="002028FB"/>
     <w:rsid w:val="00202D47"/>
     <w:rsid w:val="00202D56"/>
     <w:rsid w:val="0020314F"/>
     <w:rsid w:val="0020323F"/>
     <w:rsid w:val="00203A0C"/>
@@ -20528,50 +20461,51 @@
     <w:rsid w:val="00435270"/>
     <w:rsid w:val="00435716"/>
     <w:rsid w:val="004357E8"/>
     <w:rsid w:val="00435C46"/>
     <w:rsid w:val="00435DA6"/>
     <w:rsid w:val="00435E08"/>
     <w:rsid w:val="00436AAA"/>
     <w:rsid w:val="004370DA"/>
     <w:rsid w:val="0043720D"/>
     <w:rsid w:val="0044056C"/>
     <w:rsid w:val="00440CA2"/>
     <w:rsid w:val="00440DBE"/>
     <w:rsid w:val="00441612"/>
     <w:rsid w:val="00441883"/>
     <w:rsid w:val="00441AE2"/>
     <w:rsid w:val="00441C35"/>
     <w:rsid w:val="00441CA5"/>
     <w:rsid w:val="00441D53"/>
     <w:rsid w:val="0044257F"/>
     <w:rsid w:val="00442B03"/>
     <w:rsid w:val="00442EFA"/>
     <w:rsid w:val="00442EFC"/>
     <w:rsid w:val="00442F68"/>
     <w:rsid w:val="00443224"/>
     <w:rsid w:val="004441DA"/>
+    <w:rsid w:val="004443A2"/>
     <w:rsid w:val="00444819"/>
     <w:rsid w:val="00444C0B"/>
     <w:rsid w:val="00444D12"/>
     <w:rsid w:val="004454C6"/>
     <w:rsid w:val="00445A39"/>
     <w:rsid w:val="00445B77"/>
     <w:rsid w:val="00445C84"/>
     <w:rsid w:val="004466B5"/>
     <w:rsid w:val="00446821"/>
     <w:rsid w:val="00446880"/>
     <w:rsid w:val="00446F5D"/>
     <w:rsid w:val="00447266"/>
     <w:rsid w:val="004477E9"/>
     <w:rsid w:val="00447AE9"/>
     <w:rsid w:val="00447CEA"/>
     <w:rsid w:val="00450135"/>
     <w:rsid w:val="004504A1"/>
     <w:rsid w:val="004508ED"/>
     <w:rsid w:val="0045097F"/>
     <w:rsid w:val="004517CD"/>
     <w:rsid w:val="00451F2D"/>
     <w:rsid w:val="0045231F"/>
     <w:rsid w:val="004525F4"/>
     <w:rsid w:val="00452A75"/>
     <w:rsid w:val="0045374F"/>
@@ -20832,50 +20766,51 @@
     <w:rsid w:val="00504FC3"/>
     <w:rsid w:val="00506534"/>
     <w:rsid w:val="00506646"/>
     <w:rsid w:val="0050681A"/>
     <w:rsid w:val="00506B17"/>
     <w:rsid w:val="00506FF3"/>
     <w:rsid w:val="005074EF"/>
     <w:rsid w:val="00507A5B"/>
     <w:rsid w:val="00507FA3"/>
     <w:rsid w:val="00510161"/>
     <w:rsid w:val="0051083C"/>
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="005120C8"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
+    <w:rsid w:val="005142DA"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
@@ -21077,50 +21012,51 @@
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
     <w:rsid w:val="005A4667"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A5C4D"/>
     <w:rsid w:val="005A5FA8"/>
     <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
+    <w:rsid w:val="005A6CC1"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
@@ -21314,50 +21250,51 @@
     <w:rsid w:val="00632EC7"/>
     <w:rsid w:val="00632F85"/>
     <w:rsid w:val="00633557"/>
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
     <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
     <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
     <w:rsid w:val="00643DF1"/>
+    <w:rsid w:val="00643E5C"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
     <w:rsid w:val="00651E56"/>
     <w:rsid w:val="006523FD"/>
     <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
     <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
@@ -21533,50 +21470,51 @@
     <w:rsid w:val="006A4A2A"/>
     <w:rsid w:val="006A5505"/>
     <w:rsid w:val="006A59E5"/>
     <w:rsid w:val="006A5AE4"/>
     <w:rsid w:val="006A5E3A"/>
     <w:rsid w:val="006A6154"/>
     <w:rsid w:val="006A7206"/>
     <w:rsid w:val="006A75D8"/>
     <w:rsid w:val="006A7603"/>
     <w:rsid w:val="006A7FD2"/>
     <w:rsid w:val="006B007F"/>
     <w:rsid w:val="006B0893"/>
     <w:rsid w:val="006B0B2D"/>
     <w:rsid w:val="006B0E37"/>
     <w:rsid w:val="006B0FC2"/>
     <w:rsid w:val="006B1496"/>
     <w:rsid w:val="006B1756"/>
     <w:rsid w:val="006B1A9D"/>
     <w:rsid w:val="006B1B80"/>
     <w:rsid w:val="006B2248"/>
     <w:rsid w:val="006B3355"/>
     <w:rsid w:val="006B3494"/>
     <w:rsid w:val="006B4069"/>
     <w:rsid w:val="006B4209"/>
     <w:rsid w:val="006B4618"/>
+    <w:rsid w:val="006B4EBE"/>
     <w:rsid w:val="006B516B"/>
     <w:rsid w:val="006B5F31"/>
     <w:rsid w:val="006B64D7"/>
     <w:rsid w:val="006B64D8"/>
     <w:rsid w:val="006B681F"/>
     <w:rsid w:val="006B7B27"/>
     <w:rsid w:val="006C0188"/>
     <w:rsid w:val="006C067C"/>
     <w:rsid w:val="006C0C5B"/>
     <w:rsid w:val="006C0D7D"/>
     <w:rsid w:val="006C0F06"/>
     <w:rsid w:val="006C15B9"/>
     <w:rsid w:val="006C1977"/>
     <w:rsid w:val="006C26B7"/>
     <w:rsid w:val="006C2811"/>
     <w:rsid w:val="006C2D38"/>
     <w:rsid w:val="006C2DAB"/>
     <w:rsid w:val="006C3491"/>
     <w:rsid w:val="006C356B"/>
     <w:rsid w:val="006C38C9"/>
     <w:rsid w:val="006C3AA4"/>
     <w:rsid w:val="006C3FA8"/>
     <w:rsid w:val="006C3FD0"/>
     <w:rsid w:val="006C43CF"/>
     <w:rsid w:val="006C6312"/>
@@ -22914,50 +22852,51 @@
     <w:rsid w:val="00A505AE"/>
     <w:rsid w:val="00A507D2"/>
     <w:rsid w:val="00A50DED"/>
     <w:rsid w:val="00A51210"/>
     <w:rsid w:val="00A515DF"/>
     <w:rsid w:val="00A516AE"/>
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
     <w:rsid w:val="00A52024"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
+    <w:rsid w:val="00A60184"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A617F9"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
     <w:rsid w:val="00A63214"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A6581E"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A6698E"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A67D05"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
@@ -23705,50 +23644,51 @@
     <w:rsid w:val="00C56A7A"/>
     <w:rsid w:val="00C56CC6"/>
     <w:rsid w:val="00C56F96"/>
     <w:rsid w:val="00C574E6"/>
     <w:rsid w:val="00C57965"/>
     <w:rsid w:val="00C57AAD"/>
     <w:rsid w:val="00C60980"/>
     <w:rsid w:val="00C61011"/>
     <w:rsid w:val="00C6177E"/>
     <w:rsid w:val="00C61A5C"/>
     <w:rsid w:val="00C622D5"/>
     <w:rsid w:val="00C62548"/>
     <w:rsid w:val="00C63CD1"/>
     <w:rsid w:val="00C63E0C"/>
     <w:rsid w:val="00C649AB"/>
     <w:rsid w:val="00C64FAF"/>
     <w:rsid w:val="00C653B3"/>
     <w:rsid w:val="00C6715F"/>
     <w:rsid w:val="00C67564"/>
     <w:rsid w:val="00C67682"/>
     <w:rsid w:val="00C67C10"/>
     <w:rsid w:val="00C70A4C"/>
     <w:rsid w:val="00C70F3C"/>
     <w:rsid w:val="00C710D9"/>
     <w:rsid w:val="00C711A9"/>
+    <w:rsid w:val="00C716CE"/>
     <w:rsid w:val="00C72039"/>
     <w:rsid w:val="00C721A8"/>
     <w:rsid w:val="00C7300A"/>
     <w:rsid w:val="00C732F1"/>
     <w:rsid w:val="00C7367F"/>
     <w:rsid w:val="00C73B42"/>
     <w:rsid w:val="00C73C16"/>
     <w:rsid w:val="00C74A6A"/>
     <w:rsid w:val="00C74DB0"/>
     <w:rsid w:val="00C755ED"/>
     <w:rsid w:val="00C75914"/>
     <w:rsid w:val="00C759B2"/>
     <w:rsid w:val="00C75D6D"/>
     <w:rsid w:val="00C764DD"/>
     <w:rsid w:val="00C769C8"/>
     <w:rsid w:val="00C76B10"/>
     <w:rsid w:val="00C76C87"/>
     <w:rsid w:val="00C77C15"/>
     <w:rsid w:val="00C77FDB"/>
     <w:rsid w:val="00C80375"/>
     <w:rsid w:val="00C8057F"/>
     <w:rsid w:val="00C80750"/>
     <w:rsid w:val="00C80D9B"/>
     <w:rsid w:val="00C8141C"/>
     <w:rsid w:val="00C818D3"/>
@@ -24076,50 +24016,51 @@
     <w:rsid w:val="00D52DED"/>
     <w:rsid w:val="00D53B2A"/>
     <w:rsid w:val="00D540A5"/>
     <w:rsid w:val="00D542F2"/>
     <w:rsid w:val="00D5430D"/>
     <w:rsid w:val="00D55329"/>
     <w:rsid w:val="00D553C4"/>
     <w:rsid w:val="00D555A8"/>
     <w:rsid w:val="00D55714"/>
     <w:rsid w:val="00D55B10"/>
     <w:rsid w:val="00D55E65"/>
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57678"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
+    <w:rsid w:val="00D62B61"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D649DE"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
@@ -25155,116 +25096,121 @@
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
+    <w:rsid w:val="1489178C"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
     <w:rsid w:val="17647B73"/>
+    <w:rsid w:val="1765F24B"/>
     <w:rsid w:val="1788A12D"/>
     <w:rsid w:val="179ADDA2"/>
     <w:rsid w:val="1803DD5F"/>
     <w:rsid w:val="18DBD688"/>
     <w:rsid w:val="19212E0F"/>
     <w:rsid w:val="19928CC3"/>
     <w:rsid w:val="19C288DD"/>
     <w:rsid w:val="1A6CF678"/>
     <w:rsid w:val="1B2A4C94"/>
     <w:rsid w:val="1B7813E7"/>
     <w:rsid w:val="1D821450"/>
     <w:rsid w:val="1DBE6FF2"/>
     <w:rsid w:val="1DD74FFE"/>
     <w:rsid w:val="1DEAFB1E"/>
     <w:rsid w:val="1DEB057D"/>
     <w:rsid w:val="1E5F70B0"/>
     <w:rsid w:val="1E758CBD"/>
     <w:rsid w:val="1EAC55DA"/>
     <w:rsid w:val="1EE2BAA3"/>
     <w:rsid w:val="1F0EF5C6"/>
+    <w:rsid w:val="1F56B401"/>
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
+    <w:rsid w:val="23DBBB46"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
+    <w:rsid w:val="27A473F4"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
@@ -25277,78 +25223,80 @@
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
     <w:rsid w:val="33BB9C91"/>
     <w:rsid w:val="33E2ABA4"/>
     <w:rsid w:val="33ED6D7C"/>
     <w:rsid w:val="342BD182"/>
     <w:rsid w:val="343D783B"/>
     <w:rsid w:val="3481C652"/>
     <w:rsid w:val="3481DB8B"/>
     <w:rsid w:val="348503EB"/>
     <w:rsid w:val="354EFDAC"/>
     <w:rsid w:val="356329EE"/>
     <w:rsid w:val="35A009EC"/>
     <w:rsid w:val="35B80FFE"/>
+    <w:rsid w:val="368B47ED"/>
     <w:rsid w:val="36D3BC6C"/>
     <w:rsid w:val="3746FD72"/>
     <w:rsid w:val="37B39D51"/>
     <w:rsid w:val="37B7AB2F"/>
     <w:rsid w:val="37D9AB18"/>
     <w:rsid w:val="37E3E6A4"/>
     <w:rsid w:val="380429CB"/>
     <w:rsid w:val="38092712"/>
     <w:rsid w:val="383AF6BC"/>
     <w:rsid w:val="388A199C"/>
     <w:rsid w:val="3894F219"/>
     <w:rsid w:val="38A1C645"/>
     <w:rsid w:val="38E2768A"/>
     <w:rsid w:val="38EC5CF0"/>
     <w:rsid w:val="39FE3EBC"/>
     <w:rsid w:val="3A2AD87D"/>
     <w:rsid w:val="3A358370"/>
     <w:rsid w:val="3A4D3B1F"/>
     <w:rsid w:val="3ADE6DD2"/>
     <w:rsid w:val="3AF69438"/>
     <w:rsid w:val="3B0209F9"/>
     <w:rsid w:val="3B99B6AD"/>
     <w:rsid w:val="3B9FD876"/>
     <w:rsid w:val="3BF261C1"/>
     <w:rsid w:val="3C4BAF29"/>
     <w:rsid w:val="3C9336CA"/>
     <w:rsid w:val="3CC77A80"/>
     <w:rsid w:val="3CF9746A"/>
+    <w:rsid w:val="3D467612"/>
     <w:rsid w:val="3D5B8B69"/>
     <w:rsid w:val="3DDCB5F8"/>
     <w:rsid w:val="3E657CDD"/>
     <w:rsid w:val="3E70D751"/>
     <w:rsid w:val="3EBF43C7"/>
     <w:rsid w:val="3F25643A"/>
     <w:rsid w:val="3FADDAA1"/>
     <w:rsid w:val="3FB688F3"/>
     <w:rsid w:val="3FBF20C2"/>
     <w:rsid w:val="3FC1C036"/>
     <w:rsid w:val="3FF5BFDD"/>
     <w:rsid w:val="410F418A"/>
     <w:rsid w:val="41E4A38E"/>
     <w:rsid w:val="41E66EF7"/>
     <w:rsid w:val="421609B3"/>
     <w:rsid w:val="42CC7BC5"/>
     <w:rsid w:val="42FA3B1F"/>
     <w:rsid w:val="433C90B5"/>
     <w:rsid w:val="43504692"/>
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
@@ -25427,135 +25375,139 @@
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
+    <w:rsid w:val="62569924"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
     <w:rsid w:val="6C8BC9D4"/>
     <w:rsid w:val="6C9037D6"/>
+    <w:rsid w:val="6CA86ABC"/>
     <w:rsid w:val="6CB20F46"/>
     <w:rsid w:val="6CCCE185"/>
     <w:rsid w:val="6CEB32F8"/>
     <w:rsid w:val="6D30A8ED"/>
     <w:rsid w:val="6D792608"/>
     <w:rsid w:val="6DF6F073"/>
     <w:rsid w:val="6E354CD8"/>
     <w:rsid w:val="6E611EC1"/>
     <w:rsid w:val="6EC15611"/>
     <w:rsid w:val="6EF0E23F"/>
     <w:rsid w:val="6F284485"/>
     <w:rsid w:val="6F337DC9"/>
     <w:rsid w:val="6F617601"/>
     <w:rsid w:val="701D9B55"/>
     <w:rsid w:val="70398423"/>
     <w:rsid w:val="704DA716"/>
     <w:rsid w:val="7060DD5F"/>
     <w:rsid w:val="707CDF24"/>
     <w:rsid w:val="70C577DD"/>
     <w:rsid w:val="7144E635"/>
     <w:rsid w:val="7169CE7A"/>
     <w:rsid w:val="717BB15F"/>
     <w:rsid w:val="7182B05F"/>
     <w:rsid w:val="7262548E"/>
     <w:rsid w:val="73000191"/>
+    <w:rsid w:val="73104381"/>
     <w:rsid w:val="73580557"/>
     <w:rsid w:val="73938ACA"/>
     <w:rsid w:val="740F3C8E"/>
     <w:rsid w:val="742D32A1"/>
     <w:rsid w:val="7466226B"/>
     <w:rsid w:val="748BE7A0"/>
     <w:rsid w:val="7495034C"/>
     <w:rsid w:val="74B80E6F"/>
     <w:rsid w:val="74E45228"/>
     <w:rsid w:val="751EBE88"/>
     <w:rsid w:val="754E27E2"/>
     <w:rsid w:val="7581A57D"/>
     <w:rsid w:val="75CF1133"/>
     <w:rsid w:val="75D2AC8C"/>
     <w:rsid w:val="7678258D"/>
     <w:rsid w:val="76DCC80E"/>
     <w:rsid w:val="77519A79"/>
     <w:rsid w:val="7765D499"/>
     <w:rsid w:val="77B127A8"/>
     <w:rsid w:val="77B47E03"/>
     <w:rsid w:val="77EFA906"/>
+    <w:rsid w:val="78106F36"/>
     <w:rsid w:val="781B82A9"/>
     <w:rsid w:val="781E0393"/>
     <w:rsid w:val="785E1FF0"/>
     <w:rsid w:val="789815B9"/>
     <w:rsid w:val="78D3B94A"/>
     <w:rsid w:val="78E7DA5F"/>
     <w:rsid w:val="78E9BBF5"/>
     <w:rsid w:val="78F9E125"/>
     <w:rsid w:val="79269133"/>
     <w:rsid w:val="798AF338"/>
     <w:rsid w:val="7A19C844"/>
     <w:rsid w:val="7A33C547"/>
     <w:rsid w:val="7AC076D5"/>
     <w:rsid w:val="7AFEAAEE"/>
     <w:rsid w:val="7B440EC2"/>
     <w:rsid w:val="7BD6BBA1"/>
     <w:rsid w:val="7C366D10"/>
     <w:rsid w:val="7CA547BB"/>
     <w:rsid w:val="7CE59954"/>
     <w:rsid w:val="7CEE9EB0"/>
     <w:rsid w:val="7D236138"/>
     <w:rsid w:val="7D301B84"/>
     <w:rsid w:val="7D59E082"/>
     <w:rsid w:val="7DD52B1D"/>
     <w:rsid w:val="7DE31BB7"/>
@@ -30524,51 +30476,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ronald.Manning@Lowes.Com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lcason@casonsequipment.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/Raydi.J.Soto/Downloads/PO-23-1080-OSD03-SRC01-29044" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin.j.mccoy@sherwin.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC04-71780&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28648&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26148&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/tradesperson-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Government.Support@lowes.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-us-west-2.amazonaws.com/naspovaluepoint/1647474896_Lowes%20Home%20Centers%20LLC%20NASPO%20Contract%20(1).pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandeslumber@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26313&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@toolsunlimitedinc.net" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homedepot.com/c/Government_Customers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__http:/www.lowes.com/NASPO__;!!CPANwP4y!TFjTDc6IuF8SQ_SDJAO0TJ0VS7qFcgWIqhKODqRTh7rCvFuUj7RR6fsFokA8bueNDguRE16LCBt8O6ICpNPtkmAb2GRv$" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.levesque@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajflattanzi@comcast.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26315&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29044&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30469&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30468&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lowes.com/naspo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naspovaluepoint.org/?gclid=Cj0KCQjwwevLBRCGARIsAKnAJvetinlxzeI6j9nQ-0yP2tWUi6MshUJjj1imMrX3Y1SYhyk5ayFkcrEaAkn2EALw_wcB" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26314&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpatterson@dlpindustries.net" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:john_f_moran@homedepot.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@richmondhardware.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/publicsector/suppliers/the-home-depot-pro-institutional/contract-documentation" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureengibbons@marinehomecenter.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@fhcindustrial.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/purchasing-from-statewide-contracts-tips-for-out-of-state-buyers/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26312&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjenkins@thenorfolkcompanies.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ron.Manning@Lowes.Com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lcason@casonsequipment.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/Raydi.J.Soto/Downloads/PO-23-1080-OSD03-SRC01-29044" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin.j.mccoy@sherwin.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC04-71780&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28648&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26148&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/tradesperson-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Government.Support@lowes.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-us-west-2.amazonaws.com/naspovaluepoint/1647474896_Lowes%20Home%20Centers%20LLC%20NASPO%20Contract%20(1).pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandeslumber@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26313&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@toolsunlimitedinc.net" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homedepot.com/c/Government_Customers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__http:/www.lowes.com/NASPO__;!!CPANwP4y!TFjTDc6IuF8SQ_SDJAO0TJ0VS7qFcgWIqhKODqRTh7rCvFuUj7RR6fsFokA8bueNDguRE16LCBt8O6ICpNPtkmAb2GRv$" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.levesque@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajflattanzi@comcast.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26315&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29044&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30469&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30468&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lowes.com/naspo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naspovaluepoint.org/?gclid=Cj0KCQjwwevLBRCGARIsAKnAJvetinlxzeI6j9nQ-0yP2tWUi6MshUJjj1imMrX3Y1SYhyk5ayFkcrEaAkn2EALw_wcB" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26314&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpatterson@dlpindustries.net" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard_nyberg@homedepot.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@richmondhardware.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/publicsector/suppliers/the-home-depot-pro-institutional/contract-documentation" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureengibbons@marinehomecenter.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@fhcindustrial.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/purchasing-from-statewide-contracts-tips-for-out-of-state-buyers/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26312&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjenkins@thenorfolkcompanies.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -30873,52 +30825,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c40c71eb45016cd4244ce3126ed5c8e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -31110,1566 +31062,106 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
-    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80EBE011-2DFE-4158-B226-7E069468D09F}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82F4EDCB-73A2-4625-88A9-71D0062A6E03}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5711</Words>
-  <Characters>32553</Characters>
+  <Words>5703</Words>
+  <Characters>32512</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>271</Lines>
+  <Lines>270</Lines>
   <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38188</CharactersWithSpaces>
+  <CharactersWithSpaces>38139</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">