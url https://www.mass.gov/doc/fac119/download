--- v1 (2025-12-04)
+++ v2 (2026-01-31)
@@ -106,105 +106,106 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E236867" w14:textId="77777777" w:rsidR="00B96467" w:rsidRDefault="00B96467" w:rsidP="00B22304">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1717ED78" w14:textId="79BDA70F" w:rsidR="00680B92" w:rsidRPr="00CA6AF1" w:rsidRDefault="00680B92" w:rsidP="00873244">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc206762628"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc210986450"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216433538"/>
       <w:r w:rsidRPr="00CA6AF1">
         <w:t>Contract User Guid</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00873244">
         <w:t>FAC119: Maintenance Repair and Operations Retail Products &amp; Supplies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="65E4D6F9" w14:textId="77777777" w:rsidR="00680B92" w:rsidRPr="00680B92" w:rsidRDefault="00680B92" w:rsidP="00680B92">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="390D03BC" w14:textId="3EC8D3D3" w:rsidR="00C9452E" w:rsidRDefault="00803BD8" w:rsidP="000D14FA">
+    <w:p w14:paraId="7AE82CDB" w14:textId="36223635" w:rsidR="003A79E6" w:rsidRPr="003A79E6" w:rsidRDefault="00803BD8" w:rsidP="003A79E6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc210986451"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc216433539"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="78106F36">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="003A79E6">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="2112"/>
+          <w:trHeight w:val="1572"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -232,107 +233,98 @@
                 </w:rPr>
                 <w:t>Richard Levesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="395550FC" w14:textId="77777777" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873244">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>617-359-7269</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="086E25C6" w14:textId="77777777" w:rsidR="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
+          <w:p w14:paraId="086E25C6" w14:textId="77777777" w:rsidR="00873244" w:rsidRPr="003A79E6" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
+              <w:rPr>
+                <w:color w:val="auto"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A9E8AB8" w14:textId="2C9DD53B" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="00411B78">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Miranda Beaudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4ED9F959" w14:textId="1B3FAF37" w:rsidR="00873244" w:rsidRPr="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
+          <w:p w14:paraId="18E36C1D" w14:textId="5533B983" w:rsidR="00B1168A" w:rsidRPr="00606368" w:rsidRDefault="00873244" w:rsidP="003A79E6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
+                <w:color w:val="auto"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00873244">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:t>617-359-7292</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="78106F36">
         <w:trPr>
           <w:trHeight w:val="1311"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
@@ -539,187 +531,173 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="78106F36">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="003A79E6">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="393"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="287CDF2F" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00873244" w:rsidRDefault="0064148A" w:rsidP="00873244">
+          <w:p w14:paraId="598ACD9D" w14:textId="3B052A76" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="003A79E6">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00873244">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quotes are not required for purchasing.</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="78106F36">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="003A79E6">
         <w:trPr>
-          <w:trHeight w:val="103"/>
+          <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="334E9C00" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
+          <w:p w14:paraId="69C38038" w14:textId="5B0A28F1" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="003A79E6">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Refer to</w:t>
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69C38038" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
-[...6 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="78106F36">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="003A79E6">
         <w:trPr>
-          <w:trHeight w:val="456"/>
+          <w:trHeight w:val="672"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -732,59 +710,74 @@
             <w:r>
               <w:t xml:space="preserve">10.29.25 </w:t>
             </w:r>
             <w:r w:rsidR="73104381">
               <w:t>Fixed Home Depot’s contact information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FB26E6C" w14:textId="77777777" w:rsidR="00873244" w:rsidRDefault="00873244" w:rsidP="00873244">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EE53A3B" w14:textId="2DB3897F" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00CC5580">
+    <w:p w14:paraId="1321B5EA" w14:textId="77777777" w:rsidR="003A79E6" w:rsidRDefault="003A79E6" w:rsidP="00873244">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE53A3B" w14:textId="2DB3897F" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="003A79E6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9165"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
@@ -801,131 +794,125 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mass.gov/osd</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AF7BD81" w14:textId="0855F202" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="27A473F4">
+    <w:p w14:paraId="2AF7BD81" w14:textId="50C2A6C6" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="003A79E6">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E685D">
+      <w:r w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:tab/>
+        </w:rPr>
+        <w:t>Template Version: 9.0</w:t>
+      </w:r>
+      <w:r w:rsidR="6CA86ABC" w:rsidRPr="27A473F4">
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
         </w:rPr>
-        <w:t>Template Version: 9.0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="6CA86ABC" w:rsidRPr="27A473F4">
+        <w:t xml:space="preserve">Page </w:t>
+      </w:r>
+      <w:r w:rsidR="3D467612" w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
         </w:rPr>
-        <w:t xml:space="preserve">Page </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="3D467612" w:rsidRPr="27A473F4">
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="368B47ED" w:rsidRPr="27A473F4">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
+    <w:p w14:paraId="7D2DD00E" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="003A79E6">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>One Ashburton Place, Room 1608 Boston, MA, 02108-1552</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25388760" w14:textId="23DADA28" w:rsidR="007D0521" w:rsidRDefault="00AC1E9E" w:rsidP="00C9452E">
+    <w:p w14:paraId="25388760" w14:textId="23DADA28" w:rsidR="007D0521" w:rsidRDefault="00AC1E9E" w:rsidP="003A79E6">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tel</w:t>
       </w:r>
       <w:r w:rsidR="004F636A">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ephone</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
@@ -987,2252 +974,2252 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0CB6C966" w14:textId="55E373DF" w:rsidR="00426C41" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="106CDCD8" w14:textId="0AB85F40" w:rsidR="00024230" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
           <w:r>
             <w:rPr>
               <w:bCs w:val="0"/>
               <w:caps/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:hyperlink w:anchor="_Toc210986450" w:history="1">
-            <w:r w:rsidR="00426C41" w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433538" w:history="1">
+            <w:r w:rsidR="00024230" w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
               </w:rPr>
               <w:t>Contract User Guide FAC119: Maintenance Repair and Operations Retail Products &amp; Supplies</w:t>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986450 \h </w:instrText>
-[...1 lines deleted...]
-            <w:r w:rsidR="00426C41">
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433538 \h </w:instrText>
+            </w:r>
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00426C41">
+            <w:r w:rsidR="00024230">
               <w:rPr>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B59044D" w14:textId="050B93C8" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="3B610211" w14:textId="2D0EB421" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986451" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433539" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Overview</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986451 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433539 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0106EB4C" w14:textId="7BEBE5B6" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="1399177A" w14:textId="1A0422E9" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986452" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433540" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Summary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986452 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433540 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="017D769D" w14:textId="43690AE6" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="732659DE" w14:textId="64CBB333" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986453" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433541" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Benefits and Cost Savings</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986453 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433541 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="453C1AC3" w14:textId="6E503C57" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="21527C7B" w14:textId="1367F584" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986454" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433542" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Categories</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986454 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433542 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2DDB72E2" w14:textId="6AB30104" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="747E44A3" w14:textId="137DADAA" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986455" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433543" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986455 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433543 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="56D310A2" w14:textId="1DA8A426" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="2B1C05C5" w14:textId="4EB41EB0" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986456" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433544" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Who May Use the Contract</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986456 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433544 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7A31EA18" w14:textId="56969EE8" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="6D162769" w14:textId="74DECB07" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986457" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433545" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Pricing Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986457 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433545 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="67EE935A" w14:textId="20BC4847" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="05F2E6FA" w14:textId="37A1BE1A" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986458" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433546" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>For Purchases from Lowe’s and Home Depot Only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986458 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433546 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4697CE9E" w14:textId="57A33E4A" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="5293B3CD" w14:textId="447B0253" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986459" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433547" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase Options</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986459 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433547 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="48DE64F4" w14:textId="1563F4C8" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="0765950B" w14:textId="44BA764D" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986460" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433548" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Setting Up a COMMBUYS Account</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986460 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433548 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="16D3D184" w14:textId="70FB428E" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="5F138B1B" w14:textId="3D63A189" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986461" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433549" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Contract Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986461 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433549 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="57196581" w14:textId="009CAEF6" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="0BCC68EC" w14:textId="47B5DB64" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986462" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433550" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Finding Vendor-Specific Documents</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986462 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433550 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0457FAAE" w14:textId="5051266B" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="3BE1DE9B" w14:textId="0BFE8DB3" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986463" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433551" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Office (SDO) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986463 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433551 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3E389F81" w14:textId="11E70D08" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="6325B4FA" w14:textId="6543C7C7" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986464" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433552" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986464 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433552 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1D4BFDD8" w14:textId="55EF3D08" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="389CBE67" w14:textId="59B4860A" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC3"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:iCs w:val="0"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986465" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433553" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986465 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433553 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0756031E" w14:textId="20C373DF" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="70413840" w14:textId="441911E2" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986466" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433554" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Subcontractors</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986466 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433554 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="09C2397E" w14:textId="28851D7E" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="1117F05B" w14:textId="11864F20" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986467" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433555" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Shipping, Delivery, and Returns</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986467 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433555 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7B2454F6" w14:textId="64E15223" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="5E6C8555" w14:textId="644F29A7" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986468" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433556" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Warranties</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986468 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433556 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3BDC586E" w14:textId="5F981226" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="04440984" w14:textId="6201D8B9" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986469" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433557" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Additional Discounts</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986469 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433557 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0F393F91" w14:textId="7602CC47" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="412DB531" w14:textId="7A822F3F" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986470" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433558" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Emergency Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986470 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433558 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="22485BB8" w14:textId="628CE296" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="118CE109" w14:textId="24ADBAB1" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986471" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433559" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor Performance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986471 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433559 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4CF3649B" w14:textId="3BD7EB43" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="64A1CDA4" w14:textId="2170CDC2" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986472" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433560" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>General Procurement Guidelines and Best Practices</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986472 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433560 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="30676214" w14:textId="0ED09517" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="2E5AEF56" w14:textId="2AA80FBE" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986473" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433561" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Environmentally Preferable Products and Services (EPPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986473 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433561 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="092A75F5" w14:textId="201D4D40" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="719C7927" w14:textId="5AF69CE4" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986474" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433562" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Instructions for Massachusetts Management Accounting and Reporting System (MMARS) Users</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986474 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433562 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="3CFBDF91" w14:textId="11C99230" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="1AE0AEE1" w14:textId="57B9151E" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986475" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433563" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase of Pricing Construction Materials without Labor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986475 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433563 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25BC93EC" w14:textId="1BCDD2FE" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="38A19BD2" w14:textId="35FEFAD0" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986476" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433564" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Purchase of Pricing Construction Materials without Labor</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986476 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433564 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4E837AD5" w14:textId="7DB73ED5" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="2AE395F7" w14:textId="2A8B73E3" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986477" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433565" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>If Product Cannot Be Found</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986477 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433565 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="250C1CC4" w14:textId="616A1C00" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="77FCF3ED" w14:textId="170D434E" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986478" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433566" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Vendor List and Information</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986478 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433566 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5CB84772" w14:textId="0FF284CC" w:rsidR="00426C41" w:rsidRDefault="00426C41">
+        <w:p w14:paraId="3E26CB13" w14:textId="759CEC92" w:rsidR="00024230" w:rsidRDefault="00024230">
           <w:pPr>
             <w:pStyle w:val="TOC2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="4598"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:hyperlink w:anchor="_Toc210986479" w:history="1">
-            <w:r w:rsidRPr="00A9408D">
+          <w:hyperlink w:anchor="_Toc216433567" w:history="1">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A9408D">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A9408D">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> (UNSPSC</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A9408D">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A9408D">
+            <w:r w:rsidRPr="00B8643E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> PAGEREF _Toc210986479 \h </w:instrText>
+              <w:instrText xml:space="preserve"> PAGEREF _Toc216433567 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="50AC2B20" w14:textId="2499BBC1" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
+        <w:p w14:paraId="50AC2B20" w14:textId="71497B08" w:rsidR="005A21C6" w:rsidRDefault="00003C5E">
           <w:r>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:bCs/>
               <w:caps/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="4BCAF3C8" w14:textId="77777777" w:rsidR="00975D07" w:rsidRDefault="00975D07">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
@@ -3263,70 +3250,70 @@
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
       </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc210986452"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc216433540"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="3A80DB37" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
+    <w:p w14:paraId="3A80DB37" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="003A79E6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">FAC119: Maintenance Repair and Operations Retail Products &amp; Supplies: </w:t>
       </w:r>
       <w:r w:rsidRPr="00316009">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This Statewide Contract </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Who_Can_Use_1"/>
       <w:bookmarkEnd w:id="6"/>
@@ -3336,60 +3323,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">offers a variety of building and industrial MRO products from the awarded vendors, the flexibility to walk-in to local retail hardware stores around the Commonwealth to pick up parts as well as building/carpentry/home improvement supplies and related materials. Initially, the contract was built on the </w:t>
       </w:r>
       <w:r w:rsidRPr="00316009">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">U.S. Communities for Maintenance Repair and Operations Industrial and Building Retail Products and NASPO Value Point Walk in Materials contracts. With a goal to provide enhanced flexibility and broad geographical coverage throughout the state of Massachusetts the bid was reopened on a rolling enrollment basis to provide additional bidding opportunities for local hardware stores. Bids will be accepted until July 29, 2026, 3:00PM ET.  In response to the COVID19 situation the procurement scope has been interpreted to include purchases that offer curbside pickup facilitation. </w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Contract_Categories_1"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00316009">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">FAC119 MRO Retail Products and Supplies replaces FAC105 MRO Retail Products and Supplies. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE058E2" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00815201">
-[...8 lines deleted...]
-    <w:p w14:paraId="68FA877E" w14:textId="6C2DAA04" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
+    <w:p w14:paraId="68FA877E" w14:textId="1377FD44" w:rsidR="00815201" w:rsidRDefault="00815201" w:rsidP="00815201">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="000C7194" w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ote:</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3510,51 +3488,51 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> with RFR</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580" w:rsidRPr="008278F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc194066617"/>
-      <w:bookmarkStart w:id="9" w:name="_Toc210986453"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc216433541"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc188457898"/>
@@ -3834,78 +3812,78 @@
       <w:r w:rsidRPr="004A4246">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>olume pricing is available on planned and bulk purchases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="617C9427" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E733C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Will-call pickup – save time by calling ahead to have your order ready for pick-up</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034C939C" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E733C7">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Purchases conducted online or over the phone with curbside pickup (due to COVID19 restrictions).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC76951" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730A63">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Direct shipping to warehouse or job site is available on many products.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C201143" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
@@ -3933,51 +3911,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00730A63">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Flexibility of in-store local purchases for products awarded under contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C58FCA8" w14:textId="2A4006ED" w:rsidR="008B7D4E" w:rsidRPr="00A12C2C" w:rsidRDefault="008B7D4E" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc210986454"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc216433542"/>
       <w:bookmarkStart w:id="12" w:name="_Toc194066593"/>
       <w:r>
         <w:t>Contract Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00E23F4C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="627C1184" w14:textId="32C58411" w:rsidR="00A72844" w:rsidRPr="00A12C2C" w:rsidRDefault="00A72844" w:rsidP="008B7D4E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This contract includes </w:t>
@@ -4424,101 +4402,101 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC5580">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 13:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC5580">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Miscellaneous (No Rentals, No Fee for Service)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FAB35B" w14:textId="12DB6D7B" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc210986455"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc216433543"/>
       <w:bookmarkStart w:id="14" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="64D0976F" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00614A2F" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Toc194066594"/>
       <w:r w:rsidRPr="00730A63">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This is a commodity only contract. There will be no services allowed under this contract. Eligible Entities are encouraged to use the Statewide Contracts for Tradesperson for any services that may be required. Related information on the statewide contracts for tradesperson can be found under </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00730A63">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Tradesperson Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00730A63">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00614A2F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc210986456"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc216433544"/>
       <w:r w:rsidRPr="000067FD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
@@ -4797,51 +4775,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc210986457"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc216433545"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="605FA61A" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00B77C16" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Hlk193714773"/>
       <w:r w:rsidRPr="00B77C16">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract Users should continue to place orders by contacting the appropriate vendor, or by going to the store to purchase. Due to </w:t>
       </w:r>
       <w:r w:rsidRPr="00B77C16">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -4924,160 +4902,192 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00172158">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Discount from Manufacturers Suggested Retail Price (MSRP):</w:t>
       </w:r>
       <w:r w:rsidRPr="00172158">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract pricing is a specified discount off the MSRP catalog price. Volume pricing available on planned and bulk purchases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35D471CE" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc204164487"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc210986458"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc216433546"/>
       <w:r w:rsidRPr="31382DA7">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>For Purchases from Lowe’s and Home Depot Only</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="321EC7D9" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A pre-established Commercial Account must be in place prior to purchase.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E5ABC4" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="61E5ABC4" w14:textId="09387F5A" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Home Depot – Please click on the </w:t>
+        <w:t xml:space="preserve">Home Depot – Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63109">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00034DEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="00034DEC">
+        <w:r w:rsidR="00734BFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>link</w:t>
+          <w:t>Home Depot link</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for instructions to establish an account.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FB7989" w14:textId="1A9DE288" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="42FB7989" w14:textId="3FF7B3B3" w:rsidR="00CC5580" w:rsidRPr="00034DEC" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lowe’s –</w:t>
       </w:r>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If an Agency wants to set up an open billing account using a PO, they should set up an LCA Account with Synchrony Financial; see attached LCA (Lowes Commercial Account) Government Letterhead Instructions.  Please contact National Account Manager Ron Manning at </w:t>
+        <w:t xml:space="preserve">If an Agency wants to set up an open billing account using a PO, they should set up an LCA Account with Synchrony Financial; </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63109">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00034DEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> attached LCA (Lowes Commercial Account) Government Letterhead Instructions.  Please contact National Account Manager Ron Manning at </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidR="00117950" w:rsidRPr="004E25D2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Ron.Manning@Lowes.Com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00034DEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or call 774-613-1973. Mass State Contract Users can contact the Lowes Pro Government Support Team via email at </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00034DEC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5175,122 +5185,121 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B75CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>section</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Quote_Response_and"/>
       <w:bookmarkStart w:id="23" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc210986459"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc216433547"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
-    <w:p w14:paraId="1C0EF41F" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00947FA7" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00947FA7">
+    <w:p w14:paraId="1C0EF41F" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00D820C6" w:rsidRDefault="00CC5580" w:rsidP="00D820C6">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D820C6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Purchases made through this contract will be direct, outright purchases.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04B80E20" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
-[...15 lines deleted...]
-    <w:p w14:paraId="24029255" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="04B80E20" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00146328">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In order to purchase from Lowes off FAC119, vendors MUST scan their Government Contract Savings KEY FOB at the point of sale for all in-store purchases.  </w:t>
+        <w:t>For Lowes: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B47CE8" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="24029255" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00146328">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5604E">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In order to purchase from Lowes off FAC119, vendors MUST scan their Government Contract Savings KEY FOB at the point of sale for all in-store purchases.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B47CE8" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00146328">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>State Contract Users can order</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> KEY FOBS </w:t>
       </w:r>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
@@ -5313,343 +5322,353 @@
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ron.manning@lowes.com and/or using this link-</w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00F5604E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.lowes.com/naspo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54288255" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00D83504">
+    <w:p w14:paraId="54288255" w14:textId="6ECC1C20" w:rsidR="00CC5580" w:rsidRPr="00F5604E" w:rsidRDefault="00CC5580" w:rsidP="00146328">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Purchases options: P-Card / Credit Card or LCA Account with Synchrony Financial for open PO Requests; </w:t>
       </w:r>
+      <w:r w:rsidR="00146328">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Refer to</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>See attached LCA (Lowes Commercial Account) Government Letterhead Instructions PDF for agencies that want to open an LCA for open account billing with Lowes Pro / Synchrony Financial</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D820C6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attached LCA (Lowes Commercial Account) Government Letterhead Instructions PDF for agencies that want to open an LCA for open account billing with Lowes Pro / Synchrony Financial</w:t>
+      </w:r>
+      <w:r w:rsidR="00D820C6" w:rsidRPr="00D820C6">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F5604E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="311CDD9B" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
-[...12 lines deleted...]
-    <w:p w14:paraId="3B6E5E46" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
+    <w:p w14:paraId="3B6E5E46" w14:textId="28F38DA5" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00146328">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quote Solicitation:</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:t>Quote Solicitation:</w:t>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Buyers can solicit quotes from multiple vendors (</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63109">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Buyers can solicit quotes from multiple vendors (see the Vendor MBPO Listing </w:t>
-[...32 lines deleted...]
-        </w:r>
+        <w:t xml:space="preserve"> the Vendor MBPO Listing </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="003C2D1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="3366FF"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>PO-17-1080-OSD03-SRC02-10360</w:t>
         </w:r>
-        <w:r w:rsidRPr="003C2D1E">
-[...7 lines deleted...]
-      </w:ins>
+      </w:hyperlink>
       <w:r w:rsidRPr="003C2D1E">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:color w:val="3366FF"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> award vendors, and place orders through COMMBUYS. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A solicitation-enabled contract allows the buyer to solicit quotes from vendors who have Master Blanket Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. </w:t>
+        <w:t xml:space="preserve">A solicitation-enabled contract allows the buyer to solicit quotes from vendors who have Master Blanket Purchase Orders (MBPOs) or Statewide Contracts in COMMBUYS. The buyers can create a solicitation-enabled bid using a release requisition, converting the </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">The buyers can create a solicitation-enabled bid using a release requisition, converting the requisition to a bid, and then requesting quotes from eligible vendors. </w:t>
+        <w:t xml:space="preserve">requisition to a bid, and then requesting quotes from eligible vendors. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A5457B">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers must include “FAC119 RFQ” when entering information in the Description field.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14236A8A" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DBAF212" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
+    <w:p w14:paraId="2DBAF212" w14:textId="6022CF04" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00B63109" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B0898">
+      <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">See the </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003B0898">
+        <w:t>Refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC5580" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30">
+        <w:r w:rsidR="00CC5580" w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorBidi"/>
             <w:bCs w:val="0"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Request Quotes from Vendors on Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidR="00CC5580" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
+      <w:r w:rsidR="00CC5580" w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E57061" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38154342" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Document Items in COMMBUYS That Have Already Been Purchased:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This contract enables buyers to retroactively record a previously made contract purchase within the COMMBUYS system. This is done through a Request for Payment Authorization (RPA) Release Requisition, which also allows MMARS users to easily keep track of spending.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C204EF" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
+    <w:p w14:paraId="22C204EF" w14:textId="488CD492" w:rsidR="00CC5580" w:rsidRPr="003B0898" w:rsidRDefault="00CC5580" w:rsidP="00CC5580">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For a description on how to </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">complete this purchase in COMMBUYS, see the </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId30" w:history="1">
+        <w:t xml:space="preserve">complete this purchase in COMMBUYS, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63109">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63109" w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How To Record a Contract Purchase Previously Made (RPA Release)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
@@ -5686,63 +5705,63 @@
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Extend_Beyond_(Performance"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkStart w:id="25" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc216433548"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
       <w:r w:rsidR="00FE3CAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and other </w:t>
       </w:r>
       <w:r w:rsidR="00CD31EF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5919,51 +5938,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -6061,61 +6080,61 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc210986461"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc216433549"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="423CA7C5" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> view contract documents </w:t>
       </w:r>
@@ -6243,51 +6262,51 @@
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="2EB2E6D5" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32">
+      <w:hyperlink r:id="rId33">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="00CC5580" w:rsidRPr="00CC5580">
         <w:rPr>
@@ -6607,51 +6626,51 @@
       </w:r>
       <w:r w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within the Master Contract Record. Access them directly by </w:t>
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00CC5580" w:rsidRPr="008278F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Master Blanket Purchase Order</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580" w:rsidRPr="008278F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> (</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580" w:rsidRPr="008278F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>MBPO</w:t>
         </w:r>
@@ -6672,135 +6691,135 @@
           <w:t xml:space="preserve"> with RFR</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="00CC5580" w:rsidRPr="008278F8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="7DF26ED4" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="007C3263">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc204164491"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc204164491"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>For Lowe’s and Home Depot awards only: OSD is participating in the U.S. Communities Maintenance Repair and Operations Industrial and Building Retail Products and NASPO ValuePoint Walk in Materials contracts. Information on these contracts may be found at</w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:anchor="c36184">
+      <w:hyperlink r:id="rId35" w:anchor="c36184">
         <w:r w:rsidRPr="31382DA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> The Home Depot Pro Institutional Cooperative Contract | Contract Documentation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="31382DA7">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="31382DA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Lowes Home Centers LLC NASPO Contract</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="31382DA7">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:anchor="/home/contracts">
+      <w:hyperlink r:id="rId37" w:anchor="/home/contracts">
         <w:r w:rsidRPr="31382DA7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>NASPO ValuePoint</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="31382DA7">
         <w:t>. Currently the Home Depot contract pursuant to the cooperation agreement deadline expires on 12/31/2026.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="10AC3F17" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRDefault="00CC5580" w:rsidP="007C3263">
       <w:r w:rsidRPr="008A75ED">
         <w:t xml:space="preserve">Information on the FAC119 rolling enrollment bid can be found at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="00E4732B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>FAC119 – MRO Hardware Stores Retail</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AFD1472" w14:textId="77777777" w:rsidR="00CC5580" w:rsidRPr="00D32AAE" w:rsidRDefault="00CC5580" w:rsidP="007C3263">
       <w:r w:rsidRPr="001F01FE">
         <w:t>Lowes Pro / NASPO Value Point Cooperative Information can be found</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="001B22B9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.lowes.com/NASPO</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="786556CE" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="32" w:name="_Toc210986462"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc216433550"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="58D5B59C" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="00CC5580">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">price sheets, </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:bCs/>
@@ -7075,69 +7094,69 @@
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="34" w:name="_Toc210986463"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc216433551"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
-      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
@@ -7153,156 +7172,156 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -7337,55 +7356,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc210986464"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc216433552"/>
       <w:r w:rsidRPr="00DD5236">
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7406,51 +7425,51 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
@@ -7480,55 +7499,55 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc210986465"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc216433553"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -7547,51 +7566,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId45" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -7614,300 +7633,300 @@
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="0B775503" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Toc210986466"/>
-      <w:bookmarkStart w:id="38" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc216433554"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="307D7F3F" w:rsidR="000E3C80" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Standard Contract Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, as well as other applicable terms of this </w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E81FE9" w:rsidRPr="00E54287">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prior approval of the department is required for any subcontracted service of the Contract. Contractors are responsible for the satisfactory performance and adequate oversight of their subcontractors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D8C1" w14:textId="7C04FD86" w:rsidR="00A87A58" w:rsidRPr="009E12A3" w:rsidRDefault="00A87A58" w:rsidP="00E81FE9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="39" w:name="_Toc210986467"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc194066609"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc216433555"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc194066609"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="1EABE5FD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc194066610"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="002E4212">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The prices are the delivered price to any Purchasing Entity. All deliveries shall be F.O.B. destination, freight pre-paid, with all transportation and handling charges paid by the Contractor. Responsibility and liability for loss or damage shall remain the Contractor’s until final inspection and acceptance when responsibility shall pass to the Purchasing Entity except as to latent defects, fraud and Contractor’s warranty obligations.  For further information please refer to the RFR or RFP of the respective contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43A2CE03" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="006F3990">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc204164496"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc204164496"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>The Bidder’s returned goods policy must allow for the return of unused products normally stocked by the Contractor, within 90 days of delivery, free of charge including transportation back to the Contractor’s facility, in cases when:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="57C61E48" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc204164497"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc204164497"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>The wrong item was ordered,</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="66849E26" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc204164498"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc204164498"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>Product that was not ordered was delivered.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="08B40A86" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc204164499"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc204164499"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>Unopened products are being returned in the same condition as received for any reason.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:p w14:paraId="7E046DAC" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002E4212" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc204164500"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc204164500"/>
       <w:r w:rsidRPr="31382DA7">
         <w:t>Product performance, appearance, or other attributes do not meet the Eligible Entity’s requirements.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="0330E363" w14:textId="05264B84" w:rsidR="004553D2" w:rsidRDefault="004553D2" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc210986468"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc216433556"/>
       <w:r w:rsidRPr="004553D2">
         <w:lastRenderedPageBreak/>
         <w:t>Warranties</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="003B7672">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="713925F9" w14:textId="3B6EFCC8" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc194066611"/>
       <w:r w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The warranty for the Commonwealth shall be the manufacturer’s standard warranty starting from the date of acceptance by the Purchasing Entity. </w:t>
       </w:r>
       <w:r w:rsidRPr="000447D0">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Manufacturer warranties apply in addition to any warranty extended by the Contractor in its retail operations. The warranty period shall begin upon Acceptance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc210986469"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc216433557"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="5722884C" w14:textId="2C86CC2C" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="000157ED" w:rsidP="00F52DB7">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer the following discounts, which </w:t>
       </w:r>
       <w:r w:rsidR="00187389">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -7967,51 +7986,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47">
+      <w:hyperlink r:id="rId48">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38DF9C3E" w14:textId="4451FA81" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -8204,61 +8223,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contractor Packs: Save 10%-50% off on 1,000 items in store when you buy in bulk.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4608AF44" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="00527242" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527242">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Look for contractor pack labels in stores and on-line.</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="52D8C7FF" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00527242">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Home Depot Stores:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8395,183 +8403,183 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="3A2AE654" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc210986470"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc216433558"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="00FE1EB2" w:rsidRPr="0011288D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="53" w:name="_Toc210986471"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc216433559"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
-      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the Procurated website, </w:t>
@@ -8711,253 +8719,85 @@
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00EF1817" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be evaluated on their current performance and may be asked to work with the Commonwealth toward improvement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECCA573" w14:textId="1FFE7CB8" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00D86662" w:rsidP="00D83504">
-[...166 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc210986472"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc216433560"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
-      <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="579080BD" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -8993,51 +8833,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on all quotes and invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FAEA744" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>No prepayment should be made for products not yet delivered or services not yet rendered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A53C235" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>No sales tax should be applied to invoices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4E314F" w14:textId="3DE200C1" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
@@ -9074,50 +8913,51 @@
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Special order fees must be agreed upon by both parties upfront.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62965195" w14:textId="0D0009D2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BC49F8A" w14:textId="7DE1C586" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
@@ -9204,294 +9044,294 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="36A3E778" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc210986473"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc216433561"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="55"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="56"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6931C93B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Memorandum_of_Understanding"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkStart w:id="57" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc194066619"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidRPr="008A0B16">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Given the wide range of product categories covered by this Contract, the Environmentally Preferable Products (EPP) Program has curated a list of relevant third-party certifications and standards to support informed purchasing decisions. These resources </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0B16">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be found on the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPP Products and Services Guide’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:anchor="building-materials-and-supplies" w:history="1">
+      <w:hyperlink r:id="rId52" w:anchor="building-materials-and-supplies" w:history="1">
         <w:r w:rsidRPr="002B5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Building Materials and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3601D359" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002B5A72" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B5A72">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appliance Energy and Water Efficiency Standards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F15BAEB" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002B5A72" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers must comply with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52">
+      <w:hyperlink r:id="rId53">
         <w:r w:rsidRPr="4E23188B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Appliance Energy and Water Efficiency</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Standards.  </w:t>
       </w:r>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Effective January 1</w:t>
       </w:r>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, 2023, products in the covered categories may only be sold or installed in Massachusetts if they are certified by their manufacturer as compliant with 225 CMR 9.00.  To ensure compliance, check DOER’s </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53">
+      <w:hyperlink r:id="rId54">
         <w:r w:rsidRPr="4E23188B">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:color w:val="14558F"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Compliance for Sellers and Installers page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="4E23188B">
         <w:rPr>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> for detailed instructions for how to comply.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FB0D569" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="002B5A72" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B5A72">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="002B5A72">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="002B5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B5A72">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidRPr="002B5A72">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B5A72">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc194066620"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc216433562"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
-      <w:bookmarkEnd w:id="61"/>
     </w:p>
-    <w:p w14:paraId="7E58B0D1" w14:textId="5C130995" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
+    <w:p w14:paraId="7E58B0D1" w14:textId="57E6CDF5" w:rsidR="00266475" w:rsidRDefault="006F493B" w:rsidP="00DC48F0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
@@ -9506,132 +9346,140 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number </w:t>
       </w:r>
       <w:r w:rsidR="00E81FE9" w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC119</w:t>
       </w:r>
+      <w:r w:rsidR="00146328">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
       <w:r w:rsidR="00BD68D3">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="62" w:name="_Contract_Summary"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkStart w:id="61" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="62" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="63" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="64" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="65" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="66" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="67" w:name="_Frequently_Purchased_Items"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
-      <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId57" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -9658,55 +9506,56 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66842624" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31D09F04" w14:textId="30D00836" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc210986475"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc216433563"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Purchase of Pricing Construction Materials without Labor</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="68"/>
     </w:p>
     <w:p w14:paraId="2B712F1A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="00186771" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Some purchases</w:t>
       </w:r>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under this contract may fall into the category of Construction Materials without Labor Procurements governed by MGL Chapter 30, Section 39M.  To determine whether to use the Statewide Contract or issue your own procurement under Chapter 30, Section 39M, please follow these guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3028B956" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="00186771" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
@@ -9781,430 +9630,408 @@
       </w:pPr>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Multiple </w:t>
       </w:r>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>projects</w:t>
       </w:r>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> where hired labor may be used, if the purchase does not limit the pool of installers or other trades persons that can be involved (i.e., the brand of the product being purchased does not limit the pool of installers only to those who are certified by the brand manufacturer). Installation labor must be procured through a separate solicitation in accordance with applicable construction laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F290B82" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
+    <w:p w14:paraId="1F290B82" w14:textId="63D26632" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00186771">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please click on MBPO </w:t>
-[...45 lines deleted...]
-      </w:ins>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00734BFC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>select</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> MBPO </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="_Hlk198794238"/>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-17-1080-OSD03-SRC02-10360&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PO-17-1080-OSD03-SRC02-10360</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r w:rsidRPr="00186771">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for theTRD01 Contract User Guide for information regarding Contractors who provide construction, reconstruction, alteration, installation, demolition, maintenance and/or repair services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61041EA5" w14:textId="35F4D20E" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Toc216433564"/>
+      <w:r>
+        <w:t>Purchase of Pricing Construction Materials without Labor</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="70"/>
-      <w:r w:rsidRPr="00186771">
+    </w:p>
+    <w:p w14:paraId="0B0E8959" w14:textId="73D0127C" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for theTRD01 Contract User Guide for information regarding Contractors who provide construction, reconstruction, alteration, installation, demolition, maintenance and/or repair services. </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="000447D0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Energy Star- qualified and WaterSense-labeled products and a growing number of solar-powered solutions. Products or services may include, but are not limited to, those which contain recycled content, minimize waste, conserve energy or water, and reduce the amount of toxic materials either disposed of or consumed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4F142F" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00266475">
+    <w:p w14:paraId="47B7DE18" w14:textId="48EC7D8D" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc216433565"/>
+      <w:r>
+        <w:t>If Product Cannot Be Found</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w14:paraId="6DA21345" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="00D33A10" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D33A10">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If a product cannot be found in the vendor’s catalog, price sheet or PunchOut, it is recommended to contact the vendor directly to inquire if it is available for purchase on this contract.  If the product meets the scope of the product category, the vendor may be able to add it to their product offerings after OSD has provided approval for such addition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19766234" w14:textId="63382BFE" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00E81FE9">
+      <w:r w:rsidRPr="00D33A10">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If the product is not listed in the scope of the product category, a buyer may contact the Strategic Sourcing Lead to inquire whether the product may be purchased.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...115 lines deleted...]
-        </w:rPr>
         <w:sectPr w:rsidR="00E81FE9" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId57"/>
+          <w:footerReference w:type="first" r:id="rId58"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66F6F6D9" w14:textId="572D18D1" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00E51057" w:rsidP="00633557">
+    <w:p w14:paraId="15292989" w14:textId="77777777" w:rsidR="00146328" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:bookmarkStart w:id="80" w:name="_Toc210986478"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="73" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="74" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="75" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="76" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc216433566"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
-      <w:bookmarkEnd w:id="77"/>
-      <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="79"/>
-[...6 lines deleted...]
-        </w:rPr>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w14:paraId="66F6F6D9" w14:textId="5D93A26F" w:rsidR="00E51057" w:rsidRPr="00ED150D" w:rsidRDefault="00146328" w:rsidP="00146328">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="double"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00146328">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> N/A = Not Applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51057" w:rsidRPr="00B142B5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="14502" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Vendor Information Table"/>
-        <w:tblDescription w:val="This table includes the following column headings and information: vendor name, Master Blanket Purchase Order Number, MMARS Vendor Code, MMARS Vendor Line, Contact Person, Phone number, Email, Categories, Regions, Discounts (PPD, Dock Delivery, Other), MBE, WMBE, WBE, Vetran status, Minimum Order, and list of any other imporatant items.  "/>
+        <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2570"/>
         <w:gridCol w:w="2840"/>
         <w:gridCol w:w="1377"/>
         <w:gridCol w:w="1469"/>
         <w:gridCol w:w="2154"/>
         <w:gridCol w:w="1150"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1382"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="08EC9EA9" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="679"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2570" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D064DB1" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:ind w:left="-120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="81" w:name="_Hlk198798005"/>
+            <w:bookmarkStart w:id="79" w:name="_Hlk198798005"/>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05DF4B6F" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="05DF4B6F" w14:textId="67BFC372" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Master Blanket Purchase Order #</w:t>
+              <w:t xml:space="preserve">Master Blanket Purchase Order </w:t>
+            </w:r>
+            <w:r w:rsidR="00146328">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="625D9A6B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BF9E472" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="3BF9E472" w14:textId="046F9C47" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Phone #</w:t>
+              <w:t xml:space="preserve">Phone </w:t>
+            </w:r>
+            <w:r w:rsidR="00146328">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CBDC0A1" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -10334,51 +10161,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**Master MBPO (All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3383DF56" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25885</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="651BBDAE" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -10403,51 +10230,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-359-7269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="254BA1DD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>richard.levesque@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="618D5D98" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -10521,51 +10348,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Carr Hardware and Supply Company, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DA6D301" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId60">
+            <w:hyperlink r:id="rId61">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26314</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03F9C7E0" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -10590,75 +10417,83 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>413-443-5611</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="590570E7" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId61">
+            <w:hyperlink r:id="rId62">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>dank@carrhardware.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40C921EA" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="40C921EA" w14:textId="04ABE2D6" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F26D93B" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1068BABA" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -10743,51 +10578,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Cason's Equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00E91E01" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId62">
+            <w:hyperlink r:id="rId63">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26315</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A30B1AE" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -10812,75 +10647,83 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-459-6852</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E29C5D9" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId63">
+            <w:hyperlink r:id="rId64">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>lcason@casonsequipment.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6397F8A0" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="6397F8A0" w14:textId="5129D45A" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5829EBBD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B4594CA" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -10989,51 +10832,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>DLP Industries, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E82BAE6" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId64">
+            <w:hyperlink r:id="rId65">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26311</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6848E15E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -11058,83 +10901,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-337-8800</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06DE7D21" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId65">
+            <w:hyperlink r:id="rId66">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>dpatterson@dlpindustries.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20731F1A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="20731F1A" w14:textId="4CC46BC4" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B7CE030" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00B1970A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -11227,51 +11078,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Everett Supply &amp; True Value Hardware</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C8BBE50" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId66">
+            <w:hyperlink r:id="rId67">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26312</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5810D5EF" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -11296,75 +11147,83 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-387-6524</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31ED116A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId67">
+            <w:hyperlink r:id="rId68">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>ajflattanzi@comcast.net</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC1E141" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="6EC1E141" w14:textId="26672DB3" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1EEB5AF9" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="460DCCB6" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -11457,51 +11316,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fernandes Lumber Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="48CE0B69" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68">
+            <w:hyperlink r:id="rId69">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-30849</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23989D87" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -11526,51 +11385,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-238-3651</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DFEBA45" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId69">
+            <w:hyperlink r:id="rId70">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>fernandeslumber@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="503CBBA3" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
@@ -11706,51 +11565,51 @@
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>FHC Industrial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="482A05F1" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70">
+            <w:hyperlink r:id="rId71">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-29044</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F32C5D8" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -11776,75 +11635,83 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>978-833-3157</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13E7A71C" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71">
+            <w:hyperlink r:id="rId72">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>sales@fhcindustrial.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39029EA9" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="39029EA9" w14:textId="5F50EA4B" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="348D89CB" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34EC06C4" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -11855,90 +11722,101 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3% - 15 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DCC54C2" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2% - 20 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02DC823A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1% - 30 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="607CA630" w14:textId="12DCCF4F" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00426C41" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Supplier Diversity Office (SDO) Certification Type: SBPP, SDP Commitment:</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Supplier Diversity Office (SDO) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Certification Type: SBPP, SDP Commitment:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E81FE9" w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E81FE9" w:rsidRPr="00ED150D" w14:paraId="473C40D1" w14:textId="77777777" w:rsidTr="27A473F4">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
@@ -11954,51 +11832,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Home Depot U.S.A., Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25B82151" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72">
+            <w:hyperlink r:id="rId73">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t xml:space="preserve">   </w:t>
               </w:r>
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-25884</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
@@ -12032,105 +11910,113 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="27A473F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>404-229-0188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44B319F4" w14:textId="67E4FEE7" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="1489178C" w:rsidP="27A473F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73">
+            <w:hyperlink r:id="rId74">
               <w:r w:rsidRPr="27A473F4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>richard_nyberg@homedepot.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25F78553" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23C29945" w14:textId="10974C3E" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="23C29945" w14:textId="42144827" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00B63109" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F3E0B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>See page 1</w:t>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81FE9" w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> page 1</w:t>
             </w:r>
             <w:r w:rsidR="00F4644B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B7EB6EB" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
@@ -12162,51 +12048,51 @@
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Lowe’s Companies, Inc. dba Lowe’s Home Center, Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34E37052" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74">
+            <w:hyperlink r:id="rId75">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC01-28648</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1458CB3D" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -12270,65 +12156,73 @@
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="298F0F09" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7040A2CF" w14:textId="22433395" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="7040A2CF" w14:textId="14D3B28E" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00B63109" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F3E0B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>See page 1</w:t>
+              <w:t>Refer to</w:t>
+            </w:r>
+            <w:r w:rsidR="00E81FE9" w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> page 1</w:t>
             </w:r>
             <w:r w:rsidR="00F4644B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AB2D788" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
@@ -12357,51 +12251,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Marine Lumber Operator Inc., dba Marine Home Center</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="725BDEF8" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId75">
+            <w:hyperlink r:id="rId76">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-30469</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4985D757" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -12426,51 +12320,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>508-228-0900 x1186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D3EF624" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76">
+            <w:hyperlink r:id="rId77">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>maureengibbons@marinehomecenter.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="33758A09" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
@@ -12604,51 +12498,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Home Décor Group D.B.A. Richmond Hardware &amp; Plumbing Supply Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06F99D83" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId77">
+            <w:hyperlink r:id="rId78">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26313</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="311C6AE1" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -12673,83 +12567,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-843-0066</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0344B087" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78">
+            <w:hyperlink r:id="rId79">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>steve@richmondhardware.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D34EC9A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="7D34EC9A" w14:textId="3E3916EA" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7265CDAD" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46904ED2" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -12801,51 +12703,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Tools Unlimited Inc </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51EE5E20" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId79">
+            <w:hyperlink r:id="rId80">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-26148</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="409DCD6A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -12870,83 +12772,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>781-341-1188</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64DFE976" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId80">
+            <w:hyperlink r:id="rId81">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>info@toolsunlimitedinc.net</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0C5232" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="7D0C5232" w14:textId="2F30D66A" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5CBA36E8" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2% - 15 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6ED94E1A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -13005,51 +12915,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The Norfolk Companies, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1595995A" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId81">
+            <w:hyperlink r:id="rId82">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26149</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2728BBA8" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
@@ -13074,83 +12984,91 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-313-5050x 1104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="714E504E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId82">
+            <w:hyperlink r:id="rId83">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mjenkins@thenorfolkcompanies.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="646BABB5" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="646BABB5" w14:textId="7F9E7E51" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11A723D6" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="54167D7E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -13244,51 +13162,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The Sherwin-Williams Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03040CC0" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId83">
+            <w:hyperlink r:id="rId84">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-22-1080-OSD03-SRC04-30468</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1377" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D69D06E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
@@ -13314,75 +13232,83 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>216-566-7422</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67046769" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId84">
+            <w:hyperlink r:id="rId85">
               <w:r w:rsidRPr="006F3E0B">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Kevin.j.mccoy@sherwin.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F00210E" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
+          <w:p w14:paraId="2F00210E" w14:textId="7E60D325" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00146328" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="006F3E0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3300DDDE" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5% - 10 days</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="434C67F0" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
@@ -13438,88 +13364,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1382" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1355CA43" w14:textId="77777777" w:rsidR="00E81FE9" w:rsidRPr="006F3E0B" w:rsidRDefault="00E81FE9" w:rsidP="00E40989">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3E0B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="387CC61A" w14:textId="4EDB8DE9" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00E81FE9">
+    <w:p w14:paraId="5605A208" w14:textId="77777777" w:rsidR="00146328" w:rsidRDefault="00146328" w:rsidP="00E81FE9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Appendix_A:_[add"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkStart w:id="80" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc194066624"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="387CC61A" w14:textId="63913E08" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="00E81FE9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Toc216433567"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00E23F4C">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="0757D4FD" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D119CD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNSPSC </w:t>
       </w:r>
       <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00E81FE9" w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC119</w:t>
@@ -13529,51 +13460,50 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE94C86" w14:textId="0648BDB3" w:rsidR="00E81FE9" w:rsidRPr="00E81FE9" w:rsidRDefault="00E81FE9" w:rsidP="00D83504">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>27</w:t>
       </w:r>
       <w:r w:rsidRPr="005B48B8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81FE9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00E81FE9">
@@ -16018,50 +15948,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02E10E59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="425E8BAA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DD720C8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4D87D00"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16130,51 +16173,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15B74313"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3FF2A34C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16243,51 +16286,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="200103E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE44BB0C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16356,51 +16399,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21CD5EEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DF8D188"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16469,51 +16512,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22AA06B2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="10EA684A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16618,51 +16661,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26BE7792"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA3622DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16731,51 +16774,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="282A0199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51024DDA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -16817,51 +16860,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EAF3A61"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BECA057C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -16966,51 +17009,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31C80140"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09D696D4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17079,51 +17122,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35DE4A4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62CEF148"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17192,51 +17235,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37A15BA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F682544"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17305,51 +17348,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39071384"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A81E034C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17418,51 +17461,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AD955D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E7A64708"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17504,51 +17547,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CC06368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F96AEC8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17617,51 +17660,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41DF511A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="176A88DC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17730,51 +17773,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44B75BE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD98B58A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17843,51 +17886,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A08BDDB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1CCAF70"/>
     <w:lvl w:ilvl="0" w:tplc="45FE7DFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="6178A9CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
@@ -17956,51 +17999,51 @@
     <w:lvl w:ilvl="7" w:tplc="6E60C2DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FB9E60F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51A20388"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3B14E39A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18105,51 +18148,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53C03B7E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9FD67BEE"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
@@ -18218,51 +18261,51 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56F00C37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="43B02632"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18331,51 +18374,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DAB342D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3E2D4E4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18444,51 +18487,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="68393087"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6AEA06A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18557,54 +18600,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="731363B6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD0CA1F8"/>
+    <w:tmpl w:val="1BD65BDA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005">
@@ -18671,123 +18714,126 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="542207326">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="222839226">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="103381546">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="984166477">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="896821583">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1254818405">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1108283029">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1586958684">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="517740112">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1872330189">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="599144571">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="55519776">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="452554056">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="9114506">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1840392131">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="271716133">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1860854336">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="408305773">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="714084881">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="129248910">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1869490953">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1034304554">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="108017784">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="347021502">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1697845943">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="896821583">
-[...29 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="1840392131">
+  <w:num w:numId="26" w16cid:durableId="1909265992">
     <w:abstractNumId w:val="2"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="25"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
   <w:zoom w:percent="100"/>
   <w:doNotTrackFormatting/>
   <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
@@ -18837,50 +18883,51 @@
     <w:rsid w:val="00011ED4"/>
     <w:rsid w:val="00012CBF"/>
     <w:rsid w:val="00012E9F"/>
     <w:rsid w:val="000133D1"/>
     <w:rsid w:val="0001472E"/>
     <w:rsid w:val="00014EA3"/>
     <w:rsid w:val="000157ED"/>
     <w:rsid w:val="00015DFD"/>
     <w:rsid w:val="00015EB8"/>
     <w:rsid w:val="0001620A"/>
     <w:rsid w:val="0001647C"/>
     <w:rsid w:val="000176A7"/>
     <w:rsid w:val="00020269"/>
     <w:rsid w:val="00020358"/>
     <w:rsid w:val="00020715"/>
     <w:rsid w:val="00020955"/>
     <w:rsid w:val="00020A13"/>
     <w:rsid w:val="000211D7"/>
     <w:rsid w:val="0002144E"/>
     <w:rsid w:val="000216EB"/>
     <w:rsid w:val="00021FC5"/>
     <w:rsid w:val="00022070"/>
     <w:rsid w:val="000225A8"/>
     <w:rsid w:val="0002260E"/>
     <w:rsid w:val="00023A9B"/>
+    <w:rsid w:val="00024230"/>
     <w:rsid w:val="0002451F"/>
     <w:rsid w:val="000245DD"/>
     <w:rsid w:val="00024698"/>
     <w:rsid w:val="00024CE2"/>
     <w:rsid w:val="000258F6"/>
     <w:rsid w:val="000260F2"/>
     <w:rsid w:val="000261D2"/>
     <w:rsid w:val="0002675D"/>
     <w:rsid w:val="000272F0"/>
     <w:rsid w:val="00027C5A"/>
     <w:rsid w:val="00027D5D"/>
     <w:rsid w:val="00027E5F"/>
     <w:rsid w:val="0003060D"/>
     <w:rsid w:val="00030EE3"/>
     <w:rsid w:val="00031624"/>
     <w:rsid w:val="000316C5"/>
     <w:rsid w:val="00031F99"/>
     <w:rsid w:val="000321AC"/>
     <w:rsid w:val="000323BE"/>
     <w:rsid w:val="00032449"/>
     <w:rsid w:val="00032494"/>
     <w:rsid w:val="000329B0"/>
     <w:rsid w:val="0003335E"/>
     <w:rsid w:val="00033590"/>
     <w:rsid w:val="000339E1"/>
@@ -19302,50 +19349,51 @@
     <w:rsid w:val="00137037"/>
     <w:rsid w:val="0013718A"/>
     <w:rsid w:val="001372D5"/>
     <w:rsid w:val="00137479"/>
     <w:rsid w:val="00137741"/>
     <w:rsid w:val="00137FC8"/>
     <w:rsid w:val="00140235"/>
     <w:rsid w:val="00140260"/>
     <w:rsid w:val="00140603"/>
     <w:rsid w:val="0014086F"/>
     <w:rsid w:val="00140CA3"/>
     <w:rsid w:val="001415D6"/>
     <w:rsid w:val="001422CB"/>
     <w:rsid w:val="001424D7"/>
     <w:rsid w:val="001429C0"/>
     <w:rsid w:val="00143020"/>
     <w:rsid w:val="001434FE"/>
     <w:rsid w:val="00143905"/>
     <w:rsid w:val="00143930"/>
     <w:rsid w:val="00143AD0"/>
     <w:rsid w:val="001440EE"/>
     <w:rsid w:val="001442E8"/>
     <w:rsid w:val="00144AAC"/>
     <w:rsid w:val="00145223"/>
     <w:rsid w:val="001458E0"/>
+    <w:rsid w:val="00146328"/>
     <w:rsid w:val="001465FF"/>
     <w:rsid w:val="001468E4"/>
     <w:rsid w:val="00146A9B"/>
     <w:rsid w:val="00147352"/>
     <w:rsid w:val="0014750F"/>
     <w:rsid w:val="0014784D"/>
     <w:rsid w:val="00150A45"/>
     <w:rsid w:val="00150F50"/>
     <w:rsid w:val="001519B5"/>
     <w:rsid w:val="00151AC8"/>
     <w:rsid w:val="00151E16"/>
     <w:rsid w:val="00152088"/>
     <w:rsid w:val="00153404"/>
     <w:rsid w:val="00154511"/>
     <w:rsid w:val="001545FB"/>
     <w:rsid w:val="0015470E"/>
     <w:rsid w:val="00154BFC"/>
     <w:rsid w:val="00155137"/>
     <w:rsid w:val="001554D4"/>
     <w:rsid w:val="001557BC"/>
     <w:rsid w:val="00155D61"/>
     <w:rsid w:val="00155FF4"/>
     <w:rsid w:val="001563B2"/>
     <w:rsid w:val="001569E2"/>
     <w:rsid w:val="00156EC8"/>
@@ -19446,50 +19494,51 @@
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
+    <w:rsid w:val="001A7DCA"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
     <w:rsid w:val="001C2CD6"/>
     <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
@@ -20044,50 +20093,51 @@
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
     <w:rsid w:val="00333321"/>
     <w:rsid w:val="003336A1"/>
     <w:rsid w:val="00333989"/>
     <w:rsid w:val="00333FC6"/>
     <w:rsid w:val="003343CA"/>
     <w:rsid w:val="00334444"/>
     <w:rsid w:val="00334BD6"/>
     <w:rsid w:val="00334EC6"/>
     <w:rsid w:val="003358B4"/>
     <w:rsid w:val="003359D1"/>
     <w:rsid w:val="00335A8A"/>
     <w:rsid w:val="00335CAB"/>
     <w:rsid w:val="00335CC0"/>
     <w:rsid w:val="00335FCF"/>
     <w:rsid w:val="003371B2"/>
     <w:rsid w:val="003378F7"/>
     <w:rsid w:val="00337A5C"/>
     <w:rsid w:val="00340B95"/>
     <w:rsid w:val="00340BE0"/>
+    <w:rsid w:val="00340D86"/>
     <w:rsid w:val="00340F9A"/>
     <w:rsid w:val="0034149B"/>
     <w:rsid w:val="003417A9"/>
     <w:rsid w:val="00341F85"/>
     <w:rsid w:val="00342578"/>
     <w:rsid w:val="003437E1"/>
     <w:rsid w:val="003438B2"/>
     <w:rsid w:val="003438F6"/>
     <w:rsid w:val="00343C27"/>
     <w:rsid w:val="00344041"/>
     <w:rsid w:val="0034425A"/>
     <w:rsid w:val="00344435"/>
     <w:rsid w:val="00344787"/>
     <w:rsid w:val="00344DB5"/>
     <w:rsid w:val="00345515"/>
     <w:rsid w:val="00345C56"/>
     <w:rsid w:val="00345DBD"/>
     <w:rsid w:val="003460E7"/>
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
@@ -20210,50 +20260,51 @@
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A0841"/>
     <w:rsid w:val="003A0874"/>
     <w:rsid w:val="003A0FCC"/>
     <w:rsid w:val="003A102A"/>
     <w:rsid w:val="003A2781"/>
     <w:rsid w:val="003A2A75"/>
     <w:rsid w:val="003A31B7"/>
     <w:rsid w:val="003A3BFF"/>
     <w:rsid w:val="003A4299"/>
     <w:rsid w:val="003A44D0"/>
     <w:rsid w:val="003A4705"/>
     <w:rsid w:val="003A47ED"/>
     <w:rsid w:val="003A481A"/>
     <w:rsid w:val="003A4B66"/>
     <w:rsid w:val="003A5AC4"/>
     <w:rsid w:val="003A5C11"/>
     <w:rsid w:val="003A66C8"/>
     <w:rsid w:val="003A6801"/>
     <w:rsid w:val="003A6FA7"/>
+    <w:rsid w:val="003A79E6"/>
     <w:rsid w:val="003A7EA0"/>
     <w:rsid w:val="003B0438"/>
     <w:rsid w:val="003B0898"/>
     <w:rsid w:val="003B09FF"/>
     <w:rsid w:val="003B0A3B"/>
     <w:rsid w:val="003B14CE"/>
     <w:rsid w:val="003B1D03"/>
     <w:rsid w:val="003B1E68"/>
     <w:rsid w:val="003B2440"/>
     <w:rsid w:val="003B29E6"/>
     <w:rsid w:val="003B310A"/>
     <w:rsid w:val="003B3427"/>
     <w:rsid w:val="003B3773"/>
     <w:rsid w:val="003B3797"/>
     <w:rsid w:val="003B43C6"/>
     <w:rsid w:val="003B56A7"/>
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
@@ -21253,50 +21304,51 @@
     <w:rsid w:val="00633E0E"/>
     <w:rsid w:val="00633F74"/>
     <w:rsid w:val="006344F5"/>
     <w:rsid w:val="0063450C"/>
     <w:rsid w:val="00634AC3"/>
     <w:rsid w:val="006351A2"/>
     <w:rsid w:val="006353BA"/>
     <w:rsid w:val="0063614C"/>
     <w:rsid w:val="006369D5"/>
     <w:rsid w:val="00636A64"/>
     <w:rsid w:val="00636ABA"/>
     <w:rsid w:val="00636FE2"/>
     <w:rsid w:val="00637DCB"/>
     <w:rsid w:val="006401F2"/>
     <w:rsid w:val="006407B7"/>
     <w:rsid w:val="0064148A"/>
     <w:rsid w:val="00642056"/>
     <w:rsid w:val="0064285B"/>
     <w:rsid w:val="00642CA7"/>
     <w:rsid w:val="0064328B"/>
     <w:rsid w:val="006434DA"/>
     <w:rsid w:val="00643DF1"/>
     <w:rsid w:val="00643E5C"/>
     <w:rsid w:val="00644015"/>
     <w:rsid w:val="00644B19"/>
+    <w:rsid w:val="00644FC5"/>
     <w:rsid w:val="00645098"/>
     <w:rsid w:val="006457D8"/>
     <w:rsid w:val="006458BD"/>
     <w:rsid w:val="006460EF"/>
     <w:rsid w:val="00646704"/>
     <w:rsid w:val="00646AC9"/>
     <w:rsid w:val="00646EF9"/>
     <w:rsid w:val="00647608"/>
     <w:rsid w:val="006477A3"/>
     <w:rsid w:val="00647A75"/>
     <w:rsid w:val="006506B2"/>
     <w:rsid w:val="00651112"/>
     <w:rsid w:val="006514CA"/>
     <w:rsid w:val="00651E56"/>
     <w:rsid w:val="006523FD"/>
     <w:rsid w:val="0065246C"/>
     <w:rsid w:val="00652494"/>
     <w:rsid w:val="00652750"/>
     <w:rsid w:val="0065298B"/>
     <w:rsid w:val="00652A1E"/>
     <w:rsid w:val="00652A5E"/>
     <w:rsid w:val="00652EDE"/>
     <w:rsid w:val="0065311E"/>
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
@@ -21638,50 +21690,51 @@
     <w:rsid w:val="00722C2A"/>
     <w:rsid w:val="00723608"/>
     <w:rsid w:val="007242B4"/>
     <w:rsid w:val="0072458F"/>
     <w:rsid w:val="0072462C"/>
     <w:rsid w:val="00724893"/>
     <w:rsid w:val="0072504A"/>
     <w:rsid w:val="0072528A"/>
     <w:rsid w:val="00725500"/>
     <w:rsid w:val="0072552E"/>
     <w:rsid w:val="00725582"/>
     <w:rsid w:val="0072593D"/>
     <w:rsid w:val="00725A52"/>
     <w:rsid w:val="007262F3"/>
     <w:rsid w:val="00726F22"/>
     <w:rsid w:val="00727662"/>
     <w:rsid w:val="00730B55"/>
     <w:rsid w:val="00730C42"/>
     <w:rsid w:val="007314FB"/>
     <w:rsid w:val="00731D28"/>
     <w:rsid w:val="00731D8C"/>
     <w:rsid w:val="0073219F"/>
     <w:rsid w:val="00733367"/>
     <w:rsid w:val="00733561"/>
     <w:rsid w:val="00734547"/>
+    <w:rsid w:val="00734BFC"/>
     <w:rsid w:val="00735109"/>
     <w:rsid w:val="007351C7"/>
     <w:rsid w:val="0073555B"/>
     <w:rsid w:val="00735765"/>
     <w:rsid w:val="00736266"/>
     <w:rsid w:val="0073677B"/>
     <w:rsid w:val="00736BEF"/>
     <w:rsid w:val="00736CED"/>
     <w:rsid w:val="007376E2"/>
     <w:rsid w:val="007377DA"/>
     <w:rsid w:val="00737A35"/>
     <w:rsid w:val="007409C0"/>
     <w:rsid w:val="00740B58"/>
     <w:rsid w:val="00740D0C"/>
     <w:rsid w:val="00740FFE"/>
     <w:rsid w:val="00741074"/>
     <w:rsid w:val="00741244"/>
     <w:rsid w:val="007418B6"/>
     <w:rsid w:val="0074213D"/>
     <w:rsid w:val="00742279"/>
     <w:rsid w:val="007423F4"/>
     <w:rsid w:val="00742503"/>
     <w:rsid w:val="0074264F"/>
     <w:rsid w:val="00742882"/>
     <w:rsid w:val="00742D32"/>
@@ -22216,50 +22269,51 @@
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
     <w:rsid w:val="008A26C1"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
+    <w:rsid w:val="008A54E8"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1399"/>
     <w:rsid w:val="008B1C1B"/>
     <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
@@ -23158,50 +23212,51 @@
     <w:rsid w:val="00B24883"/>
     <w:rsid w:val="00B257BB"/>
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B33F71"/>
+    <w:rsid w:val="00B341FC"/>
     <w:rsid w:val="00B342F6"/>
     <w:rsid w:val="00B349EE"/>
     <w:rsid w:val="00B356CF"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
     <w:rsid w:val="00B434E5"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
@@ -23233,50 +23288,51 @@
     <w:rsid w:val="00B549FA"/>
     <w:rsid w:val="00B54C97"/>
     <w:rsid w:val="00B54EDF"/>
     <w:rsid w:val="00B550C7"/>
     <w:rsid w:val="00B55A6F"/>
     <w:rsid w:val="00B564C1"/>
     <w:rsid w:val="00B5782C"/>
     <w:rsid w:val="00B57D6D"/>
     <w:rsid w:val="00B57DAE"/>
     <w:rsid w:val="00B60DEF"/>
     <w:rsid w:val="00B6139A"/>
     <w:rsid w:val="00B614C1"/>
     <w:rsid w:val="00B61741"/>
     <w:rsid w:val="00B61764"/>
     <w:rsid w:val="00B61978"/>
     <w:rsid w:val="00B61A77"/>
     <w:rsid w:val="00B61ACA"/>
     <w:rsid w:val="00B61BA9"/>
     <w:rsid w:val="00B61D1E"/>
     <w:rsid w:val="00B620E2"/>
     <w:rsid w:val="00B6210E"/>
     <w:rsid w:val="00B6218B"/>
     <w:rsid w:val="00B62320"/>
     <w:rsid w:val="00B62566"/>
     <w:rsid w:val="00B63060"/>
+    <w:rsid w:val="00B63109"/>
     <w:rsid w:val="00B631EE"/>
     <w:rsid w:val="00B6325A"/>
     <w:rsid w:val="00B632E9"/>
     <w:rsid w:val="00B634C1"/>
     <w:rsid w:val="00B6354D"/>
     <w:rsid w:val="00B637B4"/>
     <w:rsid w:val="00B63E5A"/>
     <w:rsid w:val="00B64320"/>
     <w:rsid w:val="00B64C9D"/>
     <w:rsid w:val="00B65975"/>
     <w:rsid w:val="00B65AF7"/>
     <w:rsid w:val="00B65BC6"/>
     <w:rsid w:val="00B66495"/>
     <w:rsid w:val="00B665CE"/>
     <w:rsid w:val="00B66AAC"/>
     <w:rsid w:val="00B66E07"/>
     <w:rsid w:val="00B6761D"/>
     <w:rsid w:val="00B67D2F"/>
     <w:rsid w:val="00B70257"/>
     <w:rsid w:val="00B70F2C"/>
     <w:rsid w:val="00B70FFB"/>
     <w:rsid w:val="00B7103D"/>
     <w:rsid w:val="00B7206D"/>
     <w:rsid w:val="00B720C8"/>
     <w:rsid w:val="00B722FE"/>
@@ -24067,50 +24123,51 @@
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
     <w:rsid w:val="00D77ACD"/>
     <w:rsid w:val="00D77E1B"/>
     <w:rsid w:val="00D77F0B"/>
     <w:rsid w:val="00D801DF"/>
     <w:rsid w:val="00D80261"/>
     <w:rsid w:val="00D80749"/>
     <w:rsid w:val="00D808F7"/>
     <w:rsid w:val="00D81110"/>
     <w:rsid w:val="00D81C7E"/>
     <w:rsid w:val="00D81D77"/>
     <w:rsid w:val="00D81E4E"/>
     <w:rsid w:val="00D82098"/>
     <w:rsid w:val="00D820B1"/>
+    <w:rsid w:val="00D820C6"/>
     <w:rsid w:val="00D825E0"/>
     <w:rsid w:val="00D82A7E"/>
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83504"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
@@ -24823,50 +24880,51 @@
     <w:rsid w:val="00F6187E"/>
     <w:rsid w:val="00F61FD9"/>
     <w:rsid w:val="00F62205"/>
     <w:rsid w:val="00F62A8B"/>
     <w:rsid w:val="00F63203"/>
     <w:rsid w:val="00F63381"/>
     <w:rsid w:val="00F6347E"/>
     <w:rsid w:val="00F64C20"/>
     <w:rsid w:val="00F64FC3"/>
     <w:rsid w:val="00F65026"/>
     <w:rsid w:val="00F6559C"/>
     <w:rsid w:val="00F65966"/>
     <w:rsid w:val="00F65ED5"/>
     <w:rsid w:val="00F6612A"/>
     <w:rsid w:val="00F66636"/>
     <w:rsid w:val="00F66E2D"/>
     <w:rsid w:val="00F670C2"/>
     <w:rsid w:val="00F67CC7"/>
     <w:rsid w:val="00F67EFD"/>
     <w:rsid w:val="00F7051D"/>
     <w:rsid w:val="00F7172F"/>
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
+    <w:rsid w:val="00F7409E"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74870"/>
     <w:rsid w:val="00F74AFE"/>
     <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F7641E"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
     <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80AD0"/>
     <w:rsid w:val="00F80DF3"/>
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
     <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
@@ -30476,51 +30534,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ron.Manning@Lowes.Com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lcason@casonsequipment.com" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/Raydi.J.Soto/Downloads/PO-23-1080-OSD03-SRC01-29044" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin.j.mccoy@sherwin.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC04-71780&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28648&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26148&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/tradesperson-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Government.Support@lowes.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-us-west-2.amazonaws.com/naspovaluepoint/1647474896_Lowes%20Home%20Centers%20LLC%20NASPO%20Contract%20(1).pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandeslumber@gmail.com" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26313&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@toolsunlimitedinc.net" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homedepot.com/c/Government_Customers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__http:/www.lowes.com/NASPO__;!!CPANwP4y!TFjTDc6IuF8SQ_SDJAO0TJ0VS7qFcgWIqhKODqRTh7rCvFuUj7RR6fsFokA8bueNDguRE16LCBt8O6ICpNPtkmAb2GRv$" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.levesque@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajflattanzi@comcast.net" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26315&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29044&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30469&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30468&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lowes.com/naspo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naspovaluepoint.org/?gclid=Cj0KCQjwwevLBRCGARIsAKnAJvetinlxzeI6j9nQ-0yP2tWUi6MshUJjj1imMrX3Y1SYhyk5ayFkcrEaAkn2EALw_wcB" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26314&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpatterson@dlpindustries.net" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard_nyberg@homedepot.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@richmondhardware.com" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/publicsector/suppliers/the-home-depot-pro-institutional/contract-documentation" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureengibbons@marinehomecenter.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@fhcindustrial.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/purchasing-from-statewide-contracts-tips-for-out-of-state-buyers/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26312&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjenkins@thenorfolkcompanies.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Ron.Manning@Lowes.Com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26315&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ajflattanzi@comcast.net" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30468&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naspovaluepoint.org/?gclid=Cj0KCQjwwevLBRCGARIsAKnAJvetinlxzeI6j9nQ-0yP2tWUi6MshUJjj1imMrX3Y1SYhyk5ayFkcrEaAkn2EALw_wcB" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard_nyberg@homedepot.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:steve@richmondhardware.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/service-details/tradesperson-services" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Government.Support@lowes.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/publicsector/suppliers/the-home-depot-pro-institutional/contract-documentation" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lcason@casonsequipment.com" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/Raydi.J.Soto/Downloads/PO-23-1080-OSD03-SRC01-29044" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maureengibbons@marinehomecenter.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales@fhcindustrial.com" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26148&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Kevin.j.mccoy@sherwin.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.homedepot.com/c/Government_Customers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/bidDetail.sdo?docId=BD-22-1080-OSD03-SRC04-71780&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26312&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dank@carrhardware.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fernandeslumber@gmail.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-28648&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mjenkins@thenorfolkcompanies.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lowes.com/naspo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://s3-us-west-2.amazonaws.com/naspovaluepoint/1647474896_Lowes%20Home%20Centers%20LLC%20NASPO%20Contract%20(1).pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:richard.levesque@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26311&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25884&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26313&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@toolsunlimitedinc.net" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://urldefense.com/v3/__http:/www.lowes.com/NASPO__;!!CPANwP4y!TFjTDc6IuF8SQ_SDJAO0TJ0VS7qFcgWIqhKODqRTh7rCvFuUj7RR6fsFokA8bueNDguRE16LCBt8O6ICpNPtkmAb2GRv$" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-25885&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-30469&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-29044&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-17-1080-OSD03-SRC02-10360&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/purchasing-from-statewide-contracts-tips-for-out-of-state-buyers/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpatterson@dlpindustries.net" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC04-26314&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26149&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -30825,52 +30883,52 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -31062,105 +31120,119 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82F4EDCB-73A2-4625-88A9-71D0062A6E03}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F37DB1F6-1594-472C-B9DE-D4E1F6D93ADE}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>18</Pages>
-[...1 lines deleted...]
-  <Characters>32512</Characters>
+  <Pages>17</Pages>
+  <Words>5652</Words>
+  <Characters>32218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>270</Lines>
-  <Paragraphs>76</Paragraphs>
+  <Lines>268</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38139</CharactersWithSpaces>
+  <CharactersWithSpaces>37795</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>