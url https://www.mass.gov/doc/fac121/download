--- v0 (2025-11-05)
+++ v1 (2026-03-25)
@@ -693,136 +693,189 @@
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="7716216C" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="002753C8" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="7B714077" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="002753C8" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">09/09/2025: Updated </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E405EB" w:rsidRPr="0002302F">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00675EB4">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>OSD Category Manager.</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/0</w:t>
+            </w:r>
+            <w:r w:rsidR="00675EB4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/202</w:t>
+            </w:r>
+            <w:r w:rsidR="00675EB4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00661CF1" w:rsidRPr="00661CF1">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Barclay Water Management, Inc.</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17291">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> replaced with </w:t>
+            </w:r>
+            <w:r w:rsidR="00D17291" w:rsidRPr="00D17291">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Nalco Water</w:t>
+            </w:r>
+            <w:r w:rsidR="00D17291">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="364ECD5A" w14:textId="77777777" w:rsidR="00E405EB" w:rsidRDefault="00E405EB" w:rsidP="00D332F1"/>
     <w:p w14:paraId="34A60DF6" w14:textId="77777777" w:rsidR="00713C97" w:rsidRDefault="00713C97" w:rsidP="00D332F1"/>
     <w:p w14:paraId="23D14E2D" w14:textId="77777777" w:rsidR="00D679C5" w:rsidRPr="00D679C5" w:rsidRDefault="00D679C5" w:rsidP="00D679C5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB0D191" w14:textId="10D403F0" w:rsidR="00D679C5" w:rsidRPr="00D679C5" w:rsidRDefault="00D679C5" w:rsidP="00D679C5">
+    <w:p w14:paraId="2FB0D191" w14:textId="10D403F0" w:rsidR="00D679C5" w:rsidRDefault="00D679C5" w:rsidP="00D679C5">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Page </w:t>
@@ -895,50 +948,61 @@
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F36E08">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="36D786ED" w14:textId="77777777" w:rsidR="008A29FF" w:rsidRPr="00D679C5" w:rsidRDefault="008A29FF" w:rsidP="00D679C5">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="PageNumber"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="2D646A83" w14:textId="77777777" w:rsidR="00D679C5" w:rsidRPr="00D679C5" w:rsidRDefault="00D679C5" w:rsidP="00D679C5">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4680"/>
           <w:tab w:val="clear" w:pos="9360"/>
           <w:tab w:val="left" w:pos="1815"/>
           <w:tab w:val="center" w:pos="4968"/>
           <w:tab w:val="right" w:pos="9990"/>
         </w:tabs>
         <w:ind w:left="-1440" w:right="-1440"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -954,62 +1018,52 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D679C5">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Telephone: 617-720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidRPr="00D679C5">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C6D9576" w14:textId="4F9B2C86" w:rsidR="7E8076C0" w:rsidRDefault="7E8076C0" w:rsidP="7E8076C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38BA3FD1" w14:textId="6AABD194" w:rsidR="7E8076C0" w:rsidRDefault="7E8076C0" w:rsidP="7E8076C0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="7E8076C0" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
@@ -3612,65 +3666,51 @@
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc209710477" w:history="1">
             <w:r w:rsidRPr="00275C3E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>United Nations Standard Products and Services Code</w:t>
             </w:r>
             <w:r w:rsidRPr="00275C3E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidRPr="00275C3E">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:noProof/>
               </w:rPr>
-              <w:t xml:space="preserve"> (UN</w:t>
-[...13 lines deleted...]
-              <w:t>PSC)</w:t>
+              <w:t xml:space="preserve"> (UNSPSC)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc209710477 \h </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
@@ -3746,63 +3786,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32BCEDE0" w14:textId="77777777" w:rsidR="00713C97" w:rsidRDefault="00713C97" w:rsidP="7E8076C0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="61025D2A" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="7E8076C0">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="7E8076C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="7E8076C0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc209710444"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -4423,57 +4452,57 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA0514">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA0514">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Alternative Treatment Systems</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F55936C" w14:textId="77777777" w:rsidR="00330BAB" w:rsidRDefault="005D20CA" w:rsidP="00330BAB">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc194066595"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc209710447"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc209710447"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc194066595"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3609A836" w14:textId="77777777" w:rsidR="0037389F" w:rsidRPr="002E24BB" w:rsidRDefault="0037389F" w:rsidP="0037389F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E24BB">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC121 covers only Water Treatment Chemicals and Alternative Treatment Systems. Related products and services that fall outside the scope of this contract are available under the following Statewide Contracts:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4653,51 +4682,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">–Tradesperson Installation, Repair, and Maintenance Services FAC121 is for </w:t>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="_Hlk199536635"/>
       <w:r w:rsidRPr="00247D19">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Water Treatment Chemicals and Alternative Treatment Systems only. Related products that are not covered under this contract are listed below along with the statewide contract under which they can be found:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00247D19">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D20CA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRPr="00DC5CC1" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc194066594"/>
       <w:bookmarkStart w:id="13" w:name="_Toc209710448"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5402,61 +5431,61 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC75FE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>page, where links to all the vendors’ MBPOs are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCEE571" w14:textId="1F5A78FB" w:rsidR="00614844" w:rsidRDefault="00F35A63" w:rsidP="00A34D85">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="_Quote_Response_and"/>
-      <w:bookmarkStart w:id="17" w:name="_Toc194066598"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc209710450"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc209710450"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc194066598"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="6A1D7151" w14:textId="523C11FB" w:rsidR="00A34D85" w:rsidRDefault="000752B6" w:rsidP="00A34D85">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please refer to the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E97F14E" w14:textId="77777777" w:rsidR="000752B6" w:rsidRPr="00F928AD" w:rsidRDefault="000752B6" w:rsidP="0042436C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5994,69 +6023,69 @@
       <w:r w:rsidRPr="0073561C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Direct Quotes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="0073561C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>utside of COMMBUYS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48151924" w14:textId="3D4638BC" w:rsidR="002E02AF" w:rsidRDefault="002E02AF" w:rsidP="002E02AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Hlk200986169"/>
-      <w:bookmarkStart w:id="23" w:name="_Hlk200108991"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc209710453"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc209710453"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk200108991"/>
       <w:r w:rsidRPr="00F938E0">
         <w:t xml:space="preserve">Direct Quotes </w:t>
       </w:r>
       <w:r w:rsidR="00F277DE">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006561D8">
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00F938E0">
         <w:t>sing COMMBUYS</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00F277DE">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="006561D8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="285A0B0C" w14:textId="77777777" w:rsidR="00F1517C" w:rsidRPr="003B0898" w:rsidRDefault="00F1517C" w:rsidP="00F1517C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r>
@@ -6416,51 +6445,51 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> departments, cities, towns, and political subdivisions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Extend_Beyond_(Performance"/>
       <w:bookmarkStart w:id="27" w:name="_Toc209710455"/>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="1B4D9B57" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -6744,61 +6773,61 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc194066601"/>
-      <w:bookmarkStart w:id="29" w:name="_Toc209710456"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc209710456"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:lastRenderedPageBreak/>
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="247790D6" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8411,57 +8440,57 @@
       </w:r>
       <w:r w:rsidRPr="00295ECC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>$10,000</w:t>
       </w:r>
       <w:r w:rsidRPr="00295ECC">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, a Buyer may use sound business practices to award the work to a vendor without seeking additional quotes. Using an OSD statewide contract satisfies the sound business practices requirement of G.L. c. 149 for jobs costing less than $10,000.</w:t>
       </w:r>
       <w:r w:rsidR="000067FD" w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43AE68E9" w14:textId="77777777" w:rsidR="00850AEB" w:rsidRDefault="00F26DFB" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Toc194066605"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc209710460"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc209710460"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc194066605"/>
       <w:r w:rsidRPr="006A4A2A">
         <w:lastRenderedPageBreak/>
         <w:t>Prevailing Wage Law Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="072B7275" w14:textId="77777777" w:rsidR="00850AEB" w:rsidRDefault="00850AEB" w:rsidP="00850AEB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Massachusetts prevailing wage laws require that covered employees on public works projects be paid a minimum hourly rate set by the Department of Labor Standards (DLS). The prevailing wage laws apply to both union and non-union employers and employees. The buyer has a legal obligation to request a prevailing wage schedule from the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00DD25F4">
           <w:rPr>
@@ -8645,51 +8674,51 @@
           <w:t>Prevailing Wage Enforcement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1072565B" w14:textId="77777777" w:rsidR="00850AEB" w:rsidRPr="00CE4F99" w:rsidRDefault="00850AEB" w:rsidP="00850AEB">
       <w:r w:rsidRPr="007C5C8D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Buyers should always refer to a vendor’s Bidder Response Form (located in their COMMBUYS file) for their mark-up over prevailing wage and materials as well as a vendor’s charge for emergency services, holidays, and non-business hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C308E0" w14:textId="7DA6CF7F" w:rsidR="00C045FB" w:rsidRPr="00C045FB" w:rsidRDefault="00151AC8" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc209710461"/>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Labor Hours</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="5434897D" w14:textId="77777777" w:rsidR="00E82D9A" w:rsidRDefault="00AD0A7A" w:rsidP="00C045FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Business Hours (excluding holidays) are defined as Monday through Friday 7:00 a.m. to 5:00 p.m. Non-Business Hours are defined as periods outside of Business Hours</w:t>
       </w:r>
       <w:r w:rsidR="0008776A" w:rsidRPr="009E12A3">
@@ -9434,63 +9463,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="5068F220" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc194066607"/>
-      <w:bookmarkStart w:id="46" w:name="_Toc209710466"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc209710466"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="1790D03F" w14:textId="6A8DBC6B" w:rsidR="00EB66F5" w:rsidRPr="009E12A3" w:rsidRDefault="000E3C80" w:rsidP="00FE4F55">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
@@ -9531,56 +9560,56 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F29AEC0" w14:textId="77777777" w:rsidR="006F1887" w:rsidRDefault="00A87A58" w:rsidP="00FD4CF7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc194066609"/>
-      <w:bookmarkStart w:id="48" w:name="_Toc209710467"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc209710467"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc194066609"/>
       <w:r w:rsidRPr="00A87A58">
         <w:t>Shipping, Delivery, and Returns</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="1D21CB07" w14:textId="77777777" w:rsidR="006F1887" w:rsidRDefault="006F1887" w:rsidP="006F1887">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD25F4">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please refer to the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC2DA9F" w14:textId="77777777" w:rsidR="003B35D9" w:rsidRDefault="003B35D9" w:rsidP="003B35D9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10008,51 +10037,51 @@
         <w:t>FR</w:t>
       </w:r>
       <w:r w:rsidR="00F403CD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00955248">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc194066611"/>
       <w:bookmarkStart w:id="50" w:name="_Toc209710468"/>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t>Additional Discounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="2743D5C4" w14:textId="77777777" w:rsidR="009510AD" w:rsidRPr="0073561C" w:rsidRDefault="009510AD" w:rsidP="009510AD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073561C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors under this </w:t>
       </w:r>
       <w:r>
@@ -10385,105 +10414,79 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId56" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...8 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
@@ -11724,51 +11727,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Memorandum_of_Understanding"/>
       <w:bookmarkStart w:id="63" w:name="_Toc194066620"/>
       <w:bookmarkStart w:id="64" w:name="_Toc209710475"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:p w14:paraId="78108467" w14:textId="3C5D4B6A" w:rsidR="00572C84" w:rsidRDefault="00572C84" w:rsidP="00572C84">
+    <w:p w14:paraId="78108467" w14:textId="07D61452" w:rsidR="00572C84" w:rsidRDefault="00572C84" w:rsidP="00572C84">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
@@ -11800,51 +11803,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> include a reference to the Statewide Contract ID number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00247D46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC121</w:t>
       </w:r>
-      <w:r w:rsidR="006848FF" w:rsidRPr="00247D46">
+      <w:r w:rsidR="008A29FF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14633,466 +14636,89 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BA5A3DA" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006E5F07" w:rsidRPr="0051757B" w14:paraId="3EAF3511" w14:textId="77777777" w:rsidTr="007F080E">
-[...375 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="006E5F07" w:rsidRPr="0051757B" w14:paraId="38BE91BF" w14:textId="77777777" w:rsidTr="0023355A">
         <w:trPr>
           <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6293AF68" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Conservation Solutions Corporation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56BD07A4" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26975</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CDAF6C5" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
@@ -15205,51 +14831,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R9C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D72C41E" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>dcook@ConservationSolutions.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="36DAB74C" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -15409,51 +15035,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Holland Company Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EEBCF32" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26981</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0778591B" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
@@ -15566,51 +15192,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R10C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="228F9786" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>matt.holland@hollandcompany.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="79B4C0C0" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -15707,86 +15333,292 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BE55300" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00C92F05" w:rsidRPr="0051757B" w14:paraId="63B349C2" w14:textId="77777777" w:rsidTr="00C92F05">
+        <w:trPr>
+          <w:trHeight w:val="373"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1461" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0A89A6" w14:textId="551E8FDA" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="001C1B97" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C1B97">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Nalco Company LLC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="324F8A9C" w14:textId="49CF6065" w:rsidR="00C92F05" w:rsidRPr="00675EB4" w:rsidRDefault="00675EB4" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00675EB4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>PO-26-1080-OSD03-SRC01-37994</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1165" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30854C54" w14:textId="3C9D3497" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00E832E8" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E832E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Andrew Cornick</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1170" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CDFB33" w14:textId="0E70D0C3" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00E832E8" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E832E8">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>331-237-2631</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D2A8E58" w14:textId="38269288" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00F21058" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F21058">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Andrew.Cornick1@ecolab.com</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1080" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A3B65D" w14:textId="49535DC8" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00F21058" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2160" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6797D2F1" w14:textId="1A89CC2D" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00F21058" w:rsidP="009A7771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00410CE9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Refer to Price File located in the Master Contract Record</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46845A7E" w14:textId="77777777" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00C92F05" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1530" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E905FAD" w14:textId="13A010B0" w:rsidR="00C92F05" w:rsidRPr="00410CE9" w:rsidRDefault="00AA2163" w:rsidP="009D2D1C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="006E5F07" w:rsidRPr="0051757B" w14:paraId="454CF948" w14:textId="77777777" w:rsidTr="009A7771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6674CB88" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Neponset Chemical &amp; Eng Inc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29B0FB4C" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26979</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05A552C0" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
@@ -15899,51 +15731,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R11C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B4C2A8F" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>nepchem@norwoodlight.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="34099A93" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -16079,92 +15911,92 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0897DEDA" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E5F07" w:rsidRPr="0051757B" w14:paraId="317693B8" w14:textId="77777777" w:rsidTr="009A7771">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35041FD1" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Puraqua Pool Service, Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A455489" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26978</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50C91423" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
@@ -16277,51 +16109,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R12C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C124345" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>KERRIG@PURAQUAPOOLS.COM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="63AB9E28" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -16489,51 +16321,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>The Metro Group Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0733CA1A" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-23-1080-OSD03-SRC3-26980</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="68DD0363" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
@@ -16646,51 +16478,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R13C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B339237" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mflahive@metrogroupinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="747D172D" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -16713,51 +16545,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> LINK Excel.Sheet.12 https://massgov.sharepoint.com/sites/OSD-GFS-SHARED/STRATEGICSOURCING/Procurement%20Files/FAC121%20Water%20Treatment%20Chemicals%20and%20Alternative%20Treatment%20Systems/9%20Contract%20Management/FAC121%20Contract%20Setup%20Template.xlsx "Standard Format!R13C9" \a \f 5 \h  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DEF1952" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00410CE9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>mflahive@metrogroupinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="58AB6848" w14:textId="77777777" w:rsidR="006E5F07" w:rsidRPr="00410CE9" w:rsidRDefault="006E5F07" w:rsidP="009D2D1C">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00410CE9">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
@@ -17423,51 +17255,50 @@
         <w:t>06 Water treatment services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C92891" w14:textId="77777777" w:rsidR="00517C02" w:rsidRPr="007E14DC" w:rsidRDefault="00517C02" w:rsidP="0042436C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E14DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007E14DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -17503,50 +17334,51 @@
         <w:t>07 Desalination services</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472606EF" w14:textId="77777777" w:rsidR="00517C02" w:rsidRPr="007E14DC" w:rsidRDefault="00517C02" w:rsidP="0042436C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E14DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007E14DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
@@ -17616,73 +17448,73 @@
       </w:r>
       <w:r w:rsidRPr="007E14DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>42 Laboratory water purification equipment and supplies</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00517C02" w:rsidRPr="007E14DC" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2433CE38" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7D753CBE" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727AF7EF" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF"/>
+    <w:p w14:paraId="15A84C7F" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2ABD2813" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="2302D8CF" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B71C06" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF"/>
+    <w:p w14:paraId="3F44498D" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="360C5AE2" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF">
+    <w:p w14:paraId="0FB2D169" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -18135,95 +17967,95 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="72E571E3" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="60B7D9E6" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="140676A3" w14:textId="77777777" w:rsidR="00F36E08" w:rsidRPr="00E365B8" w:rsidRDefault="00F36E08" w:rsidP="00F36E08">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00F36E08" w:rsidRDefault="0019409E" w:rsidP="00F36E08">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="4C2A9F3F" w14:paraId="171CABCA" w14:textId="77777777" w:rsidTr="00B84519">
       <w:trPr>
         <w:trHeight w:val="198"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="408117BB" w14:textId="3795C989" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00B84519">
+        <w:p w14:paraId="408117BB" w14:textId="7E4C7FAF" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="00B84519">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="11AE3D1B" w14:textId="5609ABA8" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3646" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="3098181F" w14:textId="78E03542" w:rsidR="4C2A9F3F" w:rsidRDefault="4C2A9F3F" w:rsidP="4C2A9F3F">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:ind w:right="-115"/>
             <w:jc w:val="right"/>
@@ -18945,73 +18777,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BF71E90" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="5A6E9105" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325C732C" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF"/>
+    <w:p w14:paraId="5EBE4D66" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C6BA93A" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="777D48F0" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79480C4E" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF"/>
+    <w:p w14:paraId="1C640F22" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="798A7431" w14:textId="77777777" w:rsidR="00CA15CF" w:rsidRDefault="00CA15CF">
+    <w:p w14:paraId="719003DB" w14:textId="77777777" w:rsidR="00A642AE" w:rsidRDefault="00A642AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="74FA0362" w14:textId="7061FAF2" w:rsidR="00A93EF2" w:rsidRDefault="00A93EF2">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00163EAE" w:rsidRPr="00163EAE">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -19323,51 +19155,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="51E9A4E6" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="1E6C7969" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -19644,51 +19476,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4693D725" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="45DEF177" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21722,54 +21554,53 @@
   <w:num w:numId="14" w16cid:durableId="1757898434">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1411384799">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="546533878">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1112213737">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1990473434">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="487282440">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="142"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
-  <w:documentProtection w:edit="readOnly" w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
@@ -21865,50 +21696,51 @@
     <w:rsid w:val="000351B6"/>
     <w:rsid w:val="000359B4"/>
     <w:rsid w:val="00036331"/>
     <w:rsid w:val="0003637D"/>
     <w:rsid w:val="00036385"/>
     <w:rsid w:val="0003653B"/>
     <w:rsid w:val="00036729"/>
     <w:rsid w:val="00036C85"/>
     <w:rsid w:val="00037112"/>
     <w:rsid w:val="00037504"/>
     <w:rsid w:val="000377EB"/>
     <w:rsid w:val="00037E2A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040628"/>
     <w:rsid w:val="000409EE"/>
     <w:rsid w:val="00040A67"/>
     <w:rsid w:val="00041A63"/>
     <w:rsid w:val="0004215A"/>
     <w:rsid w:val="0004258A"/>
     <w:rsid w:val="00042605"/>
     <w:rsid w:val="00042727"/>
     <w:rsid w:val="00042C1F"/>
     <w:rsid w:val="00043A65"/>
     <w:rsid w:val="00043A70"/>
     <w:rsid w:val="00043AF6"/>
+    <w:rsid w:val="00043D89"/>
     <w:rsid w:val="00043E3F"/>
     <w:rsid w:val="0004406E"/>
     <w:rsid w:val="000440D6"/>
     <w:rsid w:val="00044567"/>
     <w:rsid w:val="00044702"/>
     <w:rsid w:val="0004480A"/>
     <w:rsid w:val="0004484E"/>
     <w:rsid w:val="000454B3"/>
     <w:rsid w:val="000456E7"/>
     <w:rsid w:val="000466F9"/>
     <w:rsid w:val="00047007"/>
     <w:rsid w:val="0004772E"/>
     <w:rsid w:val="00047BD3"/>
     <w:rsid w:val="0005037F"/>
     <w:rsid w:val="00050399"/>
     <w:rsid w:val="00050604"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="0005094B"/>
     <w:rsid w:val="00051537"/>
     <w:rsid w:val="00051972"/>
     <w:rsid w:val="00051C03"/>
     <w:rsid w:val="00051F6B"/>
     <w:rsid w:val="00052767"/>
     <w:rsid w:val="0005289A"/>
     <w:rsid w:val="00052AF0"/>
@@ -22430,50 +22262,51 @@
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
+    <w:rsid w:val="001C1B97"/>
     <w:rsid w:val="001C2CD6"/>
     <w:rsid w:val="001C2E2B"/>
     <w:rsid w:val="001C2E70"/>
     <w:rsid w:val="001C3179"/>
     <w:rsid w:val="001C33D5"/>
     <w:rsid w:val="001C38B4"/>
     <w:rsid w:val="001C38E0"/>
     <w:rsid w:val="001C3C17"/>
     <w:rsid w:val="001C3D2F"/>
     <w:rsid w:val="001C3D49"/>
     <w:rsid w:val="001C4336"/>
     <w:rsid w:val="001C4438"/>
     <w:rsid w:val="001C44AE"/>
     <w:rsid w:val="001C48B8"/>
     <w:rsid w:val="001C4B29"/>
     <w:rsid w:val="001C5226"/>
     <w:rsid w:val="001C537D"/>
     <w:rsid w:val="001C55DB"/>
     <w:rsid w:val="001C5906"/>
     <w:rsid w:val="001C61DE"/>
     <w:rsid w:val="001C6AE5"/>
     <w:rsid w:val="001C6DCC"/>
     <w:rsid w:val="001C7D0E"/>
     <w:rsid w:val="001D071B"/>
     <w:rsid w:val="001D0C65"/>
@@ -23525,50 +23358,51 @@
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
     <w:rsid w:val="00476EA7"/>
     <w:rsid w:val="00477992"/>
     <w:rsid w:val="00477DDF"/>
     <w:rsid w:val="00480784"/>
     <w:rsid w:val="0048091F"/>
     <w:rsid w:val="004809C0"/>
     <w:rsid w:val="00480A60"/>
     <w:rsid w:val="00480E10"/>
     <w:rsid w:val="0048135A"/>
     <w:rsid w:val="00481425"/>
     <w:rsid w:val="00481615"/>
     <w:rsid w:val="00482875"/>
     <w:rsid w:val="00482C3E"/>
     <w:rsid w:val="00482F90"/>
     <w:rsid w:val="004845EC"/>
     <w:rsid w:val="0048460D"/>
     <w:rsid w:val="00484D96"/>
     <w:rsid w:val="00484F96"/>
     <w:rsid w:val="00485996"/>
     <w:rsid w:val="0048642D"/>
     <w:rsid w:val="00486914"/>
     <w:rsid w:val="00487A54"/>
+    <w:rsid w:val="004903A9"/>
     <w:rsid w:val="00490EB5"/>
     <w:rsid w:val="0049109E"/>
     <w:rsid w:val="004919E2"/>
     <w:rsid w:val="00491C81"/>
     <w:rsid w:val="00491D32"/>
     <w:rsid w:val="00493044"/>
     <w:rsid w:val="00493238"/>
     <w:rsid w:val="00493421"/>
     <w:rsid w:val="00493515"/>
     <w:rsid w:val="00493B0A"/>
     <w:rsid w:val="00493CCD"/>
     <w:rsid w:val="00493D08"/>
     <w:rsid w:val="00494B2F"/>
     <w:rsid w:val="00495251"/>
     <w:rsid w:val="0049540A"/>
     <w:rsid w:val="004956F6"/>
     <w:rsid w:val="00495A72"/>
     <w:rsid w:val="00495FD4"/>
     <w:rsid w:val="004963C0"/>
     <w:rsid w:val="0049777A"/>
     <w:rsid w:val="00497BD7"/>
     <w:rsid w:val="00497CF1"/>
     <w:rsid w:val="00497F56"/>
     <w:rsid w:val="004A000D"/>
     <w:rsid w:val="004A019D"/>
@@ -23991,99 +23825,101 @@
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B00FD"/>
     <w:rsid w:val="005B099A"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
     <w:rsid w:val="005B10E0"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
+    <w:rsid w:val="005B4D42"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005C005A"/>
     <w:rsid w:val="005C0B61"/>
     <w:rsid w:val="005C10A7"/>
     <w:rsid w:val="005C11B1"/>
     <w:rsid w:val="005C1696"/>
     <w:rsid w:val="005C2250"/>
     <w:rsid w:val="005C275D"/>
     <w:rsid w:val="005C3FC7"/>
     <w:rsid w:val="005C4006"/>
     <w:rsid w:val="005C44B9"/>
     <w:rsid w:val="005C457B"/>
     <w:rsid w:val="005C45F9"/>
     <w:rsid w:val="005C57C8"/>
     <w:rsid w:val="005C5F50"/>
     <w:rsid w:val="005C7123"/>
     <w:rsid w:val="005C7447"/>
     <w:rsid w:val="005C7593"/>
     <w:rsid w:val="005C76AA"/>
     <w:rsid w:val="005C7811"/>
     <w:rsid w:val="005C7BD2"/>
     <w:rsid w:val="005C7BFD"/>
     <w:rsid w:val="005C7DF3"/>
     <w:rsid w:val="005C7E72"/>
     <w:rsid w:val="005D11B4"/>
     <w:rsid w:val="005D1B3D"/>
     <w:rsid w:val="005D1C73"/>
     <w:rsid w:val="005D20CA"/>
     <w:rsid w:val="005D293C"/>
     <w:rsid w:val="005D2A12"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="005D3A22"/>
     <w:rsid w:val="005D3A7D"/>
     <w:rsid w:val="005D3C8F"/>
     <w:rsid w:val="005D3CA8"/>
     <w:rsid w:val="005D4189"/>
     <w:rsid w:val="005D445E"/>
     <w:rsid w:val="005D4B8A"/>
     <w:rsid w:val="005D50E9"/>
     <w:rsid w:val="005D532F"/>
     <w:rsid w:val="005D59B0"/>
     <w:rsid w:val="005D5D9A"/>
     <w:rsid w:val="005D632A"/>
+    <w:rsid w:val="005D693E"/>
     <w:rsid w:val="005D73E1"/>
     <w:rsid w:val="005D759D"/>
     <w:rsid w:val="005E044D"/>
     <w:rsid w:val="005E069F"/>
     <w:rsid w:val="005E104A"/>
     <w:rsid w:val="005E1050"/>
     <w:rsid w:val="005E10B3"/>
     <w:rsid w:val="005E22E8"/>
     <w:rsid w:val="005E24DF"/>
     <w:rsid w:val="005E2CE6"/>
     <w:rsid w:val="005E31A5"/>
     <w:rsid w:val="005E3431"/>
     <w:rsid w:val="005E36DC"/>
     <w:rsid w:val="005E3B6E"/>
     <w:rsid w:val="005E53DA"/>
     <w:rsid w:val="005E54AD"/>
     <w:rsid w:val="005E566F"/>
     <w:rsid w:val="005E61C8"/>
     <w:rsid w:val="005E648B"/>
     <w:rsid w:val="005E7362"/>
     <w:rsid w:val="005E7680"/>
     <w:rsid w:val="005F0209"/>
     <w:rsid w:val="005F04C2"/>
     <w:rsid w:val="005F0C1B"/>
     <w:rsid w:val="005F1251"/>
@@ -24252,90 +24088,92 @@
     <w:rsid w:val="00653396"/>
     <w:rsid w:val="006533D9"/>
     <w:rsid w:val="00653585"/>
     <w:rsid w:val="00653677"/>
     <w:rsid w:val="006541F2"/>
     <w:rsid w:val="00654736"/>
     <w:rsid w:val="00654805"/>
     <w:rsid w:val="00654B0F"/>
     <w:rsid w:val="006556A0"/>
     <w:rsid w:val="00655D1B"/>
     <w:rsid w:val="00655E85"/>
     <w:rsid w:val="006560EC"/>
     <w:rsid w:val="006561D8"/>
     <w:rsid w:val="0065666A"/>
     <w:rsid w:val="00656C95"/>
     <w:rsid w:val="0065740E"/>
     <w:rsid w:val="00657679"/>
     <w:rsid w:val="006576AB"/>
     <w:rsid w:val="00657B01"/>
     <w:rsid w:val="00657B85"/>
     <w:rsid w:val="00657D21"/>
     <w:rsid w:val="0066070F"/>
     <w:rsid w:val="00660A24"/>
     <w:rsid w:val="00661A2B"/>
     <w:rsid w:val="00661B9D"/>
+    <w:rsid w:val="00661CF1"/>
     <w:rsid w:val="006626DD"/>
     <w:rsid w:val="00662C9A"/>
     <w:rsid w:val="00663335"/>
     <w:rsid w:val="006637A8"/>
     <w:rsid w:val="00663844"/>
     <w:rsid w:val="0066392F"/>
     <w:rsid w:val="00664554"/>
     <w:rsid w:val="00664D8F"/>
     <w:rsid w:val="00664F00"/>
     <w:rsid w:val="00665202"/>
     <w:rsid w:val="00665490"/>
     <w:rsid w:val="006654CA"/>
     <w:rsid w:val="006659DA"/>
     <w:rsid w:val="00665A92"/>
     <w:rsid w:val="00665CC5"/>
     <w:rsid w:val="006664D8"/>
     <w:rsid w:val="00666503"/>
     <w:rsid w:val="00666649"/>
     <w:rsid w:val="00666816"/>
     <w:rsid w:val="00666ACC"/>
     <w:rsid w:val="00666B28"/>
     <w:rsid w:val="00666E4C"/>
     <w:rsid w:val="006673BB"/>
     <w:rsid w:val="006673BC"/>
     <w:rsid w:val="006676CF"/>
     <w:rsid w:val="00667C37"/>
     <w:rsid w:val="00667D22"/>
     <w:rsid w:val="00667D7B"/>
     <w:rsid w:val="00667E26"/>
     <w:rsid w:val="006700E9"/>
     <w:rsid w:val="00670955"/>
     <w:rsid w:val="006709BC"/>
     <w:rsid w:val="00671BFA"/>
     <w:rsid w:val="006729BA"/>
     <w:rsid w:val="00672EDB"/>
     <w:rsid w:val="00674652"/>
     <w:rsid w:val="00674E3D"/>
     <w:rsid w:val="00675450"/>
     <w:rsid w:val="006756E0"/>
     <w:rsid w:val="00675C65"/>
+    <w:rsid w:val="00675EB4"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676418"/>
     <w:rsid w:val="0067673B"/>
     <w:rsid w:val="00676A6A"/>
     <w:rsid w:val="00676D22"/>
     <w:rsid w:val="0067707E"/>
     <w:rsid w:val="006770F2"/>
     <w:rsid w:val="00677486"/>
     <w:rsid w:val="00677B85"/>
     <w:rsid w:val="00677C14"/>
     <w:rsid w:val="00677CE0"/>
     <w:rsid w:val="0068018F"/>
     <w:rsid w:val="006801C7"/>
     <w:rsid w:val="00680441"/>
     <w:rsid w:val="0068051C"/>
     <w:rsid w:val="00680B92"/>
     <w:rsid w:val="00680BFA"/>
     <w:rsid w:val="00680C76"/>
     <w:rsid w:val="006812FE"/>
     <w:rsid w:val="0068134D"/>
     <w:rsid w:val="0068182D"/>
     <w:rsid w:val="00681891"/>
     <w:rsid w:val="00681C1A"/>
     <w:rsid w:val="00681E96"/>
     <w:rsid w:val="006824D3"/>
@@ -24635,50 +24473,51 @@
     <w:rsid w:val="007439B5"/>
     <w:rsid w:val="00743ACA"/>
     <w:rsid w:val="00743C39"/>
     <w:rsid w:val="00743F4E"/>
     <w:rsid w:val="00744CB8"/>
     <w:rsid w:val="00745468"/>
     <w:rsid w:val="00745E16"/>
     <w:rsid w:val="0074637F"/>
     <w:rsid w:val="00746451"/>
     <w:rsid w:val="007464B3"/>
     <w:rsid w:val="007472BB"/>
     <w:rsid w:val="00747845"/>
     <w:rsid w:val="00750294"/>
     <w:rsid w:val="0075041B"/>
     <w:rsid w:val="00750860"/>
     <w:rsid w:val="0075112C"/>
     <w:rsid w:val="007514C7"/>
     <w:rsid w:val="007514E1"/>
     <w:rsid w:val="00752008"/>
     <w:rsid w:val="0075262F"/>
     <w:rsid w:val="00752872"/>
     <w:rsid w:val="00752BCE"/>
     <w:rsid w:val="00753127"/>
     <w:rsid w:val="0075391A"/>
     <w:rsid w:val="0075396C"/>
+    <w:rsid w:val="00753D02"/>
     <w:rsid w:val="00753E85"/>
     <w:rsid w:val="0075477B"/>
     <w:rsid w:val="00754DF1"/>
     <w:rsid w:val="00754F08"/>
     <w:rsid w:val="00754FD0"/>
     <w:rsid w:val="00755050"/>
     <w:rsid w:val="0075509D"/>
     <w:rsid w:val="007553C2"/>
     <w:rsid w:val="00755516"/>
     <w:rsid w:val="00756482"/>
     <w:rsid w:val="00756CDF"/>
     <w:rsid w:val="00756D9B"/>
     <w:rsid w:val="0075729A"/>
     <w:rsid w:val="0075785E"/>
     <w:rsid w:val="007609D7"/>
     <w:rsid w:val="00760DC2"/>
     <w:rsid w:val="0076150F"/>
     <w:rsid w:val="00761812"/>
     <w:rsid w:val="00762005"/>
     <w:rsid w:val="00762723"/>
     <w:rsid w:val="00762D6F"/>
     <w:rsid w:val="00762F59"/>
     <w:rsid w:val="007637D8"/>
     <w:rsid w:val="00764332"/>
     <w:rsid w:val="00764E96"/>
@@ -24842,50 +24681,51 @@
     <w:rsid w:val="007C7AE0"/>
     <w:rsid w:val="007D0521"/>
     <w:rsid w:val="007D0555"/>
     <w:rsid w:val="007D064B"/>
     <w:rsid w:val="007D07D9"/>
     <w:rsid w:val="007D09E6"/>
     <w:rsid w:val="007D1167"/>
     <w:rsid w:val="007D1F71"/>
     <w:rsid w:val="007D1FE3"/>
     <w:rsid w:val="007D20D9"/>
     <w:rsid w:val="007D23B7"/>
     <w:rsid w:val="007D24BB"/>
     <w:rsid w:val="007D2A9B"/>
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
+    <w:rsid w:val="007D75F8"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E46F1"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
@@ -25147,87 +24987,89 @@
     <w:rsid w:val="00893E3B"/>
     <w:rsid w:val="00894D67"/>
     <w:rsid w:val="00894D9C"/>
     <w:rsid w:val="0089540D"/>
     <w:rsid w:val="00895415"/>
     <w:rsid w:val="008955CF"/>
     <w:rsid w:val="00895E2D"/>
     <w:rsid w:val="0089602F"/>
     <w:rsid w:val="00896086"/>
     <w:rsid w:val="0089636C"/>
     <w:rsid w:val="00896666"/>
     <w:rsid w:val="0089758C"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="00897D5F"/>
     <w:rsid w:val="008A060E"/>
     <w:rsid w:val="008A06F9"/>
     <w:rsid w:val="008A0A7D"/>
     <w:rsid w:val="008A0BEF"/>
     <w:rsid w:val="008A0D58"/>
     <w:rsid w:val="008A165E"/>
     <w:rsid w:val="008A1726"/>
     <w:rsid w:val="008A196A"/>
     <w:rsid w:val="008A19DE"/>
     <w:rsid w:val="008A29B1"/>
     <w:rsid w:val="008A29CD"/>
+    <w:rsid w:val="008A29FF"/>
     <w:rsid w:val="008A2B40"/>
     <w:rsid w:val="008A346F"/>
     <w:rsid w:val="008A360C"/>
     <w:rsid w:val="008A376C"/>
     <w:rsid w:val="008A39BC"/>
     <w:rsid w:val="008A3BCD"/>
     <w:rsid w:val="008A3BE0"/>
     <w:rsid w:val="008A3DC4"/>
     <w:rsid w:val="008A3E86"/>
     <w:rsid w:val="008A4943"/>
     <w:rsid w:val="008A4B86"/>
     <w:rsid w:val="008A4C65"/>
     <w:rsid w:val="008A4D1E"/>
     <w:rsid w:val="008A4E9A"/>
     <w:rsid w:val="008A4EFC"/>
     <w:rsid w:val="008A4F3C"/>
     <w:rsid w:val="008A4FFD"/>
     <w:rsid w:val="008A56CA"/>
     <w:rsid w:val="008A5D0F"/>
     <w:rsid w:val="008A6070"/>
     <w:rsid w:val="008A6220"/>
     <w:rsid w:val="008A6B05"/>
     <w:rsid w:val="008A72A3"/>
     <w:rsid w:val="008A7551"/>
     <w:rsid w:val="008A76DD"/>
     <w:rsid w:val="008A7CFE"/>
     <w:rsid w:val="008B0EC0"/>
     <w:rsid w:val="008B1399"/>
     <w:rsid w:val="008B1C4B"/>
     <w:rsid w:val="008B1D9E"/>
     <w:rsid w:val="008B1F60"/>
     <w:rsid w:val="008B2111"/>
     <w:rsid w:val="008B2125"/>
     <w:rsid w:val="008B228E"/>
     <w:rsid w:val="008B26F4"/>
     <w:rsid w:val="008B35F4"/>
     <w:rsid w:val="008B36B1"/>
+    <w:rsid w:val="008B398E"/>
     <w:rsid w:val="008B3FA8"/>
     <w:rsid w:val="008B47DF"/>
     <w:rsid w:val="008B4AA4"/>
     <w:rsid w:val="008B4C54"/>
     <w:rsid w:val="008B4DE7"/>
     <w:rsid w:val="008B4F51"/>
     <w:rsid w:val="008B5634"/>
     <w:rsid w:val="008B6393"/>
     <w:rsid w:val="008B6513"/>
     <w:rsid w:val="008B6A50"/>
     <w:rsid w:val="008B707F"/>
     <w:rsid w:val="008B74E9"/>
     <w:rsid w:val="008B7881"/>
     <w:rsid w:val="008B7C9A"/>
     <w:rsid w:val="008B7D4E"/>
     <w:rsid w:val="008C08F5"/>
     <w:rsid w:val="008C0AF8"/>
     <w:rsid w:val="008C0C26"/>
     <w:rsid w:val="008C0DFF"/>
     <w:rsid w:val="008C0FF4"/>
     <w:rsid w:val="008C10AA"/>
     <w:rsid w:val="008C18BF"/>
     <w:rsid w:val="008C2162"/>
     <w:rsid w:val="008C2A6D"/>
     <w:rsid w:val="008C2CF4"/>
@@ -25815,50 +25657,51 @@
     <w:rsid w:val="00A51773"/>
     <w:rsid w:val="00A51C99"/>
     <w:rsid w:val="00A51D7E"/>
     <w:rsid w:val="00A52024"/>
     <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52F81"/>
     <w:rsid w:val="00A538BC"/>
     <w:rsid w:val="00A53BCF"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54127"/>
     <w:rsid w:val="00A54C3C"/>
     <w:rsid w:val="00A552CD"/>
     <w:rsid w:val="00A561CB"/>
     <w:rsid w:val="00A568DF"/>
     <w:rsid w:val="00A56907"/>
     <w:rsid w:val="00A56D30"/>
     <w:rsid w:val="00A56D8A"/>
     <w:rsid w:val="00A56FBD"/>
     <w:rsid w:val="00A57308"/>
     <w:rsid w:val="00A57CCA"/>
     <w:rsid w:val="00A60BFC"/>
     <w:rsid w:val="00A61E64"/>
     <w:rsid w:val="00A62395"/>
     <w:rsid w:val="00A6294B"/>
     <w:rsid w:val="00A62A3D"/>
+    <w:rsid w:val="00A642AE"/>
     <w:rsid w:val="00A64D6D"/>
     <w:rsid w:val="00A65B61"/>
     <w:rsid w:val="00A6637E"/>
     <w:rsid w:val="00A66918"/>
     <w:rsid w:val="00A673D1"/>
     <w:rsid w:val="00A67809"/>
     <w:rsid w:val="00A67C0B"/>
     <w:rsid w:val="00A7030F"/>
     <w:rsid w:val="00A70375"/>
     <w:rsid w:val="00A7060F"/>
     <w:rsid w:val="00A706B3"/>
     <w:rsid w:val="00A70D1C"/>
     <w:rsid w:val="00A70D69"/>
     <w:rsid w:val="00A70FB3"/>
     <w:rsid w:val="00A72542"/>
     <w:rsid w:val="00A72593"/>
     <w:rsid w:val="00A72844"/>
     <w:rsid w:val="00A72FD9"/>
     <w:rsid w:val="00A7414D"/>
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
@@ -25901,50 +25744,51 @@
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A9498A"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
     <w:rsid w:val="00A9519E"/>
     <w:rsid w:val="00A95A65"/>
     <w:rsid w:val="00A95D09"/>
     <w:rsid w:val="00A95F45"/>
     <w:rsid w:val="00A96457"/>
     <w:rsid w:val="00A96592"/>
     <w:rsid w:val="00A968F7"/>
     <w:rsid w:val="00A97043"/>
     <w:rsid w:val="00A979B2"/>
     <w:rsid w:val="00AA0475"/>
     <w:rsid w:val="00AA04BD"/>
     <w:rsid w:val="00AA04D2"/>
     <w:rsid w:val="00AA0559"/>
     <w:rsid w:val="00AA09F5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA0BC6"/>
     <w:rsid w:val="00AA0CEE"/>
     <w:rsid w:val="00AA179A"/>
     <w:rsid w:val="00AA17DC"/>
     <w:rsid w:val="00AA2117"/>
+    <w:rsid w:val="00AA2163"/>
     <w:rsid w:val="00AA24F5"/>
     <w:rsid w:val="00AA327F"/>
     <w:rsid w:val="00AA35D6"/>
     <w:rsid w:val="00AA4D44"/>
     <w:rsid w:val="00AA5BF7"/>
     <w:rsid w:val="00AA6138"/>
     <w:rsid w:val="00AA6402"/>
     <w:rsid w:val="00AA7DE3"/>
     <w:rsid w:val="00AB0878"/>
     <w:rsid w:val="00AB0CF1"/>
     <w:rsid w:val="00AB0F7F"/>
     <w:rsid w:val="00AB211E"/>
     <w:rsid w:val="00AB2644"/>
     <w:rsid w:val="00AB29DA"/>
     <w:rsid w:val="00AB315D"/>
     <w:rsid w:val="00AB34E4"/>
     <w:rsid w:val="00AB39FB"/>
     <w:rsid w:val="00AB3FFD"/>
     <w:rsid w:val="00AB405A"/>
     <w:rsid w:val="00AB425A"/>
     <w:rsid w:val="00AB498D"/>
     <w:rsid w:val="00AB4E43"/>
     <w:rsid w:val="00AB4E5F"/>
     <w:rsid w:val="00AB58CE"/>
     <w:rsid w:val="00AB5CD3"/>
@@ -26395,50 +26239,51 @@
     <w:rsid w:val="00BD296A"/>
     <w:rsid w:val="00BD2E7E"/>
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD5A4C"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
+    <w:rsid w:val="00BE248B"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE3A71"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
     <w:rsid w:val="00BF3A01"/>
     <w:rsid w:val="00BF3BAC"/>
     <w:rsid w:val="00BF54B9"/>
@@ -26638,50 +26483,51 @@
     <w:rsid w:val="00C8263B"/>
     <w:rsid w:val="00C8294A"/>
     <w:rsid w:val="00C82A99"/>
     <w:rsid w:val="00C8334E"/>
     <w:rsid w:val="00C833FC"/>
     <w:rsid w:val="00C837D4"/>
     <w:rsid w:val="00C83ABA"/>
     <w:rsid w:val="00C84240"/>
     <w:rsid w:val="00C85213"/>
     <w:rsid w:val="00C8598E"/>
     <w:rsid w:val="00C85A57"/>
     <w:rsid w:val="00C85EA4"/>
     <w:rsid w:val="00C86429"/>
     <w:rsid w:val="00C86C88"/>
     <w:rsid w:val="00C86E35"/>
     <w:rsid w:val="00C87295"/>
     <w:rsid w:val="00C87F12"/>
     <w:rsid w:val="00C87FC9"/>
     <w:rsid w:val="00C902FB"/>
     <w:rsid w:val="00C9106D"/>
     <w:rsid w:val="00C91368"/>
     <w:rsid w:val="00C9213E"/>
     <w:rsid w:val="00C9214F"/>
     <w:rsid w:val="00C92578"/>
     <w:rsid w:val="00C92632"/>
+    <w:rsid w:val="00C92F05"/>
     <w:rsid w:val="00C93B80"/>
     <w:rsid w:val="00C94170"/>
     <w:rsid w:val="00C942A0"/>
     <w:rsid w:val="00C9452E"/>
     <w:rsid w:val="00C94898"/>
     <w:rsid w:val="00C94A10"/>
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
     <w:rsid w:val="00C951AA"/>
     <w:rsid w:val="00C956B9"/>
     <w:rsid w:val="00C95903"/>
     <w:rsid w:val="00C95AE5"/>
     <w:rsid w:val="00C96C5D"/>
     <w:rsid w:val="00C96F5B"/>
     <w:rsid w:val="00C96FCF"/>
     <w:rsid w:val="00C96FD3"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00C977DC"/>
     <w:rsid w:val="00CA02EC"/>
     <w:rsid w:val="00CA04C9"/>
     <w:rsid w:val="00CA0B28"/>
     <w:rsid w:val="00CA0D58"/>
     <w:rsid w:val="00CA0DC3"/>
     <w:rsid w:val="00CA1405"/>
@@ -26847,50 +26693,51 @@
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D10289"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13A48"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
+    <w:rsid w:val="00D17291"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D220AB"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
     <w:rsid w:val="00D2340D"/>
     <w:rsid w:val="00D234B2"/>
     <w:rsid w:val="00D235AD"/>
     <w:rsid w:val="00D2376E"/>
     <w:rsid w:val="00D24256"/>
     <w:rsid w:val="00D24B5F"/>
     <w:rsid w:val="00D2576A"/>
@@ -26966,50 +26813,51 @@
     <w:rsid w:val="00D56433"/>
     <w:rsid w:val="00D565C4"/>
     <w:rsid w:val="00D56E71"/>
     <w:rsid w:val="00D573CE"/>
     <w:rsid w:val="00D57708"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D607A8"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
+    <w:rsid w:val="00D65328"/>
     <w:rsid w:val="00D65C5C"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D679C5"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D76458"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
@@ -27166,50 +27014,51 @@
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1A17"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
+    <w:rsid w:val="00DE3FAD"/>
     <w:rsid w:val="00DE42E7"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE6899"/>
     <w:rsid w:val="00DE7F26"/>
     <w:rsid w:val="00DF0062"/>
     <w:rsid w:val="00DF05D5"/>
     <w:rsid w:val="00DF0674"/>
     <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
     <w:rsid w:val="00DF2189"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
     <w:rsid w:val="00DF30A8"/>
     <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
     <w:rsid w:val="00DF3E00"/>
     <w:rsid w:val="00DF5F40"/>
     <w:rsid w:val="00DF662D"/>
@@ -27389,50 +27238,51 @@
     <w:rsid w:val="00E73921"/>
     <w:rsid w:val="00E73B4C"/>
     <w:rsid w:val="00E73CDC"/>
     <w:rsid w:val="00E73ED3"/>
     <w:rsid w:val="00E741B4"/>
     <w:rsid w:val="00E7435B"/>
     <w:rsid w:val="00E746F5"/>
     <w:rsid w:val="00E748DF"/>
     <w:rsid w:val="00E74989"/>
     <w:rsid w:val="00E752B2"/>
     <w:rsid w:val="00E7555A"/>
     <w:rsid w:val="00E75853"/>
     <w:rsid w:val="00E77B47"/>
     <w:rsid w:val="00E801E6"/>
     <w:rsid w:val="00E806E6"/>
     <w:rsid w:val="00E80851"/>
     <w:rsid w:val="00E80DA1"/>
     <w:rsid w:val="00E810BA"/>
     <w:rsid w:val="00E815A8"/>
     <w:rsid w:val="00E816BD"/>
     <w:rsid w:val="00E8195C"/>
     <w:rsid w:val="00E81B4E"/>
     <w:rsid w:val="00E8235E"/>
     <w:rsid w:val="00E82C24"/>
     <w:rsid w:val="00E82D9A"/>
+    <w:rsid w:val="00E832E8"/>
     <w:rsid w:val="00E8332E"/>
     <w:rsid w:val="00E8347B"/>
     <w:rsid w:val="00E83484"/>
     <w:rsid w:val="00E84D04"/>
     <w:rsid w:val="00E85370"/>
     <w:rsid w:val="00E85735"/>
     <w:rsid w:val="00E85875"/>
     <w:rsid w:val="00E85892"/>
     <w:rsid w:val="00E85CDF"/>
     <w:rsid w:val="00E870A4"/>
     <w:rsid w:val="00E87947"/>
     <w:rsid w:val="00E87E69"/>
     <w:rsid w:val="00E900B1"/>
     <w:rsid w:val="00E90FC2"/>
     <w:rsid w:val="00E90FC4"/>
     <w:rsid w:val="00E91563"/>
     <w:rsid w:val="00E91896"/>
     <w:rsid w:val="00E91BDB"/>
     <w:rsid w:val="00E928F6"/>
     <w:rsid w:val="00E93701"/>
     <w:rsid w:val="00E93EC2"/>
     <w:rsid w:val="00E946C2"/>
     <w:rsid w:val="00E95518"/>
     <w:rsid w:val="00E95AC3"/>
     <w:rsid w:val="00E95AE4"/>
@@ -27612,82 +27462,84 @@
     <w:rsid w:val="00F106B8"/>
     <w:rsid w:val="00F10CA5"/>
     <w:rsid w:val="00F10E20"/>
     <w:rsid w:val="00F1176F"/>
     <w:rsid w:val="00F11B51"/>
     <w:rsid w:val="00F11C3A"/>
     <w:rsid w:val="00F11C3D"/>
     <w:rsid w:val="00F125CC"/>
     <w:rsid w:val="00F12D32"/>
     <w:rsid w:val="00F12EF4"/>
     <w:rsid w:val="00F12F87"/>
     <w:rsid w:val="00F1378E"/>
     <w:rsid w:val="00F138AD"/>
     <w:rsid w:val="00F13A4A"/>
     <w:rsid w:val="00F13EEC"/>
     <w:rsid w:val="00F1498F"/>
     <w:rsid w:val="00F14E12"/>
     <w:rsid w:val="00F14EFA"/>
     <w:rsid w:val="00F1517C"/>
     <w:rsid w:val="00F15311"/>
     <w:rsid w:val="00F17EF5"/>
     <w:rsid w:val="00F17FBE"/>
     <w:rsid w:val="00F20251"/>
     <w:rsid w:val="00F207BB"/>
     <w:rsid w:val="00F20EAA"/>
+    <w:rsid w:val="00F21058"/>
     <w:rsid w:val="00F21752"/>
     <w:rsid w:val="00F21BD8"/>
     <w:rsid w:val="00F220FA"/>
     <w:rsid w:val="00F22392"/>
     <w:rsid w:val="00F22853"/>
     <w:rsid w:val="00F229C4"/>
     <w:rsid w:val="00F22BEC"/>
     <w:rsid w:val="00F2394A"/>
     <w:rsid w:val="00F23A6E"/>
     <w:rsid w:val="00F23A93"/>
     <w:rsid w:val="00F23CD1"/>
     <w:rsid w:val="00F24712"/>
     <w:rsid w:val="00F24CBA"/>
     <w:rsid w:val="00F25599"/>
     <w:rsid w:val="00F25D65"/>
     <w:rsid w:val="00F261AF"/>
     <w:rsid w:val="00F2631B"/>
     <w:rsid w:val="00F2639E"/>
     <w:rsid w:val="00F267D7"/>
     <w:rsid w:val="00F26B2D"/>
     <w:rsid w:val="00F26DFB"/>
     <w:rsid w:val="00F2712F"/>
     <w:rsid w:val="00F27392"/>
     <w:rsid w:val="00F277DE"/>
     <w:rsid w:val="00F27A82"/>
     <w:rsid w:val="00F27A97"/>
     <w:rsid w:val="00F27C81"/>
     <w:rsid w:val="00F27D29"/>
     <w:rsid w:val="00F27DAA"/>
     <w:rsid w:val="00F30778"/>
     <w:rsid w:val="00F3086D"/>
     <w:rsid w:val="00F309D8"/>
+    <w:rsid w:val="00F309EC"/>
     <w:rsid w:val="00F30FFA"/>
     <w:rsid w:val="00F31269"/>
     <w:rsid w:val="00F31504"/>
     <w:rsid w:val="00F32129"/>
     <w:rsid w:val="00F321C0"/>
     <w:rsid w:val="00F325B1"/>
     <w:rsid w:val="00F3264B"/>
     <w:rsid w:val="00F329EE"/>
     <w:rsid w:val="00F329F3"/>
     <w:rsid w:val="00F32B15"/>
     <w:rsid w:val="00F32DA2"/>
     <w:rsid w:val="00F330D2"/>
     <w:rsid w:val="00F33440"/>
     <w:rsid w:val="00F33C73"/>
     <w:rsid w:val="00F340E0"/>
     <w:rsid w:val="00F345E1"/>
     <w:rsid w:val="00F34B90"/>
     <w:rsid w:val="00F34E2E"/>
     <w:rsid w:val="00F35003"/>
     <w:rsid w:val="00F355B6"/>
     <w:rsid w:val="00F355D9"/>
     <w:rsid w:val="00F35874"/>
     <w:rsid w:val="00F35A63"/>
     <w:rsid w:val="00F35C88"/>
     <w:rsid w:val="00F35D70"/>
@@ -33420,51 +33272,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26982&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt.holland@hollandcompany.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sales-support@barclaywater.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC01-17574&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Skaddy@azurewaterservices.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26981&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nepchem@norwoodlight.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomcass@aqualaboratories.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26975&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27015&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcook@ConservationSolutions.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26976&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27018&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KERRIG@PURAQUAPOOLS.COM" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26975&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26979&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OIGProcurementSupport@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nepchem@norwoodlight.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd01/download" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/prevailing-wage-enforcement" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26977&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dcook@ConservationSolutions.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd04/download" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-20-1080-OSD03-SRC01-17574&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AGOBidUnit@mass.gov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleXXI/Chapter149/section44a" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Skaddy@azurewaterservices.com" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sda?docId=PO-26-1080-OSD03-SRC01-37994&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26978&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd02/download" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-26989&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/how-to/get-public-procurement-assistance-from-our-chapter-30b-team" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/information-for-apprentices" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tomcass@aqualaboratories.com" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26981&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mflahive@metrogroupinc.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/public-construction" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://malegislature.gov/Laws/GeneralLaws/PartI/TitleIII/Chapter30/section39m" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27015&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:KERRIG@PURAQUAPOOLS.COM" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:amanda.ferdinand@mass.gov" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/trd03/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/dols" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:matt.holland@hollandcompany.com" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26976&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/lists/oig-forms-guides-and-advisories" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC01-27018&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-23-1080-OSD03-SRC3-26980&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -33745,52 +33597,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c40c71eb45016cd4244ce3126ed5c8e">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -34004,106 +33856,101 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D0D03FD-5600-49E2-8EF9-90A0766C1493}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97081DEB-E3C8-441B-BC78-241A0410F157}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>6407</Words>
-  <Characters>36522</Characters>
+  <Words>6297</Words>
+  <Characters>35894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>304</Lines>
-  <Paragraphs>85</Paragraphs>
+  <Lines>299</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42844</CharactersWithSpaces>
+  <CharactersWithSpaces>42107</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>