--- v0 (2025-12-04)
+++ v1 (2026-01-31)
@@ -168,51 +168,51 @@
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc212456248"/>
       <w:r w:rsidRPr="003E0898">
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
       <w:r w:rsidR="003E0898">
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable5Dark-Accent1"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="14" w:type="dxa"/>
         <w:tblLook w:val="02A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="0"/>
         <w:tblCaption w:val="Contract Overview"/>
         <w:tblDescription w:val="This table provides key details, including contact information for the Category Manager, relevant contract terms, quoting requirements, and a link to the complete vendor list."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3865"/>
         <w:gridCol w:w="5129"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="00A60164">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="67B75A24" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1572"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="0A4D33B9" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Category Manager Contact Information</w:t>
@@ -308,51 +308,51 @@
           </w:p>
           <w:p w14:paraId="18E36C1D" w14:textId="09621742" w:rsidR="00B1168A" w:rsidRPr="00B721B2" w:rsidRDefault="00B721B2" w:rsidP="004B6C84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B721B2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>617-359-7269</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="00963AD8">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="22AC3B9B" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:trHeight w:val="2474"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="000A0D78" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
@@ -554,51 +554,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="008E4FCB">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00C2126D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2030</w:t>
             </w:r>
             <w:r w:rsidRPr="008E4FCB">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>. No new agreements except for performance and payment purposes only beyond this date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
             </w:r>
@@ -708,129 +708,115 @@
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>*The asterisk is required when referencing the contract in the MMARS</w:t>
             </w:r>
             <w:r w:rsidR="008D670A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> system</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA06AC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="00137DFD">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="3CFEDB13" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:trHeight w:val="1032"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="493A2229" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="32355346" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00137DFD" w:rsidP="00331ED9">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00137DFD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and_1" w:history="1">
               <w:r w:rsidRPr="00CD60FC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00137DFD">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00FC48D8">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:trHeight w:val="674"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="182735FB" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor List</w:t>
             </w:r>
@@ -857,115 +843,104 @@
             </w:r>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
               <w:r w:rsidRPr="00136526">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Vendor List and Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for eligible vendors on this contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="00FC48D8">
+      <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="010EFBA1" w14:textId="77777777" w:rsidTr="2CA17B35">
         <w:trPr>
           <w:trHeight w:val="404"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="182344D2" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00E551CC" w:rsidP="00953689">
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> list.</w:t>
+          <w:p w14:paraId="14685198" w14:textId="1C2B86CE" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="4C555337" w:rsidP="2CA17B35">
+            <w:r>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidR="00E551CC">
+              <w:t>/1</w:t>
+            </w:r>
+            <w:r w:rsidR="2572B86E">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E551CC">
+              <w:t>/20</w:t>
+            </w:r>
+            <w:r w:rsidR="5CB5A9E3">
+              <w:t>26:</w:t>
+            </w:r>
+            <w:r w:rsidR="00E551CC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0E3EE5AE">
+              <w:t>RPA Release language removed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BE89AE7" w14:textId="77777777" w:rsidR="00B721B2" w:rsidRPr="00CD60FC" w:rsidRDefault="00B721B2" w:rsidP="00B721B2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EE53A3B" w14:textId="658B737F" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="00FC48D8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
@@ -1003,60 +978,52 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="611A44C7" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -1200,107 +1167,99 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="1932468650"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:p w14:paraId="46FC1B32" w14:textId="42253982" w:rsidR="005A21C6" w:rsidRDefault="005A21C6">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
           </w:pPr>
           <w:r>
             <w:t>Table of Contents</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="21F3FE3E" w14:textId="38C9FD4A" w:rsidR="00893626" w:rsidRDefault="00003C5E">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:bCs w:val="0"/>
               <w:vanish w:val="0"/>
               <w:kern w:val="2"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
@@ -3383,63 +3342,52 @@
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FFC32C1" w14:textId="77777777" w:rsidR="00CD60FC" w:rsidRDefault="00CD60FC" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="4933F02D" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc212456249"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
@@ -3660,137 +3608,83 @@
         <w:t xml:space="preserve">including </w:t>
       </w:r>
       <w:r w:rsidRPr="00777A4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>secure, on-site vending machines and automated replenishment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CE4CF29" w14:textId="1177CE7E" w:rsidR="008D4B92" w:rsidRDefault="008D4B92" w:rsidP="008D4B92">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A26084">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Some vendors offer </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A26084">
+        <w:t xml:space="preserve">Some vendors offer PunchOut catalog purchasing and eQuote functionality. Environmentally Preferable Products (EPPs) are also searchable on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF170B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>PunchOut</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>v</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A26084">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> catalog purchasing and </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A26084">
+        <w:t>endors</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF170B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>eQuote</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>’</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A26084">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> functionality. Environmentally Preferable Products (EPPs) are also searchable on the </w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> catalogs. Vendors provide </w:t>
+        <w:t xml:space="preserve"> PunchOut catalogs. Vendors provide </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Technical_Support_and" w:history="1">
         <w:r w:rsidR="00555551" w:rsidRPr="00913474">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>t</w:t>
         </w:r>
         <w:r w:rsidRPr="00913474">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">echnical </w:t>
         </w:r>
         <w:r w:rsidR="00555551" w:rsidRPr="00913474">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>s</w:t>
@@ -4928,70 +4822,60 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00192D75">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category 2:</w:t>
       </w:r>
       <w:r w:rsidRPr="008D4B92">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fasteners </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008D4B92">
+        <w:t xml:space="preserve"> Fasteners includ</w:t>
+      </w:r>
+      <w:r w:rsidR="001B1D3E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>includ</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>ing</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008D4B92">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> but are not limited to thread fasteners, anchors, bolts, cables, clips, hose couplings, inserts, lock nuts, pins, plates, rivets, screws, studs, and washers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78703DDE" w14:textId="360F85BF" w:rsidR="008D4B92" w:rsidRPr="008D4B92" w:rsidRDefault="008D4B92" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0094113B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -7831,67 +7715,51 @@
     <w:p w14:paraId="66D8CA1E" w14:textId="3EBD042C" w:rsidR="008D4B92" w:rsidRPr="00896124" w:rsidRDefault="008D4B92" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00896124">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendor Price File: </w:t>
       </w:r>
       <w:r w:rsidRPr="00896124">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">All vendors have been provided with a Microsoft Excel file outlining their awarded pricing, including approved manufacturers and the awarded discount percentage </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">All vendors have been provided with a Microsoft Excel file outlining their awarded pricing, including approved manufacturers and the awarded discount percentage off </w:t>
       </w:r>
       <w:r w:rsidR="00F54BF0" w:rsidRPr="00F54BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Manufacturer Suggested Retail Price </w:t>
       </w:r>
       <w:r w:rsidR="00F54BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00896124">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MSRP</w:t>
       </w:r>
       <w:r w:rsidR="00F54BF0">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -8268,59 +8136,51 @@
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Quote_Response_and_1"/>
       <w:bookmarkStart w:id="21" w:name="_Toc194066598"/>
       <w:bookmarkStart w:id="22" w:name="_Toc207800532"/>
       <w:bookmarkStart w:id="23" w:name="_Toc212456255"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="6A23234A" w14:textId="05054901" w:rsidR="003C1031" w:rsidRPr="003C1031" w:rsidRDefault="003C1031" w:rsidP="003C1031">
       <w:r w:rsidRPr="003C1031">
         <w:t xml:space="preserve">Contract users should always reference </w:t>
       </w:r>
       <w:r w:rsidRPr="003C1031">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FAC123</w:t>
       </w:r>
       <w:r w:rsidRPr="003C1031">
-        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> based on best value.</w:t>
+        <w:t xml:space="preserve"> when contacting vendors to ensure they are receiving contract pricing. Quotes, not including construction services, should be awarded based on best value.</w:t>
       </w:r>
       <w:r w:rsidR="0066442C">
         <w:t xml:space="preserve"> For more details</w:t>
       </w:r>
       <w:r w:rsidR="00B16D98">
         <w:t xml:space="preserve"> regarding quotes</w:t>
       </w:r>
       <w:r w:rsidR="0066442C">
         <w:t xml:space="preserve">, refer to </w:t>
       </w:r>
       <w:r w:rsidR="005E0DD4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0066442C" w:rsidRPr="005E0DD4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Quote Solicitation</w:t>
       </w:r>
       <w:r w:rsidR="005E0DD4">
         <w:t xml:space="preserve"> method of purchase</w:t>
       </w:r>
       <w:r w:rsidR="0066442C">
         <w:t xml:space="preserve"> </w:t>
@@ -8502,189 +8362,148 @@
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D1359" w14:textId="09C2D386" w:rsidR="008D4B92" w:rsidRPr="003B0898" w:rsidRDefault="008D4B92" w:rsidP="008D4B92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">G2B </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003B0898">
+        <w:t>G2B Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3DEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Punch</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008B3DEF">
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>O</w:t>
-[...16 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>ut:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Buyers may purchase directly from the vendor’s eCommerce site using the Government to Business (G2B) functionality in COMMBUYS.</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> S</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ee the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009743C4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Vendor MBPO Listing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for G2B </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> for G2B Punch</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96F16">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Punch</w:t>
+        <w:t xml:space="preserve">ut-enabled vendors. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A COMMBUYS </w:t>
       </w:r>
       <w:r w:rsidR="00E96F16">
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0898">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unch</w:t>
+      </w:r>
+      <w:r w:rsidR="00E96F16">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
-          <w:szCs w:val="24"/>
-[...11 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A COMMBUYS </w:t>
-[...36 lines deleted...]
-        <w:t xml:space="preserve"> provides the ability to purchase directly from the website of certain sellers (vendors). Buyers can “punch out” to a seller’s online shopping website to search for and choose the desired items. Once the items are selected and checked out, the system transfers these items to COMMBUYS to complete a release requisition. </w:t>
+        <w:t xml:space="preserve">ut provides the ability to purchase directly from the website of certain sellers (vendors). Buyers can “punch out” to a seller’s online shopping website to search for and choose the desired items. Once the items are selected and checked out, the system transfers these items to COMMBUYS to complete a release requisition. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="457BF514" w14:textId="1239717B" w:rsidR="008D4B92" w:rsidRPr="003B0898" w:rsidRDefault="008D4B92" w:rsidP="008D4B92">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
         <w:r w:rsidRPr="003B0898">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
@@ -8877,65 +8696,51 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD1A36">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11685002" w14:textId="2BF859C3" w:rsidR="008D4B92" w:rsidRPr="00BD1A36" w:rsidRDefault="008D4B92" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1A36">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Select the vendor you will </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> an order with</w:t>
+        <w:t>Select the vendor you will be placing an order with</w:t>
       </w:r>
       <w:r w:rsidR="00E72B22">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D20915" w14:textId="5656C7D0" w:rsidR="008D4B92" w:rsidRPr="00BD1A36" w:rsidRDefault="008D4B92" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD1A36">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Select the appropriate catalog line</w:t>
       </w:r>
@@ -9041,176 +8846,65 @@
       </w:r>
       <w:hyperlink r:id="rId32">
         <w:r w:rsidRPr="00BD1A36">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>How to Make a Statewide Contract Purchase in COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BD1A36">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> job aid for more details.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD18EA6" w14:textId="77777777" w:rsidR="008D4B92" w:rsidRPr="00661F38" w:rsidRDefault="008D4B92" w:rsidP="008D4B92">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E5A6220" w14:textId="77777777" w:rsidR="008D4B92" w:rsidRPr="003B0898" w:rsidRDefault="008D4B92" w:rsidP="008D4B92">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003B0898">
+    <w:p w14:paraId="0E8710D6" w14:textId="0EEFB499" w:rsidR="008D4B92" w:rsidRDefault="008D4B92" w:rsidP="2CA17B35">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2CA17B35">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...101 lines deleted...]
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B0898">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675722E9" w14:textId="67E4834B" w:rsidR="00FE302E" w:rsidRDefault="00FE302E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Extend_Beyond_(Performance"/>
       <w:bookmarkStart w:id="29" w:name="_Toc212456257"/>
       <w:bookmarkStart w:id="30" w:name="_Toc194066599"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>Extend Beyond (Performance and Payment That Goes Beyond Contract End Date)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="001A489C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="298B67D7" w14:textId="77777777" w:rsidR="009713F6" w:rsidRPr="00136C46" w:rsidRDefault="009713F6" w:rsidP="009713F6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
@@ -9527,51 +9221,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00B3390A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or call</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
@@ -9592,51 +9286,50 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>888-627-8283</w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E6D23F5" w14:textId="5028FFCD" w:rsidR="006C26B7" w:rsidRPr="00136C46" w:rsidRDefault="0005780F" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>While COMMBUYS use is not mandated for Non-Executive Agencies</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other </w:t>
       </w:r>
       <w:r w:rsidR="00BF6E04">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F76D22">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
       <w:r w:rsidR="00BF6E04">
         <w:rPr>
@@ -9806,90 +9499,91 @@
         <w:t>ttachments)</w:t>
       </w:r>
       <w:r w:rsidR="00E7265E">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">on COMMBUYS without requiring a COMMBUYS account or logging in.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26289368" w14:textId="04AFF596" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>To find contract documents</w:t>
       </w:r>
       <w:r w:rsidR="00E571FB" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00A774B6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, follow these steps</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D67533E" w14:textId="7C566A73" w:rsidR="00AB211E" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00AB211E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">On the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35">
+      <w:hyperlink r:id="rId34">
         <w:r w:rsidRPr="00136C46">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>COMMBUYS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">home page, enter </w:t>
       </w:r>
       <w:r w:rsidR="00CA3339" w:rsidRPr="00CA3339">
         <w:rPr>
@@ -10214,51 +9908,51 @@
       </w:r>
       <w:r w:rsidR="00CF04CB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="00114F9A">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidR="00114F9A" w:rsidRPr="00114F9A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC123 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009713F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504E285A" w14:textId="1790CAED" w:rsidR="00B90A78" w:rsidRDefault="0073550C" w:rsidP="009713F6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073550C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This contract is a cooperative contract under the</w:t>
       </w:r>
       <w:r w:rsidR="004F38E1">
@@ -10279,109 +9973,95 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F38E1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="0073550C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>NASPO</w:t>
       </w:r>
       <w:r w:rsidR="004F38E1">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0073550C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ValuePoint portfolio, led by the Commonwealth of Kentucky</w:t>
+      </w:r>
+      <w:r w:rsidR="004F38E1">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073550C">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="0073550C">
+      <w:r w:rsidR="00B90A78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90A78" w:rsidRPr="00B90A78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nformation on this contract can be found </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90A78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90A78" w:rsidRPr="00B90A78">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90A78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B90A78">
-[...29 lines deleted...]
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="00B90A78">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC123 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B90A78" w:rsidRPr="00B90A78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. All purchase orders issued by purchasing entities within the jurisdiction of this Participating Addendum shall include the Massachusetts Statewide Contract number</w:t>
       </w:r>
       <w:r w:rsidR="00B90A78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B90A78" w:rsidRPr="00B90A78">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
@@ -10406,51 +10086,51 @@
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MA 758 2500000413</w:t>
       </w:r>
       <w:r w:rsidR="00B90A78" w:rsidRPr="00B90A78">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2967A07E" w14:textId="5367CDC7" w:rsidR="00086B94" w:rsidRDefault="00763B2C" w:rsidP="009713F6">
       <w:r w:rsidRPr="00763B2C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Additional contract information and documents are available on the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidRPr="00A33B98">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Facilities MRO and Industrial Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A19A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>webpage</w:t>
       </w:r>
       <w:r w:rsidRPr="00763B2C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Check the </w:t>
@@ -10519,51 +10199,50 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RFP</w:t>
       </w:r>
       <w:r w:rsidR="000074AF">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00763B2C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, renewals, and amendments.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="0BD202DB" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Toc194066602"/>
       <w:bookmarkStart w:id="35" w:name="_Toc212456260"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="02188A1E" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="009713F6">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">price files, catalogs, and purchasing guidelines, </w:t>
@@ -10820,50 +10499,51 @@
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="36" w:name="_Toc201925128"/>
       <w:bookmarkStart w:id="37" w:name="_Toc212456261"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
@@ -10919,156 +10599,156 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Executive Departments </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> use diverse and small businesses to the extent possible based on contract terms, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Office (SDO)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, and departmental policies, laws, and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C47129" w14:textId="777E7F71" w:rsidR="00D16914" w:rsidRDefault="00D16914" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
+      <w:hyperlink r:id="rId39" w:history="1">
         <w:r w:rsidRPr="00556773">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Small Business Purchasing Program (SBPP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to small procurements ($250,000 or below annually), while the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="001B046D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Supplier Diversity Program (SDP)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> applies to large procurements (over $250,000 annually). Executive Departments must consider these requirements when soliciting quotes or issuing Statements </w:t>
       </w:r>
       <w:r w:rsidR="001F7D27">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00D16914">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f Work (SOWs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="763DAE00" w14:textId="33AFFFF4" w:rsidR="00A31A6A" w:rsidRDefault="00A4039E" w:rsidP="003813D4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational Services Division (OSD) provides a list of SDO businesses through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Statewide Contract Index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A4039E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
@@ -11172,87 +10852,86 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r w:rsidR="008E179F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of SDP Plan Forms: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B925288" w14:textId="2C8CC15C" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="009E2D17">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor SDP commitment percentages </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
@@ -11313,81 +10992,82 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
+      <w:hyperlink r:id="rId43" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE73878" w14:textId="685C5905" w:rsidR="008F629C" w:rsidRPr="003C6101" w:rsidRDefault="00ED6956" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor SBPP Certification status can be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:tgtFrame="_blank" w:tooltip="https://outlook.office.com/mail/id/AAQkADgzYTk4ODU3LTYyMDgtNGM4ZC04NmU4LWQ0MGVkNDhjYzRhZAAQAC3UPijPB%2BlJqIH0J4xQFY0%3D#x__Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="00ED6956">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
@@ -11829,51 +11509,51 @@
       </w:r>
       <w:r w:rsidR="009713F6" w:rsidRPr="009713F6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer t</w:t>
       </w:r>
       <w:r w:rsidR="00A54CE5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="009713F6" w:rsidRPr="009713F6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45">
+      <w:hyperlink r:id="rId44">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Grainger Mass NASPO Additional Freight</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="009713F6" w:rsidRPr="009713F6">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A54CE5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>attachment</w:t>
       </w:r>
       <w:r w:rsidR="00AD6B63">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> under </w:t>
@@ -11970,51 +11650,50 @@
         </w:rPr>
         <w:t>The wrong item was delivered</w:t>
       </w:r>
       <w:r w:rsidR="00370B59">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205D52E8" w14:textId="1B6011FF" w:rsidR="00FE09AB" w:rsidRPr="00CF0B54" w:rsidRDefault="009713F6" w:rsidP="00497DC7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Product performance, appearance</w:t>
       </w:r>
       <w:r w:rsidR="00C46976" w:rsidRPr="00CF0B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> or other attributes do not meet the Eligible Entity’s requirements</w:t>
       </w:r>
       <w:r w:rsidR="00810318" w:rsidRPr="00CF0B54">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="072B09CE" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
@@ -12107,51 +11786,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> A </w:t>
       </w:r>
       <w:r w:rsidR="006A0936">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">percentage </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>discount given to the buyer if the invoice is paid within a specified time, in accordance with the</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46">
+      <w:hyperlink r:id="rId45">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Bill Paying Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707E5068" w14:textId="53CC278E" w:rsidR="00F52DB7" w:rsidRPr="009E12A3" w:rsidRDefault="00F52DB7" w:rsidP="00F52DB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
@@ -12229,50 +11908,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the buyer if a certain volume of product or service is purchased.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9FFCE7" w14:textId="30AD2D1F" w:rsidR="00BC6254" w:rsidRPr="00BC6254" w:rsidRDefault="00BC6254" w:rsidP="00BC6254">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001978DC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> V</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">endor discounts are detailed in the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
@@ -12343,72 +12023,72 @@
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00003B08" w:rsidRPr="00003B08">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>801 CMR 21.05(3)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00003B08">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7168E228" w14:textId="6C565FBB" w:rsidR="00913474" w:rsidRPr="009E12A3" w:rsidRDefault="00913474" w:rsidP="00AC39A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Technical_Support_and"/>
       <w:bookmarkStart w:id="48" w:name="_Toc212456267"/>
       <w:bookmarkStart w:id="49" w:name="_Toc194066613"/>
@@ -12531,108 +12211,84 @@
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
-        <w:proofErr w:type="spellStart"/>
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -12724,63 +12380,63 @@
         </w:rPr>
         <w:t xml:space="preserve">Buyers are encouraged to reach out to the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="009713F6">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000804D4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId50" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidR="000804D4" w:rsidRPr="005F5011">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Miranda Beaudet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000804D4">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidR="000804D4" w:rsidRPr="004B6C84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Richard Levesque</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="000804D4">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if vendors are not meeting their contractual obligations and buyers may be surveyed for vendor performance feedback.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EEB944D" w14:textId="2C0339E6" w:rsidR="00EF1817" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="006307ED">
       <w:pPr>
@@ -12901,50 +12557,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> (CAP)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, working collaboratively with OSD and the relevant purchasing entities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2740164E" w14:textId="5D21A87A" w:rsidR="00291F79" w:rsidRPr="009E12A3" w:rsidRDefault="00291F79" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="001123CE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vendor</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> performance is inadequate or breaches the RFR terms, </w:t>
       </w:r>
       <w:r w:rsidR="00DD0432" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">including attachments and agreements, </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the OSD Category Manager</w:t>
@@ -13239,63 +12896,63 @@
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="00923EED">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00923EED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="00923EED" w:rsidRPr="005F5011">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Miranda Beaudet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00923EED">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="00923EED" w:rsidRPr="004B6C84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Richard Levesque</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00923EED">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for gui</w:t>
       </w:r>
       <w:r w:rsidR="00861069">
         <w:rPr>
@@ -13306,110 +12963,101 @@
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69FB5B92" w14:textId="77777777" w:rsidR="006A2C76" w:rsidRDefault="00BC5DEA" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc194066616"/>
       <w:bookmarkStart w:id="56" w:name="_Toc212456270"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
     </w:p>
     <w:p w14:paraId="18BD570A" w14:textId="131240CE" w:rsidR="00BC5DEA" w:rsidRDefault="006A2C76" w:rsidP="006A2C76">
       <w:r w:rsidRPr="006A2C76">
-        <w:t xml:space="preserve">If a product cannot be found in the vendor’s </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, it is recommended to contact the vendor directly to inquire if it is available for purchase on this contract. If the product meets the scope of the product category, the vendor may be able to add it to their product offerings. </w:t>
+        <w:t xml:space="preserve">If a product cannot be found in the vendor’s PunchOut, it is recommended to contact the vendor directly to inquire if it is available for purchase on this contract. If the product meets the scope of the product category, the vendor may be able to add it to their product offerings. </w:t>
       </w:r>
       <w:r w:rsidR="00DD0065" w:rsidRPr="00DD0065">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47930A6B" w14:textId="1DCB575E" w:rsidR="00654446" w:rsidRPr="002E2D42" w:rsidRDefault="00654446" w:rsidP="006A2C76">
       <w:r w:rsidRPr="00654446">
         <w:t xml:space="preserve">If the product is not listed in the scope of the product category, a buyer may contact the Category Manager </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="005F5011">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Miranda Beaudet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="004B6C84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Richard </w:t>
         </w:r>
         <w:r w:rsidRPr="004B2597">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Levesque</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00654446">
         <w:t>to inquire whether the product may be purchased.</w:t>
@@ -13422,108 +13070,109 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>To add a product to the list of eligible products sold under this contract, buyers must contact the Category Manager</w:t>
       </w:r>
       <w:r w:rsidR="004B2597">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B2597">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidR="004B2597" w:rsidRPr="005F5011">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Miranda Beaudet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B2597">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
+      <w:hyperlink r:id="rId56" w:history="1">
         <w:r w:rsidR="004B2597" w:rsidRPr="004B6C84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Richard </w:t>
         </w:r>
         <w:r w:rsidR="004B2597" w:rsidRPr="004B2597">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Levesque</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004B2597">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for approval. The new products requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
       <w:r w:rsidR="00BB63B1">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Segoe UI" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287EE5A1" w14:textId="06364684" w:rsidR="00EF4D38" w:rsidRDefault="00EF4D38" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="57" w:name="_Toc194066618"/>
       <w:bookmarkStart w:id="58" w:name="_Toc212456271"/>
       <w:r w:rsidRPr="00D40F23">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r w:rsidR="00131479">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DE449F7" w14:textId="39ADFFC6" w:rsidR="009713F6" w:rsidRDefault="009713F6" w:rsidP="009713F6">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc194066620"/>
       <w:r w:rsidRPr="3CBCD46B">
         <w:rPr>
@@ -13588,51 +13237,51 @@
       <w:r w:rsidRPr="3CBCD46B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MRO</w:t>
       </w:r>
       <w:r w:rsidR="00014205">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="3CBCD46B">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> products for buyers. </w:t>
       </w:r>
       <w:r w:rsidRPr="3CBCD46B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">State agencies must comply with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58">
+      <w:hyperlink r:id="rId57">
         <w:r w:rsidRPr="004B2597">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Massachusetts Executive Order 515</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="3CBCD46B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, which mandates the procurement of </w:t>
       </w:r>
       <w:r w:rsidR="00574CBD" w:rsidRPr="00574CBD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
       <w:r w:rsidR="00D53BF4">
         <w:rPr>
@@ -13794,75 +13443,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="30C23A7E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tatewide </w:t>
       </w:r>
       <w:r w:rsidR="004A3A9B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="30C23A7E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontract </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId58" w:history="1">
         <w:r w:rsidRPr="004A3A9B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC124: Building Maintenance Repair and Operations Product and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="30C23A7E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. These requirements may be </w:t>
-[...9 lines deleted...]
-      <w:hyperlink r:id="rId60" w:anchor="building-materials-and-supplies-">
+        <w:t xml:space="preserve">. These requirements may be viewed in the EPP Products and Services Guide for </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId59" w:anchor="building-materials-and-supplies-">
         <w:r w:rsidR="001B0242">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Building Materials and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001B0242">
         <w:t xml:space="preserve"> webpage</w:t>
       </w:r>
       <w:r w:rsidRPr="30C23A7E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FDD7FAE" w14:textId="2323CAA9" w:rsidR="009713F6" w:rsidRDefault="009713F6" w:rsidP="006307ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="11"/>
@@ -13887,78 +13528,78 @@
       </w:r>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors on this contract may sell cleaning products, however all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00573571">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">leaning products, hand sanitizers, hand soaps, janitorial paper products, waste, recycling and trash bags, and deicers and snowmelt products </w:t>
       </w:r>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">must meet the minimum environmental specifications set forth in the statewide contract </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId60" w:history="1">
         <w:r w:rsidRPr="00FC2886">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC118: Environmentally Preferable Cleaning Products, Programs, Equipment and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (excluding requirements for sanitizers and disinfectants). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">isit the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId61" w:history="1">
         <w:r w:rsidRPr="00A054BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC118 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidRPr="00365202">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">view the </w:t>
@@ -14061,71 +13702,62 @@
         </w:rPr>
         <w:t>Other Certifications/Standards:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Given the wide range of product categories covered by this </w:t>
       </w:r>
       <w:r w:rsidR="003A2070">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ontract, the EPP Program has </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">ontract, the EPP Program has curated a list of relevant third-party certifications and standards to support informed purchasing decisions. These </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>curated</w:t>
-[...10 lines deleted...]
-      <w:hyperlink r:id="rId63" w:anchor="building-materials-and-supplies" w:tgtFrame="_blank" w:history="1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">resources may be found on the EPP Products and Services Guide’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId62" w:anchor="building-materials-and-supplies" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00FC2886">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Building Materials and Supplies</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -14149,51 +13781,51 @@
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appliance Energy and Water Efficiency Standards</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers must comply with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId63" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00186094">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Massachusetts Appliance Energy and Water Efficiency Standards</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
@@ -14250,51 +13882,51 @@
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DOER</w:t>
       </w:r>
       <w:r w:rsidR="00AC1298">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId64" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00AC1298">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Compliance for Sellers and Installers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FC2886">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00AC1298">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="141414"/>
@@ -14324,69 +13956,69 @@
     <w:p w14:paraId="14211D42" w14:textId="77777777" w:rsidR="009713F6" w:rsidRPr="00A054BE" w:rsidRDefault="009713F6" w:rsidP="00483CAB">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A054BE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A054BE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId65" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A054BE">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Environmentally Preferable Products (EPP) Procurement Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A054BE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> and discover detailed guidance in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId66" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00A054BE">
           <w:rPr>
             <w:rStyle w:val="normaltextrun"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>EPP Products and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A054BE">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A054BE">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -14535,51 +14167,51 @@
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
       </w:r>
       <w:r w:rsidR="000E68EE">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by emailing </w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId67" w:history="1">
         <w:r w:rsidR="003764F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Comptroller Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A63214">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
       <w:r w:rsidR="003764F5">
         <w:rPr>
@@ -14601,51 +14233,51 @@
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A63214">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="77777777" w:rsidR="00266475" w:rsidRDefault="00266475" w:rsidP="00266475">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00266475" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId69"/>
+          <w:footerReference w:type="first" r:id="rId68"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08132DD7" w14:textId="77777777" w:rsidR="00F22CA1" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="68" w:name="_Appendix_A:_Vendor"/>
       <w:bookmarkStart w:id="69" w:name="_Vendor_Specific_Information"/>
       <w:bookmarkStart w:id="70" w:name="_Vendor_Information*"/>
       <w:bookmarkStart w:id="71" w:name="_Vendor_List_and"/>
       <w:bookmarkStart w:id="72" w:name="_Appendix_A:_1"/>
       <w:bookmarkStart w:id="73" w:name="_Toc194066623"/>
       <w:bookmarkStart w:id="74" w:name="_Toc212456273"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
@@ -14792,71 +14424,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="2AA1CFD0" w14:textId="62267176" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="00A70450">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMMBUYS Catalog </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Available</w:t>
+              <w:t>COMMBUYS Catalog PunchOut Available</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1222" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
           <w:p w14:paraId="1CAE1D21" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contact Person</w:t>
@@ -15286,51 +14898,51 @@
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3614F394" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-OSD03-35016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AEDFE20" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="0002099C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -15438,89 +15050,89 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-359-7269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29481A0D" w14:textId="5787E3E5" w:rsidR="00EB3408" w:rsidRDefault="00C0789F" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="00C0789F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Miranda.Beaudet@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="00F80256" w14:textId="77777777" w:rsidR="00CA5FEB" w:rsidRDefault="00CA5FEB" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B27A64B" w14:textId="77777777" w:rsidR="00CA5FEB" w:rsidRDefault="00CA5FEB" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6AFAF810" w14:textId="11751A0A" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00CA5FEB" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="008E17E1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Richard.Levesque@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="390B7493" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -15624,81 +15236,63 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Fastenal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EDFAFF8" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">G2B </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve">G2B PunchOut: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="466EB3C8" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03- SRC02-34898</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FF3CEB5" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="00F41CC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -15746,51 +15340,51 @@
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>757-342-6123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="549B95E2" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>magovsales@fastenal.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FD1D33E" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -15977,51 +15571,51 @@
               <w:t>MSC Supply</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5BE2AAC7" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">G2B Punchout: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03- SRC02-34943</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21BE87D6" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="00F41CC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -16084,51 +15678,51 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>594-7214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E3567D1" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>Paul.Medeiros@mscdirct.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31DC7606" w14:textId="77777777" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -16249,71 +15843,53 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>W. Grainger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1530" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="006E2A47" w14:textId="3A96D08A" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">G2B </w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+              <w:t xml:space="preserve">G2B PunchOut: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03- SRC02-34876</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D589F7D" w14:textId="7DC5DCA2" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="00F41CC7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -16376,51 +15952,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>617-680-5709</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43FC5EF7" w14:textId="44DBF3FA" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="00215BA0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>erin.charbonneau@grainger.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43D3F4CF" w14:textId="69D8CE7F" w:rsidR="00647100" w:rsidRPr="00215BA0" w:rsidRDefault="00647100" w:rsidP="004914E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00215BA0">
@@ -17276,73 +16852,73 @@
         <w:t xml:space="preserve"> Janitorial equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B85F581" w14:textId="01E9E004" w:rsidR="00931DF2" w:rsidRDefault="00931DF2" w:rsidP="007A4EE3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00931DF2" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4823E4FC" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="7CA3320B" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2414737C" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A"/>
+    <w:p w14:paraId="1BC3DE10" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59283F8B" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="393831B1" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="781A9035" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A"/>
+    <w:p w14:paraId="3BD71A1C" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6706F31C" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A">
+    <w:p w14:paraId="261981EA" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -17426,61 +17002,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="5654A5B1" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00B564C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -17794,55 +17361,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="47E0F400">
+            <v:group id="Group 1730328604" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="6A8D613B" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
@@ -17930,61 +17497,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -18298,55 +17856,55 @@
                                 <a:srgbClr val="000000"/>
                               </a:solidFill>
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...3 lines deleted...]
-              <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="43556F21">
+            <v:group id="Group 26" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" alt="&quot;&quot;" coordsize="12240,555" coordorigin=",15285" o:spid="_x0000_s1026" w14:anchorId="3C2A4571" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+              <v:rect id="Rectangle 6" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" fillcolor="#efb935" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+              <v:rect id="Rectangle 7" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1028" fillcolor="#2e3791" stroked="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
     </w:tblGrid>
     <w:tr w:rsidR="005851F6" w14:paraId="488F74A0" w14:textId="77777777" w:rsidTr="00B84519">
@@ -18427,61 +17985,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="33A3C3CC" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00B84519">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -18680,73 +18229,73 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CCA23AE" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="73C71EDD" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C7A3D4" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A"/>
+    <w:p w14:paraId="38F80C35" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7B91B668" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="547DB67F" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200FBE40" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A"/>
+    <w:p w14:paraId="75CF12B4" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="52BC94C1" w14:textId="77777777" w:rsidR="00222D3A" w:rsidRDefault="00222D3A">
+    <w:p w14:paraId="36A082D4" w14:textId="77777777" w:rsidR="003246BD" w:rsidRDefault="003246BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="389DBB33" w14:textId="47E6E21C" w:rsidR="00890F3E" w:rsidRDefault="00890F3E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0053582D" w:rsidRPr="0053582D">
         <w:t>Note that COMMBUYS is the official system of record for vendor contact information.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
@@ -18770,62 +18319,74 @@
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="221B2964">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="509F71B6">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1372931080" name="Picture 5" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:docPr id="1372931080" name="Picture 5">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1553488940" name="Picture 5" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPr id="1372931080" name="Picture 5">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -18909,91 +18470,91 @@
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
                           <w:pPr>
                             <w:ind w:right="-50"/>
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="6BE6E74D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="088B7472">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6BE6E74D">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 2" style="width:312.15pt;height:64.7pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1026" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5IHfIDgIAAPYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6wx4hRdugwD&#10;ugvQ7QNkWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS56VvDTgq9Blvw2WTKmbISKm0PBf/+bf/m&#10;mjMfhK2EAasK/qg8v9m+frXpXK7m0ICpFDICsT7vXMGbEFyeZV42qhV+Ak5ZctaArQhk4iGrUHSE&#10;3ppsPp2usg6wcghSeU+3d4OTbxN+XSsZvtS1V4GZglNtIe2Y9jLu2XYj8gMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyzsGmEP6hYRukaJihLPImVZ53w+Po1U+9xHkLL7BBUNWRwDJKC+xjayQn0yQqcBPJ5J&#10;V31gki6v1qvF1XLFmSTf9Xy2XixSCpE/v3bowwcFLYuHgiMNNaGL070PsRqRP4fEZB6MrvbamGTg&#10;odwZZCdBAtinNaL/FmYs6wq+Xs6XCdlCfJ+00epAAjW6peKmcQ2SiWy8t1UKCUKb4UyVGDvSExkZ&#10;uAl92VNgpKmE6pGIQhiESB+HDg3gL846EmHB/c+jQMWZ+WiJ7PVssYiqTcZi+XZOBl56ykuPsJKg&#10;Ch44G467kJQeebBwS0OpdeLrpZKxVhJXonH8CFG9l3aKevmu2ycAAAD//wMAUEsDBBQABgAIAAAA&#10;IQClyiHv2wAAAAUBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXYRkVpkadSk&#10;xmtrf8AAUyCys4TdFvrvnXrRy0sm7+W9b/L1bHt1otF3jg08LCJQxJWrO24M7L8298+gfECusXdM&#10;Bs7kYV1cX+WY1W7iLZ12oVFSwj5DA20IQ6a1r1qy6BduIBbv4EaLQc6x0fWIk5TbXsdRlGqLHctC&#10;iwO9t1R9747WwOFzuntaTeVH2C+3SfqG3bJ0Z2Nub+bXF1CB5vAXhgu+oEMhTKU7cu1Vb0AeCb8q&#10;Xhonj6BKCcWrBHSR6//0xQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOSB3yA4CAAD2&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApcoh79sA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="7E0367E2" w14:textId="01CE91C0" w:rsidR="00913691" w:rsidRPr="005D4B8A" w:rsidRDefault="008D4B92" w:rsidP="00913691">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00913691" w:rsidP="00913691" w:rsidRDefault="008D4B92" w14:paraId="097F8DAE" w14:textId="01CE91C0">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>FAC123</w:t>
                     </w:r>
-                    <w:r w:rsidR="00913691" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00913691">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="28DB629A" w14:textId="7274984B" w:rsidR="00886F53" w:rsidRPr="005D4B8A" w:rsidRDefault="00886F53" w:rsidP="00057CE6">
+                  <w:p w:rsidRPr="005D4B8A" w:rsidR="00886F53" w:rsidP="00057CE6" w:rsidRDefault="00886F53" w14:paraId="672A6659" w14:textId="7274984B">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F3B35B9" w14:textId="77777777" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
@@ -19022,54 +18583,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="3F2ED459">
+            <v:line id="Straight Connector 4" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="186B2CD9" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
@@ -19096,62 +18657,74 @@
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EA6ECE6" w14:textId="0DE4A57D" w:rsidR="00DD35D3" w:rsidRDefault="00196519" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="73554157">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="17AD6DAD" wp14:editId="40EFD9AF">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="852510018" name="Picture 5" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:docPr id="852510018" name="Picture 5">
+            <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="1553488940" name="Picture 5" descr="Text&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPr id="852510018" name="Picture 5">
+                    <a:extLst>
+                      <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                        <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2694746" cy="808478"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -19235,84 +18808,84 @@
                               <w:b/>
                               <w:sz w:val="48"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
                             <w:rPr>
                               <w:b/>
                               <w:sz w:val="52"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Contract User Guide</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...1 lines deleted...]
-            <v:shapetype w14:anchorId="1597F477" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="34765CB4">
+            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="1597F477">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1311369810" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" stroked="f">
+            <v:shape id="Text Box 1311369810" style="width:313.9pt;height:67.4pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:spid="_x0000_s1027" stroked="f" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuRJQEDwIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJktYx4hRdugwD&#10;ugvQ7QMUWY6FyaJGKbG7ry8lu2m2vQ3TgyCK1CF5eLS+6VvDTgq9Blvy2WTKmbISKm0PJf/+bfcm&#10;58wHYSthwKqSPyrPbzavX607V6g5NGAqhYxArC86V/ImBFdkmZeNaoWfgFOWnDVgKwKZeMgqFB2h&#10;tyabT6dXWQdYOQSpvKfbu8HJNwm/rpUMX+raq8BMyam2kHZM+z7u2WYtigMK12g5liH+oYpWaEtJ&#10;z1B3Igh2RP0XVKslgoc6TCS0GdS1lir1QN3Mpn9089AIp1IvRI53Z5r8/4OVn08P7iuy0L+DngaY&#10;mvDuHuQPzyxsG2EP6hYRukaJihLPImVZ53wxPo1U+8JHkH33CSoasjgGSEB9jW1khfpkhE4DeDyT&#10;rvrAJF2+XeVXi5xcknz5cplf5ymFKJ5fO/Thg4KWxUPJkYaa0MXp3odYjSieQ2IyD0ZXO21MMvCw&#10;3xpkJ0EC2KU1ov8WZizrSr5azpcJ2UJ8n7TR6kACNbql4qZxDZKJbLy3VQoJQpvhTJUYO9ITGRm4&#10;Cf2+Z7oauYts7aF6JL4QBj3S/6FDA/iLs460WHL/8yhQcWY+WuJ8NVssoniTsVhez8nAS8/+0iOs&#10;JKiSB86G4zYkwUc6LNzSbGqdaHupZCyZNJbYHP9DFPGlnaJefu3mCQAA//8DAFBLAwQUAAYACAAA&#10;ACEAUtsajNoAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1KCUpIU4F&#10;SCCuLf2ATbxNIuJ1FLtN+vcsXOCy0mhGs2+Kzex6daIxdJ4N3C0SUMS1tx03Bvafb7drUCEiW+w9&#10;k4EzBdiUlxcF5tZPvKXTLjZKSjjkaKCNcci1DnVLDsPCD8TiHfzoMIocG21HnKTc9XqZJKl22LF8&#10;aHGg15bqr93RGTh8TDcPj1P1HvfZdpW+YJdV/mzM9dX8/AQq0hz/wvCDL+hQClPlj2yD6g3IkPh7&#10;xUuXmcyoJHS/WoMuC/2fvvwGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALkSUBA8CAAD9&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAUtsajNoA&#10;AAAFAQAADwAAAAAAAAAAAAAAAABpBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="06F7E207" w14:textId="23F15266" w:rsidR="00DD35D3" w:rsidRPr="00492CC3" w:rsidRDefault="008D4B92">
+                  <w:p w:rsidRPr="00492CC3" w:rsidR="00DD35D3" w:rsidRDefault="008D4B92" w14:paraId="0C3DD985" w14:textId="23F15266">
                     <w:pPr>
                       <w:ind w:right="-50"/>
                       <w:jc w:val="right"/>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t>FAC123</w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00256FA6">
+                    <w:r w:rsidRPr="00256FA6" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="48"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
-                    <w:r w:rsidR="00DD35D3" w:rsidRPr="00492CC3">
+                    <w:r w:rsidRPr="00492CC3" w:rsidR="00DD35D3">
                       <w:rPr>
                         <w:b/>
                         <w:sz w:val="52"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Contract User Guide</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:anchorlock/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14DB22E7" w14:textId="77777777" w:rsidR="00DD35D3" w:rsidRPr="00D24FD4" w:rsidRDefault="00DD35D3" w:rsidP="00197BB3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
@@ -19369,54 +18942,54 @@
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...2 lines deleted...]
-              <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+        <mc:Fallback xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <w:pict w14:anchorId="01E96E08">
+            <v:line id="Straight Connector 1684346985" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" alt="&quot;&quot;" o:spid="_x0000_s1026" strokecolor="#4f81bd [3204]" strokeweight="3pt" from="0,0" to="550.8pt,0" w14:anchorId="647E1E91" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;">
+              <v:shadow on="t" color="black" opacity="22937f" offset="0,.63889mm" origin=",.5"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -22011,50 +21584,51 @@
     <w:rsid w:val="00097A84"/>
     <w:rsid w:val="000A0837"/>
     <w:rsid w:val="000A1337"/>
     <w:rsid w:val="000A1BCF"/>
     <w:rsid w:val="000A1C0F"/>
     <w:rsid w:val="000A25FB"/>
     <w:rsid w:val="000A2B0A"/>
     <w:rsid w:val="000A2BA0"/>
     <w:rsid w:val="000A2C90"/>
     <w:rsid w:val="000A2F05"/>
     <w:rsid w:val="000A3917"/>
     <w:rsid w:val="000A3D5D"/>
     <w:rsid w:val="000A4331"/>
     <w:rsid w:val="000A4668"/>
     <w:rsid w:val="000A4D11"/>
     <w:rsid w:val="000A50FE"/>
     <w:rsid w:val="000A52A9"/>
     <w:rsid w:val="000A52C4"/>
     <w:rsid w:val="000A5384"/>
     <w:rsid w:val="000A5986"/>
     <w:rsid w:val="000A5E6A"/>
     <w:rsid w:val="000A716E"/>
     <w:rsid w:val="000A7577"/>
     <w:rsid w:val="000A7626"/>
     <w:rsid w:val="000A76F0"/>
+    <w:rsid w:val="000A7A57"/>
     <w:rsid w:val="000A7EC2"/>
     <w:rsid w:val="000A7ECE"/>
     <w:rsid w:val="000B0079"/>
     <w:rsid w:val="000B0DF5"/>
     <w:rsid w:val="000B14CC"/>
     <w:rsid w:val="000B2106"/>
     <w:rsid w:val="000B2152"/>
     <w:rsid w:val="000B2914"/>
     <w:rsid w:val="000B2B6E"/>
     <w:rsid w:val="000B307C"/>
     <w:rsid w:val="000B320C"/>
     <w:rsid w:val="000B42F9"/>
     <w:rsid w:val="000B58FF"/>
     <w:rsid w:val="000B5F54"/>
     <w:rsid w:val="000B69DC"/>
     <w:rsid w:val="000B6C29"/>
     <w:rsid w:val="000B7E41"/>
     <w:rsid w:val="000C08FA"/>
     <w:rsid w:val="000C0F9A"/>
     <w:rsid w:val="000C17B5"/>
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
@@ -22333,50 +21907,51 @@
     <w:rsid w:val="001718C4"/>
     <w:rsid w:val="001725B9"/>
     <w:rsid w:val="00172862"/>
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="00174791"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="001748D3"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="001802F0"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
+    <w:rsid w:val="001812EE"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="00186094"/>
     <w:rsid w:val="001864F5"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
@@ -22984,50 +22559,51 @@
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
     <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
     <w:rsid w:val="00316BBD"/>
     <w:rsid w:val="00316EC7"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
     <w:rsid w:val="0032058B"/>
     <w:rsid w:val="00320B04"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
     <w:rsid w:val="00323B02"/>
     <w:rsid w:val="00323F32"/>
+    <w:rsid w:val="003246BD"/>
     <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00324F3B"/>
     <w:rsid w:val="0032537F"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
     <w:rsid w:val="00326178"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
     <w:rsid w:val="003300E5"/>
     <w:rsid w:val="00330C0C"/>
     <w:rsid w:val="00330D13"/>
     <w:rsid w:val="00331685"/>
     <w:rsid w:val="003317A0"/>
     <w:rsid w:val="00331A19"/>
     <w:rsid w:val="00331C22"/>
     <w:rsid w:val="00331DAD"/>
     <w:rsid w:val="00331ED9"/>
     <w:rsid w:val="0033203C"/>
     <w:rsid w:val="0033239D"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00332B74"/>
     <w:rsid w:val="00332CAE"/>
     <w:rsid w:val="00332F24"/>
@@ -27559,50 +27135,51 @@
     <w:rsid w:val="00E440F5"/>
     <w:rsid w:val="00E441FC"/>
     <w:rsid w:val="00E44D0E"/>
     <w:rsid w:val="00E4510F"/>
     <w:rsid w:val="00E45409"/>
     <w:rsid w:val="00E463A9"/>
     <w:rsid w:val="00E46B21"/>
     <w:rsid w:val="00E46F2F"/>
     <w:rsid w:val="00E46F52"/>
     <w:rsid w:val="00E47EF9"/>
     <w:rsid w:val="00E501C0"/>
     <w:rsid w:val="00E507FC"/>
     <w:rsid w:val="00E5099A"/>
     <w:rsid w:val="00E51057"/>
     <w:rsid w:val="00E5125C"/>
     <w:rsid w:val="00E51D03"/>
     <w:rsid w:val="00E51F06"/>
     <w:rsid w:val="00E52167"/>
     <w:rsid w:val="00E52312"/>
     <w:rsid w:val="00E523CF"/>
     <w:rsid w:val="00E53092"/>
     <w:rsid w:val="00E53E55"/>
     <w:rsid w:val="00E53EB5"/>
     <w:rsid w:val="00E54235"/>
     <w:rsid w:val="00E54275"/>
+    <w:rsid w:val="00E54410"/>
     <w:rsid w:val="00E54602"/>
     <w:rsid w:val="00E54801"/>
     <w:rsid w:val="00E548FF"/>
     <w:rsid w:val="00E54D0E"/>
     <w:rsid w:val="00E551CC"/>
     <w:rsid w:val="00E55A13"/>
     <w:rsid w:val="00E55AAB"/>
     <w:rsid w:val="00E55DBC"/>
     <w:rsid w:val="00E56042"/>
     <w:rsid w:val="00E56BE6"/>
     <w:rsid w:val="00E56F05"/>
     <w:rsid w:val="00E56F86"/>
     <w:rsid w:val="00E5713C"/>
     <w:rsid w:val="00E571FB"/>
     <w:rsid w:val="00E57289"/>
     <w:rsid w:val="00E5746E"/>
     <w:rsid w:val="00E57C91"/>
     <w:rsid w:val="00E57EEF"/>
     <w:rsid w:val="00E57F9A"/>
     <w:rsid w:val="00E60440"/>
     <w:rsid w:val="00E6055C"/>
     <w:rsid w:val="00E606F6"/>
     <w:rsid w:val="00E607AD"/>
     <w:rsid w:val="00E609CC"/>
     <w:rsid w:val="00E60F88"/>
@@ -28295,50 +27872,51 @@
     <w:rsid w:val="07FDB4D4"/>
     <w:rsid w:val="085B772B"/>
     <w:rsid w:val="0863539B"/>
     <w:rsid w:val="0908CC44"/>
     <w:rsid w:val="092AFCCD"/>
     <w:rsid w:val="09754A5C"/>
     <w:rsid w:val="09856568"/>
     <w:rsid w:val="09E05120"/>
     <w:rsid w:val="09E14DA8"/>
     <w:rsid w:val="0A0CB692"/>
     <w:rsid w:val="0A82C5CE"/>
     <w:rsid w:val="0A96D6BE"/>
     <w:rsid w:val="0AC85023"/>
     <w:rsid w:val="0AE1AA14"/>
     <w:rsid w:val="0BCAC867"/>
     <w:rsid w:val="0C7EA2BC"/>
     <w:rsid w:val="0C97E241"/>
     <w:rsid w:val="0C9B6FBB"/>
     <w:rsid w:val="0CAC23C0"/>
     <w:rsid w:val="0CD1E97E"/>
     <w:rsid w:val="0CD68105"/>
     <w:rsid w:val="0D14C00C"/>
     <w:rsid w:val="0D5E3E9C"/>
     <w:rsid w:val="0D629B01"/>
     <w:rsid w:val="0DBCE8E0"/>
+    <w:rsid w:val="0E3EE5AE"/>
     <w:rsid w:val="0E8EF41F"/>
     <w:rsid w:val="0EAE5624"/>
     <w:rsid w:val="0F4E561F"/>
     <w:rsid w:val="0F871120"/>
     <w:rsid w:val="0FC45D6A"/>
     <w:rsid w:val="106BA343"/>
     <w:rsid w:val="10FA09CB"/>
     <w:rsid w:val="11DF8DFD"/>
     <w:rsid w:val="11EB3753"/>
     <w:rsid w:val="11EF8BFD"/>
     <w:rsid w:val="12294732"/>
     <w:rsid w:val="126EDCB4"/>
     <w:rsid w:val="127112A0"/>
     <w:rsid w:val="1286B680"/>
     <w:rsid w:val="12E59FB7"/>
     <w:rsid w:val="13FE62E6"/>
     <w:rsid w:val="1447924B"/>
     <w:rsid w:val="151444B5"/>
     <w:rsid w:val="152BE036"/>
     <w:rsid w:val="15308722"/>
     <w:rsid w:val="154D7715"/>
     <w:rsid w:val="1588CB9B"/>
     <w:rsid w:val="159296F8"/>
     <w:rsid w:val="165133A1"/>
     <w:rsid w:val="17375507"/>
@@ -28366,81 +27944,83 @@
     <w:rsid w:val="1F63B926"/>
     <w:rsid w:val="1FE4BDD1"/>
     <w:rsid w:val="2007CF94"/>
     <w:rsid w:val="207CC22A"/>
     <w:rsid w:val="20C372C7"/>
     <w:rsid w:val="2106FB90"/>
     <w:rsid w:val="21657D0C"/>
     <w:rsid w:val="21B572E6"/>
     <w:rsid w:val="21BA9C9B"/>
     <w:rsid w:val="21D8D01A"/>
     <w:rsid w:val="22140550"/>
     <w:rsid w:val="2262AA78"/>
     <w:rsid w:val="2282CB1D"/>
     <w:rsid w:val="22B01956"/>
     <w:rsid w:val="230708AB"/>
     <w:rsid w:val="23183CED"/>
     <w:rsid w:val="239ABB7D"/>
     <w:rsid w:val="2416D4BF"/>
     <w:rsid w:val="24477189"/>
     <w:rsid w:val="2451DF3A"/>
     <w:rsid w:val="2468D356"/>
     <w:rsid w:val="246BE30C"/>
     <w:rsid w:val="246CD287"/>
     <w:rsid w:val="2523191D"/>
     <w:rsid w:val="2568AB0B"/>
+    <w:rsid w:val="2572B86E"/>
     <w:rsid w:val="259E3A13"/>
     <w:rsid w:val="25F33BE6"/>
     <w:rsid w:val="261F268C"/>
     <w:rsid w:val="2683EF99"/>
     <w:rsid w:val="26A4FF53"/>
     <w:rsid w:val="26CCB7AA"/>
     <w:rsid w:val="26E34B4E"/>
     <w:rsid w:val="2714C861"/>
     <w:rsid w:val="27663178"/>
     <w:rsid w:val="2773DF11"/>
     <w:rsid w:val="279020D4"/>
     <w:rsid w:val="27902803"/>
     <w:rsid w:val="27D0625A"/>
     <w:rsid w:val="27DD393D"/>
     <w:rsid w:val="28273D65"/>
     <w:rsid w:val="29085A55"/>
     <w:rsid w:val="295F0B3C"/>
     <w:rsid w:val="2A355D98"/>
     <w:rsid w:val="2A74601D"/>
     <w:rsid w:val="2AB1EAEF"/>
     <w:rsid w:val="2AB2C8D8"/>
     <w:rsid w:val="2B270E5D"/>
     <w:rsid w:val="2B405877"/>
     <w:rsid w:val="2B449894"/>
     <w:rsid w:val="2B72BD34"/>
     <w:rsid w:val="2B72D985"/>
     <w:rsid w:val="2C0F1796"/>
     <w:rsid w:val="2C32C152"/>
     <w:rsid w:val="2C46CF51"/>
     <w:rsid w:val="2C837899"/>
     <w:rsid w:val="2C9158C6"/>
+    <w:rsid w:val="2CA17B35"/>
     <w:rsid w:val="2DA1BF57"/>
     <w:rsid w:val="2DEA05BD"/>
     <w:rsid w:val="2DFFAC9A"/>
     <w:rsid w:val="2E7B5CE0"/>
     <w:rsid w:val="2E7C31C9"/>
     <w:rsid w:val="2F071CE2"/>
     <w:rsid w:val="2F11D050"/>
     <w:rsid w:val="302AE77A"/>
     <w:rsid w:val="304B4F25"/>
     <w:rsid w:val="3069EFA4"/>
     <w:rsid w:val="30813013"/>
     <w:rsid w:val="30CC72CC"/>
     <w:rsid w:val="30FD12C7"/>
     <w:rsid w:val="31092F4C"/>
     <w:rsid w:val="318985F6"/>
     <w:rsid w:val="31DE879D"/>
     <w:rsid w:val="31EE043A"/>
     <w:rsid w:val="32B4A2FF"/>
     <w:rsid w:val="32C26E34"/>
     <w:rsid w:val="32E92805"/>
     <w:rsid w:val="330C91CE"/>
     <w:rsid w:val="331CAEC4"/>
     <w:rsid w:val="3329E10D"/>
     <w:rsid w:val="3338F81A"/>
     <w:rsid w:val="33910EFE"/>
@@ -28506,50 +28086,51 @@
     <w:rsid w:val="44DB780A"/>
     <w:rsid w:val="451D8467"/>
     <w:rsid w:val="452DB02E"/>
     <w:rsid w:val="4569191D"/>
     <w:rsid w:val="45F1749E"/>
     <w:rsid w:val="46EC0885"/>
     <w:rsid w:val="470E9718"/>
     <w:rsid w:val="47C4C87B"/>
     <w:rsid w:val="47D2210E"/>
     <w:rsid w:val="47F40877"/>
     <w:rsid w:val="481C2B5F"/>
     <w:rsid w:val="482406E7"/>
     <w:rsid w:val="48293F8C"/>
     <w:rsid w:val="483CA196"/>
     <w:rsid w:val="49096F91"/>
     <w:rsid w:val="4930D506"/>
     <w:rsid w:val="4951C592"/>
     <w:rsid w:val="49E63A88"/>
     <w:rsid w:val="4A136BDC"/>
     <w:rsid w:val="4A26B89D"/>
     <w:rsid w:val="4B0163C5"/>
     <w:rsid w:val="4B60781D"/>
     <w:rsid w:val="4BF3104F"/>
     <w:rsid w:val="4BFEA3DF"/>
     <w:rsid w:val="4C2A9F3F"/>
+    <w:rsid w:val="4C555337"/>
     <w:rsid w:val="4CD9714A"/>
     <w:rsid w:val="4DCF5614"/>
     <w:rsid w:val="4DEBA75F"/>
     <w:rsid w:val="4E079D94"/>
     <w:rsid w:val="4E395CC5"/>
     <w:rsid w:val="4ED97C9A"/>
     <w:rsid w:val="4EF801C0"/>
     <w:rsid w:val="4F09E275"/>
     <w:rsid w:val="4F81A441"/>
     <w:rsid w:val="4FA8B06B"/>
     <w:rsid w:val="4FDDDC33"/>
     <w:rsid w:val="50154D23"/>
     <w:rsid w:val="501ACC07"/>
     <w:rsid w:val="505B6E0A"/>
     <w:rsid w:val="505B7E99"/>
     <w:rsid w:val="5073386C"/>
     <w:rsid w:val="50BEEE4F"/>
     <w:rsid w:val="50DF1D72"/>
     <w:rsid w:val="5110D5A6"/>
     <w:rsid w:val="514378B5"/>
     <w:rsid w:val="5187E4DA"/>
     <w:rsid w:val="51BC80A4"/>
     <w:rsid w:val="51F5625D"/>
     <w:rsid w:val="525D1729"/>
     <w:rsid w:val="5268E906"/>
@@ -28563,83 +28144,85 @@
     <w:rsid w:val="577BB6F1"/>
     <w:rsid w:val="57ADD150"/>
     <w:rsid w:val="57F01BE9"/>
     <w:rsid w:val="57FB0354"/>
     <w:rsid w:val="58314F50"/>
     <w:rsid w:val="585C6DF1"/>
     <w:rsid w:val="58843273"/>
     <w:rsid w:val="5896E57C"/>
     <w:rsid w:val="589ECD48"/>
     <w:rsid w:val="58EEE0FF"/>
     <w:rsid w:val="595C23A9"/>
     <w:rsid w:val="5988972B"/>
     <w:rsid w:val="59975D5C"/>
     <w:rsid w:val="59A43698"/>
     <w:rsid w:val="59C19D99"/>
     <w:rsid w:val="59F1F6E2"/>
     <w:rsid w:val="59F2BEAA"/>
     <w:rsid w:val="5A322E9A"/>
     <w:rsid w:val="5A63ABBB"/>
     <w:rsid w:val="5A90A5A1"/>
     <w:rsid w:val="5ADDFEFB"/>
     <w:rsid w:val="5B0CEAAB"/>
     <w:rsid w:val="5B6352A7"/>
     <w:rsid w:val="5BA94C62"/>
     <w:rsid w:val="5C82BDF2"/>
+    <w:rsid w:val="5CB5A9E3"/>
     <w:rsid w:val="5CDD37BD"/>
     <w:rsid w:val="5D14C480"/>
     <w:rsid w:val="5D2D794F"/>
     <w:rsid w:val="5D390228"/>
     <w:rsid w:val="5D784754"/>
     <w:rsid w:val="5DC80A56"/>
     <w:rsid w:val="5DF23226"/>
     <w:rsid w:val="5E088BEF"/>
     <w:rsid w:val="5E3DD23D"/>
     <w:rsid w:val="5E54A18C"/>
     <w:rsid w:val="5E647E3E"/>
     <w:rsid w:val="5F2B1441"/>
     <w:rsid w:val="60841615"/>
     <w:rsid w:val="6090249D"/>
     <w:rsid w:val="61090B2D"/>
     <w:rsid w:val="610AB160"/>
     <w:rsid w:val="613DC743"/>
     <w:rsid w:val="61674B42"/>
     <w:rsid w:val="61802BDC"/>
     <w:rsid w:val="618F2E34"/>
     <w:rsid w:val="61A751AA"/>
     <w:rsid w:val="635D1BE8"/>
     <w:rsid w:val="63793ADC"/>
     <w:rsid w:val="638FCA67"/>
     <w:rsid w:val="63C6D75D"/>
     <w:rsid w:val="645A7CA4"/>
     <w:rsid w:val="648D456B"/>
     <w:rsid w:val="64D2AD47"/>
     <w:rsid w:val="655A5448"/>
     <w:rsid w:val="65B31951"/>
     <w:rsid w:val="65F64D05"/>
     <w:rsid w:val="661368FA"/>
     <w:rsid w:val="668AFE8F"/>
+    <w:rsid w:val="66E53B7D"/>
     <w:rsid w:val="670C7F9B"/>
     <w:rsid w:val="671A1D1F"/>
     <w:rsid w:val="671CAC54"/>
     <w:rsid w:val="675776C0"/>
     <w:rsid w:val="677CCF43"/>
     <w:rsid w:val="682EB24E"/>
     <w:rsid w:val="6841D4E1"/>
     <w:rsid w:val="6859311B"/>
     <w:rsid w:val="6866FE79"/>
     <w:rsid w:val="68A131B5"/>
     <w:rsid w:val="68C2DA8B"/>
     <w:rsid w:val="690F72A4"/>
     <w:rsid w:val="695AE07A"/>
     <w:rsid w:val="697B0267"/>
     <w:rsid w:val="69F389EE"/>
     <w:rsid w:val="6A158E7B"/>
     <w:rsid w:val="6A2AA9E6"/>
     <w:rsid w:val="6A40A319"/>
     <w:rsid w:val="6A799C6C"/>
     <w:rsid w:val="6A8A7AB1"/>
     <w:rsid w:val="6AEA58D8"/>
     <w:rsid w:val="6B61C945"/>
     <w:rsid w:val="6C05D65D"/>
     <w:rsid w:val="6C35FB41"/>
     <w:rsid w:val="6C88CFEE"/>
@@ -33703,51 +33286,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magovsales@fastenal.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides?_gl=1*12qr1m9*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjEyNDgxMTIkbzQ5NiRnMSR0MTc2MTI0ODg0OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/qrg-how-to-record-a-contract-purchase-previously-made-rpa-release/download" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naspovaluepoint.org/portfolio/facilities-mro-and-industrial-supplies-2024-2030/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides?_gl=1*yv7nby*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjEyNDgxMTIkbzQ5NiRnMSR0MTc2MTI0ODYzNSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34898&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.Medeiros@mscdirct.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-energy-and-water-efficiency-standards" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-make-a-statewide-contact-purchase-in-commbuys/download" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://naspovaluepoint.org/portfolio/facilities-mro-and-industrial-supplies-2024-2030/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides?_gl=1*yv7nby*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjEyNDgxMTIkbzQ5NiRnMSR0MTc2MTI0ODYzNSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34943&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-22-1080-OSD03-SRC3-24779&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/appliance-efficiency-standards-compliance-for-sellers-and-installers" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erin.charbonneau@grainger.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34898&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/environmentally-preferable-products-index" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Paul.Medeiros@mscdirct.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/executive-orders/no-515-establishing-an-environmental-purchasing-policy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-purchase-from-a-commbuys-g2b-punchout/download" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-35016&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facilities-general-contract-user-guides?_gl=1*12qr1m9*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NjEyNDgxMTIkbzQ5NiRnMSR0MTc2MTI0ODg0OCRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:magovsales@fastenal.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Miranda.Beaudet@mass.gov" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34876&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Levesque@mass.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -34028,52 +33611,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a769f5e92b7c1d9dc616422e0a2633ff">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e82b6fa405d795c2c1fd60b002b1325c" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4acca893a766136a5bafeab47b9027e1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2e0e5592891313212390eddb4a3d5f9a" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -34262,1591 +33849,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9859C123-44BE-4BBC-A3D3-A2EF5595D61E}"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{694A8246-505B-4BF1-8B10-697EE0A0ACDB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>6207</Words>
-  <Characters>35382</Characters>
+  <Words>6119</Words>
+  <Characters>34883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>294</Lines>
-  <Paragraphs>83</Paragraphs>
+  <Lines>290</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41506</CharactersWithSpaces>
+  <CharactersWithSpaces>40921</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...1442 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Products and Services Contract User Guide Template</dc:title>
   <dc:subject/>
   <dc:creator>Danielle Frizzi</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">