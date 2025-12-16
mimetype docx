--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -330,130 +330,252 @@
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Contract Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C8D9EB"/>
           </w:tcPr>
-          <w:p w14:paraId="7F40E2A8" w14:textId="2FA83DC6" w:rsidR="00A61DD0" w:rsidRPr="00136526" w:rsidRDefault="00A61DD0" w:rsidP="00844B0E">
+          <w:p w14:paraId="7F40E2A8" w14:textId="4BFBD316" w:rsidR="00A61DD0" w:rsidRPr="004C518B" w:rsidRDefault="004C518B" w:rsidP="00844B0E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00136526">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Current Contract Term:</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">United Rentals </w:t>
+            </w:r>
+            <w:r w:rsidR="00A61DD0" w:rsidRPr="00136526">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>Current Contract Term:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A61DD0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FB4657">
+            <w:r w:rsidR="00A61DD0" w:rsidRPr="00FB4657">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>August 28, 2024–June 11, 2028</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18DAF315" w14:textId="0DA5CD92" w:rsidR="0064148A" w:rsidRPr="00A61DD0" w:rsidRDefault="00A61DD0" w:rsidP="00844B0E">
+          <w:p w14:paraId="5538E25C" w14:textId="41C20F5F" w:rsidR="004C518B" w:rsidRDefault="004C518B" w:rsidP="00D660E4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Herc Rentals </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00136526">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Current Contract Term:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43343B55" w14:textId="30F3F9C6" w:rsidR="004C518B" w:rsidRPr="004C518B" w:rsidRDefault="004C518B" w:rsidP="004C518B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004C518B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>November 1, 2025- June 11,2028</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="699ED6A1" w14:textId="5CD7613C" w:rsidR="0064148A" w:rsidRPr="002449D0" w:rsidRDefault="00A61DD0" w:rsidP="00844B0E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A61DD0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maximum End Date: </w:t>
+              <w:t xml:space="preserve">Maximum </w:t>
+            </w:r>
+            <w:r w:rsidR="004C518B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Possible </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DD0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">End Date: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A61DD0">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Three </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D15D95">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>one-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A61DD0">
+              <w:t>(3)</w:t>
+            </w:r>
+            <w:r w:rsidR="002A79C2">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>one-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A61DD0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>year extensions to 2031</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="594C8B18" w14:textId="60F5CB90" w:rsidR="002449D0" w:rsidRPr="002449D0" w:rsidRDefault="002449D0" w:rsidP="00844B0E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002449D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Extend Beyond</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DAF315" w14:textId="2E965BCD" w:rsidR="002449D0" w:rsidRPr="00A61DD0" w:rsidRDefault="002449D0" w:rsidP="002449D0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>No written agreement shall extend six (6) months beyond the final termination date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="7146EE8A" w14:textId="77777777" w:rsidTr="0093033F">
         <w:trPr>
           <w:trHeight w:val="1299"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="44776E05" w14:textId="4F72CB31" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="006626DD" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006626DD">
@@ -615,65 +737,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Quote Requirements</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598ACD9D" w14:textId="248EA02D" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00DE5E30">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE5E30">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quotes are required for </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">. Refer to the </w:t>
+              <w:t xml:space="preserve">Quotes are required for purchasing. Refer to the </w:t>
             </w:r>
             <w:hyperlink w:anchor="_Quote_Response_and" w:history="1">
               <w:r w:rsidRPr="00DE5E30">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Quote Response and Requirements</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DE5E30">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> section for guidelines.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0064148A" w:rsidRPr="00136526" w14:paraId="0C1AC47B" w14:textId="77777777" w:rsidTr="00DE5E30">
         <w:trPr>
           <w:trHeight w:val="666"/>
           <w:tblCellSpacing w:w="14" w:type="dxa"/>
         </w:trPr>
         <w:tc>
@@ -753,190 +861,189 @@
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="2E3192"/>
           </w:tcPr>
           <w:p w14:paraId="79F057E1" w14:textId="77777777" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="0064148A" w:rsidP="00953689">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="9165"/>
               </w:tabs>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00136526">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Updates</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="000010000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="1" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14685198" w14:textId="71E06E1C" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="00D023C1" w:rsidP="00953689">
+          <w:p w14:paraId="14685198" w14:textId="5C675685" w:rsidR="0064148A" w:rsidRPr="00136526" w:rsidRDefault="005B1198" w:rsidP="00953689">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="006F52F2" w:rsidRPr="00F56F7E">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12-01-25 </w:t>
+            </w:r>
+            <w:r w:rsidR="00D15D95">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00ED5C88">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Updated </w:t>
+            </w:r>
+            <w:r w:rsidR="00F81014">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E0548F">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MBPO and </w:t>
+            </w:r>
+            <w:r w:rsidR="002449D0">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="006F52F2" w:rsidRPr="00F56F7E">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>Term date for Herc</w:t>
+            </w:r>
+            <w:r w:rsidR="00D15D95">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00ED5C88">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rentals</w:t>
+            </w:r>
+            <w:r w:rsidR="001A699D">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="006F52F2" w:rsidRPr="00F56F7E">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Sunbelt Rentals </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD7247">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidR="00ED5C88" w:rsidRPr="00ED5C88">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>renewal contract i</w:t>
+            </w:r>
+            <w:r w:rsidR="001A699D">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00ED5C88">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>s currently pending</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD7247">
               <w:rPr>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>ategory Manager(s)</w:t>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> until further notice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52DAD034" w14:textId="77777777" w:rsidR="0064148A" w:rsidRDefault="0064148A" w:rsidP="00D332F1"/>
     <w:p w14:paraId="7D9E68F4" w14:textId="77777777" w:rsidR="00ED5C88" w:rsidRDefault="00ED5C88" w:rsidP="00D332F1"/>
     <w:p w14:paraId="2EE53A3B" w14:textId="3ADB882A" w:rsidR="00AC1E9E" w:rsidRPr="006E4CCA" w:rsidRDefault="00AC1E9E" w:rsidP="006E4CCA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00A14344" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ot</w:t>
       </w:r>
       <w:r w:rsidR="00AC4379" w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="005569DF">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
       </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mass.gov/</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>mass.gov/osd</w:t>
+      </w:r>
       <w:r w:rsidRPr="006E4CCA">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF7BD81" w14:textId="5683C90E" w:rsidR="00AC1E9E" w:rsidRPr="009E685D" w:rsidRDefault="00AC1E9E" w:rsidP="00AC1E9E">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:rStyle w:val="PageNumber"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Template Version: 9.0</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
@@ -1080,61 +1187,52 @@
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00145223">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-</w:t>
       </w:r>
       <w:r w:rsidRPr="009E685D">
         <w:rPr>
           <w:color w:val="2E368F"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">720-3300 | </w:t>
       </w:r>
       <w:hyperlink r:id="rId14">
         <w:r w:rsidR="00FA6E91">
           <w:rPr>
             <w:color w:val="2E368F"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>mass.gov/</w:t>
+          <w:t>mass.gov/osd</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="007D0521">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCBF46A" w14:textId="77777777" w:rsidR="00B03625" w:rsidRDefault="00B03625" w:rsidP="00426815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9165"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:sectPr w:rsidR="00B03625" w:rsidSect="003E7DC2">
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:headerReference w:type="first" r:id="rId17"/>
           <w:footerReference w:type="first" r:id="rId18"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -3523,94 +3621,85 @@
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00975D07" w:rsidSect="00975D07">
           <w:headerReference w:type="first" r:id="rId19"/>
           <w:footerReference w:type="first" r:id="rId20"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:num="2" w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76DCC826" w14:textId="3B8A9271" w:rsidR="003F26F2" w:rsidRDefault="13FE62E6" w:rsidP="00B854B6">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">TIP: To return to the first page throughout this document, use </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>TIP: To return to the first page throughout this document, use Ctrl+home</w:t>
+      </w:r>
       <w:r w:rsidRPr="4C2A9F3F">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D66FF8">
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Toc194066592"/>
     </w:p>
     <w:p w14:paraId="0954B7C4" w14:textId="695E6010" w:rsidR="00E26E6E" w:rsidRDefault="00F65966" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc210900814"/>
+      <w:bookmarkStart w:id="5" w:name="_Contract_Summary_1"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc210900814"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00564A93">
         <w:lastRenderedPageBreak/>
         <w:t>Contract</w:t>
       </w:r>
       <w:r w:rsidR="00C0549D" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15B3F" w:rsidRPr="00633557">
         <w:t>Summary</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="1FDB5EB7" w14:textId="482C6012" w:rsidR="00126576" w:rsidRDefault="00F30437" w:rsidP="00F30437">
+    <w:p w14:paraId="1FDB5EB7" w14:textId="7778DE87" w:rsidR="00126576" w:rsidRDefault="00F30437" w:rsidP="00F30437">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FAC131</w:t>
       </w:r>
       <w:r w:rsidR="00471413">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3702,571 +3791,184 @@
       </w:r>
       <w:r w:rsidR="00351C50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="00126576">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>include the following</w:t>
       </w:r>
       <w:r w:rsidR="00D72762">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (refer to </w:t>
       </w:r>
-      <w:hyperlink w:anchor="_Contract_Categories" w:history="1">
+      <w:hyperlink w:anchor="_Contract_Categories_1" w:history="1">
         <w:r w:rsidR="00D72762" w:rsidRPr="002E6E8E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Contract Categories</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00D72762">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for more information)</w:t>
       </w:r>
-      <w:r w:rsidR="00126576">
+      <w:r w:rsidR="007E5187">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2DF615" w14:textId="77777777" w:rsidR="00126576" w:rsidRPr="00126576" w:rsidRDefault="00F30437" w:rsidP="00126576">
-[...286 lines deleted...]
-      <w:r w:rsidRPr="002E7BAB">
+    <w:p w14:paraId="00DC0DBD" w14:textId="6656E6C4" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="00F30437">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C7194">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>FAC131</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00597D91">
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This contract </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be used to procure the goods or services described herein </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">available for use by all states </w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="000C7194">
+        <w:t>at any dollar amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00815201">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any limitations, including for procurements involving </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008754E5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...7 lines deleted...]
-        <w:t>ote:</w:t>
+        <w:t>construction</w:t>
       </w:r>
       <w:r w:rsidRPr="00815201">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> This contract </w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>, are outlined in this Contract User Guide.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BA14FA7" w14:textId="69252681" w:rsidR="00362DFB" w:rsidRPr="00815201" w:rsidRDefault="00362DFB" w:rsidP="00815201">
+    <w:p w14:paraId="53CF9AF7" w14:textId="1B0E12BC" w:rsidR="007E5187" w:rsidRPr="007E5187" w:rsidRDefault="007E5187" w:rsidP="00F30437">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00505933">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">For </w:t>
       </w:r>
-      <w:r w:rsidR="00D62AC5">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00505933">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Master Contract Record, </w:t>
       </w:r>
-      <w:r w:rsidR="000B307C">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> the</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>refer to the</w:t>
       </w:r>
       <w:r w:rsidRPr="00505933">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21">
-        <w:r w:rsidR="00B91E22">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC131 Master Blanket Purchase Order (MBPO)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006F6297">
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA47DAA" w14:textId="77777777" w:rsidR="00EF0700" w:rsidRPr="00705E5A" w:rsidRDefault="00EF0700" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc194066617"/>
       <w:bookmarkStart w:id="8" w:name="_Toc210900815"/>
       <w:r>
         <w:t xml:space="preserve">Benefits and </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:rPr>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>Cost</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Savings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="082CDB9C" w14:textId="214D317C" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00EF0700">
@@ -4299,51 +4001,50 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts are an easy way to obtain benefits for your organization by: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BF1A2D9" w14:textId="4F6B6A80" w:rsidR="00EF0700" w:rsidRPr="00A955D8" w:rsidRDefault="00EF0700" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Leveraging the Commonwealth’s buying power</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40013AFF" w14:textId="3AAB4685" w:rsidR="00EF0700" w:rsidRPr="00A12C2C" w:rsidRDefault="00EF0700" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A12C2C">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Simplifying the solicitation process</w:t>
       </w:r>
     </w:p>
@@ -4564,67 +4265,51 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equipment:</w:t>
       </w:r>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Access a wide variety of </w:t>
       </w:r>
       <w:r w:rsidR="00A26B0C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">quipment and hundreds of models, including electric </w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>quipment and hundreds of models, including electric powered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D20702B" w14:textId="36217FE0" w:rsidR="00A44E1F" w:rsidRPr="00605FDE" w:rsidRDefault="0010146D" w:rsidP="00605FDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Service Locations and Availability</w:t>
       </w:r>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
@@ -4793,50 +4478,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and technical assistance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2F0B8F" w14:textId="0D759274" w:rsidR="00A44E1F" w:rsidRPr="00605FDE" w:rsidRDefault="00A02FF9" w:rsidP="00605FDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Emergency Preparedness</w:t>
       </w:r>
       <w:r w:rsidR="00FE0290" w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A44E1F" w:rsidRPr="00605FDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">FAC131 vendors offer standby agreements for power generation and disaster relief </w:t>
       </w:r>
@@ -4967,717 +4653,321 @@
         </w:rPr>
         <w:t xml:space="preserve"> ensures compliance with </w:t>
       </w:r>
       <w:r w:rsidR="001038CE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the respective </w:t>
       </w:r>
       <w:r w:rsidR="003B18E3" w:rsidRPr="003B18E3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>state procurement laws and provides a vetted way to buy environmentally preferable products</w:t>
       </w:r>
       <w:r w:rsidR="00A44E1F" w:rsidRPr="00605FDE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="194D7899" w14:textId="3F4C52FD" w:rsidR="00A44E1F" w:rsidRPr="00605FDE" w:rsidRDefault="00FC2044" w:rsidP="00605FDE">
+    <w:p w14:paraId="194D7899" w14:textId="3F4C52FD" w:rsidR="00A44E1F" w:rsidRDefault="00FC2044" w:rsidP="00605FDE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wide Eligibility:</w:t>
       </w:r>
       <w:r w:rsidRPr="00605FDE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A44E1F" w:rsidRPr="00605FDE">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">FAC131 is available to a broad range of entities, including other states, state agencies, municipalities, public schools, and non-profit organizations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D093863" w14:textId="539D198D" w:rsidR="008B7D4E" w:rsidRDefault="008B7D4E" w:rsidP="00A83864">
+    <w:p w14:paraId="1D36351C" w14:textId="0F750E1F" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Contract_Categories"/>
+      <w:bookmarkStart w:id="10" w:name="_Contract_Categories_1"/>
       <w:bookmarkStart w:id="11" w:name="_Toc194066593"/>
       <w:bookmarkStart w:id="12" w:name="_Toc210900816"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r>
+      <w:r w:rsidRPr="007E5187">
         <w:t>Contract Categories</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="37ECB4CB" w14:textId="182A86CE" w:rsidR="00A83864" w:rsidRPr="00597D91" w:rsidRDefault="00B97CBB" w:rsidP="00A83864">
+    <w:p w14:paraId="43A042BF" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B97CBB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This contract covers the following rental product categories, with many additional options available </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>This contract covers the following rental product</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and services </w:t>
+      </w:r>
       <w:r w:rsidRPr="00B97CBB">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>categories, with many additional options available in the vendor price lists</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE0B1FB" w14:textId="5DC7C17B" w:rsidR="00A83864" w:rsidRPr="004670B8" w:rsidRDefault="00FE4127" w:rsidP="004670B8">
+    <w:p w14:paraId="762D6F7A" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Aerial Lifts (boom, scissor, personnel, etc.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481A9035" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Air Compressors  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1B28E1" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Compaction  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32FC2199" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Concrete and Masonry (buckets, saws, mixers, etc.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA1A69A" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Demolition Equipment  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D812862" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Disaster Response  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EF6E130" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Earthmoving (backhoes, bucket loaders, skid steers, etc.)   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5029C102" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Generators and Light Towers  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDE4A02" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Heating and Cooling (air conditioning, chillers, heating, etc.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26CA183A" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Pumps  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32103952" w14:textId="77777777" w:rsidR="007E5187" w:rsidRPr="005A6B89" w:rsidRDefault="007E5187" w:rsidP="007E5187">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="none" w:sz="4" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>• Trucks and Trailers (bucket trucks, dump trucks, pickups, etc.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA36F56" w14:textId="77777777" w:rsidR="007E5187" w:rsidRDefault="007E5187" w:rsidP="007E5187">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...560 lines deleted...]
-      </w:r>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="02EE84F7" w14:textId="3FCB08D5" w:rsidR="005D20CA" w:rsidRDefault="005D20CA" w:rsidP="00CE1C41">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc194066595"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc210900817"/>
+      <w:bookmarkStart w:id="13" w:name="_Contract_Categories"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc194066595"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc210900817"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00564A93">
+        <w:lastRenderedPageBreak/>
         <w:t>Contract Exclusions and Related Statewide Contracts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="561B02FD" w14:textId="77777777" w:rsidR="009E7FCA" w:rsidRDefault="00B03AB1" w:rsidP="00B03AB1">
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve">FAC131 is strictly for renting </w:t>
       </w:r>
       <w:r w:rsidR="00337FF0">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve">quipment. Purchases of used or new </w:t>
       </w:r>
       <w:r w:rsidR="00951327">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve">quipment are strictly prohibited under this contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FA50D9" w14:textId="20843D57" w:rsidR="00B03AB1" w:rsidRPr="00B03AB1" w:rsidRDefault="00ED5700" w:rsidP="00B03AB1">
       <w:r>
         <w:t>Refer to</w:t>
       </w:r>
       <w:r w:rsidR="00B03AB1" w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5943,65 +5233,132 @@
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve"> Playground Equipment</w:t>
       </w:r>
       <w:r w:rsidR="001E2986">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00B03AB1">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>FAC122</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B03AB1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43E9CB97" w14:textId="480FE874" w:rsidR="005F7C01" w:rsidRDefault="00B77AE5" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Who_May_Use"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkStart w:id="16" w:name="_Who_May_Use"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc194066594"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc210900818"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve">Who </w:t>
       </w:r>
       <w:r w:rsidR="008B1C4B">
         <w:t>May</w:t>
       </w:r>
       <w:r w:rsidRPr="000067FD">
         <w:t xml:space="preserve"> Use the Contract</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:p w14:paraId="430940BE" w14:textId="262AB86D" w:rsidR="00CA1B99" w:rsidRPr="00CA1B99" w:rsidRDefault="00CA1B99" w:rsidP="00CA1B99">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk199758440"/>
+      <w:r w:rsidRPr="00986E0E">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>FAC131</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Statewide Contract is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available for use by all states </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and U.S. territories and all associated cities, towns, counties, districts, other political subdivisions, non-profits, public institutions, and institutions of higher education. Use of this contract does not require prior approval from the Massachusetts State Purchasing Agent.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Refer to </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Who_May_Use" w:history="1">
+        <w:r w:rsidRPr="007E5187">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>Who May Use the Contract</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for a comprehensive list of users on this contract.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E5187">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="2F421623" w14:textId="14254EBC" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F80200" w:rsidP="00F80200">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00F355B6" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is a complete list of the types of organizations generally allowed to use </w:t>
       </w:r>
       <w:r w:rsidR="00671BFA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
@@ -6053,51 +5410,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cities, towns, districts, counties, and other political subdivisions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA83448" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Executive, Legislative, and Judicial Branches, including all departments and elected offices therein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EA9BDA" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Independent public authorities, commissions, and quasi-public agencies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D69D10A" w14:textId="77777777" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
@@ -6189,50 +5545,51 @@
           <w:t>Non-profit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, UFR-certified organizations that are doing business with the Commonwealth</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5575D2F8" w14:textId="4BDF2708" w:rsidR="00F355B6" w:rsidRPr="003C62B7" w:rsidRDefault="00F355B6" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Other states and territories </w:t>
       </w:r>
       <w:r w:rsidR="00475DA4" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and their cities, towns, districts, counties, other political subdivisions, and public institutions of higher education </w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
       <w:r w:rsidR="00BC1E8D" w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>out</w:t>
       </w:r>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> prior approval </w:t>
@@ -6256,442 +5613,333 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B394519" w14:textId="3C7F7EE8" w:rsidR="00F355B6" w:rsidRDefault="00F355B6" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C62B7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Other entities when designated in writing by the State Purchasing Agent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3A806F" w14:textId="77777777" w:rsidR="00F35A63" w:rsidRDefault="00F35A63" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc194066597"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc210900819"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc194066597"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc210900819"/>
       <w:r>
         <w:t>Pricing Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="37A2F685" w14:textId="2F6EBC39" w:rsidR="002A0B5B" w:rsidRPr="002A0B5B" w:rsidRDefault="002A0B5B" w:rsidP="002A0B5B">
       <w:r w:rsidRPr="002A0B5B">
         <w:t xml:space="preserve">Contract pricing is based on awarded Master Agreement contract line-item pricing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6DD695" w14:textId="2BA51652" w:rsidR="00633DE5" w:rsidRPr="00633DE5" w:rsidRDefault="00633DE5" w:rsidP="00633DE5">
       <w:r>
         <w:t>Plea</w:t>
       </w:r>
       <w:r w:rsidR="00783769">
         <w:t>se refer to the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793444E2" w14:textId="77777777" w:rsidR="004B42E4" w:rsidRDefault="00D66042" w:rsidP="00466B12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00102D51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Herc </w:t>
       </w:r>
       <w:r w:rsidR="00783769" w:rsidRPr="00102D51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Rentals </w:t>
       </w:r>
       <w:r w:rsidRPr="00102D51">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Pricing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE28DFA" w14:textId="77777777" w:rsidR="004B42E4" w:rsidRPr="004B42E4" w:rsidRDefault="00D66042" w:rsidP="004B42E4">
+    <w:p w14:paraId="7A6A81C6" w14:textId="7F505862" w:rsidR="000D201C" w:rsidRPr="000D201C" w:rsidRDefault="000D201C" w:rsidP="000D201C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66042">
-        <w:t>Herc offers</w:t>
+        <w:t>When requesting a quote from Herc, please reference</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fixed </w:t>
+        <w:t xml:space="preserve"> FAC131 </w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t>daily, weekly, and monthly rental rates.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00102D51">
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Sourcewell</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:t>Master A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
+        <w:t>greement number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>040924-HRC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="60A5D0F6" w14:textId="5B3A8A90" w:rsidR="00D66042" w:rsidRPr="00D66042" w:rsidRDefault="00D66042" w:rsidP="004B42E4">
+    <w:p w14:paraId="6FE28DFA" w14:textId="77777777" w:rsidR="004B42E4" w:rsidRPr="004B42E4" w:rsidRDefault="00D66042" w:rsidP="004B42E4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66042">
-        <w:t>When requesting a quote from Herc, please reference</w:t>
+        <w:t>Herc offers</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> FAC131 </w:t>
-[...2 lines deleted...]
-        <w:t>and the OMNIA Partners U.S. Communities price agreement number</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D201C">
+        <w:t>Fixed</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2019000318</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t>.</w:t>
+        <w:t>daily, weekly, and monthly rental rates.</w:t>
+      </w:r>
+      <w:r w:rsidR="00102D51">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB9B3BB" w14:textId="77777777" w:rsidR="004B42E4" w:rsidRPr="004B42E4" w:rsidRDefault="00D66042" w:rsidP="00C13EE9">
+    <w:p w14:paraId="287E9312" w14:textId="77777777" w:rsidR="002B5B1D" w:rsidRPr="00966754" w:rsidRDefault="00D66042" w:rsidP="007F0E83">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC3ECF">
+      <w:r w:rsidRPr="002B5B1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Sunbelt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC3ECF" w:rsidRPr="00EC3ECF">
+        <w:t>United Rentals</w:t>
+      </w:r>
+      <w:r w:rsidR="00770AAE" w:rsidRPr="002B5B1D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Rentals </w:t>
-[...6 lines deleted...]
-        <w:t>Pricing</w:t>
+        <w:t xml:space="preserve"> Pricing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9CDEF2" w14:textId="77777777" w:rsidR="004B42E4" w:rsidRDefault="00D66042" w:rsidP="004B42E4">
+    <w:p w14:paraId="21B24FCF" w14:textId="43663508" w:rsidR="00966754" w:rsidRPr="002B5B1D" w:rsidRDefault="00966754" w:rsidP="00966754">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
+      <w:r w:rsidRPr="00611F61">
+        <w:t>When requesting a quote from United</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390C64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t xml:space="preserve">For rental </w:t>
-[...2 lines deleted...]
-        <w:t>e</w:t>
+        <w:t xml:space="preserve">reference </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00611F61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FAC131</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t xml:space="preserve">quipment, Sunbelt offers percentage discounts based on daily, weekly, and monthly rental rates. </w:t>
+        <w:t>, and the Master Agreement number</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D37056">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>040924-URI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D66042">
+        <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ADA35CC" w14:textId="0530C908" w:rsidR="00D66042" w:rsidRPr="00D66042" w:rsidRDefault="00D66042" w:rsidP="004B42E4">
+    <w:p w14:paraId="5F21F510" w14:textId="77777777" w:rsidR="00390C64" w:rsidRDefault="00D66042" w:rsidP="002B5B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66042">
-        <w:t>Sunbelt percent</w:t>
-[...2 lines deleted...]
-        <w:t>age</w:t>
+        <w:t>United Rentals’</w:t>
+      </w:r>
+      <w:r w:rsidR="009C246D">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t xml:space="preserve"> discounts are </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D66042">
+        <w:t xml:space="preserve">price model for FAC131 has a </w:t>
+      </w:r>
+      <w:r w:rsidR="005B54F7" w:rsidRPr="005B54F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Day Rate Discount</w:t>
+        <w:t>Maximum</w:t>
+      </w:r>
+      <w:r w:rsidR="005B54F7" w:rsidRPr="00BC75FE">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/Not-to-Exceed</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
-        <w:t xml:space="preserve"> at 5% Off Book, </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> at 15% Off Book. </w:t>
+        <w:t xml:space="preserve"> and requires eligible entities to request quotes and negotiate directly with the vendor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A49FE9A" w14:textId="0AF47D01" w:rsidR="00D66042" w:rsidRPr="00D66042" w:rsidRDefault="00D66042" w:rsidP="00C204BA">
+    <w:p w14:paraId="75BEF869" w14:textId="56F96DDD" w:rsidR="00D66042" w:rsidRPr="00D66042" w:rsidRDefault="00D66042" w:rsidP="002B5B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00771195">
-[...88 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve">Eligible entities must ensure that the quoted price does not exceed the prices listed on the </w:t>
       </w:r>
       <w:r w:rsidRPr="00284D6B">
         <w:t xml:space="preserve">United </w:t>
       </w:r>
       <w:r w:rsidR="004C48BC">
         <w:t>Rentals p</w:t>
       </w:r>
       <w:r w:rsidRPr="00284D6B">
         <w:t xml:space="preserve">rice </w:t>
       </w:r>
       <w:r w:rsidR="004C48BC">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00284D6B">
         <w:t>ile</w:t>
       </w:r>
       <w:r w:rsidRPr="004D2AB8">
         <w:t>.</w:t>
-      </w:r>
-[...46 lines deleted...]
-        <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3548439C" w14:textId="786A4DCF" w:rsidR="00D66042" w:rsidRPr="00D66042" w:rsidRDefault="00D66042" w:rsidP="00D66042">
       <w:r w:rsidRPr="00D66042">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve">All vendor prices include </w:t>
       </w:r>
       <w:r w:rsidR="0076629A">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve">elivery, </w:t>
       </w:r>
       <w:r w:rsidR="00BF5AAB">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t>ickup</w:t>
       </w:r>
@@ -6735,59 +5983,59 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>vendor information</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve"> page, where links to all the vendors’ </w:t>
       </w:r>
       <w:r w:rsidR="00D44BB0">
         <w:t>Master Blanket Purchase Orders (</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t>MBPOs</w:t>
       </w:r>
       <w:r w:rsidR="00D44BB0">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D66042">
         <w:t xml:space="preserve"> are provided.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F451098" w14:textId="21A3479F" w:rsidR="00614844" w:rsidRDefault="00F35A63" w:rsidP="00D74A1A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Quote_Response_and"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkStart w:id="22" w:name="_Quote_Response_and"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc194066598"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc210900820"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t>Quote Response and Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="7280F903" w14:textId="153B9509" w:rsidR="00AB45E8" w:rsidRPr="00AB45E8" w:rsidRDefault="00AB45E8" w:rsidP="00AB45E8">
       <w:r w:rsidRPr="00AB45E8">
         <w:t xml:space="preserve">All quotes </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:t xml:space="preserve"> reference</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> FAC131</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:t xml:space="preserve"> and clearly indicate a </w:t>
       </w:r>
@@ -6816,95 +6064,164 @@
         <w:t xml:space="preserve">elivered </w:t>
       </w:r>
       <w:r w:rsidR="005139AA">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00DE6F6C" w:rsidRPr="00DE6F6C">
         <w:t xml:space="preserve">rice </w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:t>encompassing all costs associated with delivery, maintenance, repair</w:t>
       </w:r>
       <w:r w:rsidR="00F65D0E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB45E8">
         <w:t xml:space="preserve"> and pick up.</w:t>
       </w:r>
       <w:r w:rsidR="00031AC5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45336D7C" w14:textId="04C58DEE" w:rsidR="00ED723A" w:rsidRDefault="00ED723A" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc194066596"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc210900821"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc194066596"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc210900821"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Purchase</w:t>
       </w:r>
       <w:r w:rsidR="00BC5DEA" w:rsidRPr="00564A93">
         <w:t xml:space="preserve"> Options</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w14:paraId="6037EB25" w14:textId="5C44C926" w:rsidR="006C510F" w:rsidRPr="006C510F" w:rsidRDefault="006C510F" w:rsidP="006C510F">
+    <w:p w14:paraId="3A845589" w14:textId="28C879DB" w:rsidR="00966754" w:rsidRPr="00BE218F" w:rsidRDefault="00966754" w:rsidP="00BE218F">
+      <w:pPr>
+        <w:spacing w:after="191"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE218F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vendors </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F" w:rsidRPr="00BE218F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on this contract are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE218F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>not awarded to provide equipment sales (new or used) under Statewide Contract FAC131</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6037EB25" w14:textId="1789BEE1" w:rsidR="006C510F" w:rsidRPr="006C510F" w:rsidRDefault="006C510F" w:rsidP="006C510F">
       <w:r w:rsidRPr="002A0B5B">
-        <w:t>Purchases made through this contract will be direct rental services.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Purchases made through this contract will be </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F">
+        <w:t>equipment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A0B5B">
+        <w:t xml:space="preserve"> rental services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F">
+        <w:t xml:space="preserve"> and training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A0B5B">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08C45AC3" w14:textId="17877083" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="00C35CCB" w:rsidP="008C29B5">
+    <w:p w14:paraId="08C45AC3" w14:textId="7A299B14" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="00C35CCB" w:rsidP="008C29B5">
       <w:r w:rsidRPr="00C35CCB">
-        <w:t>This contract provides for the following methods of purchase:</w:t>
+        <w:t xml:space="preserve">This contract </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F" w:rsidRPr="00C35CCB">
+        <w:t>provides</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35CCB">
+        <w:t xml:space="preserve"> the following methods of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F" w:rsidRPr="00C35CCB">
+        <w:t>procur</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F">
+        <w:t xml:space="preserve">ing </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:t xml:space="preserve">rental </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE218F">
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:t xml:space="preserve"> training</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C35CCB">
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00C3320F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C29B5" w:rsidRPr="008C29B5">
         <w:t>Direct Quote through COMMBUYS and Direct Quote Outside of COMMBUYS</w:t>
       </w:r>
       <w:r w:rsidR="00146AF7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31ECB01B" w14:textId="57DFCF58" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="008C29B5" w:rsidP="00B36790">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc210900822"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc210900822"/>
       <w:r w:rsidRPr="008C29B5">
         <w:t xml:space="preserve">Direct Quotes </w:t>
       </w:r>
       <w:r w:rsidR="003536E4" w:rsidRPr="003536E4">
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t>sing COMMBUYS</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="602CD040" w14:textId="3760073A" w:rsidR="008C29B5" w:rsidRDefault="00C04078" w:rsidP="008C29B5">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0898">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> solicit quotes from multiple vendors (</w:t>
       </w:r>
@@ -7034,56 +6351,55 @@
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t>, contact</w:t>
       </w:r>
       <w:r w:rsidR="009403EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="009403EE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OSD Help Desk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008C29B5">
         <w:t xml:space="preserve"> or call (888) 627-8283.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DADB481" w14:textId="77777777" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="008C29B5" w:rsidP="00D16013">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc210900823"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc210900823"/>
       <w:r w:rsidRPr="008C29B5">
-        <w:lastRenderedPageBreak/>
         <w:t>Direct Quotes (Outside of COMMBUYS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="7F91C77F" w14:textId="4A5CB413" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="008C29B5" w:rsidP="008C29B5">
       <w:r w:rsidRPr="008C29B5">
         <w:t xml:space="preserve">Buyers can solicit quotes directly from multiple vendors outside of COMMBUYS by email or phone. When requesting a quote, the </w:t>
       </w:r>
       <w:r w:rsidR="00183199">
         <w:t xml:space="preserve">following </w:t>
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t xml:space="preserve">should </w:t>
       </w:r>
       <w:r w:rsidR="00183199">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t>include</w:t>
       </w:r>
       <w:r w:rsidR="00183199">
         <w:t>d in the request</w:t>
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="169F4ED9" w14:textId="47AB5E62" w:rsidR="008C29B5" w:rsidRPr="008C29B5" w:rsidRDefault="008C29B5" w:rsidP="00214129">
@@ -7224,65 +6540,66 @@
         <w:t>FAC131</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE2B0F">
         <w:t xml:space="preserve"> on all quotes to ensure correct pricing</w:t>
       </w:r>
       <w:r w:rsidR="008C29B5" w:rsidRPr="008C29B5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6807AE" w14:textId="77777777" w:rsidR="008C29B5" w:rsidRDefault="008C29B5" w:rsidP="008C29B5">
       <w:r w:rsidRPr="008C29B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="008C29B5">
         <w:t xml:space="preserve"> MMARS and COMMBUYS do not interface. Payment request and invoice must be reported in both MMARS and COMMBUYS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D52044" w14:textId="77777777" w:rsidR="00A3678D" w:rsidRPr="009575CF" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc174671715"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Toc210900824"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc174671715"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc206114784"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc210900824"/>
       <w:r w:rsidRPr="009575CF">
+        <w:lastRenderedPageBreak/>
         <w:t>How to Place a Purchase Order in COMMB</w:t>
       </w:r>
       <w:r>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="009575CF">
         <w:t>YS for a One-Time Rental</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-      <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="009575CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4943A96B" w14:textId="77777777" w:rsidR="00A3678D" w:rsidRPr="00597D91" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">One-Time Rental is defined as one day, one week, or one month. Once rental duration and price are determined, the ordering process is as follows: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43C74A1C" w14:textId="77777777" w:rsidR="00A3678D" w:rsidRPr="00597D91" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:rPr>
@@ -7552,57 +6869,57 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If applicable, a</w:t>
       </w:r>
       <w:r w:rsidR="00A3678D" w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ttach the vendor quote and a detailed order summary</w:t>
       </w:r>
       <w:r w:rsidR="00A3678D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B5FD6F3" w14:textId="77777777" w:rsidR="00A3678D" w:rsidRPr="001546CF" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Toc206114785"/>
-      <w:bookmarkStart w:id="31" w:name="_Toc210900825"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc206114785"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc210900825"/>
       <w:r w:rsidRPr="001546CF">
         <w:t>How to Place a Purchase Order in COMMBUYS for an Ongoing Rental</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="001546CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C6074A" w14:textId="77777777" w:rsidR="00A3678D" w:rsidRPr="00597D91" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ongoing Rental is defined as, a rental of more than one day, </w:t>
@@ -7634,258 +6951,228 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:iCs/>
           <w:color w:val="0000B4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="302052B6" w14:textId="77777777" w:rsidR="0037107C" w:rsidRDefault="00A3678D" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Once the rental price and duration have been determined, you may enter a Purchase Order for the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00597D91">
+        <w:t xml:space="preserve">Once the rental price and duration have been determined, you may enter a Purchase Order for the full amount of the estimate, and place partial receipts as you receive billing from the vendor. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>For</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00597D91">
+        <w:t xml:space="preserve"> such purchase orders</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> such purchase orders</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00597D91">
+        <w:t xml:space="preserve"> insert the following language in the special instructions box: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF67F77" w14:textId="77777777" w:rsidR="0037107C" w:rsidRDefault="0037107C" w:rsidP="00A3678D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> insert the following language in the special instructions box: </w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CF67F77" w14:textId="77777777" w:rsidR="0037107C" w:rsidRDefault="0037107C" w:rsidP="00A3678D">
+    <w:p w14:paraId="6A38E6E2" w14:textId="568AC9FA" w:rsidR="00A3678D" w:rsidRPr="0037107C" w:rsidRDefault="0037107C" w:rsidP="00A3678D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:pStyle w:val="BodyText"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0037107C">
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
+        <w:t xml:space="preserve">This Purchase Order represents the total estimated expenditure for this engagement </w:t>
+      </w:r>
+      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">This Purchase Order represents the total estimated expenditure for this engagement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
+        <w:t>insert brief description</w:t>
+      </w:r>
+      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>insert brief description</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
+        <w:t xml:space="preserve">, against which </w:t>
+      </w:r>
+      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, against which </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>[</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
+        <w:t>identify department</w:t>
+      </w:r>
+      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>identify department</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00172756" w:rsidRPr="0037107C">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A3678D" w:rsidRPr="0037107C">
+        <w:t xml:space="preserve"> will execute partial receipts in COMMBUYS upon receipt and approval of invoices, in order to record the Equipment supplied according to the agreed upon engagement terms. All estimated expenditures are subject to reconciliation based on invoices rendered for agreed-upon delivery of goods and/or services.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0037107C">
         <w:rPr>
           <w:rFonts w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will execute partial receipts in COMMBUYS upon receipt and approval of invoices, </w:t>
-[...27 lines deleted...]
-        </w:rPr>
         <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0288325A" w14:textId="32D6FF57" w:rsidR="000067FD" w:rsidRPr="000067FD" w:rsidRDefault="000067FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Extend_Beyond_(Performance"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkStart w:id="34" w:name="_Extend_Beyond_(Performance"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc210900826"/>
+      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t xml:space="preserve">Setting Up a </w:t>
       </w:r>
       <w:r w:rsidRPr="00633557">
         <w:t>COMMBUYS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Account</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="35"/>
     </w:p>
     <w:p w14:paraId="78CB2CA0" w14:textId="37DC3E94" w:rsidR="000B5F54" w:rsidRDefault="000B5F54" w:rsidP="00FE302E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">COMMBUYS is the Commonwealth of Massachusetts' e-procurement platform, serving as a central marketplace for state agencies </w:t>
       </w:r>
       <w:r w:rsidR="00FE3CAD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and other </w:t>
       </w:r>
       <w:r w:rsidR="00CD31EF">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -8032,51 +7319,59 @@
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tatewide </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontracts (SWCs) for the purchase of products and services. </w:t>
       </w:r>
       <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>To set up a COMMBUYS buyer account or to update an existing agency account,</w:t>
+        <w:t xml:space="preserve">To set up a </w:t>
+      </w:r>
+      <w:r w:rsidR="001468E4" w:rsidRPr="00136C46">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>COMMBUYS buyer account or to update an existing agency account,</w:t>
       </w:r>
       <w:r w:rsidR="00B3390A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B3390A" w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the buyers must </w:t>
       </w:r>
       <w:r w:rsidR="0065246C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>email</w:t>
       </w:r>
       <w:r w:rsidR="00A17CD7">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -8204,60 +7499,60 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mak</w:t>
       </w:r>
       <w:r w:rsidR="00DF3644">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> informed purchasing choices. Eligible entities should follow their internal guidelines for COMMBUYS use.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DC6409" w14:textId="58CA8183" w:rsidR="004B6469" w:rsidRDefault="00AB211E" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Toc210900827"/>
-      <w:bookmarkStart w:id="35" w:name="_Toc194066601"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc210900827"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc194066601"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t>Finding Contract Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r w:rsidRPr="00AB211E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="782F9C76" w14:textId="33E86DAB" w:rsidR="00AF445B" w:rsidRPr="00136C46" w:rsidRDefault="00D2137A" w:rsidP="00AF445B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
       <w:r w:rsidR="00E3202F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> view contract documents </w:t>
       </w:r>
@@ -8552,51 +7847,50 @@
       </w:r>
       <w:r w:rsidR="00AB211E" w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> information opens in a table format. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C5DE19C" w14:textId="04D79911" w:rsidR="00EF6BEA" w:rsidRPr="00136C46" w:rsidRDefault="00AB211E" w:rsidP="00F329F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To view </w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00F951D6" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>associated</w:t>
       </w:r>
       <w:r w:rsidR="006219BA" w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">contract documents, under the </w:t>
@@ -8766,57 +8060,57 @@
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidR="00242AC9" w:rsidRPr="00D17040">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:hyperlink r:id="rId31">
         <w:r w:rsidR="00663BE8" w:rsidRPr="006F6297">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>FAC131 Master Contract Record</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00663BE8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C1318A" w14:textId="646B8CC7" w:rsidR="003C3ABF" w:rsidRDefault="00554AF0" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc194066602"/>
-      <w:bookmarkStart w:id="37" w:name="_Toc210900828"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc194066602"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc210900828"/>
       <w:r>
         <w:t>Finding Vendor-Specific Documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="60A82AFB" w14:textId="3A9FF174" w:rsidR="00F33440" w:rsidRPr="00136C46" w:rsidRDefault="00554AF0" w:rsidP="00554AF0">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00136C46">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To find vendor-specific documents, including </w:t>
       </w:r>
       <w:r w:rsidR="002430D5">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">price details, </w:t>
       </w:r>
       <w:r w:rsidR="000B307C">
         <w:rPr>
           <w:bCs/>
@@ -9069,90 +8363,91 @@
       <w:r w:rsidR="002E618D" w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64B41098" w14:textId="04D66C77" w:rsidR="00F33440" w:rsidRPr="00EB01C8" w:rsidRDefault="00F33440" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">To view, </w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB01C8">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the desired document link.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36BC0800" w14:textId="68AFCE52" w:rsidR="003813D4" w:rsidRPr="00B6218B" w:rsidRDefault="003813D4" w:rsidP="000D7FAE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Toc201925128"/>
-      <w:bookmarkStart w:id="39" w:name="_Toc210900829"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc201925128"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc210900829"/>
       <w:r w:rsidRPr="00B6218B">
         <w:t xml:space="preserve">Supplier Diversity </w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>Office</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (SD</w:t>
       </w:r>
       <w:r w:rsidR="006C2DAB">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="668BC85C" w14:textId="6CF9E2B5" w:rsidR="003813D4" w:rsidRDefault="003813D4" w:rsidP="003813D4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D16">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> the following guidelines:</w:t>
       </w:r>
@@ -9352,56 +8647,55 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and SBPP)</w:t>
       </w:r>
       <w:r w:rsidR="0031019F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tab on the index (scroll to view the tab).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F758EA" w14:textId="3A242519" w:rsidR="00CF5EB3" w:rsidRDefault="00DD5236" w:rsidP="00CF5EB3">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc210900830"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc210900830"/>
       <w:r w:rsidRPr="00DD5236">
-        <w:lastRenderedPageBreak/>
         <w:t>Supplier Diversity Program (SDP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="57E6AF7E" w14:textId="23FD8D57" w:rsidR="00DD5236" w:rsidRDefault="00DD5236" w:rsidP="00DD5236">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD5236">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7774F470" w14:textId="24C50C07" w:rsidR="007002E9" w:rsidRDefault="007002E9" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9496,102 +8790,103 @@
         </w:rPr>
         <w:t xml:space="preserve"> be found on the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Vendor" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>vendor list</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086F60C" w14:textId="140E70D3" w:rsidR="00A2036A" w:rsidRDefault="007418B6" w:rsidP="007418B6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Toc210900831"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc210900831"/>
       <w:r w:rsidRPr="007418B6">
         <w:t>Small Business Purchasing Program (SBPP) Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="07859058" w14:textId="229DACA8" w:rsidR="007418B6" w:rsidRDefault="003C6101" w:rsidP="007418B6">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please view the following guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1D11BB" w14:textId="5E52330C" w:rsidR="003C6101" w:rsidRDefault="003C6101" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6101">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>If available, departments must notify at least two certified small businesses capable of providing the product or service. Bids received from SBPP-participating small businesses must be evaluated, and if one meets the department’s best value criteria, the contract must be awarded to that vendor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ACB0633" w14:textId="181C0B0C" w:rsidR="003C6101" w:rsidRDefault="008F629C" w:rsidP="003C6101">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId37" w:tgtFrame="_blank" w:tooltip="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" w:history="1">
         <w:r w:rsidRPr="008F629C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Best Value Evaluation of Responses to Small Procurements: A Guide for Strategic Sourcing Teams</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008F629C">
         <w:rPr>
@@ -9629,63 +8924,63 @@
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> table in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E2D17">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SDO Certification Type</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED6956">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> column.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C87046" w14:textId="1D961C17" w:rsidR="00B41726" w:rsidRDefault="00DB33F1" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="42" w:name="_Toc210900832"/>
-      <w:bookmarkStart w:id="43" w:name="_Toc194066607"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc210900832"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc194066607"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Subcontractor</w:t>
       </w:r>
       <w:r w:rsidR="000E3C80" w:rsidRPr="003066B4">
         <w:t>s</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidR="004D3A5D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="45"/>
     </w:p>
     <w:p w14:paraId="477867D8" w14:textId="22C066D0" w:rsidR="000E3C80" w:rsidRDefault="000E3C80" w:rsidP="000E3C80">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The awarded vendor’s use of subcontractors is subject to the provisions of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Commonwealth’s Terms and Conditions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
@@ -9715,62 +9010,62 @@
         <w:t>Statewide Contract (</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SWC</w:t>
       </w:r>
       <w:r w:rsidR="005C457B" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5428B58D" w14:textId="77777777" w:rsidR="00670B5F" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc206114793"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="46" w:name="_Toc194066610"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc206114793"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc210900833"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc194066610"/>
       <w:r w:rsidRPr="004553D2">
         <w:t>Repairs and Services Warranties</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="38C9B2C5" w14:textId="572B3C9F" w:rsidR="00670B5F" w:rsidRPr="004E4021" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors on this contract are responsible for all costs associated with </w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delivery, maintenance, repair</w:t>
@@ -9848,107 +9143,106 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4F2E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reference</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> FAC131</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and clearly indicate a lump sum price encompassing all costs associated with </w:t>
       </w:r>
-      <w:bookmarkStart w:id="47" w:name="_Hlk200116878"/>
+      <w:bookmarkStart w:id="49" w:name="_Hlk200116878"/>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delivery, maintenance, repair</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and pick</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>up to and from the Purchasing Entity’s requested delivery location.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="11E5BAFF" w14:textId="2B2A2ADD" w:rsidR="00670B5F" w:rsidRPr="00642A77" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00642A77">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Delivered </w:t>
       </w:r>
       <w:r w:rsidR="0070410B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00642A77">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="0070410B">
         <w:rPr>
@@ -10018,69 +9312,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="0070410B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roducts</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must be properly packaged and secured to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> transit damage</w:t>
+        <w:t xml:space="preserve"> must be properly packaged and secured to minimize in transit damage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC8F600" w14:textId="768800F7" w:rsidR="00670B5F" w:rsidRPr="00A656BA" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A656BA">
@@ -10287,72 +9563,63 @@
         </w:rPr>
         <w:t>roducts</w:t>
       </w:r>
       <w:r w:rsidRPr="00A656BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the time of delivery. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="769652CD" w14:textId="328A5782" w:rsidR="00670B5F" w:rsidRPr="004215A9" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A656BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In the event </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>that</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="00A656BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a Purchasing Entity receives delivery of nonconforming </w:t>
       </w:r>
       <w:r w:rsidR="00B773B3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00A656BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -10477,122 +9744,107 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that are acceptable to the Purchasing Entity. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF387FE" w14:textId="16883EF0" w:rsidR="00670B5F" w:rsidRPr="004215A9" w:rsidRDefault="00670B5F" w:rsidP="00670B5F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004215A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vendor must arrange for and pay for the return shipment </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Vendor must arrange for and pay for the return shipment on </w:t>
       </w:r>
       <w:r w:rsidR="00976D94">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>quipment</w:t>
       </w:r>
       <w:r w:rsidRPr="004215A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00976D94">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roducts</w:t>
       </w:r>
       <w:r w:rsidRPr="004215A9">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that arrive in a defective or inoperable condition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B09715" w14:textId="22183C37" w:rsidR="006659DA" w:rsidRDefault="00F52DB7" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc194066611"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc210900834"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc194066611"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc210900834"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Additional Discounts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="6CE2CCB5" w14:textId="77777777" w:rsidR="00D06EC3" w:rsidRDefault="00D06EC3" w:rsidP="00D06EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors in this statewide contract offer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -10749,57 +10001,57 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master Contract Record MBPO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62A76A16" w14:textId="7BBC409D" w:rsidR="004553D2" w:rsidRPr="00C50D01" w:rsidRDefault="00280EC3" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="50" w:name="_Toc194066612"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc210900835"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc194066612"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc210900835"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Emergency Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="50"/>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="087026AC" w14:textId="4B074EB0" w:rsidR="00280EC3" w:rsidRPr="009E12A3" w:rsidRDefault="00280EC3" w:rsidP="00280EC3">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vendors on this contract may be required to provide products or services in cases of statewide emergencies</w:t>
       </w:r>
       <w:r w:rsidR="00497BD7">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007A7E73">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> The</w:t>
       </w:r>
@@ -10828,150 +10080,126 @@
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">defines emergency for procurement purposes. Visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="009E12A3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Emergency Response Supplies, Services and Equipment Contact Information for Statewide Contracts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> list for emergency services related to this contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2BA003" w14:textId="1E68B3FE" w:rsidR="00177A06" w:rsidRDefault="00177A06" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Toc194066614"/>
-      <w:bookmarkStart w:id="53" w:name="_Toc210900836"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc194066614"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc210900836"/>
       <w:r w:rsidRPr="00564A93">
         <w:t>Vendor Performance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="52"/>
-      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="56E5F7E6" w14:textId="48BF78A9" w:rsidR="00177A06" w:rsidRPr="009E12A3" w:rsidRDefault="00F0752D" w:rsidP="00177A06">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F0752D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Key points concerning vendor performance are outlined below</w:t>
       </w:r>
       <w:r w:rsidR="000E7EC0" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAD9AC7" w14:textId="51698A83" w:rsidR="00FE1EB2" w:rsidRPr="009E12A3" w:rsidRDefault="00A36AA5" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Provide actionable feedback on vendors for this contract to optimize performance </w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId43" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00387453" w:rsidRPr="001F178A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Procurated</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> Platform</w:t>
+          <w:t>Procurated Platform</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00387453" w:rsidRPr="00A36AA5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00387453">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4CD8">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">On the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> website, </w:t>
+        <w:t xml:space="preserve">On the Procurated website, </w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>select an OSD contract, c</w:t>
       </w:r>
       <w:r w:rsidR="00BE76D0">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hoose</w:t>
       </w:r>
       <w:r w:rsidR="003F621F">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F621F" w:rsidRPr="00E8347B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -11311,70 +10539,71 @@
         </w:rPr>
         <w:t>CAP</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, or suspend/terminate the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA7FE22" w14:textId="44C5BAF5" w:rsidR="00D86662" w:rsidRPr="009E12A3" w:rsidRDefault="00423FB0" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vendors</w:t>
       </w:r>
       <w:r w:rsidR="00471474" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must meet all contractual requirements throughout the life of the contract, including requirements for timely and accurate report submission, to remain in good standing under the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4F3ADB" w14:textId="477EF2DC" w:rsidR="000E01B4" w:rsidRDefault="000E01B4" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="54" w:name="_Toc194066615"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc210900837"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc194066615"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc210900837"/>
       <w:r>
         <w:t>General Procurement Guidelines and Best Practices</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="6091B2E8" w14:textId="465D2E1E" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="000E01B4">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For general procurement guidelines and best practices, follow these recommendations:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="508955D5" w14:textId="4C3CF3B2" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -11500,68 +10729,109 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Payments for products or services provided must be paid </w:t>
       </w:r>
       <w:r w:rsidR="0059231F" w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>45 days per Massachusetts Bill Payment Policy, or sooner if applying Prompt Payment Discount.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC49F8A" w14:textId="46A8C9AA" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00844B0E">
+    <w:p w14:paraId="3BC49F8A" w14:textId="775ED143" w:rsidR="000E01B4" w:rsidRPr="009E12A3" w:rsidRDefault="000E01B4" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Buyers are not required to sign additional agreements with vendors that conflict with the Request for Response (RFR) Terms and Conditions</w:t>
+        <w:t xml:space="preserve">Buyers are not required to sign additional agreements with vendors that conflict with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sourcewell Master Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19" w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:t xml:space="preserve">Commonwealth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E12A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED285F">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -11648,68 +10918,67 @@
       </w:r>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012945E2" w14:textId="77777777" w:rsidR="000E01B4" w:rsidRPr="00877180" w:rsidRDefault="000E01B4" w:rsidP="00844B0E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E12A3">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vendors must notify buyers of product substitutions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EEEF58A" w14:textId="56183DC8" w:rsidR="00877180" w:rsidRPr="002E2D42" w:rsidRDefault="00877180" w:rsidP="00877180">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="56" w:name="_Toc194066616"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc210900838"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc194066616"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc210900838"/>
       <w:r w:rsidRPr="002E2D42">
         <w:t>Adding a Product</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t xml:space="preserve"> or Service</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="68D3A273" w14:textId="01005FD5" w:rsidR="00877180" w:rsidRPr="00877180" w:rsidRDefault="00877180" w:rsidP="00877180">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00877180">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">To add a product </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or service </w:t>
       </w:r>
       <w:r w:rsidRPr="00877180">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
@@ -11784,71 +11053,71 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">for approval. The new product </w:t>
       </w:r>
       <w:r w:rsidR="00D14787">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or service </w:t>
       </w:r>
       <w:r w:rsidRPr="00877180">
         <w:rPr>
           <w:rFonts w:eastAsia="Segoe UI" w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>requested must comply with the established specifications and scope of the contract.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F940BCA" w14:textId="05EA8093" w:rsidR="00DF780E" w:rsidRDefault="00EF4D38" w:rsidP="001B0F64">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc194066618"/>
-      <w:bookmarkStart w:id="59" w:name="_Toc210900839"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc194066618"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc210900839"/>
       <w:r w:rsidRPr="00D40F23">
         <w:t xml:space="preserve">Environmentally Preferable Products </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r w:rsidR="00C73C16">
         <w:t>and Services</w:t>
       </w:r>
       <w:r w:rsidR="000702C6">
         <w:t xml:space="preserve"> (EPPS)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="61"/>
     </w:p>
     <w:p w14:paraId="05DDE6ED" w14:textId="07CB1A44" w:rsidR="0077712A" w:rsidRPr="00597D91" w:rsidRDefault="0077712A" w:rsidP="0077712A">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Hlk203731616"/>
+      <w:bookmarkStart w:id="62" w:name="_Hlk203731616"/>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vendors awarded under this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ontract provide electric and other alternative fuel </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
@@ -11891,50 +11160,51 @@
           <w:t>Equipment</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> webpage. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF0BE02" w14:textId="77777777" w:rsidR="0077712A" w:rsidRPr="00C62E5C" w:rsidRDefault="0077712A" w:rsidP="0077712A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Learn More:</w:t>
       </w:r>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Explore the </w:t>
       </w:r>
       <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidRPr="00597D91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve">Environmentally Preferable </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Products</w:t>
@@ -11971,69 +11241,69 @@
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Products</w:t>
         </w:r>
         <w:r w:rsidRPr="00597D91">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> and Services Guide</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00597D91">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401E5311" w14:textId="10360EED" w:rsidR="004C38FD" w:rsidRPr="002E2D42" w:rsidRDefault="004C38FD" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Memorandum_of_Understanding"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkStart w:id="63" w:name="_Memorandum_of_Understanding"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc194066620"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc210900840"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidRPr="003066B4">
         <w:t>Instructions for</w:t>
       </w:r>
       <w:r w:rsidR="00BA483E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA483E" w:rsidRPr="00BA483E">
         <w:t>Massachusetts Management Accounting and Reporting System (MMARS)</w:t>
       </w:r>
       <w:r w:rsidRPr="003066B4">
         <w:t xml:space="preserve"> Users</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="66268E6D" w14:textId="77777777" w:rsidR="007B6539" w:rsidRDefault="006F493B" w:rsidP="00D26A77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When placing orders with a contractor, </w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
@@ -12074,64 +11344,64 @@
         <w:t>FAC131*</w:t>
       </w:r>
       <w:r w:rsidR="00BD68D3">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F493B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the Agreement ID field in MMARS for encumbrances related to purchases from Statewide Contracts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="64" w:name="_Contract_Summary"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkStart w:id="66" w:name="_Contract_Summary"/>
+      <w:bookmarkStart w:id="67" w:name="_Who_Can_Use_2"/>
+      <w:bookmarkStart w:id="68" w:name="_Find_Bid/Contract_Documents"/>
+      <w:bookmarkStart w:id="69" w:name="_Who_Can_Use_3"/>
+      <w:bookmarkStart w:id="70" w:name="_Contract_Categories_3"/>
+      <w:bookmarkStart w:id="71" w:name="_Additional_Information/FAQs_3"/>
+      <w:bookmarkStart w:id="72" w:name="_Frequently_Purchased_Items"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please address all inquiries regarding</w:t>
       </w:r>
       <w:r w:rsidR="00376AED">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MMARS</w:t>
       </w:r>
       <w:r w:rsidR="00376AED" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> technical support and job aids </w:t>
@@ -12185,2516 +11455,1093 @@
         <w:t xml:space="preserve"> calling</w:t>
       </w:r>
       <w:r w:rsidR="00E9505D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00D27BA2">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>617-973-2468</w:t>
       </w:r>
       <w:r w:rsidR="00417EA8" w:rsidRPr="00E006A5">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777A9C88" w14:textId="77777777" w:rsidR="007B6539" w:rsidRDefault="007B6539" w:rsidP="007B6539">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="71" w:name="_Toc210900841"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc210900841"/>
       <w:r w:rsidRPr="00D650C8">
         <w:t>Cooperative Contract Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="00D650C8">
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="561107CF" w14:textId="227B9890" w:rsidR="00ED7EB7" w:rsidRDefault="00ED7EB7" w:rsidP="00ED7EB7">
+    <w:p w14:paraId="561107CF" w14:textId="720CE103" w:rsidR="00ED7EB7" w:rsidRDefault="00ED7EB7" w:rsidP="00ED7EB7">
       <w:r w:rsidRPr="002D6FA0">
         <w:t xml:space="preserve">This contract was awarded outside the </w:t>
       </w:r>
       <w:r>
         <w:t>standard Operational Services Division (</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6FA0">
         <w:t>OSD</w:t>
       </w:r>
       <w:r>
         <w:t>) Request for Response</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6FA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6FA0">
         <w:t>RFR</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6FA0">
         <w:t xml:space="preserve"> process</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002D6FA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00594A44">
         <w:t>OSD's participation in the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId54" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00CB2250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sourcewell</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="00594A44">
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-        <w:t>contract is documented by a Participating Addendum. </w:t>
+        <w:t xml:space="preserve"> contract is documented by a Participating Addendum. </w:t>
       </w:r>
       <w:r w:rsidR="00BE73AC" w:rsidRPr="00BE73AC">
-        <w:t xml:space="preserve">The Master Agreement for </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The Master Agreement for Sourcewel</w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:t xml:space="preserve">l </w:t>
+      </w:r>
       <w:r w:rsidR="00BE73AC" w:rsidRPr="00BE73AC">
-        <w:t>Sourcewell</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> and OMNIA can be found in each vendor</w:t>
+        <w:t>can be found in each vendor</w:t>
       </w:r>
       <w:r w:rsidR="00D03D1C">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidR="00BE73AC" w:rsidRPr="00BE73AC">
         <w:t xml:space="preserve"> Master Blanket Purchase Order (MBPO) on COMMBUYS.</w:t>
       </w:r>
       <w:r w:rsidR="00BE73AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00065C33">
         <w:t>The executed Participating Addendum, a legally binding document between OSD and the vendor, formally incorporates terms specific to Massachusetts while superseding or amending any conflicting provisions within the Master Agreement to ensure compliance with Commonwealth laws. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E417E0F" w14:textId="540A57C3" w:rsidR="00266475" w:rsidRDefault="00ED7EB7" w:rsidP="00ED7EB7">
+    <w:p w14:paraId="1E417E0F" w14:textId="34DE24D4" w:rsidR="00266475" w:rsidRDefault="00ED7EB7" w:rsidP="00ED7EB7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>United Rentals</w:t>
       </w:r>
+      <w:r w:rsidR="000C7D07">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00804B19">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Herc Rentals are</w:t>
+      </w:r>
       <w:r w:rsidRPr="002B297D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is adopted from </w:t>
-[...2 lines deleted...]
-        <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> adopted from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="00CB2250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>Sourcewell</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r>
-[...30 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00804B19">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71C99DDE" w14:textId="344239AB" w:rsidR="00D26A77" w:rsidRDefault="00D26A77" w:rsidP="00D26A77">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00D26A77" w:rsidSect="003E7DC2">
-          <w:footerReference w:type="first" r:id="rId58"/>
+          <w:footerReference w:type="first" r:id="rId56"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="125" w:right="1152" w:bottom="1440" w:left="1152" w:header="864" w:footer="360" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23BB5747" w14:textId="77777777" w:rsidR="005A3738" w:rsidRDefault="00E51057" w:rsidP="00633557">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="72" w:name="_Appendix_A:_Vendor"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkStart w:id="74" w:name="_Appendix_A:_Vendor"/>
+      <w:bookmarkStart w:id="75" w:name="_Vendor_Specific_Information"/>
+      <w:bookmarkStart w:id="76" w:name="_Vendor_Information*"/>
+      <w:bookmarkStart w:id="77" w:name="_Vendor_List_and"/>
+      <w:bookmarkStart w:id="78" w:name="_Appendix_A:_1"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc194066623"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc210900842"/>
       <w:bookmarkEnd w:id="74"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="00ED150D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vendor </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">List and </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED150D">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="66F6F6D9" w14:textId="1A77655B" w:rsidR="00E51057" w:rsidRDefault="00A9686C" w:rsidP="00A9686C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A9686C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> N/A equals not applicable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A01D177" w14:textId="77777777" w:rsidR="00D31006" w:rsidRDefault="00D31006" w:rsidP="00A9686C">
+    <w:p w14:paraId="751114A0" w14:textId="77777777" w:rsidR="009447F4" w:rsidRDefault="009447F4" w:rsidP="00A9686C">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="14940" w:type="dxa"/>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="14815" w:type="dxa"/>
+        <w:tblInd w:w="-1175" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
-        <w:tblCaption w:val="Vendor Information Table"/>
-        <w:tblDescription w:val="This table may list the contract's approved vendors and their associated details. Users may find vendor-specific information, including contact details, Master Blanket Purchase Order number (with a direct link), service categories, geographic regions, applicable prompt payment or delivery discounts, and any other important items related to the contract."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1800"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1440"/>
+        <w:gridCol w:w="1919"/>
+        <w:gridCol w:w="2132"/>
+        <w:gridCol w:w="1379"/>
+        <w:gridCol w:w="1549"/>
+        <w:gridCol w:w="2831"/>
+        <w:gridCol w:w="1561"/>
+        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="1722"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0000334B" w:rsidRPr="00DA4669" w14:paraId="5251CF37" w14:textId="77777777" w:rsidTr="00037818">
+      <w:tr w:rsidR="00617049" w:rsidRPr="00BD2067" w14:paraId="3505A8E8" w14:textId="171C2D13" w:rsidTr="00182685">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="1095"/>
+          <w:trHeight w:val="1042"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1919" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="33667039" w14:textId="5738CCF5" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="3B8A9A05" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Vendor</w:t>
-            </w:r>
-[...9 lines deleted...]
-              <w:footnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2132" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7BEC09AE" w14:textId="2515FA87" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="4F437600" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="105" w:right="105"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> Number</w:t>
+              </w:rPr>
+              <w:t>Master Blanket Purchase Order Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1379" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="293C4349" w14:textId="6E191080" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="6A12C313" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> Available</w:t>
+              </w:rPr>
+              <w:t>Contact Person</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="530474CE" w14:textId="08B23CB9" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="6CD2B160" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Contact Person</w:t>
+              </w:rPr>
+              <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6D01D661" w14:textId="165C1F46" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="69EBAB48" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="15"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...11 lines deleted...]
-              <w:t>Number</w:t>
+              </w:rPr>
+              <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1561" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="7A8A3561" w14:textId="4FC30C0D" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="1116C94B" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Email</w:t>
+              </w:rPr>
+              <w:t>PPD Discounts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="328C1B98" w14:textId="4B1A6C8C" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="00B66BE5">
+          <w:p w14:paraId="3234F772" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="0040035E">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...61 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplier Diversity Office (SDO) Certification Type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="440B6352" w14:textId="191C2802" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00C702BB" w:rsidP="007B2603">
+          <w:p w14:paraId="5A67727F" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00DA4669" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="195"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA4669">
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Supplier Diversity Program (SDP)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DA4669">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EF9E501" w14:textId="4DA0472E" w:rsidR="00617049" w:rsidRPr="0040035E" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA4669">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...7 lines deleted...]
-                <w:bCs/>
+              </w:rPr>
+              <w:t>Commitment Percentage</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617049" w:rsidRPr="00BD2067" w14:paraId="44DCAA64" w14:textId="06B7ED7C" w:rsidTr="00182685">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="887"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="352D939D" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>)</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>**Master Contract Record MBPO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03EE171C" w14:textId="2A48177A" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="007B2603">
+          <w:p w14:paraId="3084C4E1" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Certification Type</w:t>
+              </w:rPr>
+              <w:t>(All contract documents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...7 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FF94A3D" w14:textId="2D490431" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="0065565F" w:rsidP="008B097C">
+          <w:p w14:paraId="7081B338" w14:textId="4BDBECB2" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...165 lines deleted...]
-              <w:r w:rsidRPr="00DA4669">
+            <w:hyperlink r:id="rId57" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>PO-25-1080-</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00DA4669">
+            <w:hyperlink r:id="rId58" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>OSD03-OSD03-</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:tgtFrame="_blank" w:history="1">
-              <w:r w:rsidRPr="00DA4669">
+            <w:hyperlink r:id="rId59" w:tgtFrame="_blank" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>34052</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B9B9C6D" w14:textId="6DCBE7DB" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="3AC5501F" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>Sean Corbin</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E9F9AF1" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Tatiana Henry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05D4C2A5" w14:textId="77777777" w:rsidR="00EE0C35" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="00EE0C35">
+          <w:p w14:paraId="0C07D5B0" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>617-720-3105</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="239D7504" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...20 lines deleted...]
-              <w:t>Sean Corbin</w:t>
+              </w:rPr>
+              <w:t>617-359-7289</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4938DD" w14:textId="77777777" w:rsidR="00A572E4" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="6A9ED725" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:hyperlink r:id="rId60">
+              <w:r w:rsidRPr="00187377">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>sean.corbin@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>617-359-7289</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="323B5859" w14:textId="77777777" w:rsidR="00A572E4" w:rsidRPr="00DA4669" w:rsidRDefault="00A572E4" w:rsidP="008B097C">
+          <w:p w14:paraId="6AB08539" w14:textId="77777777" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...6 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidRPr="00187377">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="20"/>
+                </w:rPr>
+                <w:t>tatiana.henry@mass.gov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...8 lines deleted...]
-              <w:t>617-720-3105</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2340" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0659B5D0" w14:textId="2AEE0112" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00876DA7" w:rsidP="00AD2C39">
+          <w:p w14:paraId="10F3D34C" w14:textId="1320EE16" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1722" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FDBA30" w14:textId="4FAD90E3" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1722" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="591E650B" w14:textId="496C9B87" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00187377">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00617049" w:rsidRPr="00BD2067" w14:paraId="0580DB24" w14:textId="146A8CC0" w:rsidTr="00182685">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="1069"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="644A973A" w14:textId="06C42368" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Herc Rentals, Inc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2132" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C986D41" w14:textId="48DE2535" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00B35248" w:rsidP="00617049">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r w:rsidRPr="00DA4669">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>tatiana.henry@mass.gov</w:t>
-[...36 lines deleted...]
-                <w:t>sean.corbin2@mass.gov</w:t>
+                <w:t>PO-26-1080-OSD03-SRC01-37848</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7962AAB0" w14:textId="20CFFCC7" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="1EA420A5" w14:textId="3059E010" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>Richard Shugg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="593B2609" w14:textId="78E5B848" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="19851F1A" w14:textId="07920FD2" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>239-301-1344</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D2F0A19" w14:textId="1FDBAC40" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="2306F506" w14:textId="6C3A8CB2" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...244 lines deleted...]
-              <w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Richard.Shugg@hercrentalscom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3994B88B" w14:textId="0A93AF26" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="5CF2B315" w14:textId="14C006CA" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00C26F2E" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...25 lines deleted...]
-              <w:t>, 2% off</w:t>
+              </w:rPr>
+              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19788E94" w14:textId="5EB302C5" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="65CD068A" w14:textId="12782466" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00FB5808" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="410294B0" w14:textId="147E21BA" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="56A66170" w14:textId="63DD729A" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00FB5808" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>3%</w:t>
+              </w:rPr>
+              <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0000334B" w:rsidRPr="00DA4669" w14:paraId="197BDF00" w14:textId="77777777" w:rsidTr="00001C42">
+      <w:tr w:rsidR="00617049" w:rsidRPr="00BD2067" w14:paraId="046DE43A" w14:textId="7BDD2BA0" w:rsidTr="00182685">
         <w:trPr>
-          <w:trHeight w:val="1074"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="1175"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1800" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1919" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A278196" w14:textId="45E08E19" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="33C91FFC" w14:textId="1E724CE7" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...2 lines deleted...]
-              <w:t>Sunbelt Rentals, Inc.</w:t>
+              </w:rPr>
+              <w:t>United Rentals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2132" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48A31F80" w14:textId="52B83165" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="45DCE448" w14:textId="21FD0260" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:tgtFrame="_blank" w:history="1">
-[...381 lines deleted...]
-              <w:r w:rsidRPr="00F53D4A">
+            <w:hyperlink r:id="rId64" w:tgtFrame="_new" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>PO-25-1080-OSD03-SRC02-33662</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DC1DA20" w14:textId="4A939ADA" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="462E80E9" w14:textId="6777A6C2" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>N/A</w:t>
+              </w:rPr>
+              <w:t>Peter Carey</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1549" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50D9E0E7" w14:textId="1BA86A26" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="011453EC" w14:textId="58AFCDAC" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Peter Carey</w:t>
+              </w:rPr>
+              <w:t>617-839-7927</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2831" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5195F19B" w14:textId="26FCFC30" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="03E44015" w14:textId="3B29954C" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...33 lines deleted...]
-              <w:r w:rsidRPr="00DA4669">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r w:rsidRPr="00187377">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>pcarey@ur.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1561" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6567E279" w14:textId="50ABA2F1" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="004824AF" w:rsidP="008B097C">
+          <w:p w14:paraId="22514017" w14:textId="5FC10F2E" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> off</w:t>
+              </w:rPr>
+              <w:t>10 days, 1% off</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D681858" w14:textId="46D967A1" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="22146B87" w14:textId="63B89AC0" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00617049" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="1722" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7ACEC4" w14:textId="1D696029" w:rsidR="00D31006" w:rsidRPr="00DA4669" w:rsidRDefault="00D31006" w:rsidP="008B097C">
+          <w:p w14:paraId="6EDF9EF2" w14:textId="320D6151" w:rsidR="00617049" w:rsidRPr="00187377" w:rsidRDefault="00A10DE8" w:rsidP="00617049">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DA4669">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00187377">
+              <w:rPr>
                 <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24CBA42F" w14:textId="77777777" w:rsidR="00D31006" w:rsidRPr="00ED150D" w:rsidRDefault="00D31006" w:rsidP="00A9686C">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="387CC61A" w14:textId="6B96FFF1" w:rsidR="00304C6F" w:rsidRDefault="00275216" w:rsidP="000777C2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Appendix_B:_Vendor"/>
-[...5 lines deleted...]
-      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkStart w:id="81" w:name="_Appendix_B:_Vendor"/>
+      <w:bookmarkStart w:id="82" w:name="_Appendix_C:_Vendor"/>
+      <w:bookmarkStart w:id="83" w:name="_Appendix_A:_[add"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc194066624"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc210900843"/>
       <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidRPr="00275216">
         <w:t>United Nations Standard Products and Services Code</w:t>
       </w:r>
       <w:r w:rsidR="00F0545F" w:rsidRPr="00F0545F">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>®</w:t>
       </w:r>
       <w:r w:rsidRPr="00275216">
         <w:t xml:space="preserve"> (UNSPSC</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="82"/>
-      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
       <w:r w:rsidR="00235C9B" w:rsidRPr="002E58BD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59BFD38A" w14:textId="017A5106" w:rsidR="00E53E55" w:rsidRDefault="00D119CD" w:rsidP="00304C6F">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D119CD">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">UNSPSC </w:t>
       </w:r>
       <w:r w:rsidR="00E53E55" w:rsidRPr="00E53E55">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidR="000777C2">
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -14852,73 +12699,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D36E5" w:rsidRPr="007B140F">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equipment</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E53E55" w:rsidSect="008A4943">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="864" w:footer="360" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27007FD2" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="71EC0039" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59346518" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0"/>
+    <w:p w14:paraId="05D17808" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74405C2E" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="3E72463D" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641D41DA" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0"/>
+    <w:p w14:paraId="40FD70F2" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="70E87251" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0">
+    <w:p w14:paraId="77B1A5A8" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -15015,61 +12862,52 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Note: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="72DBEBE5" w14:textId="27CDFAD4" w:rsidR="00B564C1" w:rsidRDefault="00B564C1" w:rsidP="00205043">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -15385,51 +13223,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="43FE85DC" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
+            <v:group w14:anchorId="7B803339" id="Group 1730328604" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251661312;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsDMQilwIAAG0HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02xuTTdqtiq9CalA&#10;ReEDvI5zEYltxt7Nlq9n7OwlLDygVgKJF8vjGY/nnDmTnF9s+o6sBZhWyYKGJzNKhOSqbGVd0C+f&#10;b9+cUWIskyXrlBQFfRKGXixevzofdC4i1aiuFEAwiTT5oAvaWKvzIDC8ET0zJ0oLic5KQc8smlAH&#10;JbABs/ddEM1mp8GgoNSguDAGT69HJ134/FUluP1YVUZY0hUUa7N+Bb8u3RoszlleA9NNy7dlsGdU&#10;0bNW4qP7VNfMMrKC9pdUfctBGVXZE676QFVVy4XHgGjC2RGaO1Ar7bHU+VDrPU1I7RFPz07LP6zv&#10;QD/qBxirx+294l8N8hIMus6nfmfXYzBZDu9Vif1kK6s88E0FvUuBkMjG8/u051dsLOF4mGVZlMyw&#10;DRx9cRolUTo2gDfYpcO1MI3O9p6b7eUwwrvj1TT13oDl46u+0m1lrvMoJXNgy7yMrceGaeGbYBwb&#10;D0DaEpUex/MomqdZTIlkPTLxCbXGZN0JcupAuSowfMesGWklUl01GCUuAdTQCFZidaGLRwyTC84w&#10;2JQ/5HlC2I7rCV1hMvcv7OhiuQZj74TqidsUFLB030S2vjfWFXMIcT01qmvL27brvAH18qoDsmY4&#10;Uje3b+fxrhk/hXXSBUvlro0Z3YlH6YCNBC1V+YQgQY1zid8R3DQKvlMy4EwW1HxbMRCUdO8kEjUP&#10;EycB640kzSI0YOpZTj1MckxVUEvJuL2y4+CvNLR1gy+FHrRUlyjiqvXAHfFjVdtiUUl/SVJxGIZx&#10;FDpQx4rK/oGikjh2r7L8N4pKZr6i/QAe5PJiRUU3cTYfJ+JIeP+VovwnC7/pfta2/x/305jaXoGH&#10;v+TiBwAAAP//AwBQSwMEFAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AQhe8m/ofNmHizCyiGIEvTNOqpMbE1Md6m7BRI2V3CboH+e4eT3mbem7z5XrGeTSdGGnzr&#10;rIJ4FYEgWznd2lrB1+HtIQPhA1qNnbOk4Eoe1uXtTYG5dpP9pHEfasEh1ueooAmhz6X0VUMG/cr1&#10;ZNk7ucFg4HWopR5w4nDTySSKnqXB1vKHBnvaNlSd9xej4H3CafMYv46782l7/TmkH9+7mJS6v5s3&#10;LyACzeHvGBZ8RoeSmY7uYrUXnQIuElhNkywFsfhJ8sTacdEynmRZyP8dyl8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEArAzEIpcCAABtBwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKXxYBt8AAAALAQAADwAAAAAAAAAAAAAAAADxBAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACLuFgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb651MaPrS4bMhQGg4FzjD0ezdkUm0tJ4lr31xtB8PF+3zdfjq4TJwqx9azhdlKAIK69&#10;abnRsH9/vZmCiAnZYOeZNHxThOXi8mKOlfEDv9FplxqRQzhWqMGm1FdSxtqSwzjxPXHmPnxwmPIZ&#10;GmkCDjncdbIsigfpsOXcYLGnlaX6c/flNBwP7eZcpkYdtuplsHfnsJquN1pfX43PTyASjelf/Ode&#10;mzxfqVlZzu4fFfz+lAGQix8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAi7hYMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAiIwxayQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;EIXvgv8hjODNZrMVkW3TIguCoKC2Ih7TzZgsbiZLErurv945CD0Ob973+NbbOQziiCn3kTSoRQUC&#10;qYu2J6fhbX9/dQsiF0PWDJFQww9m2G7Oz9amsXGiVzzuihMModwYDb6UsZEydx6DyYs4InH2GVMw&#10;hc/kpE1mYngYZF1VNzKYnnjBmxFbj93X7jswZd8+H6b334/rR/LzU9+6hO5F68uL+W4FouBcTs//&#10;7QerYamUWtaqZglWYh2Qmz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIiMMWskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="29F8E603" w14:textId="77777777" w:rsidR="0019409E" w:rsidRPr="00E365B8" w:rsidRDefault="0019409E" w:rsidP="00E365B8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
@@ -15518,61 +13356,52 @@
       <w:t>ote</w:t>
     </w:r>
     <w:r w:rsidRPr="00E365B8">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="49C1DFAA" w14:textId="2E4E342D" w:rsidR="00DC6031" w:rsidRDefault="00DC6031" w:rsidP="00DC6031">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:tab/>
@@ -15888,51 +13717,51 @@
                               <a:miter lim="800000"/>
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:group w14:anchorId="15F9F6B8" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
+            <v:group w14:anchorId="6ED38E46" id="Group 26" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:764.25pt;width:612pt;height:27.75pt;z-index:251659264;mso-position-horizontal-relative:page;mso-position-vertical-relative:page" coordorigin=",15285" coordsize="12240,555" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBkx6drjAIAAF4HAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdtu1DAQfUfiHyy/02yy2aYbNVuV3oRU&#10;oKLwAV7HuYjENmPvZsvXM7b3EhYeUCuBxEvkyYzHZ86csc8vNn1H1gJMq2RB45MJJUJyVbayLuiX&#10;z7dvzigxlsmSdUqKgj4JQy8Wr1+dDzoXiWpUVwogmESafNAFbazVeRQZ3oiemROlhURnpaBnFk2o&#10;oxLYgNn7Lkomk9NoUFBqUFwYg3+vg5MufP6qEtx+rCojLOkKitis/4L/Lt03WpyzvAamm5ZvYbBn&#10;oOhZK/HQfaprZhlZQftLqr7loIyq7AlXfaSqquXC14DVxJOjau5ArbSvpc6HWu9pQmqPeHp2Wv5h&#10;fQf6UT9AQI/Le8W/GuQlGnSdj/3OrkMwWQ7vVYn9ZCurfOGbCnqXAksiG8/v055fsbGE488sy5J0&#10;gm3g6JvOkjSZhQbwBrt02BbPkrO952a7OU5wb9g6m3lvxPJwqke6ReY6j1IyB7bMy9h6bJgWvgnG&#10;sfEApC0LmmSUSNYjA59QY0zWnSCnrhh3OobtGDWBTiLVVYNR4hJADY1gJaKKXTxiH21whsFm/CG/&#10;I6J2HI9oitO5P2FHE8s1GHsnVE/coqCA0H3z2PreWAfmEOJ6aVTXlrdt13kD6uVVB2TNcJRubt/O&#10;p7sm/BTWSRcsldsWMro/vkpXWCBoqconLBJUmEe8P3DRKPhOyYCzWFDzbcVAUNK9k0jUPE5d6603&#10;0lmWoAFjz3LsYZJjqoJaSsLyyoaBX2lo6wZPin3RUl2ieKvWF+6ID6i2YFFBf0tKeEUeSyn7B1JK&#10;p1N3Kst/I6V04hHtJ+6gkxdLKbmZZvMwCkeK+6+k5O8ovMT9kG0fHPdKjG0vvcOzuPgBAAD//wMA&#10;UEsDBBQABgAIAAAAIQApfFgG3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6H&#10;zZh4swsohiBL0zTqqTGxNTHepuwUSNldwm6B/nuHk95m3pu8+V6xnk0nRhp866yCeBWBIFs53dpa&#10;wdfh7SED4QNajZ2zpOBKHtbl7U2BuXaT/aRxH2rBIdbnqKAJoc+l9FVDBv3K9WTZO7nBYOB1qKUe&#10;cOJw08kkip6lwdbyhwZ72jZUnfcXo+B9wmnzGL+Ou/Npe/05pB/fu5iUur+bNy8gAs3h7xgWfEaH&#10;kpmO7mK1F50CLhJYTZMsBbH4SfLE2nHRMp5kWcj/HcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGTHp2uMAgAAXgcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhACl8WAbfAAAACwEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;">
               <v:rect id="Rectangle 6" o:spid="_x0000_s1027" style="position:absolute;top:15285;width:12240;height:149;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAHD+pxxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeIK3mnUtVbZGEVEQhEJVpMfH5nWzdPOyJNHd+uubQsHjMDPfMItVbxtxIx9qxwom4wwE&#10;cel0zZWC82n3PAcRIrLGxjEp+KEAq+XgaYGFdh1/0O0YK5EgHApUYGJsCylDachiGLuWOHlfzluM&#10;SfpKao9dgttG5ln2Ki3WnBYMtrQxVH4fr1bB56U+3PNYTS/v021nXu5+M98flBoN+/UbiEh9fIT/&#10;23utIJ/B35f0A+TyFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAcP6nHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" fillcolor="#efb935" stroked="f"/>
               <v:rect id="Rectangle 7" o:spid="_x0000_s1028" style="position:absolute;top:15433;width:12240;height:407;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpMtFcwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BSgMx&#10;EIbvQt8hTMGbzbaIyNq0yEJBUFBbEY/TzTRZ3EyWJHZXn945CB6Hf/5v5ltvp9CrM6XcRTawXFSg&#10;iNtoO3YG3g67q1tQuSBb7COTgW/KsN3MLtZY2zjyK533xSmBcK7RgC9lqLXOraeAeREHYslOMQUs&#10;MianbcJR4KHXq6q60QE7lgseB2o8tZ/7ryCUQ/N8HN9/Pq4f2U9PXeMSuRdjLufT/R2oQlP5X/5r&#10;P1gDK3lWXMQD9OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqTLRXMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" fillcolor="#2e3791" stroked="f"/>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="14F7B0CA" w14:textId="77777777" w:rsidR="00AC1E9E" w:rsidRDefault="00AC1E9E"/>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10938" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
       <w:gridCol w:w="3646"/>
@@ -16015,61 +13844,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Contract User Guides are updated regularly. Print copies should be compared against the current version posted on </w:t>
     </w:r>
     <w:r w:rsidRPr="00550E35">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>mass.gov/</w:t>
+      <w:t>mass.gov/osd</w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00621EE2">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BD17469" w14:textId="241C5176" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="00205043">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -16268,144 +14088,106 @@
         </w:rPr>
         <w:t xml:space="preserve">www.mass.gov/osd </w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidRPr="003E118F">
       <w:rPr>
         <w:color w:val="2E368F"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>| TDD: (617) 727 - 2716 | Fax: (617) 727 - 4527</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4D920BE9" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6" w:rsidP="4C2A9F3F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="76DFCE92" w14:textId="77777777" w:rsidR="005851F6" w:rsidRDefault="005851F6"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="501EB4E4" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="4AF7C174" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="450E6B37" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0"/>
+    <w:p w14:paraId="1DC553E3" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="455A0A6B" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0" w:rsidP="00BA4C0C">
+    <w:p w14:paraId="68099861" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921" w:rsidP="00BA4C0C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4E85D6" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0"/>
+    <w:p w14:paraId="5327C2B7" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0D5F5223" w14:textId="77777777" w:rsidR="007372E0" w:rsidRDefault="007372E0">
+    <w:p w14:paraId="54D7E3BD" w14:textId="77777777" w:rsidR="00317921" w:rsidRDefault="00317921">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
-    </w:p>
-[...36 lines deleted...]
-      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9B9F4D" w14:textId="519FEDEC" w:rsidR="00886F53" w:rsidRPr="00D02B79" w:rsidRDefault="00196519" w:rsidP="007A023C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="10365"/>
       </w:tabs>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F7762ED" wp14:editId="3D8F6F5D">
           <wp:extent cx="2682060" cy="804672"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1372931080" name="Picture 5">
+          <wp:docPr id="31324558" name="Picture 5">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                 <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1372931080" name="Picture 5">
                     <a:extLst>
                       <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                         <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -16624,51 +14406,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="48D3C28E" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="016260AA" id="Straight Connector 4" o:spid="_x0000_s1026" alt="Title: Horizontal Blue Line - Description: Horizontal Blue Line in the Header" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1020B730" w14:textId="1B04F90A" w:rsidR="00886F53" w:rsidRDefault="00886F53" w:rsidP="00D02B79">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-720"/>
       <w:rPr>
         <w:sz w:val="10"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D02B79">
       <w:rPr>
         <w:sz w:val="10"/>
@@ -16983,51 +14765,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="3">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="1CA383A9" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
+            <v:line w14:anchorId="3A9DC2DF" id="Straight Connector 1684346985" o:spid="_x0000_s1026" alt="&quot;&quot;" style="visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001" from="0,0" to="550.8pt,0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCD85/3nQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01P4zAQvSPxHyzfadIiKoiacgDBBe2i&#10;BX6AccaNJdtj2aZJ//2O3TZF7EpIq704/pj3Zt6byep2tIZtIUSNruXzWc0ZOImddpuWv70+XFxz&#10;FpNwnTDooOU7iPx2fX62GnwDC+zRdBAYkbjYDL7lfUq+qaooe7AiztCDo0eFwYpEx7CpuiAGYrem&#10;WtT1showdD6ghBjp9n7/yNeFXymQ6adSERIzLafaUllDWd/zWq1XotkE4XstD2WIf6jCCu0o6UR1&#10;L5JgH0H/QWW1DBhRpZlEW6FSWkLRQGrm9Rc1L73wULSQOdFPNsX/Ryt/bO/ccyAbBh+b6J9DVjGq&#10;YPOX6mNjMWs3mQVjYpIulzc3V/MleSqPb9UJ6ENMj4CW5U3LjXZZh2jE9ikmSkahxxA6nFKXXdoZ&#10;yMHG/QLFdEfJLgu6TAXcmcC2gvoppASX5rmHxFeiM0xpYyZg/T3wEJ+hUCZmAi++B0+IkhldmsBW&#10;Owx/I0jjsWS1jz86sNedLXjHbleaUqyh1heFhzHNs/X5XOCnn2n9GwAA//8DAFBLAwQUAAYACAAA&#10;ACEA9fNL6dgAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j9B2srcaN2kKggxKkq&#10;EKAe23LguI23SdR4HWK3NXw9Ti/0MtJoVjNvi0W0nTjR4FvHGrKZAkFcOdNyreFz+3b3CMIHZIOd&#10;Y9LwQx4W5eSmwNy4M6/ptAm1SCXsc9TQhNDnUvqqIYt+5nrilO3dYDEkO9TSDHhO5baT90rNpcWW&#10;00KDPb00VB02R6vhffv0+xrj98MXftCKaxOWK2W0vp3G5TOIQDH8H8OIn9ChTEw7d2TjRachPRIu&#10;OmaZyuYgdqOXZSGv2cs/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIPzn/edAQAAlAMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPXzS+nYAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAA9wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAD8BAAA&#10;AAA=&#10;" strokecolor="#4f81bd [3204]" strokeweight="3pt">
               <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
               <w10:anchorlock/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C7967846"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21878,55 +19660,57 @@
     <w:rsid w:val="000C1D14"/>
     <w:rsid w:val="000C21CB"/>
     <w:rsid w:val="000C2766"/>
     <w:rsid w:val="000C2C11"/>
     <w:rsid w:val="000C2DF3"/>
     <w:rsid w:val="000C2F58"/>
     <w:rsid w:val="000C3134"/>
     <w:rsid w:val="000C33B3"/>
     <w:rsid w:val="000C361D"/>
     <w:rsid w:val="000C387E"/>
     <w:rsid w:val="000C4CD8"/>
     <w:rsid w:val="000C4DB8"/>
     <w:rsid w:val="000C4F12"/>
     <w:rsid w:val="000C5283"/>
     <w:rsid w:val="000C5CD9"/>
     <w:rsid w:val="000C5DEF"/>
     <w:rsid w:val="000C5EFB"/>
     <w:rsid w:val="000C644C"/>
     <w:rsid w:val="000C659E"/>
     <w:rsid w:val="000C6C89"/>
     <w:rsid w:val="000C7194"/>
     <w:rsid w:val="000C742D"/>
     <w:rsid w:val="000C794C"/>
     <w:rsid w:val="000C7969"/>
     <w:rsid w:val="000C7A46"/>
+    <w:rsid w:val="000C7D07"/>
     <w:rsid w:val="000D012D"/>
     <w:rsid w:val="000D0603"/>
     <w:rsid w:val="000D134C"/>
     <w:rsid w:val="000D1573"/>
     <w:rsid w:val="000D1F0B"/>
+    <w:rsid w:val="000D201C"/>
     <w:rsid w:val="000D332E"/>
     <w:rsid w:val="000D35C1"/>
     <w:rsid w:val="000D3A16"/>
     <w:rsid w:val="000D4542"/>
     <w:rsid w:val="000D46F4"/>
     <w:rsid w:val="000D4A98"/>
     <w:rsid w:val="000D4B42"/>
     <w:rsid w:val="000D4C12"/>
     <w:rsid w:val="000D55B6"/>
     <w:rsid w:val="000D5CBA"/>
     <w:rsid w:val="000D6A01"/>
     <w:rsid w:val="000D6B77"/>
     <w:rsid w:val="000D6CE0"/>
     <w:rsid w:val="000D6E6D"/>
     <w:rsid w:val="000D73B9"/>
     <w:rsid w:val="000D758F"/>
     <w:rsid w:val="000D7FAE"/>
     <w:rsid w:val="000E01B4"/>
     <w:rsid w:val="000E0426"/>
     <w:rsid w:val="000E0A48"/>
     <w:rsid w:val="000E0B52"/>
     <w:rsid w:val="000E165F"/>
     <w:rsid w:val="000E1981"/>
     <w:rsid w:val="000E24D8"/>
     <w:rsid w:val="000E2DD1"/>
@@ -22168,58 +19952,60 @@
     <w:rsid w:val="00172A9B"/>
     <w:rsid w:val="00172AE0"/>
     <w:rsid w:val="00172C56"/>
     <w:rsid w:val="0017348E"/>
     <w:rsid w:val="00173629"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00174038"/>
     <w:rsid w:val="00174238"/>
     <w:rsid w:val="001743C3"/>
     <w:rsid w:val="001747C6"/>
     <w:rsid w:val="00174E98"/>
     <w:rsid w:val="00174F93"/>
     <w:rsid w:val="00175545"/>
     <w:rsid w:val="00175A6A"/>
     <w:rsid w:val="00175B26"/>
     <w:rsid w:val="00175FFB"/>
     <w:rsid w:val="00177A06"/>
     <w:rsid w:val="00180101"/>
     <w:rsid w:val="001803B9"/>
     <w:rsid w:val="00180F43"/>
     <w:rsid w:val="001812D3"/>
     <w:rsid w:val="00181542"/>
     <w:rsid w:val="00181AF0"/>
     <w:rsid w:val="00181E46"/>
     <w:rsid w:val="0018248C"/>
+    <w:rsid w:val="00182685"/>
     <w:rsid w:val="00182926"/>
     <w:rsid w:val="00182EAD"/>
     <w:rsid w:val="00183199"/>
     <w:rsid w:val="00183B65"/>
     <w:rsid w:val="00183BE8"/>
     <w:rsid w:val="00185037"/>
     <w:rsid w:val="00185D36"/>
     <w:rsid w:val="001864F5"/>
+    <w:rsid w:val="00187377"/>
     <w:rsid w:val="00187389"/>
     <w:rsid w:val="00187D56"/>
     <w:rsid w:val="00190188"/>
     <w:rsid w:val="00190192"/>
     <w:rsid w:val="00190434"/>
     <w:rsid w:val="00190554"/>
     <w:rsid w:val="00190DC5"/>
     <w:rsid w:val="00190DCF"/>
     <w:rsid w:val="00191E86"/>
     <w:rsid w:val="00191F46"/>
     <w:rsid w:val="00192216"/>
     <w:rsid w:val="0019234C"/>
     <w:rsid w:val="00192877"/>
     <w:rsid w:val="001933D9"/>
     <w:rsid w:val="001938B7"/>
     <w:rsid w:val="00193DC7"/>
     <w:rsid w:val="00193DE0"/>
     <w:rsid w:val="00193EB5"/>
     <w:rsid w:val="00193F27"/>
     <w:rsid w:val="00194012"/>
     <w:rsid w:val="0019409E"/>
     <w:rsid w:val="0019468D"/>
     <w:rsid w:val="00195244"/>
     <w:rsid w:val="00195851"/>
     <w:rsid w:val="00195F1F"/>
@@ -22232,50 +20018,51 @@
     <w:rsid w:val="001A0C5F"/>
     <w:rsid w:val="001A1293"/>
     <w:rsid w:val="001A1BA6"/>
     <w:rsid w:val="001A1D5E"/>
     <w:rsid w:val="001A2098"/>
     <w:rsid w:val="001A26DB"/>
     <w:rsid w:val="001A2963"/>
     <w:rsid w:val="001A340E"/>
     <w:rsid w:val="001A352E"/>
     <w:rsid w:val="001A36C4"/>
     <w:rsid w:val="001A3979"/>
     <w:rsid w:val="001A3A6C"/>
     <w:rsid w:val="001A3A7A"/>
     <w:rsid w:val="001A3D5D"/>
     <w:rsid w:val="001A3D90"/>
     <w:rsid w:val="001A41AE"/>
     <w:rsid w:val="001A489C"/>
     <w:rsid w:val="001A49F3"/>
     <w:rsid w:val="001A5433"/>
     <w:rsid w:val="001A559F"/>
     <w:rsid w:val="001A581C"/>
     <w:rsid w:val="001A596F"/>
     <w:rsid w:val="001A5C84"/>
     <w:rsid w:val="001A609F"/>
     <w:rsid w:val="001A66BF"/>
+    <w:rsid w:val="001A699D"/>
     <w:rsid w:val="001A6F1E"/>
     <w:rsid w:val="001A7224"/>
     <w:rsid w:val="001A72C3"/>
     <w:rsid w:val="001B046D"/>
     <w:rsid w:val="001B0F64"/>
     <w:rsid w:val="001B1383"/>
     <w:rsid w:val="001B1654"/>
     <w:rsid w:val="001B16A2"/>
     <w:rsid w:val="001B16FD"/>
     <w:rsid w:val="001B1724"/>
     <w:rsid w:val="001B17CC"/>
     <w:rsid w:val="001B1E53"/>
     <w:rsid w:val="001B29E8"/>
     <w:rsid w:val="001B2F8D"/>
     <w:rsid w:val="001B3217"/>
     <w:rsid w:val="001B3B78"/>
     <w:rsid w:val="001B454B"/>
     <w:rsid w:val="001B46C7"/>
     <w:rsid w:val="001B48A8"/>
     <w:rsid w:val="001B5F7B"/>
     <w:rsid w:val="001B730B"/>
     <w:rsid w:val="001B7645"/>
     <w:rsid w:val="001C0572"/>
     <w:rsid w:val="001C0AD1"/>
     <w:rsid w:val="001C0EF8"/>
@@ -22474,50 +20261,51 @@
     <w:rsid w:val="00236418"/>
     <w:rsid w:val="00236A07"/>
     <w:rsid w:val="00236F9B"/>
     <w:rsid w:val="002374EF"/>
     <w:rsid w:val="00237715"/>
     <w:rsid w:val="00237B53"/>
     <w:rsid w:val="00237C02"/>
     <w:rsid w:val="00237E7F"/>
     <w:rsid w:val="00237EFF"/>
     <w:rsid w:val="00240817"/>
     <w:rsid w:val="0024116F"/>
     <w:rsid w:val="002411B9"/>
     <w:rsid w:val="00241C93"/>
     <w:rsid w:val="00241D9B"/>
     <w:rsid w:val="00242169"/>
     <w:rsid w:val="00242685"/>
     <w:rsid w:val="002426DE"/>
     <w:rsid w:val="002428AA"/>
     <w:rsid w:val="00242AC9"/>
     <w:rsid w:val="002430D5"/>
     <w:rsid w:val="00243276"/>
     <w:rsid w:val="00243561"/>
     <w:rsid w:val="002437F5"/>
     <w:rsid w:val="00243F9D"/>
     <w:rsid w:val="002449BE"/>
+    <w:rsid w:val="002449D0"/>
     <w:rsid w:val="00245732"/>
     <w:rsid w:val="00245B24"/>
     <w:rsid w:val="00245FDB"/>
     <w:rsid w:val="002468FF"/>
     <w:rsid w:val="00246E10"/>
     <w:rsid w:val="0024729E"/>
     <w:rsid w:val="00247454"/>
     <w:rsid w:val="0025001F"/>
     <w:rsid w:val="00250704"/>
     <w:rsid w:val="00250ACA"/>
     <w:rsid w:val="00250B29"/>
     <w:rsid w:val="002513F1"/>
     <w:rsid w:val="00251B5F"/>
     <w:rsid w:val="00251D2B"/>
     <w:rsid w:val="0025288C"/>
     <w:rsid w:val="00252908"/>
     <w:rsid w:val="0025318D"/>
     <w:rsid w:val="00253749"/>
     <w:rsid w:val="00253A51"/>
     <w:rsid w:val="002542E6"/>
     <w:rsid w:val="0025491D"/>
     <w:rsid w:val="00254B3D"/>
     <w:rsid w:val="00255DB6"/>
     <w:rsid w:val="00256475"/>
     <w:rsid w:val="00256AB8"/>
@@ -22633,50 +20421,51 @@
     <w:rsid w:val="002A0B5B"/>
     <w:rsid w:val="002A0E8C"/>
     <w:rsid w:val="002A10B9"/>
     <w:rsid w:val="002A1148"/>
     <w:rsid w:val="002A1A05"/>
     <w:rsid w:val="002A1C92"/>
     <w:rsid w:val="002A2001"/>
     <w:rsid w:val="002A22A0"/>
     <w:rsid w:val="002A23C2"/>
     <w:rsid w:val="002A310B"/>
     <w:rsid w:val="002A326F"/>
     <w:rsid w:val="002A3ACC"/>
     <w:rsid w:val="002A3E20"/>
     <w:rsid w:val="002A3E79"/>
     <w:rsid w:val="002A3ED3"/>
     <w:rsid w:val="002A3FC0"/>
     <w:rsid w:val="002A400F"/>
     <w:rsid w:val="002A40B2"/>
     <w:rsid w:val="002A40E1"/>
     <w:rsid w:val="002A4290"/>
     <w:rsid w:val="002A464F"/>
     <w:rsid w:val="002A4C9A"/>
     <w:rsid w:val="002A530A"/>
     <w:rsid w:val="002A5B1A"/>
     <w:rsid w:val="002A642B"/>
+    <w:rsid w:val="002A79C2"/>
     <w:rsid w:val="002B02C8"/>
     <w:rsid w:val="002B04B8"/>
     <w:rsid w:val="002B052E"/>
     <w:rsid w:val="002B068D"/>
     <w:rsid w:val="002B06A1"/>
     <w:rsid w:val="002B0A51"/>
     <w:rsid w:val="002B0D95"/>
     <w:rsid w:val="002B1342"/>
     <w:rsid w:val="002B167F"/>
     <w:rsid w:val="002B2726"/>
     <w:rsid w:val="002B297D"/>
     <w:rsid w:val="002B2B23"/>
     <w:rsid w:val="002B36A0"/>
     <w:rsid w:val="002B384F"/>
     <w:rsid w:val="002B4F4A"/>
     <w:rsid w:val="002B5753"/>
     <w:rsid w:val="002B5B1D"/>
     <w:rsid w:val="002B5B98"/>
     <w:rsid w:val="002B5EFC"/>
     <w:rsid w:val="002B6D2F"/>
     <w:rsid w:val="002B6D5C"/>
     <w:rsid w:val="002C03BF"/>
     <w:rsid w:val="002C0911"/>
     <w:rsid w:val="002C1276"/>
     <w:rsid w:val="002C13B6"/>
@@ -22803,50 +20592,51 @@
     <w:rsid w:val="003070B0"/>
     <w:rsid w:val="003077B9"/>
     <w:rsid w:val="00307B90"/>
     <w:rsid w:val="00307D39"/>
     <w:rsid w:val="00307F54"/>
     <w:rsid w:val="0031019F"/>
     <w:rsid w:val="00310944"/>
     <w:rsid w:val="00311C44"/>
     <w:rsid w:val="003121D1"/>
     <w:rsid w:val="0031246D"/>
     <w:rsid w:val="003135FE"/>
     <w:rsid w:val="003137C5"/>
     <w:rsid w:val="00313846"/>
     <w:rsid w:val="00313D61"/>
     <w:rsid w:val="00314899"/>
     <w:rsid w:val="00314AFF"/>
     <w:rsid w:val="00314F50"/>
     <w:rsid w:val="00315038"/>
     <w:rsid w:val="00315187"/>
     <w:rsid w:val="003151C6"/>
     <w:rsid w:val="0031638F"/>
     <w:rsid w:val="00316BBD"/>
     <w:rsid w:val="00316EC7"/>
     <w:rsid w:val="0031721B"/>
     <w:rsid w:val="00317604"/>
+    <w:rsid w:val="00317921"/>
     <w:rsid w:val="0032058B"/>
     <w:rsid w:val="00320B04"/>
     <w:rsid w:val="00320C77"/>
     <w:rsid w:val="00320FAB"/>
     <w:rsid w:val="003218BB"/>
     <w:rsid w:val="00321B03"/>
     <w:rsid w:val="00321C9E"/>
     <w:rsid w:val="003226E7"/>
     <w:rsid w:val="003229A4"/>
     <w:rsid w:val="00322DC1"/>
     <w:rsid w:val="00323324"/>
     <w:rsid w:val="00323B02"/>
     <w:rsid w:val="00323F32"/>
     <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00324F3B"/>
     <w:rsid w:val="0032537F"/>
     <w:rsid w:val="003256F6"/>
     <w:rsid w:val="00325D8B"/>
     <w:rsid w:val="00325FC0"/>
     <w:rsid w:val="00326007"/>
     <w:rsid w:val="00326178"/>
     <w:rsid w:val="0032736B"/>
     <w:rsid w:val="00327761"/>
     <w:rsid w:val="00327853"/>
     <w:rsid w:val="003300E5"/>
@@ -22907,50 +20697,51 @@
     <w:rsid w:val="00346136"/>
     <w:rsid w:val="003468FA"/>
     <w:rsid w:val="00346DD0"/>
     <w:rsid w:val="00346EA9"/>
     <w:rsid w:val="00347124"/>
     <w:rsid w:val="003471D8"/>
     <w:rsid w:val="0035048E"/>
     <w:rsid w:val="00350787"/>
     <w:rsid w:val="00350B4D"/>
     <w:rsid w:val="00350C44"/>
     <w:rsid w:val="00351C1A"/>
     <w:rsid w:val="00351C50"/>
     <w:rsid w:val="0035246B"/>
     <w:rsid w:val="00352757"/>
     <w:rsid w:val="0035316A"/>
     <w:rsid w:val="003536A5"/>
     <w:rsid w:val="003536E4"/>
     <w:rsid w:val="00353ABE"/>
     <w:rsid w:val="00353B2E"/>
     <w:rsid w:val="00353B74"/>
     <w:rsid w:val="00353C29"/>
     <w:rsid w:val="00353C4A"/>
     <w:rsid w:val="003541D2"/>
     <w:rsid w:val="00354CA8"/>
     <w:rsid w:val="003552F2"/>
+    <w:rsid w:val="003560DD"/>
     <w:rsid w:val="003563CE"/>
     <w:rsid w:val="00356623"/>
     <w:rsid w:val="0035686C"/>
     <w:rsid w:val="0035697E"/>
     <w:rsid w:val="003569FD"/>
     <w:rsid w:val="00356B9E"/>
     <w:rsid w:val="00356BEB"/>
     <w:rsid w:val="00356FBF"/>
     <w:rsid w:val="00357158"/>
     <w:rsid w:val="00357D1E"/>
     <w:rsid w:val="00360811"/>
     <w:rsid w:val="00360AB6"/>
     <w:rsid w:val="003624C5"/>
     <w:rsid w:val="00362843"/>
     <w:rsid w:val="00362B9D"/>
     <w:rsid w:val="00362DFB"/>
     <w:rsid w:val="003630DB"/>
     <w:rsid w:val="003633CD"/>
     <w:rsid w:val="00363413"/>
     <w:rsid w:val="00363A21"/>
     <w:rsid w:val="00363A57"/>
     <w:rsid w:val="00363C98"/>
     <w:rsid w:val="00364115"/>
     <w:rsid w:val="003648B0"/>
     <w:rsid w:val="00364902"/>
@@ -23000,50 +20791,51 @@
     <w:rsid w:val="00381CF5"/>
     <w:rsid w:val="00381D7E"/>
     <w:rsid w:val="0038240E"/>
     <w:rsid w:val="00382B53"/>
     <w:rsid w:val="00382D6A"/>
     <w:rsid w:val="00382F54"/>
     <w:rsid w:val="00384045"/>
     <w:rsid w:val="0038418A"/>
     <w:rsid w:val="00384506"/>
     <w:rsid w:val="0038507D"/>
     <w:rsid w:val="003850AA"/>
     <w:rsid w:val="00385C3B"/>
     <w:rsid w:val="00385D99"/>
     <w:rsid w:val="0038653F"/>
     <w:rsid w:val="00386995"/>
     <w:rsid w:val="003869AF"/>
     <w:rsid w:val="00386BE1"/>
     <w:rsid w:val="00387453"/>
     <w:rsid w:val="003878F6"/>
     <w:rsid w:val="00387FB4"/>
     <w:rsid w:val="00390590"/>
     <w:rsid w:val="00390A4E"/>
     <w:rsid w:val="00390C64"/>
     <w:rsid w:val="00390D45"/>
     <w:rsid w:val="0039101A"/>
+    <w:rsid w:val="003912F9"/>
     <w:rsid w:val="00391DAF"/>
     <w:rsid w:val="003920F0"/>
     <w:rsid w:val="00392559"/>
     <w:rsid w:val="00392DC5"/>
     <w:rsid w:val="003935E6"/>
     <w:rsid w:val="0039371E"/>
     <w:rsid w:val="0039398B"/>
     <w:rsid w:val="00393B8F"/>
     <w:rsid w:val="00393C0A"/>
     <w:rsid w:val="00393CB3"/>
     <w:rsid w:val="003944E4"/>
     <w:rsid w:val="003945EC"/>
     <w:rsid w:val="0039502B"/>
     <w:rsid w:val="00396728"/>
     <w:rsid w:val="00396849"/>
     <w:rsid w:val="0039704F"/>
     <w:rsid w:val="00397132"/>
     <w:rsid w:val="003973AC"/>
     <w:rsid w:val="003978CF"/>
     <w:rsid w:val="00397A98"/>
     <w:rsid w:val="00397AB8"/>
     <w:rsid w:val="00397AE0"/>
     <w:rsid w:val="00397DF3"/>
     <w:rsid w:val="003A04DA"/>
     <w:rsid w:val="003A0841"/>
@@ -23087,50 +20879,51 @@
     <w:rsid w:val="003B592C"/>
     <w:rsid w:val="003B5D58"/>
     <w:rsid w:val="003B5DB4"/>
     <w:rsid w:val="003B63DE"/>
     <w:rsid w:val="003B6CF4"/>
     <w:rsid w:val="003B758E"/>
     <w:rsid w:val="003B7672"/>
     <w:rsid w:val="003B7E7C"/>
     <w:rsid w:val="003C018B"/>
     <w:rsid w:val="003C0549"/>
     <w:rsid w:val="003C063A"/>
     <w:rsid w:val="003C082E"/>
     <w:rsid w:val="003C0886"/>
     <w:rsid w:val="003C0901"/>
     <w:rsid w:val="003C113C"/>
     <w:rsid w:val="003C11A6"/>
     <w:rsid w:val="003C2307"/>
     <w:rsid w:val="003C23B2"/>
     <w:rsid w:val="003C2C8C"/>
     <w:rsid w:val="003C2E65"/>
     <w:rsid w:val="003C309C"/>
     <w:rsid w:val="003C30D4"/>
     <w:rsid w:val="003C3178"/>
     <w:rsid w:val="003C3ABF"/>
     <w:rsid w:val="003C40A9"/>
+    <w:rsid w:val="003C4116"/>
     <w:rsid w:val="003C48D6"/>
     <w:rsid w:val="003C4D74"/>
     <w:rsid w:val="003C5368"/>
     <w:rsid w:val="003C5500"/>
     <w:rsid w:val="003C5810"/>
     <w:rsid w:val="003C5E1E"/>
     <w:rsid w:val="003C6101"/>
     <w:rsid w:val="003C62B7"/>
     <w:rsid w:val="003C69A7"/>
     <w:rsid w:val="003C6B7A"/>
     <w:rsid w:val="003C6BDE"/>
     <w:rsid w:val="003C6C32"/>
     <w:rsid w:val="003C6F89"/>
     <w:rsid w:val="003C7617"/>
     <w:rsid w:val="003C7B20"/>
     <w:rsid w:val="003C7B9C"/>
     <w:rsid w:val="003D03B0"/>
     <w:rsid w:val="003D063E"/>
     <w:rsid w:val="003D098B"/>
     <w:rsid w:val="003D0B01"/>
     <w:rsid w:val="003D171F"/>
     <w:rsid w:val="003D2027"/>
     <w:rsid w:val="003D212A"/>
     <w:rsid w:val="003D2485"/>
     <w:rsid w:val="003D2E60"/>
@@ -23186,50 +20979,51 @@
     <w:rsid w:val="003F2B53"/>
     <w:rsid w:val="003F33C7"/>
     <w:rsid w:val="003F33E4"/>
     <w:rsid w:val="003F378B"/>
     <w:rsid w:val="003F395B"/>
     <w:rsid w:val="003F399F"/>
     <w:rsid w:val="003F3B86"/>
     <w:rsid w:val="003F3DD2"/>
     <w:rsid w:val="003F46F5"/>
     <w:rsid w:val="003F521C"/>
     <w:rsid w:val="003F54E1"/>
     <w:rsid w:val="003F589A"/>
     <w:rsid w:val="003F5C73"/>
     <w:rsid w:val="003F5CA4"/>
     <w:rsid w:val="003F5FA9"/>
     <w:rsid w:val="003F621F"/>
     <w:rsid w:val="003F6242"/>
     <w:rsid w:val="003F62A4"/>
     <w:rsid w:val="003F63DE"/>
     <w:rsid w:val="003F6426"/>
     <w:rsid w:val="003F6703"/>
     <w:rsid w:val="003F68EA"/>
     <w:rsid w:val="003F7414"/>
     <w:rsid w:val="003F7947"/>
     <w:rsid w:val="003F7E92"/>
+    <w:rsid w:val="0040035E"/>
     <w:rsid w:val="0040038F"/>
     <w:rsid w:val="00400777"/>
     <w:rsid w:val="00400C22"/>
     <w:rsid w:val="00400C9D"/>
     <w:rsid w:val="00400D95"/>
     <w:rsid w:val="00400DEF"/>
     <w:rsid w:val="00400FA1"/>
     <w:rsid w:val="00401EFC"/>
     <w:rsid w:val="004029A0"/>
     <w:rsid w:val="00402DD9"/>
     <w:rsid w:val="00403C95"/>
     <w:rsid w:val="0040500D"/>
     <w:rsid w:val="00405088"/>
     <w:rsid w:val="004058B6"/>
     <w:rsid w:val="004058C9"/>
     <w:rsid w:val="00405E93"/>
     <w:rsid w:val="0040612C"/>
     <w:rsid w:val="00407E4E"/>
     <w:rsid w:val="00410505"/>
     <w:rsid w:val="00410594"/>
     <w:rsid w:val="0041059F"/>
     <w:rsid w:val="00411064"/>
     <w:rsid w:val="0041120C"/>
     <w:rsid w:val="00411B72"/>
     <w:rsid w:val="00411CD0"/>
@@ -23368,50 +21162,51 @@
     <w:rsid w:val="00456A03"/>
     <w:rsid w:val="0045734E"/>
     <w:rsid w:val="00457696"/>
     <w:rsid w:val="00457819"/>
     <w:rsid w:val="00457E8C"/>
     <w:rsid w:val="004614BC"/>
     <w:rsid w:val="0046167D"/>
     <w:rsid w:val="004619F8"/>
     <w:rsid w:val="00462146"/>
     <w:rsid w:val="0046224A"/>
     <w:rsid w:val="004626EE"/>
     <w:rsid w:val="0046300D"/>
     <w:rsid w:val="0046341C"/>
     <w:rsid w:val="0046359E"/>
     <w:rsid w:val="00463A6E"/>
     <w:rsid w:val="00463B01"/>
     <w:rsid w:val="00464727"/>
     <w:rsid w:val="00464ABE"/>
     <w:rsid w:val="00464D67"/>
     <w:rsid w:val="00464E48"/>
     <w:rsid w:val="00465403"/>
     <w:rsid w:val="0046557B"/>
     <w:rsid w:val="004656E9"/>
     <w:rsid w:val="00465821"/>
     <w:rsid w:val="004663B1"/>
+    <w:rsid w:val="00466457"/>
     <w:rsid w:val="00466BCD"/>
     <w:rsid w:val="00466D67"/>
     <w:rsid w:val="004670B8"/>
     <w:rsid w:val="004673F4"/>
     <w:rsid w:val="00467FE5"/>
     <w:rsid w:val="004702DD"/>
     <w:rsid w:val="00470E20"/>
     <w:rsid w:val="00471413"/>
     <w:rsid w:val="00471474"/>
     <w:rsid w:val="004715E0"/>
     <w:rsid w:val="00471657"/>
     <w:rsid w:val="00471CBA"/>
     <w:rsid w:val="00472777"/>
     <w:rsid w:val="0047284F"/>
     <w:rsid w:val="00472B10"/>
     <w:rsid w:val="004731F7"/>
     <w:rsid w:val="00473400"/>
     <w:rsid w:val="0047418C"/>
     <w:rsid w:val="00475025"/>
     <w:rsid w:val="004752E6"/>
     <w:rsid w:val="00475982"/>
     <w:rsid w:val="00475DA4"/>
     <w:rsid w:val="00476122"/>
     <w:rsid w:val="0047632F"/>
     <w:rsid w:val="0047659A"/>
@@ -23497,62 +21292,64 @@
     <w:rsid w:val="004B0F71"/>
     <w:rsid w:val="004B1455"/>
     <w:rsid w:val="004B1CBB"/>
     <w:rsid w:val="004B228C"/>
     <w:rsid w:val="004B2994"/>
     <w:rsid w:val="004B2B07"/>
     <w:rsid w:val="004B3254"/>
     <w:rsid w:val="004B3C56"/>
     <w:rsid w:val="004B42E4"/>
     <w:rsid w:val="004B4BAB"/>
     <w:rsid w:val="004B4E12"/>
     <w:rsid w:val="004B61F6"/>
     <w:rsid w:val="004B6469"/>
     <w:rsid w:val="004B653F"/>
     <w:rsid w:val="004B6A60"/>
     <w:rsid w:val="004B6CB7"/>
     <w:rsid w:val="004B6DA7"/>
     <w:rsid w:val="004B6F2C"/>
     <w:rsid w:val="004B71AC"/>
     <w:rsid w:val="004B756B"/>
     <w:rsid w:val="004C0702"/>
     <w:rsid w:val="004C077E"/>
     <w:rsid w:val="004C0AF1"/>
     <w:rsid w:val="004C0D27"/>
     <w:rsid w:val="004C1425"/>
+    <w:rsid w:val="004C1525"/>
     <w:rsid w:val="004C164B"/>
     <w:rsid w:val="004C1874"/>
     <w:rsid w:val="004C1D0C"/>
     <w:rsid w:val="004C3029"/>
     <w:rsid w:val="004C32EF"/>
     <w:rsid w:val="004C38FD"/>
     <w:rsid w:val="004C3D1C"/>
     <w:rsid w:val="004C404F"/>
     <w:rsid w:val="004C4286"/>
     <w:rsid w:val="004C433B"/>
     <w:rsid w:val="004C48BC"/>
     <w:rsid w:val="004C4EF3"/>
+    <w:rsid w:val="004C518B"/>
     <w:rsid w:val="004C5307"/>
     <w:rsid w:val="004C5CB2"/>
     <w:rsid w:val="004C6227"/>
     <w:rsid w:val="004C68FD"/>
     <w:rsid w:val="004C6C3C"/>
     <w:rsid w:val="004C6F43"/>
     <w:rsid w:val="004C789E"/>
     <w:rsid w:val="004C7997"/>
     <w:rsid w:val="004C7CD5"/>
     <w:rsid w:val="004C7F26"/>
     <w:rsid w:val="004D05C6"/>
     <w:rsid w:val="004D0ECD"/>
     <w:rsid w:val="004D13DF"/>
     <w:rsid w:val="004D2A93"/>
     <w:rsid w:val="004D2AB8"/>
     <w:rsid w:val="004D3336"/>
     <w:rsid w:val="004D387D"/>
     <w:rsid w:val="004D3915"/>
     <w:rsid w:val="004D3A5D"/>
     <w:rsid w:val="004D4525"/>
     <w:rsid w:val="004D47D2"/>
     <w:rsid w:val="004D4C37"/>
     <w:rsid w:val="004D65B0"/>
     <w:rsid w:val="004D7543"/>
     <w:rsid w:val="004E06CD"/>
@@ -23560,50 +21357,51 @@
     <w:rsid w:val="004E1C40"/>
     <w:rsid w:val="004E1C44"/>
     <w:rsid w:val="004E1E93"/>
     <w:rsid w:val="004E2047"/>
     <w:rsid w:val="004E240F"/>
     <w:rsid w:val="004E2CD6"/>
     <w:rsid w:val="004E378B"/>
     <w:rsid w:val="004E3899"/>
     <w:rsid w:val="004E4052"/>
     <w:rsid w:val="004E40C2"/>
     <w:rsid w:val="004E430B"/>
     <w:rsid w:val="004E465C"/>
     <w:rsid w:val="004E4757"/>
     <w:rsid w:val="004E4824"/>
     <w:rsid w:val="004E4B2C"/>
     <w:rsid w:val="004E4BCC"/>
     <w:rsid w:val="004E4D51"/>
     <w:rsid w:val="004E55E4"/>
     <w:rsid w:val="004E5706"/>
     <w:rsid w:val="004E572D"/>
     <w:rsid w:val="004E644E"/>
     <w:rsid w:val="004E686F"/>
     <w:rsid w:val="004E6BF5"/>
     <w:rsid w:val="004E78BB"/>
     <w:rsid w:val="004E7D4B"/>
+    <w:rsid w:val="004E7D83"/>
     <w:rsid w:val="004E7FC1"/>
     <w:rsid w:val="004F0F63"/>
     <w:rsid w:val="004F1008"/>
     <w:rsid w:val="004F160B"/>
     <w:rsid w:val="004F1B8D"/>
     <w:rsid w:val="004F20E6"/>
     <w:rsid w:val="004F2257"/>
     <w:rsid w:val="004F28BD"/>
     <w:rsid w:val="004F2CD1"/>
     <w:rsid w:val="004F35A5"/>
     <w:rsid w:val="004F3CBB"/>
     <w:rsid w:val="004F3D32"/>
     <w:rsid w:val="004F3E68"/>
     <w:rsid w:val="004F3E87"/>
     <w:rsid w:val="004F4864"/>
     <w:rsid w:val="004F50F1"/>
     <w:rsid w:val="004F521A"/>
     <w:rsid w:val="004F559B"/>
     <w:rsid w:val="004F5BE9"/>
     <w:rsid w:val="004F62CC"/>
     <w:rsid w:val="004F636A"/>
     <w:rsid w:val="004F6F66"/>
     <w:rsid w:val="00500724"/>
     <w:rsid w:val="005011FB"/>
     <w:rsid w:val="0050161D"/>
@@ -23636,91 +21434,93 @@
     <w:rsid w:val="00511804"/>
     <w:rsid w:val="00511B4C"/>
     <w:rsid w:val="00511CB9"/>
     <w:rsid w:val="00511D19"/>
     <w:rsid w:val="00511E32"/>
     <w:rsid w:val="005120C8"/>
     <w:rsid w:val="00512308"/>
     <w:rsid w:val="005131F9"/>
     <w:rsid w:val="00513338"/>
     <w:rsid w:val="00513377"/>
     <w:rsid w:val="005134C2"/>
     <w:rsid w:val="00513833"/>
     <w:rsid w:val="005139AA"/>
     <w:rsid w:val="00513BB2"/>
     <w:rsid w:val="00514136"/>
     <w:rsid w:val="00514D92"/>
     <w:rsid w:val="00514E28"/>
     <w:rsid w:val="005150C5"/>
     <w:rsid w:val="005151D4"/>
     <w:rsid w:val="0051584A"/>
     <w:rsid w:val="00515B56"/>
     <w:rsid w:val="00515EC3"/>
     <w:rsid w:val="00515F38"/>
     <w:rsid w:val="00516279"/>
     <w:rsid w:val="00516726"/>
+    <w:rsid w:val="0051699D"/>
     <w:rsid w:val="00516ABE"/>
     <w:rsid w:val="00516FE0"/>
     <w:rsid w:val="00517757"/>
     <w:rsid w:val="00517BA1"/>
     <w:rsid w:val="00517D1A"/>
     <w:rsid w:val="00520ADE"/>
     <w:rsid w:val="00521658"/>
     <w:rsid w:val="00521D49"/>
     <w:rsid w:val="005221F3"/>
     <w:rsid w:val="005229AF"/>
     <w:rsid w:val="00522E2B"/>
     <w:rsid w:val="0052358C"/>
     <w:rsid w:val="00523CF0"/>
     <w:rsid w:val="0052449B"/>
     <w:rsid w:val="0052492F"/>
     <w:rsid w:val="00524C38"/>
     <w:rsid w:val="00524E1C"/>
     <w:rsid w:val="00524F6F"/>
     <w:rsid w:val="0052565F"/>
     <w:rsid w:val="0052641C"/>
     <w:rsid w:val="00527B1A"/>
     <w:rsid w:val="00527B47"/>
     <w:rsid w:val="005302F1"/>
     <w:rsid w:val="00530409"/>
     <w:rsid w:val="005304DD"/>
     <w:rsid w:val="00530D68"/>
     <w:rsid w:val="00530EC5"/>
     <w:rsid w:val="0053115E"/>
     <w:rsid w:val="00531B19"/>
     <w:rsid w:val="005320F4"/>
     <w:rsid w:val="0053228F"/>
     <w:rsid w:val="00532305"/>
     <w:rsid w:val="00532330"/>
     <w:rsid w:val="00532372"/>
     <w:rsid w:val="005339FA"/>
     <w:rsid w:val="00533B85"/>
     <w:rsid w:val="00533F7B"/>
     <w:rsid w:val="0053470F"/>
     <w:rsid w:val="00535288"/>
     <w:rsid w:val="00535A03"/>
     <w:rsid w:val="00535EBD"/>
+    <w:rsid w:val="0053654B"/>
     <w:rsid w:val="00536D7A"/>
     <w:rsid w:val="00537222"/>
     <w:rsid w:val="0053742F"/>
     <w:rsid w:val="005376C9"/>
     <w:rsid w:val="005378E6"/>
     <w:rsid w:val="0053797D"/>
     <w:rsid w:val="005402A0"/>
     <w:rsid w:val="00540416"/>
     <w:rsid w:val="005405EC"/>
     <w:rsid w:val="00540B0E"/>
     <w:rsid w:val="00540F15"/>
     <w:rsid w:val="005419AD"/>
     <w:rsid w:val="00541BAD"/>
     <w:rsid w:val="0054200A"/>
     <w:rsid w:val="005425BA"/>
     <w:rsid w:val="005441C3"/>
     <w:rsid w:val="005442F1"/>
     <w:rsid w:val="0054439B"/>
     <w:rsid w:val="00544519"/>
     <w:rsid w:val="00544A11"/>
     <w:rsid w:val="00544C0A"/>
     <w:rsid w:val="00544F06"/>
     <w:rsid w:val="00545746"/>
     <w:rsid w:val="005457A9"/>
     <w:rsid w:val="00545BDA"/>
@@ -23854,79 +21654,82 @@
     <w:rsid w:val="00594A44"/>
     <w:rsid w:val="00594CFF"/>
     <w:rsid w:val="00594F80"/>
     <w:rsid w:val="00595108"/>
     <w:rsid w:val="00595134"/>
     <w:rsid w:val="0059525A"/>
     <w:rsid w:val="00595342"/>
     <w:rsid w:val="00595B0F"/>
     <w:rsid w:val="00595D09"/>
     <w:rsid w:val="005961BD"/>
     <w:rsid w:val="00596410"/>
     <w:rsid w:val="005966AE"/>
     <w:rsid w:val="00596752"/>
     <w:rsid w:val="00596E24"/>
     <w:rsid w:val="005977B8"/>
     <w:rsid w:val="00597905"/>
     <w:rsid w:val="00597A48"/>
     <w:rsid w:val="005A0258"/>
     <w:rsid w:val="005A03C2"/>
     <w:rsid w:val="005A06FE"/>
     <w:rsid w:val="005A0705"/>
     <w:rsid w:val="005A0937"/>
     <w:rsid w:val="005A0BA9"/>
     <w:rsid w:val="005A1039"/>
     <w:rsid w:val="005A12BC"/>
+    <w:rsid w:val="005A19B1"/>
     <w:rsid w:val="005A1A75"/>
     <w:rsid w:val="005A1F5C"/>
     <w:rsid w:val="005A202B"/>
     <w:rsid w:val="005A21C6"/>
     <w:rsid w:val="005A2754"/>
     <w:rsid w:val="005A2878"/>
     <w:rsid w:val="005A28F4"/>
     <w:rsid w:val="005A2C2B"/>
     <w:rsid w:val="005A3738"/>
     <w:rsid w:val="005A3986"/>
     <w:rsid w:val="005A3A2D"/>
     <w:rsid w:val="005A3DC8"/>
     <w:rsid w:val="005A3E65"/>
     <w:rsid w:val="005A4667"/>
     <w:rsid w:val="005A4AB0"/>
     <w:rsid w:val="005A4E61"/>
     <w:rsid w:val="005A534B"/>
     <w:rsid w:val="005A5356"/>
     <w:rsid w:val="005A595C"/>
     <w:rsid w:val="005A5C4D"/>
     <w:rsid w:val="005A5FA8"/>
     <w:rsid w:val="005A63F5"/>
     <w:rsid w:val="005A640F"/>
     <w:rsid w:val="005A64A3"/>
+    <w:rsid w:val="005A6B89"/>
     <w:rsid w:val="005A7D44"/>
     <w:rsid w:val="005A7F19"/>
     <w:rsid w:val="005B0AA4"/>
     <w:rsid w:val="005B0D92"/>
     <w:rsid w:val="005B0DAF"/>
+    <w:rsid w:val="005B1198"/>
     <w:rsid w:val="005B119A"/>
     <w:rsid w:val="005B13B5"/>
     <w:rsid w:val="005B197B"/>
     <w:rsid w:val="005B1C37"/>
     <w:rsid w:val="005B2917"/>
     <w:rsid w:val="005B2AD1"/>
     <w:rsid w:val="005B2B3C"/>
     <w:rsid w:val="005B2D7D"/>
     <w:rsid w:val="005B2E40"/>
     <w:rsid w:val="005B2F9D"/>
     <w:rsid w:val="005B2FFF"/>
     <w:rsid w:val="005B38E1"/>
     <w:rsid w:val="005B3C54"/>
     <w:rsid w:val="005B4695"/>
     <w:rsid w:val="005B4B26"/>
     <w:rsid w:val="005B4E66"/>
     <w:rsid w:val="005B54F7"/>
     <w:rsid w:val="005B5C2F"/>
     <w:rsid w:val="005B62DB"/>
     <w:rsid w:val="005B63BC"/>
     <w:rsid w:val="005B664C"/>
     <w:rsid w:val="005B6725"/>
     <w:rsid w:val="005B6BB9"/>
     <w:rsid w:val="005B6EF9"/>
     <w:rsid w:val="005B71CC"/>
@@ -24061,50 +21864,51 @@
     <w:rsid w:val="00610CE7"/>
     <w:rsid w:val="00610FC2"/>
     <w:rsid w:val="00611AE9"/>
     <w:rsid w:val="00611B0C"/>
     <w:rsid w:val="00611C5F"/>
     <w:rsid w:val="00611E9C"/>
     <w:rsid w:val="00611F61"/>
     <w:rsid w:val="006120EC"/>
     <w:rsid w:val="0061266C"/>
     <w:rsid w:val="00612DA2"/>
     <w:rsid w:val="00613AD0"/>
     <w:rsid w:val="00613FA9"/>
     <w:rsid w:val="00614374"/>
     <w:rsid w:val="00614844"/>
     <w:rsid w:val="00614D7F"/>
     <w:rsid w:val="00614EA3"/>
     <w:rsid w:val="00615613"/>
     <w:rsid w:val="006157E1"/>
     <w:rsid w:val="00615811"/>
     <w:rsid w:val="006158A9"/>
     <w:rsid w:val="006159B4"/>
     <w:rsid w:val="00615FD9"/>
     <w:rsid w:val="00616361"/>
     <w:rsid w:val="0061696E"/>
     <w:rsid w:val="00616DFF"/>
+    <w:rsid w:val="00617049"/>
     <w:rsid w:val="006178AA"/>
     <w:rsid w:val="00617A30"/>
     <w:rsid w:val="006201C6"/>
     <w:rsid w:val="00620242"/>
     <w:rsid w:val="00620ECF"/>
     <w:rsid w:val="00621527"/>
     <w:rsid w:val="006219BA"/>
     <w:rsid w:val="00621BA7"/>
     <w:rsid w:val="00621EE2"/>
     <w:rsid w:val="006220A4"/>
     <w:rsid w:val="00622307"/>
     <w:rsid w:val="00622D59"/>
     <w:rsid w:val="00622F5C"/>
     <w:rsid w:val="00622F5E"/>
     <w:rsid w:val="00623467"/>
     <w:rsid w:val="0062348E"/>
     <w:rsid w:val="0062359E"/>
     <w:rsid w:val="00624184"/>
     <w:rsid w:val="00624246"/>
     <w:rsid w:val="0062454C"/>
     <w:rsid w:val="0062468D"/>
     <w:rsid w:val="00624750"/>
     <w:rsid w:val="00624765"/>
     <w:rsid w:val="00625157"/>
     <w:rsid w:val="006251E4"/>
@@ -24447,50 +22251,51 @@
     <w:rsid w:val="006E292E"/>
     <w:rsid w:val="006E2CFD"/>
     <w:rsid w:val="006E2FFF"/>
     <w:rsid w:val="006E3000"/>
     <w:rsid w:val="006E35DD"/>
     <w:rsid w:val="006E3ED8"/>
     <w:rsid w:val="006E4178"/>
     <w:rsid w:val="006E4CBA"/>
     <w:rsid w:val="006E4CCA"/>
     <w:rsid w:val="006E574B"/>
     <w:rsid w:val="006E58B5"/>
     <w:rsid w:val="006E62D3"/>
     <w:rsid w:val="006E71B1"/>
     <w:rsid w:val="006E7E34"/>
     <w:rsid w:val="006F03DA"/>
     <w:rsid w:val="006F096A"/>
     <w:rsid w:val="006F0F60"/>
     <w:rsid w:val="006F100E"/>
     <w:rsid w:val="006F20A2"/>
     <w:rsid w:val="006F21B8"/>
     <w:rsid w:val="006F26B2"/>
     <w:rsid w:val="006F2859"/>
     <w:rsid w:val="006F3ABD"/>
     <w:rsid w:val="006F493B"/>
     <w:rsid w:val="006F4EB3"/>
+    <w:rsid w:val="006F524B"/>
     <w:rsid w:val="006F52F2"/>
     <w:rsid w:val="006F5315"/>
     <w:rsid w:val="006F5AA2"/>
     <w:rsid w:val="006F5ADA"/>
     <w:rsid w:val="006F6297"/>
     <w:rsid w:val="006F661A"/>
     <w:rsid w:val="006F6959"/>
     <w:rsid w:val="006F7178"/>
     <w:rsid w:val="006F78A4"/>
     <w:rsid w:val="007002E9"/>
     <w:rsid w:val="007003D9"/>
     <w:rsid w:val="007013E8"/>
     <w:rsid w:val="00701768"/>
     <w:rsid w:val="00701BB0"/>
     <w:rsid w:val="00702312"/>
     <w:rsid w:val="00702DA9"/>
     <w:rsid w:val="00702E47"/>
     <w:rsid w:val="00702EEE"/>
     <w:rsid w:val="00703D37"/>
     <w:rsid w:val="0070410B"/>
     <w:rsid w:val="007043AC"/>
     <w:rsid w:val="00705B70"/>
     <w:rsid w:val="00705E5A"/>
     <w:rsid w:val="007071CB"/>
     <w:rsid w:val="00707E24"/>
@@ -24830,108 +22635,112 @@
     <w:rsid w:val="007D3048"/>
     <w:rsid w:val="007D37A5"/>
     <w:rsid w:val="007D41AF"/>
     <w:rsid w:val="007D4A0D"/>
     <w:rsid w:val="007D4D72"/>
     <w:rsid w:val="007D4D94"/>
     <w:rsid w:val="007D5312"/>
     <w:rsid w:val="007D64B5"/>
     <w:rsid w:val="007D666B"/>
     <w:rsid w:val="007D6CD8"/>
     <w:rsid w:val="007D70FD"/>
     <w:rsid w:val="007D75C7"/>
     <w:rsid w:val="007E0308"/>
     <w:rsid w:val="007E041E"/>
     <w:rsid w:val="007E1588"/>
     <w:rsid w:val="007E2E16"/>
     <w:rsid w:val="007E3383"/>
     <w:rsid w:val="007E34DA"/>
     <w:rsid w:val="007E37F5"/>
     <w:rsid w:val="007E3AFF"/>
     <w:rsid w:val="007E3F8F"/>
     <w:rsid w:val="007E4632"/>
     <w:rsid w:val="007E47D7"/>
     <w:rsid w:val="007E4A35"/>
     <w:rsid w:val="007E4F58"/>
+    <w:rsid w:val="007E5187"/>
     <w:rsid w:val="007E53C4"/>
     <w:rsid w:val="007E578B"/>
     <w:rsid w:val="007E58BF"/>
     <w:rsid w:val="007E603E"/>
     <w:rsid w:val="007E6149"/>
     <w:rsid w:val="007E6A8C"/>
     <w:rsid w:val="007E6E51"/>
     <w:rsid w:val="007E6E7F"/>
     <w:rsid w:val="007E6F0E"/>
     <w:rsid w:val="007E762E"/>
     <w:rsid w:val="007E7ABE"/>
     <w:rsid w:val="007E7C61"/>
     <w:rsid w:val="007F0329"/>
     <w:rsid w:val="007F0CDE"/>
     <w:rsid w:val="007F0F52"/>
     <w:rsid w:val="007F108B"/>
     <w:rsid w:val="007F1574"/>
     <w:rsid w:val="007F1720"/>
     <w:rsid w:val="007F189B"/>
     <w:rsid w:val="007F18CA"/>
     <w:rsid w:val="007F1A03"/>
     <w:rsid w:val="007F20A6"/>
     <w:rsid w:val="007F280B"/>
     <w:rsid w:val="007F2B86"/>
     <w:rsid w:val="007F2C27"/>
     <w:rsid w:val="007F361A"/>
     <w:rsid w:val="007F3A3C"/>
     <w:rsid w:val="007F46A1"/>
     <w:rsid w:val="007F4E97"/>
     <w:rsid w:val="007F5076"/>
     <w:rsid w:val="007F523B"/>
     <w:rsid w:val="007F52FA"/>
     <w:rsid w:val="007F5E5D"/>
     <w:rsid w:val="007F5F99"/>
     <w:rsid w:val="007F61A4"/>
     <w:rsid w:val="007F7740"/>
+    <w:rsid w:val="007F78F6"/>
     <w:rsid w:val="007F7B12"/>
     <w:rsid w:val="00800171"/>
     <w:rsid w:val="00800380"/>
     <w:rsid w:val="00800AB8"/>
     <w:rsid w:val="00800BAA"/>
     <w:rsid w:val="00800BCE"/>
     <w:rsid w:val="00800E9C"/>
     <w:rsid w:val="0080104A"/>
     <w:rsid w:val="00801381"/>
     <w:rsid w:val="00802319"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="00802718"/>
     <w:rsid w:val="0080295B"/>
     <w:rsid w:val="00802D06"/>
     <w:rsid w:val="008035B3"/>
     <w:rsid w:val="008036C6"/>
+    <w:rsid w:val="0080372E"/>
     <w:rsid w:val="00803882"/>
     <w:rsid w:val="00803BBB"/>
     <w:rsid w:val="00803BD8"/>
     <w:rsid w:val="008040ED"/>
     <w:rsid w:val="0080427D"/>
     <w:rsid w:val="008046E1"/>
+    <w:rsid w:val="00804B19"/>
     <w:rsid w:val="008052E3"/>
     <w:rsid w:val="00805372"/>
     <w:rsid w:val="00805600"/>
     <w:rsid w:val="00806296"/>
     <w:rsid w:val="008065D0"/>
     <w:rsid w:val="008067EB"/>
     <w:rsid w:val="0080709A"/>
     <w:rsid w:val="00807354"/>
     <w:rsid w:val="0080791C"/>
     <w:rsid w:val="00807FBA"/>
     <w:rsid w:val="008105B0"/>
     <w:rsid w:val="0081067A"/>
     <w:rsid w:val="008107FB"/>
     <w:rsid w:val="00810B8B"/>
     <w:rsid w:val="00811868"/>
     <w:rsid w:val="0081239D"/>
     <w:rsid w:val="00813867"/>
     <w:rsid w:val="00813D9D"/>
     <w:rsid w:val="00814F65"/>
     <w:rsid w:val="00815201"/>
     <w:rsid w:val="008161E7"/>
     <w:rsid w:val="00816341"/>
     <w:rsid w:val="00816990"/>
     <w:rsid w:val="0081786A"/>
     <w:rsid w:val="00817B91"/>
@@ -25402,50 +23211,51 @@
     <w:rsid w:val="00932CA0"/>
     <w:rsid w:val="00933361"/>
     <w:rsid w:val="00933B39"/>
     <w:rsid w:val="00934797"/>
     <w:rsid w:val="00934B33"/>
     <w:rsid w:val="00934EEC"/>
     <w:rsid w:val="009351DB"/>
     <w:rsid w:val="009358CA"/>
     <w:rsid w:val="00935D4B"/>
     <w:rsid w:val="00936138"/>
     <w:rsid w:val="00936661"/>
     <w:rsid w:val="009369A0"/>
     <w:rsid w:val="00936D40"/>
     <w:rsid w:val="009372BC"/>
     <w:rsid w:val="0093786A"/>
     <w:rsid w:val="009403EE"/>
     <w:rsid w:val="0094112B"/>
     <w:rsid w:val="009412AE"/>
     <w:rsid w:val="009416EB"/>
     <w:rsid w:val="009420A2"/>
     <w:rsid w:val="00943337"/>
     <w:rsid w:val="0094354C"/>
     <w:rsid w:val="009436BE"/>
     <w:rsid w:val="00943764"/>
     <w:rsid w:val="00943E7F"/>
+    <w:rsid w:val="009447F4"/>
     <w:rsid w:val="00944B4D"/>
     <w:rsid w:val="00944F65"/>
     <w:rsid w:val="0094508D"/>
     <w:rsid w:val="00945CFD"/>
     <w:rsid w:val="009460DE"/>
     <w:rsid w:val="00946422"/>
     <w:rsid w:val="00946851"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="00947130"/>
     <w:rsid w:val="0094764B"/>
     <w:rsid w:val="0094780B"/>
     <w:rsid w:val="00947BC3"/>
     <w:rsid w:val="00947E07"/>
     <w:rsid w:val="009512F4"/>
     <w:rsid w:val="00951327"/>
     <w:rsid w:val="00951701"/>
     <w:rsid w:val="00951F5B"/>
     <w:rsid w:val="0095243C"/>
     <w:rsid w:val="0095264E"/>
     <w:rsid w:val="00952A39"/>
     <w:rsid w:val="00952CD9"/>
     <w:rsid w:val="00953DE7"/>
     <w:rsid w:val="00953DF8"/>
     <w:rsid w:val="00953EBB"/>
     <w:rsid w:val="00954043"/>
@@ -25455,90 +23265,92 @@
     <w:rsid w:val="009548F0"/>
     <w:rsid w:val="00954F0E"/>
     <w:rsid w:val="009558B7"/>
     <w:rsid w:val="009559A0"/>
     <w:rsid w:val="00955A80"/>
     <w:rsid w:val="009560A9"/>
     <w:rsid w:val="00956F56"/>
     <w:rsid w:val="00957300"/>
     <w:rsid w:val="0095793F"/>
     <w:rsid w:val="00960159"/>
     <w:rsid w:val="00960334"/>
     <w:rsid w:val="009603FA"/>
     <w:rsid w:val="00960D6F"/>
     <w:rsid w:val="009613D0"/>
     <w:rsid w:val="0096166C"/>
     <w:rsid w:val="009622A3"/>
     <w:rsid w:val="00962788"/>
     <w:rsid w:val="0096287A"/>
     <w:rsid w:val="009634DF"/>
     <w:rsid w:val="00964094"/>
     <w:rsid w:val="00964CD3"/>
     <w:rsid w:val="00965999"/>
     <w:rsid w:val="009659C4"/>
     <w:rsid w:val="009660C1"/>
     <w:rsid w:val="0096635F"/>
+    <w:rsid w:val="00966754"/>
     <w:rsid w:val="00967071"/>
     <w:rsid w:val="00967930"/>
     <w:rsid w:val="009710B3"/>
     <w:rsid w:val="00971241"/>
     <w:rsid w:val="0097151D"/>
     <w:rsid w:val="00971966"/>
     <w:rsid w:val="00971F06"/>
     <w:rsid w:val="0097232E"/>
     <w:rsid w:val="00972400"/>
     <w:rsid w:val="009724FF"/>
     <w:rsid w:val="0097276B"/>
     <w:rsid w:val="00972F58"/>
     <w:rsid w:val="00973573"/>
     <w:rsid w:val="00973CD6"/>
     <w:rsid w:val="009742BB"/>
     <w:rsid w:val="00974D8C"/>
     <w:rsid w:val="00975956"/>
     <w:rsid w:val="00975D07"/>
     <w:rsid w:val="00976226"/>
     <w:rsid w:val="00976D94"/>
     <w:rsid w:val="009770D2"/>
     <w:rsid w:val="009771D1"/>
     <w:rsid w:val="0097763B"/>
     <w:rsid w:val="009801A9"/>
     <w:rsid w:val="00980306"/>
     <w:rsid w:val="0098057D"/>
     <w:rsid w:val="00980B57"/>
     <w:rsid w:val="009812F9"/>
     <w:rsid w:val="00981648"/>
     <w:rsid w:val="00981F83"/>
     <w:rsid w:val="00981FCA"/>
     <w:rsid w:val="009823DC"/>
     <w:rsid w:val="0098311C"/>
     <w:rsid w:val="00984154"/>
     <w:rsid w:val="00984B4D"/>
     <w:rsid w:val="00984B63"/>
     <w:rsid w:val="009851E3"/>
     <w:rsid w:val="00985758"/>
     <w:rsid w:val="009863AE"/>
     <w:rsid w:val="00986DB3"/>
+    <w:rsid w:val="00986E0E"/>
     <w:rsid w:val="00986F52"/>
     <w:rsid w:val="009876E8"/>
     <w:rsid w:val="00987AC9"/>
     <w:rsid w:val="00990347"/>
     <w:rsid w:val="00990499"/>
     <w:rsid w:val="009906F8"/>
     <w:rsid w:val="00990A36"/>
     <w:rsid w:val="009913F3"/>
     <w:rsid w:val="00991665"/>
     <w:rsid w:val="00991872"/>
     <w:rsid w:val="00991914"/>
     <w:rsid w:val="00991BA2"/>
     <w:rsid w:val="009929D7"/>
     <w:rsid w:val="00993294"/>
     <w:rsid w:val="009939A4"/>
     <w:rsid w:val="00994306"/>
     <w:rsid w:val="00994456"/>
     <w:rsid w:val="009946D3"/>
     <w:rsid w:val="00994C97"/>
     <w:rsid w:val="00994FAB"/>
     <w:rsid w:val="00996783"/>
     <w:rsid w:val="00997C33"/>
     <w:rsid w:val="009A0825"/>
     <w:rsid w:val="009A08D6"/>
     <w:rsid w:val="009A097A"/>
@@ -25696,50 +23508,51 @@
     <w:rsid w:val="00A00D9A"/>
     <w:rsid w:val="00A01082"/>
     <w:rsid w:val="00A01DC3"/>
     <w:rsid w:val="00A01EC7"/>
     <w:rsid w:val="00A0248E"/>
     <w:rsid w:val="00A02763"/>
     <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A02D41"/>
     <w:rsid w:val="00A02FF9"/>
     <w:rsid w:val="00A0324D"/>
     <w:rsid w:val="00A0381B"/>
     <w:rsid w:val="00A040B6"/>
     <w:rsid w:val="00A04C86"/>
     <w:rsid w:val="00A05518"/>
     <w:rsid w:val="00A05B70"/>
     <w:rsid w:val="00A05CBB"/>
     <w:rsid w:val="00A06690"/>
     <w:rsid w:val="00A069C0"/>
     <w:rsid w:val="00A07610"/>
     <w:rsid w:val="00A0791A"/>
     <w:rsid w:val="00A07CC2"/>
     <w:rsid w:val="00A07D47"/>
     <w:rsid w:val="00A10197"/>
     <w:rsid w:val="00A10584"/>
     <w:rsid w:val="00A107F6"/>
+    <w:rsid w:val="00A10DE8"/>
     <w:rsid w:val="00A114CB"/>
     <w:rsid w:val="00A11683"/>
     <w:rsid w:val="00A122BC"/>
     <w:rsid w:val="00A12457"/>
     <w:rsid w:val="00A1249D"/>
     <w:rsid w:val="00A12C2C"/>
     <w:rsid w:val="00A135FE"/>
     <w:rsid w:val="00A13A57"/>
     <w:rsid w:val="00A14344"/>
     <w:rsid w:val="00A14A44"/>
     <w:rsid w:val="00A14E22"/>
     <w:rsid w:val="00A15FB5"/>
     <w:rsid w:val="00A16309"/>
     <w:rsid w:val="00A16329"/>
     <w:rsid w:val="00A163AF"/>
     <w:rsid w:val="00A168F7"/>
     <w:rsid w:val="00A17394"/>
     <w:rsid w:val="00A174EC"/>
     <w:rsid w:val="00A176B8"/>
     <w:rsid w:val="00A17C6C"/>
     <w:rsid w:val="00A17CD7"/>
     <w:rsid w:val="00A200CB"/>
     <w:rsid w:val="00A202A8"/>
     <w:rsid w:val="00A2036A"/>
     <w:rsid w:val="00A203CE"/>
@@ -25884,50 +23697,51 @@
     <w:rsid w:val="00A7446E"/>
     <w:rsid w:val="00A74AFF"/>
     <w:rsid w:val="00A74D52"/>
     <w:rsid w:val="00A74EB4"/>
     <w:rsid w:val="00A75758"/>
     <w:rsid w:val="00A75A59"/>
     <w:rsid w:val="00A7667C"/>
     <w:rsid w:val="00A76962"/>
     <w:rsid w:val="00A774B6"/>
     <w:rsid w:val="00A77EC2"/>
     <w:rsid w:val="00A800CD"/>
     <w:rsid w:val="00A80256"/>
     <w:rsid w:val="00A80360"/>
     <w:rsid w:val="00A8084E"/>
     <w:rsid w:val="00A8098F"/>
     <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A8129D"/>
     <w:rsid w:val="00A81426"/>
     <w:rsid w:val="00A81D67"/>
     <w:rsid w:val="00A81E2B"/>
     <w:rsid w:val="00A8273C"/>
     <w:rsid w:val="00A82EE7"/>
     <w:rsid w:val="00A831DA"/>
     <w:rsid w:val="00A83864"/>
     <w:rsid w:val="00A83E4F"/>
+    <w:rsid w:val="00A840EB"/>
     <w:rsid w:val="00A84325"/>
     <w:rsid w:val="00A84D37"/>
     <w:rsid w:val="00A860EB"/>
     <w:rsid w:val="00A866DC"/>
     <w:rsid w:val="00A87130"/>
     <w:rsid w:val="00A876A9"/>
     <w:rsid w:val="00A87A58"/>
     <w:rsid w:val="00A9060E"/>
     <w:rsid w:val="00A907CD"/>
     <w:rsid w:val="00A91001"/>
     <w:rsid w:val="00A916B8"/>
     <w:rsid w:val="00A91F47"/>
     <w:rsid w:val="00A921B4"/>
     <w:rsid w:val="00A923EE"/>
     <w:rsid w:val="00A929B1"/>
     <w:rsid w:val="00A92CEC"/>
     <w:rsid w:val="00A92F99"/>
     <w:rsid w:val="00A9321E"/>
     <w:rsid w:val="00A9325F"/>
     <w:rsid w:val="00A93C5B"/>
     <w:rsid w:val="00A9430F"/>
     <w:rsid w:val="00A94429"/>
     <w:rsid w:val="00A94A75"/>
     <w:rsid w:val="00A94C72"/>
     <w:rsid w:val="00A94CCE"/>
@@ -25989,84 +23803,86 @@
     <w:rsid w:val="00AB6347"/>
     <w:rsid w:val="00AB7D22"/>
     <w:rsid w:val="00AC07E7"/>
     <w:rsid w:val="00AC0B6A"/>
     <w:rsid w:val="00AC1E9E"/>
     <w:rsid w:val="00AC214E"/>
     <w:rsid w:val="00AC2465"/>
     <w:rsid w:val="00AC2BD8"/>
     <w:rsid w:val="00AC32AA"/>
     <w:rsid w:val="00AC3858"/>
     <w:rsid w:val="00AC3F4D"/>
     <w:rsid w:val="00AC400C"/>
     <w:rsid w:val="00AC4043"/>
     <w:rsid w:val="00AC417E"/>
     <w:rsid w:val="00AC4318"/>
     <w:rsid w:val="00AC4379"/>
     <w:rsid w:val="00AC5356"/>
     <w:rsid w:val="00AC5CCF"/>
     <w:rsid w:val="00AC6539"/>
     <w:rsid w:val="00AC67C5"/>
     <w:rsid w:val="00AC6815"/>
     <w:rsid w:val="00AC6DC9"/>
     <w:rsid w:val="00AC7116"/>
     <w:rsid w:val="00AC75CF"/>
     <w:rsid w:val="00AC7695"/>
+    <w:rsid w:val="00AC7E14"/>
     <w:rsid w:val="00AC7F57"/>
     <w:rsid w:val="00AD02A0"/>
     <w:rsid w:val="00AD03B1"/>
     <w:rsid w:val="00AD06A5"/>
     <w:rsid w:val="00AD0A7A"/>
     <w:rsid w:val="00AD0EA3"/>
     <w:rsid w:val="00AD1864"/>
     <w:rsid w:val="00AD1E34"/>
     <w:rsid w:val="00AD2382"/>
     <w:rsid w:val="00AD2919"/>
     <w:rsid w:val="00AD2C39"/>
     <w:rsid w:val="00AD2F61"/>
     <w:rsid w:val="00AD417B"/>
     <w:rsid w:val="00AD4B04"/>
     <w:rsid w:val="00AD5B66"/>
     <w:rsid w:val="00AD5BAE"/>
     <w:rsid w:val="00AD5C4F"/>
     <w:rsid w:val="00AD600C"/>
     <w:rsid w:val="00AD6157"/>
     <w:rsid w:val="00AD62AC"/>
     <w:rsid w:val="00AD675E"/>
     <w:rsid w:val="00AD68AC"/>
     <w:rsid w:val="00AD7C59"/>
     <w:rsid w:val="00AD7C67"/>
     <w:rsid w:val="00AD7E99"/>
     <w:rsid w:val="00AE02DB"/>
     <w:rsid w:val="00AE0456"/>
     <w:rsid w:val="00AE045D"/>
     <w:rsid w:val="00AE0CB9"/>
     <w:rsid w:val="00AE0FFC"/>
     <w:rsid w:val="00AE1544"/>
     <w:rsid w:val="00AE1E72"/>
     <w:rsid w:val="00AE2F93"/>
     <w:rsid w:val="00AE3028"/>
+    <w:rsid w:val="00AE30D7"/>
     <w:rsid w:val="00AE3A14"/>
     <w:rsid w:val="00AE416F"/>
     <w:rsid w:val="00AE460E"/>
     <w:rsid w:val="00AE48A2"/>
     <w:rsid w:val="00AE4D5A"/>
     <w:rsid w:val="00AE4F31"/>
     <w:rsid w:val="00AE517D"/>
     <w:rsid w:val="00AE5266"/>
     <w:rsid w:val="00AE56B2"/>
     <w:rsid w:val="00AE5D43"/>
     <w:rsid w:val="00AE68F5"/>
     <w:rsid w:val="00AE6F33"/>
     <w:rsid w:val="00AE7434"/>
     <w:rsid w:val="00AE7738"/>
     <w:rsid w:val="00AE7A1D"/>
     <w:rsid w:val="00AE7CA3"/>
     <w:rsid w:val="00AF055D"/>
     <w:rsid w:val="00AF0903"/>
     <w:rsid w:val="00AF190D"/>
     <w:rsid w:val="00AF1A7D"/>
     <w:rsid w:val="00AF332B"/>
     <w:rsid w:val="00AF3DB0"/>
     <w:rsid w:val="00AF41D1"/>
     <w:rsid w:val="00AF445B"/>
     <w:rsid w:val="00AF459F"/>
@@ -26155,50 +23971,51 @@
     <w:rsid w:val="00B25BD5"/>
     <w:rsid w:val="00B26056"/>
     <w:rsid w:val="00B26332"/>
     <w:rsid w:val="00B264A7"/>
     <w:rsid w:val="00B2661C"/>
     <w:rsid w:val="00B267D5"/>
     <w:rsid w:val="00B26BDC"/>
     <w:rsid w:val="00B27F78"/>
     <w:rsid w:val="00B30371"/>
     <w:rsid w:val="00B30488"/>
     <w:rsid w:val="00B30A6A"/>
     <w:rsid w:val="00B30E0D"/>
     <w:rsid w:val="00B313CD"/>
     <w:rsid w:val="00B316C3"/>
     <w:rsid w:val="00B31CFC"/>
     <w:rsid w:val="00B32745"/>
     <w:rsid w:val="00B32B3F"/>
     <w:rsid w:val="00B32FEB"/>
     <w:rsid w:val="00B3390A"/>
     <w:rsid w:val="00B33951"/>
     <w:rsid w:val="00B33A43"/>
     <w:rsid w:val="00B33C2D"/>
     <w:rsid w:val="00B33F71"/>
     <w:rsid w:val="00B342F6"/>
     <w:rsid w:val="00B349EE"/>
+    <w:rsid w:val="00B35248"/>
     <w:rsid w:val="00B356CF"/>
     <w:rsid w:val="00B36790"/>
     <w:rsid w:val="00B36A5C"/>
     <w:rsid w:val="00B3704B"/>
     <w:rsid w:val="00B370B6"/>
     <w:rsid w:val="00B3785E"/>
     <w:rsid w:val="00B37E70"/>
     <w:rsid w:val="00B402CF"/>
     <w:rsid w:val="00B40C90"/>
     <w:rsid w:val="00B410D4"/>
     <w:rsid w:val="00B41726"/>
     <w:rsid w:val="00B41830"/>
     <w:rsid w:val="00B41CE4"/>
     <w:rsid w:val="00B41ED6"/>
     <w:rsid w:val="00B4244E"/>
     <w:rsid w:val="00B4271C"/>
     <w:rsid w:val="00B42E2A"/>
     <w:rsid w:val="00B43B26"/>
     <w:rsid w:val="00B43D8E"/>
     <w:rsid w:val="00B440B2"/>
     <w:rsid w:val="00B440DD"/>
     <w:rsid w:val="00B4430B"/>
     <w:rsid w:val="00B4437D"/>
     <w:rsid w:val="00B4441D"/>
     <w:rsid w:val="00B44482"/>
@@ -26460,50 +24277,51 @@
     <w:rsid w:val="00BD333B"/>
     <w:rsid w:val="00BD33D6"/>
     <w:rsid w:val="00BD3869"/>
     <w:rsid w:val="00BD3B82"/>
     <w:rsid w:val="00BD3BC6"/>
     <w:rsid w:val="00BD3C99"/>
     <w:rsid w:val="00BD3FB2"/>
     <w:rsid w:val="00BD42D5"/>
     <w:rsid w:val="00BD45EE"/>
     <w:rsid w:val="00BD4971"/>
     <w:rsid w:val="00BD4E40"/>
     <w:rsid w:val="00BD523D"/>
     <w:rsid w:val="00BD59DC"/>
     <w:rsid w:val="00BD62F1"/>
     <w:rsid w:val="00BD658C"/>
     <w:rsid w:val="00BD68D3"/>
     <w:rsid w:val="00BD6A11"/>
     <w:rsid w:val="00BD6AE4"/>
     <w:rsid w:val="00BD6E51"/>
     <w:rsid w:val="00BD7316"/>
     <w:rsid w:val="00BD7747"/>
     <w:rsid w:val="00BD7B75"/>
     <w:rsid w:val="00BE14CE"/>
     <w:rsid w:val="00BE16B7"/>
     <w:rsid w:val="00BE190A"/>
+    <w:rsid w:val="00BE218F"/>
     <w:rsid w:val="00BE27CC"/>
     <w:rsid w:val="00BE2C5A"/>
     <w:rsid w:val="00BE2CA3"/>
     <w:rsid w:val="00BE32B1"/>
     <w:rsid w:val="00BE369A"/>
     <w:rsid w:val="00BE48AA"/>
     <w:rsid w:val="00BE4A40"/>
     <w:rsid w:val="00BE5195"/>
     <w:rsid w:val="00BE54AF"/>
     <w:rsid w:val="00BE5560"/>
     <w:rsid w:val="00BE6775"/>
     <w:rsid w:val="00BE70F4"/>
     <w:rsid w:val="00BE73AC"/>
     <w:rsid w:val="00BE7560"/>
     <w:rsid w:val="00BE757C"/>
     <w:rsid w:val="00BE76CA"/>
     <w:rsid w:val="00BE76D0"/>
     <w:rsid w:val="00BE7EC5"/>
     <w:rsid w:val="00BF00EC"/>
     <w:rsid w:val="00BF02B3"/>
     <w:rsid w:val="00BF0FFF"/>
     <w:rsid w:val="00BF1738"/>
     <w:rsid w:val="00BF1D10"/>
     <w:rsid w:val="00BF2595"/>
     <w:rsid w:val="00BF33F5"/>
@@ -26523,50 +24341,51 @@
     <w:rsid w:val="00C0068D"/>
     <w:rsid w:val="00C00EC0"/>
     <w:rsid w:val="00C00FB1"/>
     <w:rsid w:val="00C02022"/>
     <w:rsid w:val="00C02183"/>
     <w:rsid w:val="00C02C63"/>
     <w:rsid w:val="00C03325"/>
     <w:rsid w:val="00C04078"/>
     <w:rsid w:val="00C04568"/>
     <w:rsid w:val="00C045FB"/>
     <w:rsid w:val="00C046CC"/>
     <w:rsid w:val="00C0483A"/>
     <w:rsid w:val="00C04963"/>
     <w:rsid w:val="00C0549D"/>
     <w:rsid w:val="00C05E08"/>
     <w:rsid w:val="00C06209"/>
     <w:rsid w:val="00C0641C"/>
     <w:rsid w:val="00C06B02"/>
     <w:rsid w:val="00C07250"/>
     <w:rsid w:val="00C0747A"/>
     <w:rsid w:val="00C07CB5"/>
     <w:rsid w:val="00C1031D"/>
     <w:rsid w:val="00C103B9"/>
     <w:rsid w:val="00C10433"/>
     <w:rsid w:val="00C109DA"/>
+    <w:rsid w:val="00C10D2F"/>
     <w:rsid w:val="00C10E2C"/>
     <w:rsid w:val="00C11382"/>
     <w:rsid w:val="00C117A7"/>
     <w:rsid w:val="00C11B7F"/>
     <w:rsid w:val="00C11D3B"/>
     <w:rsid w:val="00C11F35"/>
     <w:rsid w:val="00C1221F"/>
     <w:rsid w:val="00C12842"/>
     <w:rsid w:val="00C12A0F"/>
     <w:rsid w:val="00C12C41"/>
     <w:rsid w:val="00C12FCD"/>
     <w:rsid w:val="00C131BD"/>
     <w:rsid w:val="00C13755"/>
     <w:rsid w:val="00C13BF3"/>
     <w:rsid w:val="00C13EC9"/>
     <w:rsid w:val="00C14865"/>
     <w:rsid w:val="00C14A06"/>
     <w:rsid w:val="00C156FD"/>
     <w:rsid w:val="00C16309"/>
     <w:rsid w:val="00C16601"/>
     <w:rsid w:val="00C1698D"/>
     <w:rsid w:val="00C16AC7"/>
     <w:rsid w:val="00C173B7"/>
     <w:rsid w:val="00C17798"/>
     <w:rsid w:val="00C17836"/>
@@ -26574,50 +24393,51 @@
     <w:rsid w:val="00C20018"/>
     <w:rsid w:val="00C20280"/>
     <w:rsid w:val="00C204BA"/>
     <w:rsid w:val="00C2051C"/>
     <w:rsid w:val="00C20DED"/>
     <w:rsid w:val="00C21640"/>
     <w:rsid w:val="00C21F59"/>
     <w:rsid w:val="00C2214D"/>
     <w:rsid w:val="00C221EB"/>
     <w:rsid w:val="00C22710"/>
     <w:rsid w:val="00C22985"/>
     <w:rsid w:val="00C232E0"/>
     <w:rsid w:val="00C236A1"/>
     <w:rsid w:val="00C240F1"/>
     <w:rsid w:val="00C24527"/>
     <w:rsid w:val="00C248DB"/>
     <w:rsid w:val="00C24BD5"/>
     <w:rsid w:val="00C24CC5"/>
     <w:rsid w:val="00C25422"/>
     <w:rsid w:val="00C25AC5"/>
     <w:rsid w:val="00C25C9B"/>
     <w:rsid w:val="00C25C9C"/>
     <w:rsid w:val="00C264FA"/>
     <w:rsid w:val="00C26749"/>
     <w:rsid w:val="00C26DFF"/>
+    <w:rsid w:val="00C26F2E"/>
     <w:rsid w:val="00C27342"/>
     <w:rsid w:val="00C27626"/>
     <w:rsid w:val="00C278D5"/>
     <w:rsid w:val="00C30588"/>
     <w:rsid w:val="00C30DE4"/>
     <w:rsid w:val="00C319E1"/>
     <w:rsid w:val="00C31A56"/>
     <w:rsid w:val="00C31E2C"/>
     <w:rsid w:val="00C32171"/>
     <w:rsid w:val="00C3320F"/>
     <w:rsid w:val="00C33D4C"/>
     <w:rsid w:val="00C3451A"/>
     <w:rsid w:val="00C34F94"/>
     <w:rsid w:val="00C35CCB"/>
     <w:rsid w:val="00C36214"/>
     <w:rsid w:val="00C364B2"/>
     <w:rsid w:val="00C36E69"/>
     <w:rsid w:val="00C36FCD"/>
     <w:rsid w:val="00C371F2"/>
     <w:rsid w:val="00C372E9"/>
     <w:rsid w:val="00C374C9"/>
     <w:rsid w:val="00C37D9A"/>
     <w:rsid w:val="00C4071C"/>
     <w:rsid w:val="00C40979"/>
     <w:rsid w:val="00C40C40"/>
@@ -26752,50 +24572,51 @@
     <w:rsid w:val="00C94A6E"/>
     <w:rsid w:val="00C94A92"/>
     <w:rsid w:val="00C94AEA"/>
     <w:rsid w:val="00C95159"/>
     <w:rsid w:val="00C951AA"/>
     <w:rsid w:val="00C956B9"/>
     <w:rsid w:val="00C95903"/>
     <w:rsid w:val="00C95AE5"/>
     <w:rsid w:val="00C96C5D"/>
     <w:rsid w:val="00C96F5B"/>
     <w:rsid w:val="00C96FCF"/>
     <w:rsid w:val="00C96FD3"/>
     <w:rsid w:val="00C9757A"/>
     <w:rsid w:val="00C977DC"/>
     <w:rsid w:val="00CA0059"/>
     <w:rsid w:val="00CA02EC"/>
     <w:rsid w:val="00CA04C9"/>
     <w:rsid w:val="00CA0B28"/>
     <w:rsid w:val="00CA0D58"/>
     <w:rsid w:val="00CA0DC3"/>
     <w:rsid w:val="00CA1405"/>
     <w:rsid w:val="00CA16D1"/>
     <w:rsid w:val="00CA16E0"/>
     <w:rsid w:val="00CA1918"/>
     <w:rsid w:val="00CA1A36"/>
+    <w:rsid w:val="00CA1B99"/>
     <w:rsid w:val="00CA203B"/>
     <w:rsid w:val="00CA243B"/>
     <w:rsid w:val="00CA258A"/>
     <w:rsid w:val="00CA2779"/>
     <w:rsid w:val="00CA2FD5"/>
     <w:rsid w:val="00CA30A4"/>
     <w:rsid w:val="00CA30E4"/>
     <w:rsid w:val="00CA35F3"/>
     <w:rsid w:val="00CA36E7"/>
     <w:rsid w:val="00CA381B"/>
     <w:rsid w:val="00CA3F4D"/>
     <w:rsid w:val="00CA411C"/>
     <w:rsid w:val="00CA440E"/>
     <w:rsid w:val="00CA4C3A"/>
     <w:rsid w:val="00CA4DFD"/>
     <w:rsid w:val="00CA4E94"/>
     <w:rsid w:val="00CA542A"/>
     <w:rsid w:val="00CA58AB"/>
     <w:rsid w:val="00CA6586"/>
     <w:rsid w:val="00CA6641"/>
     <w:rsid w:val="00CA6DF2"/>
     <w:rsid w:val="00CA72C8"/>
     <w:rsid w:val="00CA74C6"/>
     <w:rsid w:val="00CA7992"/>
     <w:rsid w:val="00CA7AB6"/>
@@ -26911,72 +24732,74 @@
     <w:rsid w:val="00CF56DC"/>
     <w:rsid w:val="00CF577F"/>
     <w:rsid w:val="00CF5988"/>
     <w:rsid w:val="00CF5EB3"/>
     <w:rsid w:val="00CF5F24"/>
     <w:rsid w:val="00CF60CE"/>
     <w:rsid w:val="00CF66B7"/>
     <w:rsid w:val="00CF70FE"/>
     <w:rsid w:val="00CF756A"/>
     <w:rsid w:val="00D0099F"/>
     <w:rsid w:val="00D01C34"/>
     <w:rsid w:val="00D02042"/>
     <w:rsid w:val="00D021FA"/>
     <w:rsid w:val="00D02206"/>
     <w:rsid w:val="00D02240"/>
     <w:rsid w:val="00D022D8"/>
     <w:rsid w:val="00D023C1"/>
     <w:rsid w:val="00D0283B"/>
     <w:rsid w:val="00D02A0D"/>
     <w:rsid w:val="00D02B79"/>
     <w:rsid w:val="00D03D1C"/>
     <w:rsid w:val="00D050DF"/>
     <w:rsid w:val="00D0541A"/>
     <w:rsid w:val="00D05438"/>
     <w:rsid w:val="00D056C4"/>
+    <w:rsid w:val="00D057E2"/>
     <w:rsid w:val="00D05942"/>
     <w:rsid w:val="00D063E2"/>
     <w:rsid w:val="00D06645"/>
     <w:rsid w:val="00D06B62"/>
     <w:rsid w:val="00D06C53"/>
     <w:rsid w:val="00D06EC3"/>
     <w:rsid w:val="00D073D6"/>
     <w:rsid w:val="00D07902"/>
     <w:rsid w:val="00D10019"/>
     <w:rsid w:val="00D102D4"/>
     <w:rsid w:val="00D102E8"/>
     <w:rsid w:val="00D108AF"/>
     <w:rsid w:val="00D119CD"/>
     <w:rsid w:val="00D12795"/>
     <w:rsid w:val="00D128DF"/>
     <w:rsid w:val="00D129F4"/>
     <w:rsid w:val="00D132BC"/>
     <w:rsid w:val="00D13D70"/>
     <w:rsid w:val="00D14787"/>
     <w:rsid w:val="00D14D61"/>
     <w:rsid w:val="00D1511F"/>
     <w:rsid w:val="00D15A2A"/>
+    <w:rsid w:val="00D15D95"/>
     <w:rsid w:val="00D15E47"/>
     <w:rsid w:val="00D16013"/>
     <w:rsid w:val="00D16914"/>
     <w:rsid w:val="00D16FBB"/>
     <w:rsid w:val="00D16FFE"/>
     <w:rsid w:val="00D17040"/>
     <w:rsid w:val="00D17217"/>
     <w:rsid w:val="00D178F7"/>
     <w:rsid w:val="00D17907"/>
     <w:rsid w:val="00D2058E"/>
     <w:rsid w:val="00D208A7"/>
     <w:rsid w:val="00D2100D"/>
     <w:rsid w:val="00D210A5"/>
     <w:rsid w:val="00D2137A"/>
     <w:rsid w:val="00D217DF"/>
     <w:rsid w:val="00D21BD6"/>
     <w:rsid w:val="00D21BF1"/>
     <w:rsid w:val="00D2232B"/>
     <w:rsid w:val="00D22374"/>
     <w:rsid w:val="00D224BC"/>
     <w:rsid w:val="00D22650"/>
     <w:rsid w:val="00D2286A"/>
     <w:rsid w:val="00D22A65"/>
     <w:rsid w:val="00D22CB8"/>
     <w:rsid w:val="00D233F3"/>
@@ -27073,50 +24896,51 @@
     <w:rsid w:val="00D57A7C"/>
     <w:rsid w:val="00D57BB3"/>
     <w:rsid w:val="00D602B5"/>
     <w:rsid w:val="00D6084E"/>
     <w:rsid w:val="00D60A15"/>
     <w:rsid w:val="00D61651"/>
     <w:rsid w:val="00D618B6"/>
     <w:rsid w:val="00D61CD3"/>
     <w:rsid w:val="00D62685"/>
     <w:rsid w:val="00D62AC5"/>
     <w:rsid w:val="00D62D0E"/>
     <w:rsid w:val="00D630A7"/>
     <w:rsid w:val="00D63489"/>
     <w:rsid w:val="00D63D33"/>
     <w:rsid w:val="00D640AC"/>
     <w:rsid w:val="00D64268"/>
     <w:rsid w:val="00D643AB"/>
     <w:rsid w:val="00D64585"/>
     <w:rsid w:val="00D64597"/>
     <w:rsid w:val="00D64780"/>
     <w:rsid w:val="00D649DE"/>
     <w:rsid w:val="00D64AE0"/>
     <w:rsid w:val="00D651C2"/>
     <w:rsid w:val="00D65DCC"/>
     <w:rsid w:val="00D66042"/>
+    <w:rsid w:val="00D660E4"/>
     <w:rsid w:val="00D66FF8"/>
     <w:rsid w:val="00D670DC"/>
     <w:rsid w:val="00D67246"/>
     <w:rsid w:val="00D67492"/>
     <w:rsid w:val="00D70F9F"/>
     <w:rsid w:val="00D71133"/>
     <w:rsid w:val="00D720E6"/>
     <w:rsid w:val="00D7224A"/>
     <w:rsid w:val="00D72762"/>
     <w:rsid w:val="00D72A2A"/>
     <w:rsid w:val="00D72AAA"/>
     <w:rsid w:val="00D72ACD"/>
     <w:rsid w:val="00D72CAA"/>
     <w:rsid w:val="00D72D7C"/>
     <w:rsid w:val="00D72E66"/>
     <w:rsid w:val="00D7367A"/>
     <w:rsid w:val="00D73FDE"/>
     <w:rsid w:val="00D74172"/>
     <w:rsid w:val="00D7449E"/>
     <w:rsid w:val="00D74A1A"/>
     <w:rsid w:val="00D7562D"/>
     <w:rsid w:val="00D75703"/>
     <w:rsid w:val="00D76FC5"/>
     <w:rsid w:val="00D77120"/>
     <w:rsid w:val="00D77907"/>
@@ -27138,50 +24962,51 @@
     <w:rsid w:val="00D82B0B"/>
     <w:rsid w:val="00D82B1B"/>
     <w:rsid w:val="00D82ED6"/>
     <w:rsid w:val="00D83279"/>
     <w:rsid w:val="00D83D98"/>
     <w:rsid w:val="00D83FC2"/>
     <w:rsid w:val="00D843BE"/>
     <w:rsid w:val="00D845F7"/>
     <w:rsid w:val="00D8473D"/>
     <w:rsid w:val="00D84B15"/>
     <w:rsid w:val="00D84EDE"/>
     <w:rsid w:val="00D85935"/>
     <w:rsid w:val="00D85A66"/>
     <w:rsid w:val="00D86065"/>
     <w:rsid w:val="00D86662"/>
     <w:rsid w:val="00D86C52"/>
     <w:rsid w:val="00D871E4"/>
     <w:rsid w:val="00D87605"/>
     <w:rsid w:val="00D87B58"/>
     <w:rsid w:val="00D87B92"/>
     <w:rsid w:val="00D87DAC"/>
     <w:rsid w:val="00D87E6F"/>
     <w:rsid w:val="00D912C6"/>
     <w:rsid w:val="00D915B3"/>
     <w:rsid w:val="00D91C4D"/>
+    <w:rsid w:val="00D928A5"/>
     <w:rsid w:val="00D92D86"/>
     <w:rsid w:val="00D92EE3"/>
     <w:rsid w:val="00D92F35"/>
     <w:rsid w:val="00D93081"/>
     <w:rsid w:val="00D93B0C"/>
     <w:rsid w:val="00D94492"/>
     <w:rsid w:val="00D94520"/>
     <w:rsid w:val="00D949FE"/>
     <w:rsid w:val="00D94FBD"/>
     <w:rsid w:val="00D94FED"/>
     <w:rsid w:val="00D95373"/>
     <w:rsid w:val="00D95579"/>
     <w:rsid w:val="00D958F1"/>
     <w:rsid w:val="00D95C7F"/>
     <w:rsid w:val="00D9628A"/>
     <w:rsid w:val="00D9648C"/>
     <w:rsid w:val="00D96BC1"/>
     <w:rsid w:val="00D96D80"/>
     <w:rsid w:val="00D96DA2"/>
     <w:rsid w:val="00D96E29"/>
     <w:rsid w:val="00D96F3B"/>
     <w:rsid w:val="00D972A1"/>
     <w:rsid w:val="00D9746C"/>
     <w:rsid w:val="00D97551"/>
     <w:rsid w:val="00D9774C"/>
@@ -27272,50 +25097,51 @@
     <w:rsid w:val="00DD23A3"/>
     <w:rsid w:val="00DD24A4"/>
     <w:rsid w:val="00DD28DB"/>
     <w:rsid w:val="00DD2D97"/>
     <w:rsid w:val="00DD2DF9"/>
     <w:rsid w:val="00DD2FD3"/>
     <w:rsid w:val="00DD2FE9"/>
     <w:rsid w:val="00DD30E3"/>
     <w:rsid w:val="00DD3107"/>
     <w:rsid w:val="00DD3534"/>
     <w:rsid w:val="00DD35D3"/>
     <w:rsid w:val="00DD384C"/>
     <w:rsid w:val="00DD390F"/>
     <w:rsid w:val="00DD4350"/>
     <w:rsid w:val="00DD43DE"/>
     <w:rsid w:val="00DD4AD1"/>
     <w:rsid w:val="00DD4ED1"/>
     <w:rsid w:val="00DD5236"/>
     <w:rsid w:val="00DD5C73"/>
     <w:rsid w:val="00DD5E3C"/>
     <w:rsid w:val="00DD5E80"/>
     <w:rsid w:val="00DD5F30"/>
     <w:rsid w:val="00DD6009"/>
     <w:rsid w:val="00DD64DA"/>
     <w:rsid w:val="00DD6EB2"/>
+    <w:rsid w:val="00DD7247"/>
     <w:rsid w:val="00DD74FD"/>
     <w:rsid w:val="00DD7657"/>
     <w:rsid w:val="00DD7FC6"/>
     <w:rsid w:val="00DE0537"/>
     <w:rsid w:val="00DE0F6A"/>
     <w:rsid w:val="00DE1974"/>
     <w:rsid w:val="00DE19E5"/>
     <w:rsid w:val="00DE1E47"/>
     <w:rsid w:val="00DE223C"/>
     <w:rsid w:val="00DE24F3"/>
     <w:rsid w:val="00DE2664"/>
     <w:rsid w:val="00DE2A0C"/>
     <w:rsid w:val="00DE34C4"/>
     <w:rsid w:val="00DE36C9"/>
     <w:rsid w:val="00DE447F"/>
     <w:rsid w:val="00DE4515"/>
     <w:rsid w:val="00DE4DCC"/>
     <w:rsid w:val="00DE584D"/>
     <w:rsid w:val="00DE5CEA"/>
     <w:rsid w:val="00DE5E30"/>
     <w:rsid w:val="00DE5EA6"/>
     <w:rsid w:val="00DE62F5"/>
     <w:rsid w:val="00DE6899"/>
     <w:rsid w:val="00DE6F6C"/>
     <w:rsid w:val="00DE7F26"/>
@@ -27326,50 +25152,51 @@
     <w:rsid w:val="00DF0B69"/>
     <w:rsid w:val="00DF0E96"/>
     <w:rsid w:val="00DF10E4"/>
     <w:rsid w:val="00DF166B"/>
     <w:rsid w:val="00DF1FED"/>
     <w:rsid w:val="00DF2189"/>
     <w:rsid w:val="00DF23A0"/>
     <w:rsid w:val="00DF2D65"/>
     <w:rsid w:val="00DF30A8"/>
     <w:rsid w:val="00DF3644"/>
     <w:rsid w:val="00DF39A6"/>
     <w:rsid w:val="00DF3E00"/>
     <w:rsid w:val="00DF5F40"/>
     <w:rsid w:val="00DF662D"/>
     <w:rsid w:val="00DF6A43"/>
     <w:rsid w:val="00DF780E"/>
     <w:rsid w:val="00DF7992"/>
     <w:rsid w:val="00E00000"/>
     <w:rsid w:val="00E006A5"/>
     <w:rsid w:val="00E009A3"/>
     <w:rsid w:val="00E01644"/>
     <w:rsid w:val="00E01DD0"/>
     <w:rsid w:val="00E01E86"/>
     <w:rsid w:val="00E02790"/>
     <w:rsid w:val="00E02A9D"/>
+    <w:rsid w:val="00E02D16"/>
     <w:rsid w:val="00E02DCD"/>
     <w:rsid w:val="00E02DE4"/>
     <w:rsid w:val="00E031EE"/>
     <w:rsid w:val="00E03C59"/>
     <w:rsid w:val="00E04B37"/>
     <w:rsid w:val="00E04F24"/>
     <w:rsid w:val="00E050B1"/>
     <w:rsid w:val="00E0530D"/>
     <w:rsid w:val="00E0548F"/>
     <w:rsid w:val="00E055B2"/>
     <w:rsid w:val="00E0574D"/>
     <w:rsid w:val="00E05EDE"/>
     <w:rsid w:val="00E06290"/>
     <w:rsid w:val="00E0688A"/>
     <w:rsid w:val="00E07391"/>
     <w:rsid w:val="00E07673"/>
     <w:rsid w:val="00E07D26"/>
     <w:rsid w:val="00E07E56"/>
     <w:rsid w:val="00E101FC"/>
     <w:rsid w:val="00E103B3"/>
     <w:rsid w:val="00E10877"/>
     <w:rsid w:val="00E10891"/>
     <w:rsid w:val="00E10CB0"/>
     <w:rsid w:val="00E10CB2"/>
     <w:rsid w:val="00E11493"/>
@@ -27382,50 +25209,51 @@
     <w:rsid w:val="00E135BE"/>
     <w:rsid w:val="00E148FF"/>
     <w:rsid w:val="00E15670"/>
     <w:rsid w:val="00E15966"/>
     <w:rsid w:val="00E163E2"/>
     <w:rsid w:val="00E17219"/>
     <w:rsid w:val="00E20893"/>
     <w:rsid w:val="00E21DA4"/>
     <w:rsid w:val="00E22014"/>
     <w:rsid w:val="00E22417"/>
     <w:rsid w:val="00E227FC"/>
     <w:rsid w:val="00E22DFB"/>
     <w:rsid w:val="00E23F4C"/>
     <w:rsid w:val="00E24156"/>
     <w:rsid w:val="00E24509"/>
     <w:rsid w:val="00E24DDE"/>
     <w:rsid w:val="00E251A2"/>
     <w:rsid w:val="00E2558E"/>
     <w:rsid w:val="00E25F49"/>
     <w:rsid w:val="00E262A1"/>
     <w:rsid w:val="00E262B2"/>
     <w:rsid w:val="00E2685F"/>
     <w:rsid w:val="00E26AEE"/>
     <w:rsid w:val="00E26E6E"/>
     <w:rsid w:val="00E270D0"/>
+    <w:rsid w:val="00E27325"/>
     <w:rsid w:val="00E301B6"/>
     <w:rsid w:val="00E304F4"/>
     <w:rsid w:val="00E3064D"/>
     <w:rsid w:val="00E3090F"/>
     <w:rsid w:val="00E30D14"/>
     <w:rsid w:val="00E31727"/>
     <w:rsid w:val="00E31AA3"/>
     <w:rsid w:val="00E31AC0"/>
     <w:rsid w:val="00E3202F"/>
     <w:rsid w:val="00E32E01"/>
     <w:rsid w:val="00E33503"/>
     <w:rsid w:val="00E3354F"/>
     <w:rsid w:val="00E3399C"/>
     <w:rsid w:val="00E33C01"/>
     <w:rsid w:val="00E33CD7"/>
     <w:rsid w:val="00E348FD"/>
     <w:rsid w:val="00E35733"/>
     <w:rsid w:val="00E35A26"/>
     <w:rsid w:val="00E35E2A"/>
     <w:rsid w:val="00E35F7B"/>
     <w:rsid w:val="00E365B8"/>
     <w:rsid w:val="00E37447"/>
     <w:rsid w:val="00E3784A"/>
     <w:rsid w:val="00E37E18"/>
     <w:rsid w:val="00E4037B"/>
@@ -27598,63 +25426,65 @@
     <w:rsid w:val="00EA3448"/>
     <w:rsid w:val="00EA4434"/>
     <w:rsid w:val="00EA4465"/>
     <w:rsid w:val="00EA455C"/>
     <w:rsid w:val="00EA4812"/>
     <w:rsid w:val="00EA4D16"/>
     <w:rsid w:val="00EA4D40"/>
     <w:rsid w:val="00EA4F7C"/>
     <w:rsid w:val="00EA5B7E"/>
     <w:rsid w:val="00EA5E67"/>
     <w:rsid w:val="00EA6671"/>
     <w:rsid w:val="00EA6CB9"/>
     <w:rsid w:val="00EA6D22"/>
     <w:rsid w:val="00EA7C3E"/>
     <w:rsid w:val="00EA7CAA"/>
     <w:rsid w:val="00EB01AC"/>
     <w:rsid w:val="00EB01C8"/>
     <w:rsid w:val="00EB1F38"/>
     <w:rsid w:val="00EB246E"/>
     <w:rsid w:val="00EB27BA"/>
     <w:rsid w:val="00EB29AA"/>
     <w:rsid w:val="00EB3354"/>
     <w:rsid w:val="00EB3613"/>
     <w:rsid w:val="00EB3910"/>
     <w:rsid w:val="00EB396E"/>
+    <w:rsid w:val="00EB3CA7"/>
     <w:rsid w:val="00EB3D2D"/>
     <w:rsid w:val="00EB461D"/>
     <w:rsid w:val="00EB4EBA"/>
     <w:rsid w:val="00EB5458"/>
     <w:rsid w:val="00EB551D"/>
     <w:rsid w:val="00EB5616"/>
     <w:rsid w:val="00EB5EF0"/>
     <w:rsid w:val="00EB6193"/>
     <w:rsid w:val="00EB66F5"/>
     <w:rsid w:val="00EB6774"/>
     <w:rsid w:val="00EB6967"/>
     <w:rsid w:val="00EB69E1"/>
     <w:rsid w:val="00EB6EE8"/>
+    <w:rsid w:val="00EB7C68"/>
     <w:rsid w:val="00EC00E9"/>
     <w:rsid w:val="00EC03A8"/>
     <w:rsid w:val="00EC0435"/>
     <w:rsid w:val="00EC04C3"/>
     <w:rsid w:val="00EC0842"/>
     <w:rsid w:val="00EC09EE"/>
     <w:rsid w:val="00EC1F0E"/>
     <w:rsid w:val="00EC215D"/>
     <w:rsid w:val="00EC21AD"/>
     <w:rsid w:val="00EC24DF"/>
     <w:rsid w:val="00EC2629"/>
     <w:rsid w:val="00EC2941"/>
     <w:rsid w:val="00EC2BCB"/>
     <w:rsid w:val="00EC3441"/>
     <w:rsid w:val="00EC3762"/>
     <w:rsid w:val="00EC3ECF"/>
     <w:rsid w:val="00EC4044"/>
     <w:rsid w:val="00EC4AE8"/>
     <w:rsid w:val="00EC4C5F"/>
     <w:rsid w:val="00EC4E45"/>
     <w:rsid w:val="00EC551F"/>
     <w:rsid w:val="00EC67F3"/>
     <w:rsid w:val="00EC6B4D"/>
     <w:rsid w:val="00EC6C90"/>
     <w:rsid w:val="00EC6D1C"/>
@@ -27934,50 +25764,51 @@
     <w:rsid w:val="00F71BC3"/>
     <w:rsid w:val="00F72B53"/>
     <w:rsid w:val="00F72C78"/>
     <w:rsid w:val="00F72CB9"/>
     <w:rsid w:val="00F73197"/>
     <w:rsid w:val="00F7373A"/>
     <w:rsid w:val="00F74244"/>
     <w:rsid w:val="00F7425A"/>
     <w:rsid w:val="00F74367"/>
     <w:rsid w:val="00F74870"/>
     <w:rsid w:val="00F74AFE"/>
     <w:rsid w:val="00F75507"/>
     <w:rsid w:val="00F75989"/>
     <w:rsid w:val="00F7641E"/>
     <w:rsid w:val="00F76D22"/>
     <w:rsid w:val="00F770C2"/>
     <w:rsid w:val="00F77333"/>
     <w:rsid w:val="00F77882"/>
     <w:rsid w:val="00F778FF"/>
     <w:rsid w:val="00F77F84"/>
     <w:rsid w:val="00F8018D"/>
     <w:rsid w:val="00F80200"/>
     <w:rsid w:val="00F80583"/>
     <w:rsid w:val="00F80AD0"/>
     <w:rsid w:val="00F80DF3"/>
+    <w:rsid w:val="00F81014"/>
     <w:rsid w:val="00F811F5"/>
     <w:rsid w:val="00F81E6A"/>
     <w:rsid w:val="00F822AB"/>
     <w:rsid w:val="00F82317"/>
     <w:rsid w:val="00F82A0A"/>
     <w:rsid w:val="00F832C3"/>
     <w:rsid w:val="00F834A7"/>
     <w:rsid w:val="00F834E5"/>
     <w:rsid w:val="00F83A95"/>
     <w:rsid w:val="00F83CA4"/>
     <w:rsid w:val="00F843F0"/>
     <w:rsid w:val="00F84676"/>
     <w:rsid w:val="00F84AE9"/>
     <w:rsid w:val="00F84E0A"/>
     <w:rsid w:val="00F84E34"/>
     <w:rsid w:val="00F84FBD"/>
     <w:rsid w:val="00F85138"/>
     <w:rsid w:val="00F852D0"/>
     <w:rsid w:val="00F85B4F"/>
     <w:rsid w:val="00F8634D"/>
     <w:rsid w:val="00F868E1"/>
     <w:rsid w:val="00F87386"/>
     <w:rsid w:val="00F90354"/>
     <w:rsid w:val="00F90BAF"/>
     <w:rsid w:val="00F9111F"/>
@@ -28018,50 +25849,51 @@
     <w:rsid w:val="00FA244F"/>
     <w:rsid w:val="00FA2EDB"/>
     <w:rsid w:val="00FA2FA4"/>
     <w:rsid w:val="00FA34E8"/>
     <w:rsid w:val="00FA36E9"/>
     <w:rsid w:val="00FA38C8"/>
     <w:rsid w:val="00FA3ABD"/>
     <w:rsid w:val="00FA3EFF"/>
     <w:rsid w:val="00FA406B"/>
     <w:rsid w:val="00FA4281"/>
     <w:rsid w:val="00FA4A75"/>
     <w:rsid w:val="00FA5188"/>
     <w:rsid w:val="00FA5FC5"/>
     <w:rsid w:val="00FA63EF"/>
     <w:rsid w:val="00FA6956"/>
     <w:rsid w:val="00FA6E91"/>
     <w:rsid w:val="00FA7195"/>
     <w:rsid w:val="00FA73D7"/>
     <w:rsid w:val="00FA7B1E"/>
     <w:rsid w:val="00FA7FB1"/>
     <w:rsid w:val="00FB04D6"/>
     <w:rsid w:val="00FB0DE8"/>
     <w:rsid w:val="00FB1695"/>
     <w:rsid w:val="00FB1EF9"/>
     <w:rsid w:val="00FB227E"/>
+    <w:rsid w:val="00FB5808"/>
     <w:rsid w:val="00FB5AA9"/>
     <w:rsid w:val="00FB5E45"/>
     <w:rsid w:val="00FB624A"/>
     <w:rsid w:val="00FB68FA"/>
     <w:rsid w:val="00FB6C18"/>
     <w:rsid w:val="00FB71FB"/>
     <w:rsid w:val="00FB7251"/>
     <w:rsid w:val="00FB7413"/>
     <w:rsid w:val="00FB7630"/>
     <w:rsid w:val="00FC1367"/>
     <w:rsid w:val="00FC1ACB"/>
     <w:rsid w:val="00FC1C77"/>
     <w:rsid w:val="00FC2044"/>
     <w:rsid w:val="00FC20C3"/>
     <w:rsid w:val="00FC288C"/>
     <w:rsid w:val="00FC29BB"/>
     <w:rsid w:val="00FC2B4E"/>
     <w:rsid w:val="00FC2C97"/>
     <w:rsid w:val="00FC3479"/>
     <w:rsid w:val="00FC3605"/>
     <w:rsid w:val="00FC3C7B"/>
     <w:rsid w:val="00FC5D4F"/>
     <w:rsid w:val="00FC602B"/>
     <w:rsid w:val="00FC6263"/>
     <w:rsid w:val="00FC6F7F"/>
@@ -29011,51 +26843,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006C798C"/>
+    <w:rsid w:val="00617049"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BB5677"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2D029A"/>
       <w:sz w:val="32"/>
@@ -33566,51 +31398,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2136943964">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sean.corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34614&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-landscaping-contract-user-guides?_gl=1*13s2npd*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTk4NSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34759&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcarey@ur.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides?_gl=1*ml3drp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMCR0MTc1OTI1NTY3MiRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sourcewell-mn.gov/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34759&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34614&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.mcneal@sunbeltrentals.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-landscaping-contract-user-guides?_gl=1*13s2npd*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTk4NSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Shugg@hercrentals.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sourcewell-mn.gov/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-34614&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-acquisition-and-maintenance-contract-user-guides?_gl=1*o3eojk*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTg1MiRqNTkkbDAkaDA." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34759&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-33662&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.omniapartners.com/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ryan.mcneal@sunbeltrentals.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/non-profit-purchasing-programs" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/supplier-diversity-program-sdp?_gl=1*1dd4k06*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzk5MCRqNTckbDAkaDA." TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/emergency-response-supplies-services-and-equipment-contact-information" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/guides/epp-program-environmentally-preferable-products-and-services-on-statewide-contracts" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sourcewell-mn.gov/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Richard.Shugg@hercrentals.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-landscaping-contract-user-guides?_gl=1*13s2npd*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTk4NSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/orgs/supplier-diversity-office-sdo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-responses-to-small-procurements-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/policies/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Comptroller.Info@mass.gov" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-maintenance-repair-and-operations-contract-user-guides?_gl=1*ml3drp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMCR0MTc1OTI1NTY3MiRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/how-to-request-quotes-from-vendors-on-statewide-contracts/download" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.commbuys.com/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/statewide-contract-index" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://go.procurated.com/ma-statewide/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-SRC02-33662&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/environmentally-preferable-products-epp-procurement-program" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.Henry@mass.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/facility-landscaping-contract-user-guides?_gl=1*13s2npd*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTk4NSRqNjAkbDAkaDA." TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/small-business-purchasing-program-sbpp?_gl=1*flb0s8*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTY5MTE2ODkkbzM2OSRnMSR0MTc1NjkxMzg1NCRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/exhibit-f-1-commonwealth-terms-and-conditions-0/download?_ga=2.11892660.1852975385.1737644168-411155804.1736349941&amp;_gl=1*1ehavvx*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*MTczNzY1MjIyMi4xNS4xLjE3Mzc2NTIzODYuMC4wLjA." TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;docType=P&amp;mode=initial" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/801-cmr-21-procurement-of-commodities-or-services-including-human-and-social-services/download?_ga=2.5187184.276064254.1754065769-411155804.1736349941&amp;_gl=1*sw9tsp*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTQwNzY0MjMkbzMyMyRnMSR0MTc1NDA3NjQ1NSRqMjgkbDAkaDA." TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sourcewell-mn.gov/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/purchaseorder/poSummary.sdo?docId=PO-26-1080-OSD03-SRC01-37848&amp;releaseNbr=0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/vehicle-acquisition-and-maintenance-contract-user-guides?_gl=1*o3eojk*_ga*NDExMTU1ODA0LjE3MzYzNDk5NDE.*_ga_MCLPEGW7WM*czE3NTkyNTU2NzIkbzQyOCRnMSR0MTc1OTI1NTg1MiRqNTkkbDAkaDA." TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OSDhelpdesk@mass.gov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/best-value-evaluation-of-sdp-plan-forms-a-guide-for-strategic-sourcing-teams/download" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.commbuys.com/bso/external/purchaseorder/poSummary.sdo?docId=PO-25-1080-OSD03-OSD03-34052&amp;releaseNbr=0&amp;external=true&amp;parentUrl=close" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Tatiana.henry@mass.gov" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/handbook/environmentally-preferable-products-and-services-guide" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sonia.castro@mass.gov" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pcarey@ur.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sean.Corbin2@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.macomptroller.org/wp-content/uploads/instructions_standard-contract-form.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/osd" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -33895,63 +31727,52 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b6ea81047b344181ee716fe9b46053cf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BBCFE9BE6DEBCF4FAEF3D74F5E0F169D" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a935db215594a9448d4f792fa77a5eb7">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="07049b86-902b-4773-b7aa-1fd847dfddb9" xmlns:ns3="09ce38db-efdb-4708-8c34-9908d67fb011" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ce164f3e4dc664cfddf0b6a5cebcddc6" ns2:_="" ns3:_="">
     <xsd:import namespace="07049b86-902b-4773-b7aa-1fd847dfddb9"/>
     <xsd:import namespace="09ce38db-efdb-4708-8c34-9908d67fb011"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -34140,131 +31961,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="09ce38db-efdb-4708-8c34-9908d67fb011" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="07049b86-902b-4773-b7aa-1fd847dfddb9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E5E76A4-4B53-4E46-8362-0320020EC781}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81DCA3EF-3B9D-4100-B105-4C0B18226286}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20DD85D6-0887-4118-8B8C-1267772729E8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="09ce38db-efdb-4708-8c34-9908d67fb011"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="6b33c406-dd06-4363-a0cc-3f7e8f9bebb6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="d6ee9f50-18ec-4818-97aa-2747471add99"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{92A2A36F-6C48-4CE4-9261-BBFF0124C87E}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51C4BD58-2203-4230-8F1F-9DCF4FB5BA44}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>28980</Characters>
+  <Pages>16</Pages>
+  <Words>4763</Words>
+  <Characters>27154</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>241</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>63</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Products and Services Contract User Guide Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33997</CharactersWithSpaces>
+  <CharactersWithSpaces>31854</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="480" baseType="variant">
       <vt:variant>
         <vt:i4>3342415</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>342</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.sec.state.ma.us/divisions/cis/download/maps/County_Map.pdf</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2424926</vt:i4>
       </vt:variant>
       <vt:variant>