--- v0 (2025-12-15)
+++ v1 (2026-03-28)
@@ -1,4268 +1,5485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5001" w:type="pct"/>
+        <w:tblW w:w="4997" w:type="pct"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="2" w:space="0" w:color="auto"/>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1054"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="945"/>
+        <w:gridCol w:w="1061"/>
         <w:gridCol w:w="221"/>
-        <w:gridCol w:w="1576"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="976"/>
+        <w:gridCol w:w="1080"/>
+        <w:gridCol w:w="37"/>
+        <w:gridCol w:w="103"/>
+        <w:gridCol w:w="1192"/>
+        <w:gridCol w:w="287"/>
+        <w:gridCol w:w="753"/>
+        <w:gridCol w:w="2263"/>
+        <w:gridCol w:w="221"/>
+        <w:gridCol w:w="727"/>
+        <w:gridCol w:w="1608"/>
+        <w:gridCol w:w="460"/>
+        <w:gridCol w:w="833"/>
+        <w:gridCol w:w="620"/>
+        <w:gridCol w:w="488"/>
+        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="333"/>
+        <w:gridCol w:w="1083"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E76085" w:rsidRPr="00F0477E" w14:paraId="13E68C4B" w14:textId="77777777" w:rsidTr="00E76085">
-[...2 lines deleted...]
-            <w:tcW w:w="1811" w:type="pct"/>
+      <w:tr w:rsidR="001B429D" w:rsidRPr="00AB578F" w14:paraId="789D244F" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="871" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...24 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BF977E" w14:textId="281BA136" w:rsidR="006F2663" w:rsidRPr="00AB578F" w:rsidRDefault="006F2663" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="1534" w:type="pct"/>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="777" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="056ADE11" w14:textId="38DBF444" w:rsidR="006F2663" w:rsidRPr="00AB578F" w:rsidRDefault="006F2663" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DOB:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD5E5CC" w14:textId="147B368C" w:rsidR="006F2663" w:rsidRPr="00AB578F" w:rsidRDefault="006F2663" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Docket no: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1674" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFF8BA6" w14:textId="2E84E8C4" w:rsidR="006F2663" w:rsidRPr="00AB578F" w:rsidRDefault="006F2663" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Family Treatment Court</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006803DA" w:rsidRPr="00AB578F" w14:paraId="6D69F087" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5D49B5" w14:textId="470454AF" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">DCF Counsel: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE17C59" w14:textId="55E85F11" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Counsel: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="346C22C5" w14:textId="77777777" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="337EC180" w14:textId="143AD8F0" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="00DC4528" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D20E7D" w14:textId="77777777" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="358293B9" w14:textId="769B5540" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="00DC4528" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC4528" w:rsidRPr="00AB578F" w14:paraId="503BE7C1" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="451D04F1" w14:textId="46E6238F" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>NP Counsel:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05536985" w14:textId="4E93F095" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">PO: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EBD0642" w14:textId="13F60434" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="0092601D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Affidavit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A5FCD3" w14:textId="77777777" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE10564" w14:textId="5F595230" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="0092601D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Next CP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E9E67B" w14:textId="600A1B0F" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C0DE7" w:rsidRPr="00AB578F" w14:paraId="48B6BB3A" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1648" w:type="pct"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2CC0E3" w14:textId="0C31882B" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DCF Worker:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F0C950" w14:textId="1C816311" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Contact:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7594D80E" w14:textId="7C188836" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="0092601D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Action Plan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3183E0" w14:textId="77777777" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="089D0CB5" w14:textId="69BBC854" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="0092601D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t>Permanency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4167DDDA" w14:textId="045CC241" w:rsidR="0087143F" w:rsidRPr="00AB578F" w:rsidRDefault="0087143F" w:rsidP="006803DA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC4F10" w:rsidRPr="00AB578F" w14:paraId="17A54F73" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A62EBFA" w14:textId="1CDF827B" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Child</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5003BBCC" w14:textId="459D63CD" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DOB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2864F96E" w14:textId="420A9560" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Counsel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01087550" w14:textId="211E43C3" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Custody</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C1B5D2" w14:textId="4B6B3BA6" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>CP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACAA00B" w14:textId="542E82AA" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>AP Rec’d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A6AAD9F" w14:textId="77777777" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79938EB1" w14:textId="0D4BB70B" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Screen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5669105B" w14:textId="2B1EC719" w:rsidR="00597C7D" w:rsidRPr="00AB578F" w:rsidRDefault="00597C7D" w:rsidP="00597C7D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="14EDCDE2" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68110C5A" w14:textId="63419975" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7113CF74" w14:textId="66A9146A" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71553B2A" w14:textId="7F810A75" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="563FC24A" w14:textId="78838D28" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="1156346718"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1646656720"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A335E" w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="594752852"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCBB07E" w14:textId="307A0342" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-317111483"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A335E" w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="614872536"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="463E0EEE" w14:textId="1757A820" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Phase 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CF9C19" w14:textId="0FEDEA04" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A44A8B" w14:textId="2CB9D320" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Intake</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A3EC3E4" w14:textId="3FC1FC04" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="31FFBBB4" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46235D1F" w14:textId="630C5128" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B85703" w14:textId="6707E9D5" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="792BBD68" w14:textId="1EE0D5C4" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F825D74" w14:textId="378E01EF" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="287329455"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="542337111"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="503172350"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0E47D4" w14:textId="3429BFF8" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1660148212"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-102584551"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004A335E" w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4753D31C" w14:textId="18D98A7A" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Phase 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75D6B003" w14:textId="353756A6" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="482B50EF" w14:textId="6FE539F4" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24E64C09" w14:textId="7391E9C4" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="004A335E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="01462BD3" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7974131F" w14:textId="6A92612B" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="750E7AA1" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B46C410" w14:textId="2EBCDFC2" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="187FAA47" w14:textId="24B03DF1" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1643800323"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="2143693432"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1945289705"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DC7108" w14:textId="2C71AB1A" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1917391582"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1818959455"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31154FAE" w14:textId="6CA21C4C" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Phase 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="199E86F4" w14:textId="2CA26600" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ABEFB7" w14:textId="47ED42D8" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6 Mon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37E903DE" w14:textId="5A7EE943" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="841"/>
+              </w:tabs>
+              <w:ind w:left="-74"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="7E22497F" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AAED326" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE73DF5" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF96A4F" w14:textId="24ABBE24" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E19A79F" w14:textId="3A7F0F42" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="939034291"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-655375418"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-473363751"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7021E8" w14:textId="405DE792" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="1806884782"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="2144923784"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17502202" w14:textId="22246F5F" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Phase 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="783561D8" w14:textId="6D2FDFE5" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F7815F" w14:textId="742A4663" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>12 Mon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D18684" w14:textId="31D8854F" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="21882655" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="182D2DB3" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="183EEA4C" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F184936" w14:textId="6BAA261F" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="403B84E4" w14:textId="6F6C4537" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="2032759337"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-322589531"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1511907554"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BD9433" w14:textId="7CA26A75" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="24846420"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="2054575483"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE2B16E" w14:textId="6AD14861" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Phase 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBD9504" w14:textId="60AD427C" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="600A7BF0" w14:textId="14DB2FB7" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18 Mon.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40EB64D5" w14:textId="6532187F" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="6F2C76A2" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="369" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE9036C" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C34FF7B" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="813" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D89A711" w14:textId="79855231" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02BAAFB1" w14:textId="4D0B93D0" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foster </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1469277135"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Kin </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="1926532950"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Conditional </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="1105842494"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="560" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DB0A6C" w14:textId="3CB71796" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="-1635402354"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NNP </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                  <w:spacing w:val="-2"/>
+                </w:rPr>
+                <w:id w:val="1705520283"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:spacing w:val="-2"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09328E22" w14:textId="79D2AC44" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D/C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="386" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73837515" w14:textId="71DC7745" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152F9274" w14:textId="37C23AC0" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Exit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="377" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522BA381" w14:textId="153A88B1" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="498CBBD5" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F41314" w14:textId="3FC46F9E" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment/Services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="0FD2353B" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6141ECE6" w14:textId="0A65E852" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment/Services Provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1227" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="392A248C" w14:textId="2703E4D0" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1263" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20C8E567" w14:textId="0BE5A0F4" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment/Services Provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1224" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="1655" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56157263" w14:textId="77777777" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="32304471" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1286" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E2A034" w14:textId="64B31EB8" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment/Services Provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1227" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C28C135" w14:textId="5B6DD67A" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1263" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2288F1B0" w14:textId="2554B4B1" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment/Services Provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1224" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...26 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE116B1" w14:textId="6625816A" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0477E" w:rsidRPr="00F0477E" w14:paraId="7160DED3" w14:textId="77777777" w:rsidTr="00E76085">
-[...2 lines deleted...]
-            <w:tcW w:w="1811" w:type="pct"/>
+      <w:tr w:rsidR="00090372" w:rsidRPr="00AB578F" w14:paraId="1C03CF27" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC97E6D" w14:textId="270DEB88" w:rsidR="00090372" w:rsidRPr="00AB578F" w:rsidRDefault="00090372" w:rsidP="00090372">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Identified Recovery Capital Goals</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C22694" w:rsidRPr="00AB578F" w14:paraId="72EC73F5" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="761D3D09" w14:textId="03664E85" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Health</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CE06EC" w14:textId="1FC9FB23" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C22694" w:rsidRPr="00AB578F" w14:paraId="75A83E28" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56D71E26" w14:textId="06DEEA62" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Home</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F33EA17" w14:textId="746FBAB3" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C22694" w:rsidRPr="00AB578F" w14:paraId="4CC577F6" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E6D4CD" w14:textId="30D26F92" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Purpose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6CAA12" w14:textId="7D5A6D65" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C22694" w:rsidRPr="00AB578F" w14:paraId="73F4EEFE" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="432"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D35279C" w14:textId="140EEFD6" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Community</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4554" w:type="pct"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F49B41" w14:textId="1123AC03" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C22694" w:rsidRPr="00AB578F" w14:paraId="437EB657" w14:textId="77777777" w:rsidTr="00FC4F10">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="19"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="430F7816" w14:textId="37B334A5" w:rsidR="00C22694" w:rsidRPr="00AB578F" w:rsidRDefault="00C22694" w:rsidP="00C22694">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Family Progress Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC7843" w:rsidRPr="00AB578F" w14:paraId="033EB219" w14:textId="77777777" w:rsidTr="00AB578F">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6464CD" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Court</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="490E4033" w14:textId="527BC15F" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="940" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...81 lines deleted...]
-            <w:tcW w:w="968" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C1D1C6" w14:textId="7FB91E98" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Screens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...502 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...2040 lines deleted...]
-            <w:tcW w:w="1520" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20996C54" w14:textId="4E3D9B38" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Treatment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...29 lines deleted...]
-            <w:tcW w:w="684" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DD8C5C" w14:textId="4D8F0C76" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Family/DCF</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...24 lines deleted...]
-              <w:t>FTC Court Appearance</w:t>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03DDFB57" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>FTC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="265E87F4" w14:textId="75FFDE5E" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7402AAF7" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Attorney</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13927003" w14:textId="2565B873" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Present</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A61CAD9" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>DCF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30FD5F53" w14:textId="24AFD414" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0477E" w:rsidRPr="00F0477E" w14:paraId="165AF61A" w14:textId="77777777" w:rsidTr="00E76085">
-[...2 lines deleted...]
-            <w:tcW w:w="367" w:type="pct"/>
+      <w:tr w:rsidR="00CC7843" w:rsidRPr="00AB578F" w14:paraId="33E34AC6" w14:textId="77777777" w:rsidTr="00E35798">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="446" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEDF7B3" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="376" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="242885F1" w14:textId="7BD7A8EC" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="628" w:type="pct"/>
+            <w:tcW w:w="564" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56445416" w14:textId="694A7C4D" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-          </w:tcPr>
-[...27 lines deleted...]
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="1520" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="165AA377" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
-          </w:tcPr>
-[...13 lines deleted...]
-            <w:tcW w:w="684" w:type="pct"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E3DCD0B" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...8 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13EFFD69" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D95386" w14:textId="77777777" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023E8790" w14:textId="212F9EDB" w:rsidR="00CC7843" w:rsidRPr="00AB578F" w:rsidRDefault="00CC7843" w:rsidP="00CC7843">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F0477E" w:rsidRPr="00F0477E" w14:paraId="1BF36BBC" w14:textId="77777777" w:rsidTr="00E76085">
+      <w:tr w:rsidR="00AB578F" w:rsidRPr="00AB578F" w14:paraId="49569C25" w14:textId="77777777" w:rsidTr="00E35798">
         <w:trPr>
-          <w:trHeight w:val="576"/>
+          <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="367" w:type="pct"/>
-[...38 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+            <w:tcW w:w="446" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...66 lines deleted...]
-            <w:tcW w:w="1520" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537010C5" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="376" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EDBCAF" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="564" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="684" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D4049B5" w14:textId="0086F83C" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...304 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76586D0F" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1050" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="395CBD27" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="506" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...64 lines deleted...]
-            <w:tcW w:w="684" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA9B9D6" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="439798159"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-558551825"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="35D15FCE" w14:textId="734B5301" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zoom </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="207456124"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="515" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...258 lines deleted...]
-            <w:tcW w:w="628" w:type="pct"/>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1283BF3E" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="1245684348"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-761982466"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="3C55251F" w14:textId="634C65A5" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zoom </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-1943909128"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
-[...270 lines deleted...]
-            </w:r>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BEE49A" w14:textId="77777777" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:spacing w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="1272355929"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="1564754334"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="06B7842E" w14:textId="1754CA7B" w:rsidR="00AB578F" w:rsidRPr="00AB578F" w:rsidRDefault="00AB578F" w:rsidP="00AB578F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AB578F">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zoom </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:cstheme="minorHAnsi"/>
+                </w:rPr>
+                <w:id w:val="-1647121445"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00AB578F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="22CCE64D" w14:textId="77777777" w:rsidR="005F377A" w:rsidRPr="00F0477E" w:rsidRDefault="005F377A"/>
     <w:sectPr w:rsidR="005F377A" w:rsidRPr="00F0477E" w:rsidSect="00D23D30">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="65684BD6" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2" w:rsidP="00427A4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="3D35D2A6" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2" w:rsidP="00427A4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="09C31BB9" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6BFE1E32" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2" w:rsidP="00427A4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="41826336" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2" w:rsidP="00427A4F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="1BF6CDB0" w14:textId="77777777" w:rsidR="001A5ED2" w:rsidRDefault="001A5ED2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="99"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="71"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC715B"/>
+    <w:rsid w:val="00000964"/>
+    <w:rsid w:val="00007FA7"/>
+    <w:rsid w:val="00011DCB"/>
     <w:rsid w:val="000159A0"/>
     <w:rsid w:val="00022ADD"/>
+    <w:rsid w:val="00024802"/>
+    <w:rsid w:val="00027CDA"/>
+    <w:rsid w:val="000303A8"/>
     <w:rsid w:val="000379E3"/>
+    <w:rsid w:val="00043B8E"/>
+    <w:rsid w:val="00052F95"/>
+    <w:rsid w:val="000533F1"/>
+    <w:rsid w:val="000608DF"/>
+    <w:rsid w:val="00075386"/>
+    <w:rsid w:val="00076299"/>
+    <w:rsid w:val="000800D5"/>
+    <w:rsid w:val="000805CD"/>
+    <w:rsid w:val="00090372"/>
     <w:rsid w:val="000964CF"/>
+    <w:rsid w:val="000A1A78"/>
     <w:rsid w:val="000A2280"/>
+    <w:rsid w:val="000A6DBC"/>
+    <w:rsid w:val="000B603F"/>
+    <w:rsid w:val="000C562D"/>
+    <w:rsid w:val="000C686E"/>
     <w:rsid w:val="000C69EC"/>
+    <w:rsid w:val="000C7B22"/>
+    <w:rsid w:val="000D2045"/>
+    <w:rsid w:val="000D76D1"/>
+    <w:rsid w:val="000E15BA"/>
+    <w:rsid w:val="000E2B53"/>
     <w:rsid w:val="000E5547"/>
-    <w:rsid w:val="00104D04"/>
+    <w:rsid w:val="000E63EE"/>
+    <w:rsid w:val="000F3FB6"/>
+    <w:rsid w:val="000F4979"/>
+    <w:rsid w:val="00103946"/>
     <w:rsid w:val="00106093"/>
+    <w:rsid w:val="001072C6"/>
     <w:rsid w:val="001075DF"/>
+    <w:rsid w:val="00107F08"/>
+    <w:rsid w:val="0012256C"/>
+    <w:rsid w:val="00123211"/>
+    <w:rsid w:val="00126812"/>
+    <w:rsid w:val="00130913"/>
+    <w:rsid w:val="00132215"/>
+    <w:rsid w:val="00140685"/>
+    <w:rsid w:val="00142C6E"/>
+    <w:rsid w:val="0015147A"/>
     <w:rsid w:val="00153028"/>
+    <w:rsid w:val="001654F7"/>
+    <w:rsid w:val="00182692"/>
+    <w:rsid w:val="00194A65"/>
+    <w:rsid w:val="001A4789"/>
+    <w:rsid w:val="001A5ED2"/>
+    <w:rsid w:val="001B429D"/>
+    <w:rsid w:val="001D0DBB"/>
+    <w:rsid w:val="001E43DF"/>
+    <w:rsid w:val="001E626B"/>
+    <w:rsid w:val="001E683E"/>
+    <w:rsid w:val="001F100E"/>
+    <w:rsid w:val="001F3458"/>
+    <w:rsid w:val="0020306C"/>
     <w:rsid w:val="00205A02"/>
     <w:rsid w:val="00207D45"/>
-    <w:rsid w:val="00226CBC"/>
+    <w:rsid w:val="002222A1"/>
+    <w:rsid w:val="002245F3"/>
     <w:rsid w:val="00240B4A"/>
+    <w:rsid w:val="002626C1"/>
+    <w:rsid w:val="00265363"/>
+    <w:rsid w:val="0026604D"/>
+    <w:rsid w:val="00271A34"/>
+    <w:rsid w:val="00272EBA"/>
+    <w:rsid w:val="002748F6"/>
+    <w:rsid w:val="00280F90"/>
     <w:rsid w:val="002816A0"/>
+    <w:rsid w:val="002816C8"/>
+    <w:rsid w:val="00281E69"/>
+    <w:rsid w:val="00282A95"/>
+    <w:rsid w:val="00283044"/>
+    <w:rsid w:val="00290FDE"/>
     <w:rsid w:val="00294CA7"/>
-    <w:rsid w:val="00294E63"/>
     <w:rsid w:val="0029538C"/>
+    <w:rsid w:val="002974CE"/>
+    <w:rsid w:val="002979AF"/>
+    <w:rsid w:val="002A11F6"/>
+    <w:rsid w:val="002B2FEE"/>
+    <w:rsid w:val="002C2895"/>
+    <w:rsid w:val="002C324B"/>
+    <w:rsid w:val="002C61AC"/>
+    <w:rsid w:val="002C76E2"/>
+    <w:rsid w:val="002D0A49"/>
+    <w:rsid w:val="002D273B"/>
+    <w:rsid w:val="002D6843"/>
+    <w:rsid w:val="002D7999"/>
+    <w:rsid w:val="002E2367"/>
+    <w:rsid w:val="002E5190"/>
+    <w:rsid w:val="002E6107"/>
+    <w:rsid w:val="002F5911"/>
+    <w:rsid w:val="003038D7"/>
+    <w:rsid w:val="00303A7E"/>
+    <w:rsid w:val="00304DCC"/>
+    <w:rsid w:val="003139F4"/>
+    <w:rsid w:val="00314E56"/>
+    <w:rsid w:val="0032161A"/>
     <w:rsid w:val="00324F7B"/>
+    <w:rsid w:val="00331F5C"/>
+    <w:rsid w:val="00337C60"/>
+    <w:rsid w:val="0035649D"/>
+    <w:rsid w:val="00374FA6"/>
+    <w:rsid w:val="00377038"/>
+    <w:rsid w:val="003930B3"/>
+    <w:rsid w:val="003A1BF5"/>
+    <w:rsid w:val="003A2900"/>
+    <w:rsid w:val="003A2BF7"/>
+    <w:rsid w:val="003A53BE"/>
+    <w:rsid w:val="003C4410"/>
+    <w:rsid w:val="003F02FA"/>
+    <w:rsid w:val="003F4CDB"/>
+    <w:rsid w:val="004003B6"/>
+    <w:rsid w:val="00402185"/>
+    <w:rsid w:val="00404542"/>
+    <w:rsid w:val="00410758"/>
+    <w:rsid w:val="00413780"/>
+    <w:rsid w:val="00415541"/>
     <w:rsid w:val="00415BB5"/>
     <w:rsid w:val="00416683"/>
+    <w:rsid w:val="00422FC0"/>
+    <w:rsid w:val="00427A4F"/>
+    <w:rsid w:val="0043515D"/>
     <w:rsid w:val="00442861"/>
+    <w:rsid w:val="00453376"/>
+    <w:rsid w:val="00460890"/>
+    <w:rsid w:val="0046135C"/>
     <w:rsid w:val="00467916"/>
+    <w:rsid w:val="0047319C"/>
+    <w:rsid w:val="00491F60"/>
+    <w:rsid w:val="00492201"/>
+    <w:rsid w:val="004A29AD"/>
+    <w:rsid w:val="004A335E"/>
+    <w:rsid w:val="004A3EB8"/>
+    <w:rsid w:val="004C5DB5"/>
+    <w:rsid w:val="004D2D7E"/>
     <w:rsid w:val="004D2FBD"/>
+    <w:rsid w:val="0050594D"/>
+    <w:rsid w:val="0051176D"/>
+    <w:rsid w:val="00511AB6"/>
+    <w:rsid w:val="00525C4F"/>
+    <w:rsid w:val="00532209"/>
+    <w:rsid w:val="00541B28"/>
     <w:rsid w:val="005438FD"/>
+    <w:rsid w:val="005466B8"/>
+    <w:rsid w:val="00552100"/>
+    <w:rsid w:val="0056247F"/>
     <w:rsid w:val="00566177"/>
+    <w:rsid w:val="005708B2"/>
+    <w:rsid w:val="00571A05"/>
+    <w:rsid w:val="0057362F"/>
+    <w:rsid w:val="00575A66"/>
+    <w:rsid w:val="00580B08"/>
+    <w:rsid w:val="00582FF1"/>
+    <w:rsid w:val="00597C7D"/>
+    <w:rsid w:val="005A0315"/>
     <w:rsid w:val="005A14C9"/>
     <w:rsid w:val="005A22DC"/>
+    <w:rsid w:val="005A6BF1"/>
+    <w:rsid w:val="005B1F47"/>
+    <w:rsid w:val="005B3BD9"/>
+    <w:rsid w:val="005B6BEC"/>
+    <w:rsid w:val="005C4C99"/>
+    <w:rsid w:val="005C5332"/>
+    <w:rsid w:val="005D275F"/>
+    <w:rsid w:val="005E4A6E"/>
     <w:rsid w:val="005F377A"/>
     <w:rsid w:val="005F4589"/>
+    <w:rsid w:val="00617972"/>
+    <w:rsid w:val="00624793"/>
     <w:rsid w:val="00625B25"/>
+    <w:rsid w:val="00626BD5"/>
     <w:rsid w:val="00627E36"/>
+    <w:rsid w:val="00631F9E"/>
+    <w:rsid w:val="0063401F"/>
+    <w:rsid w:val="006355BA"/>
+    <w:rsid w:val="00644172"/>
+    <w:rsid w:val="0065695D"/>
     <w:rsid w:val="00671C79"/>
+    <w:rsid w:val="00672A0A"/>
+    <w:rsid w:val="006753D2"/>
+    <w:rsid w:val="006774C1"/>
+    <w:rsid w:val="006803DA"/>
     <w:rsid w:val="0068058C"/>
+    <w:rsid w:val="00686C94"/>
+    <w:rsid w:val="00692497"/>
+    <w:rsid w:val="00697F91"/>
+    <w:rsid w:val="006A32E2"/>
+    <w:rsid w:val="006B2898"/>
     <w:rsid w:val="006B44A1"/>
+    <w:rsid w:val="006B55A7"/>
+    <w:rsid w:val="006B5976"/>
+    <w:rsid w:val="006C0DE7"/>
+    <w:rsid w:val="006C36C1"/>
+    <w:rsid w:val="006C5E38"/>
+    <w:rsid w:val="006D1256"/>
     <w:rsid w:val="006F22AD"/>
+    <w:rsid w:val="006F2663"/>
+    <w:rsid w:val="006F2775"/>
+    <w:rsid w:val="006F2892"/>
+    <w:rsid w:val="006F3B5C"/>
     <w:rsid w:val="00710DC1"/>
+    <w:rsid w:val="007133AF"/>
+    <w:rsid w:val="0071606E"/>
+    <w:rsid w:val="007269B2"/>
+    <w:rsid w:val="00730EF7"/>
+    <w:rsid w:val="00740BC2"/>
+    <w:rsid w:val="007414C0"/>
+    <w:rsid w:val="00744E85"/>
+    <w:rsid w:val="00746EC9"/>
+    <w:rsid w:val="0074743E"/>
+    <w:rsid w:val="0076061B"/>
+    <w:rsid w:val="007646A7"/>
+    <w:rsid w:val="007652F7"/>
+    <w:rsid w:val="00770051"/>
+    <w:rsid w:val="00770D95"/>
+    <w:rsid w:val="0078115F"/>
+    <w:rsid w:val="00794A11"/>
+    <w:rsid w:val="007A49F2"/>
+    <w:rsid w:val="007B4C40"/>
     <w:rsid w:val="007B5EC6"/>
+    <w:rsid w:val="007C05DC"/>
     <w:rsid w:val="007D4889"/>
+    <w:rsid w:val="007D7466"/>
+    <w:rsid w:val="007E1F42"/>
+    <w:rsid w:val="007E4B8C"/>
+    <w:rsid w:val="007E6CB4"/>
+    <w:rsid w:val="00801A70"/>
     <w:rsid w:val="008033B5"/>
     <w:rsid w:val="0080451A"/>
     <w:rsid w:val="0081486F"/>
+    <w:rsid w:val="00824AAB"/>
+    <w:rsid w:val="008267BF"/>
     <w:rsid w:val="00832F87"/>
+    <w:rsid w:val="0083354F"/>
+    <w:rsid w:val="00837728"/>
+    <w:rsid w:val="00841E8A"/>
+    <w:rsid w:val="00843D32"/>
+    <w:rsid w:val="0085484A"/>
+    <w:rsid w:val="00864CF7"/>
+    <w:rsid w:val="0087143F"/>
     <w:rsid w:val="00873CD4"/>
+    <w:rsid w:val="00891F9E"/>
+    <w:rsid w:val="0089266C"/>
+    <w:rsid w:val="0089601B"/>
+    <w:rsid w:val="008C226C"/>
+    <w:rsid w:val="008D0131"/>
+    <w:rsid w:val="008D0936"/>
+    <w:rsid w:val="008D1A1F"/>
+    <w:rsid w:val="00910961"/>
+    <w:rsid w:val="00920BE0"/>
+    <w:rsid w:val="0092601D"/>
+    <w:rsid w:val="00933CC5"/>
+    <w:rsid w:val="009342EF"/>
     <w:rsid w:val="00936B10"/>
-    <w:rsid w:val="00981624"/>
+    <w:rsid w:val="0094758C"/>
+    <w:rsid w:val="00947CD9"/>
+    <w:rsid w:val="00957F34"/>
+    <w:rsid w:val="009615CC"/>
+    <w:rsid w:val="00967E12"/>
+    <w:rsid w:val="00984156"/>
     <w:rsid w:val="00991B28"/>
+    <w:rsid w:val="009A0F40"/>
+    <w:rsid w:val="009A5CF8"/>
+    <w:rsid w:val="009B346A"/>
+    <w:rsid w:val="009D6B09"/>
+    <w:rsid w:val="009E05DF"/>
     <w:rsid w:val="009F009B"/>
     <w:rsid w:val="009F7168"/>
+    <w:rsid w:val="00A01143"/>
+    <w:rsid w:val="00A22066"/>
+    <w:rsid w:val="00A233CE"/>
+    <w:rsid w:val="00A26A1A"/>
+    <w:rsid w:val="00A33000"/>
+    <w:rsid w:val="00A56272"/>
+    <w:rsid w:val="00A63A16"/>
+    <w:rsid w:val="00A70B03"/>
     <w:rsid w:val="00A75511"/>
+    <w:rsid w:val="00A95768"/>
+    <w:rsid w:val="00A95A99"/>
+    <w:rsid w:val="00AA1725"/>
+    <w:rsid w:val="00AA49FA"/>
+    <w:rsid w:val="00AA543B"/>
     <w:rsid w:val="00AB2CEA"/>
+    <w:rsid w:val="00AB578F"/>
+    <w:rsid w:val="00AC668C"/>
     <w:rsid w:val="00AC715B"/>
+    <w:rsid w:val="00AD50AE"/>
+    <w:rsid w:val="00AD73EB"/>
+    <w:rsid w:val="00AE251A"/>
+    <w:rsid w:val="00AE5DA9"/>
+    <w:rsid w:val="00AF059E"/>
+    <w:rsid w:val="00AF2CE2"/>
+    <w:rsid w:val="00AF6D65"/>
+    <w:rsid w:val="00B06155"/>
     <w:rsid w:val="00B158A0"/>
     <w:rsid w:val="00B20550"/>
     <w:rsid w:val="00B37126"/>
+    <w:rsid w:val="00B41154"/>
+    <w:rsid w:val="00B43006"/>
+    <w:rsid w:val="00B5272C"/>
     <w:rsid w:val="00B52FD0"/>
+    <w:rsid w:val="00B7351E"/>
+    <w:rsid w:val="00B73CC4"/>
+    <w:rsid w:val="00B86619"/>
     <w:rsid w:val="00B87B36"/>
+    <w:rsid w:val="00B9238B"/>
     <w:rsid w:val="00B92476"/>
+    <w:rsid w:val="00BA579B"/>
+    <w:rsid w:val="00BA63FB"/>
+    <w:rsid w:val="00BA7FC0"/>
+    <w:rsid w:val="00BB50AC"/>
+    <w:rsid w:val="00BC05B1"/>
     <w:rsid w:val="00BC6BB9"/>
+    <w:rsid w:val="00BC7F61"/>
     <w:rsid w:val="00BD1CCF"/>
+    <w:rsid w:val="00BE7B08"/>
+    <w:rsid w:val="00BF047E"/>
+    <w:rsid w:val="00BF0568"/>
     <w:rsid w:val="00BF136B"/>
+    <w:rsid w:val="00BF7C0D"/>
+    <w:rsid w:val="00C02B37"/>
+    <w:rsid w:val="00C17534"/>
+    <w:rsid w:val="00C22694"/>
+    <w:rsid w:val="00C2281E"/>
+    <w:rsid w:val="00C324BA"/>
+    <w:rsid w:val="00C459A3"/>
+    <w:rsid w:val="00C51FCF"/>
+    <w:rsid w:val="00C648AE"/>
     <w:rsid w:val="00C70D10"/>
-    <w:rsid w:val="00C97114"/>
+    <w:rsid w:val="00C722F4"/>
+    <w:rsid w:val="00C844BB"/>
+    <w:rsid w:val="00C8451F"/>
+    <w:rsid w:val="00C905D5"/>
     <w:rsid w:val="00CA3F95"/>
+    <w:rsid w:val="00CA4284"/>
+    <w:rsid w:val="00CB775B"/>
     <w:rsid w:val="00CC1FA1"/>
+    <w:rsid w:val="00CC7843"/>
+    <w:rsid w:val="00CD573B"/>
+    <w:rsid w:val="00CD60E3"/>
     <w:rsid w:val="00CE470B"/>
     <w:rsid w:val="00CF14CA"/>
+    <w:rsid w:val="00CF69C1"/>
+    <w:rsid w:val="00D0019B"/>
+    <w:rsid w:val="00D03CFE"/>
+    <w:rsid w:val="00D04AA6"/>
+    <w:rsid w:val="00D10C37"/>
+    <w:rsid w:val="00D13BD4"/>
+    <w:rsid w:val="00D177C9"/>
+    <w:rsid w:val="00D2158F"/>
     <w:rsid w:val="00D23D30"/>
     <w:rsid w:val="00D244E6"/>
+    <w:rsid w:val="00D27F97"/>
+    <w:rsid w:val="00D313A0"/>
+    <w:rsid w:val="00D3335F"/>
     <w:rsid w:val="00D343DA"/>
+    <w:rsid w:val="00D43DE6"/>
+    <w:rsid w:val="00D455C8"/>
+    <w:rsid w:val="00D470B8"/>
+    <w:rsid w:val="00D478C4"/>
+    <w:rsid w:val="00D519A1"/>
+    <w:rsid w:val="00D52417"/>
+    <w:rsid w:val="00D55ADF"/>
+    <w:rsid w:val="00D56561"/>
+    <w:rsid w:val="00D66D65"/>
+    <w:rsid w:val="00D66EAA"/>
+    <w:rsid w:val="00D678E1"/>
+    <w:rsid w:val="00D748F5"/>
+    <w:rsid w:val="00D805D6"/>
+    <w:rsid w:val="00DA3541"/>
+    <w:rsid w:val="00DC08D8"/>
     <w:rsid w:val="00DC0CD3"/>
+    <w:rsid w:val="00DC3D89"/>
+    <w:rsid w:val="00DC4528"/>
     <w:rsid w:val="00DC7C96"/>
+    <w:rsid w:val="00DE0416"/>
     <w:rsid w:val="00DE4535"/>
     <w:rsid w:val="00DE6234"/>
+    <w:rsid w:val="00DE746C"/>
+    <w:rsid w:val="00DF6154"/>
+    <w:rsid w:val="00E16997"/>
+    <w:rsid w:val="00E35798"/>
+    <w:rsid w:val="00E41A2F"/>
+    <w:rsid w:val="00E5321E"/>
+    <w:rsid w:val="00E65CB6"/>
+    <w:rsid w:val="00E71207"/>
     <w:rsid w:val="00E72670"/>
-    <w:rsid w:val="00E76085"/>
-    <w:rsid w:val="00E94D27"/>
+    <w:rsid w:val="00E727FE"/>
+    <w:rsid w:val="00E87D52"/>
+    <w:rsid w:val="00E96D14"/>
+    <w:rsid w:val="00EA5CF6"/>
+    <w:rsid w:val="00EB1EC9"/>
+    <w:rsid w:val="00EB690B"/>
+    <w:rsid w:val="00EC07E8"/>
+    <w:rsid w:val="00EC795C"/>
     <w:rsid w:val="00ED6401"/>
+    <w:rsid w:val="00EE4915"/>
+    <w:rsid w:val="00EE754C"/>
+    <w:rsid w:val="00EF7456"/>
     <w:rsid w:val="00F0477E"/>
     <w:rsid w:val="00F06F3E"/>
+    <w:rsid w:val="00F134F8"/>
+    <w:rsid w:val="00F13DA2"/>
     <w:rsid w:val="00F178A0"/>
+    <w:rsid w:val="00F203E7"/>
+    <w:rsid w:val="00F22777"/>
+    <w:rsid w:val="00F2471F"/>
+    <w:rsid w:val="00F26491"/>
+    <w:rsid w:val="00F3567C"/>
     <w:rsid w:val="00F36554"/>
+    <w:rsid w:val="00F368FF"/>
     <w:rsid w:val="00F4115B"/>
+    <w:rsid w:val="00F4627E"/>
+    <w:rsid w:val="00F559FD"/>
+    <w:rsid w:val="00F64D56"/>
+    <w:rsid w:val="00F667C0"/>
     <w:rsid w:val="00F66A62"/>
+    <w:rsid w:val="00F72D59"/>
+    <w:rsid w:val="00F73F91"/>
     <w:rsid w:val="00F80DCD"/>
+    <w:rsid w:val="00F82157"/>
     <w:rsid w:val="00F8672A"/>
-    <w:rsid w:val="00FA4A4B"/>
-    <w:rsid w:val="00FB3040"/>
+    <w:rsid w:val="00F87593"/>
+    <w:rsid w:val="00FA0113"/>
+    <w:rsid w:val="00FA2E96"/>
+    <w:rsid w:val="00FA533F"/>
+    <w:rsid w:val="00FA5B9E"/>
+    <w:rsid w:val="00FB57B8"/>
+    <w:rsid w:val="00FB5E17"/>
+    <w:rsid w:val="00FC48C2"/>
+    <w:rsid w:val="00FC4F10"/>
+    <w:rsid w:val="00FD395E"/>
+    <w:rsid w:val="00FD51CC"/>
+    <w:rsid w:val="00FD6A77"/>
+    <w:rsid w:val="00FE09FE"/>
+    <w:rsid w:val="00FE3261"/>
+    <w:rsid w:val="00FE7AB0"/>
+    <w:rsid w:val="00FE7B48"/>
+    <w:rsid w:val="00FF1AC9"/>
+    <w:rsid w:val="00FF3189"/>
+    <w:rsid w:val="01A6F56F"/>
+    <w:rsid w:val="01F05C0D"/>
+    <w:rsid w:val="02256098"/>
+    <w:rsid w:val="03615A3A"/>
+    <w:rsid w:val="03F1C5C9"/>
+    <w:rsid w:val="040323A8"/>
+    <w:rsid w:val="046CBE55"/>
+    <w:rsid w:val="04D3C7CB"/>
+    <w:rsid w:val="05AC65EB"/>
+    <w:rsid w:val="068809D1"/>
+    <w:rsid w:val="07CB318F"/>
+    <w:rsid w:val="0808E7F7"/>
+    <w:rsid w:val="091B9E5C"/>
+    <w:rsid w:val="09722FC5"/>
+    <w:rsid w:val="0A881DAB"/>
+    <w:rsid w:val="0A8CEC63"/>
+    <w:rsid w:val="0B873E58"/>
+    <w:rsid w:val="0B9BFBD3"/>
+    <w:rsid w:val="0C046261"/>
+    <w:rsid w:val="0D0C3A41"/>
+    <w:rsid w:val="0E411D1D"/>
+    <w:rsid w:val="0E5A235E"/>
+    <w:rsid w:val="0EEEDCBA"/>
+    <w:rsid w:val="0F1A8F21"/>
+    <w:rsid w:val="0F8B46C4"/>
+    <w:rsid w:val="0FB7BE14"/>
+    <w:rsid w:val="100DB99F"/>
+    <w:rsid w:val="1087CD24"/>
+    <w:rsid w:val="11A29F1E"/>
+    <w:rsid w:val="11DCF63E"/>
+    <w:rsid w:val="131F7DD2"/>
+    <w:rsid w:val="13DDB5A8"/>
+    <w:rsid w:val="14268B9F"/>
+    <w:rsid w:val="1504C7FA"/>
+    <w:rsid w:val="15318A5E"/>
+    <w:rsid w:val="1545AB15"/>
+    <w:rsid w:val="15B6D619"/>
+    <w:rsid w:val="15F5D016"/>
+    <w:rsid w:val="1607BA08"/>
+    <w:rsid w:val="1656263E"/>
+    <w:rsid w:val="16E4DFEC"/>
+    <w:rsid w:val="17043566"/>
+    <w:rsid w:val="182F204B"/>
+    <w:rsid w:val="18854BE0"/>
+    <w:rsid w:val="1A465665"/>
+    <w:rsid w:val="1B08EFCB"/>
+    <w:rsid w:val="1C0BB36F"/>
+    <w:rsid w:val="1DD76337"/>
+    <w:rsid w:val="1E0F86B2"/>
+    <w:rsid w:val="1E3AAD75"/>
+    <w:rsid w:val="1EE17658"/>
+    <w:rsid w:val="1FAA55E8"/>
+    <w:rsid w:val="200D18E3"/>
+    <w:rsid w:val="210CD333"/>
+    <w:rsid w:val="213DFFCA"/>
+    <w:rsid w:val="21690427"/>
+    <w:rsid w:val="21698C26"/>
+    <w:rsid w:val="218DD6D2"/>
+    <w:rsid w:val="21CE8A1B"/>
+    <w:rsid w:val="24E5A57E"/>
+    <w:rsid w:val="253C10D2"/>
+    <w:rsid w:val="26059213"/>
+    <w:rsid w:val="26653B76"/>
+    <w:rsid w:val="26A3985F"/>
+    <w:rsid w:val="2779C88D"/>
+    <w:rsid w:val="285FECAB"/>
+    <w:rsid w:val="2925A308"/>
+    <w:rsid w:val="292EC787"/>
+    <w:rsid w:val="2934D743"/>
+    <w:rsid w:val="2C177915"/>
+    <w:rsid w:val="2C43D955"/>
+    <w:rsid w:val="2C872BFB"/>
+    <w:rsid w:val="2CD28CFE"/>
+    <w:rsid w:val="2FB61FC8"/>
+    <w:rsid w:val="2FC19832"/>
+    <w:rsid w:val="303C54AE"/>
+    <w:rsid w:val="30E3317C"/>
+    <w:rsid w:val="317C8248"/>
+    <w:rsid w:val="31B00883"/>
+    <w:rsid w:val="35DBB69D"/>
+    <w:rsid w:val="383BC4C0"/>
+    <w:rsid w:val="384E21EB"/>
+    <w:rsid w:val="38FA98F6"/>
+    <w:rsid w:val="3A5C3E43"/>
+    <w:rsid w:val="3A8D6CF4"/>
+    <w:rsid w:val="3AD589D3"/>
+    <w:rsid w:val="3B013D66"/>
+    <w:rsid w:val="3B5C25A3"/>
+    <w:rsid w:val="3C6242FB"/>
+    <w:rsid w:val="3CA066FF"/>
+    <w:rsid w:val="3CAD2BEC"/>
+    <w:rsid w:val="3E71A4A9"/>
+    <w:rsid w:val="3EA1C2D8"/>
+    <w:rsid w:val="420D0B29"/>
+    <w:rsid w:val="4219EA59"/>
+    <w:rsid w:val="42A03ABE"/>
+    <w:rsid w:val="436EE7A1"/>
+    <w:rsid w:val="446A0465"/>
+    <w:rsid w:val="44963B53"/>
+    <w:rsid w:val="4562715E"/>
+    <w:rsid w:val="45D22744"/>
+    <w:rsid w:val="46C73CD1"/>
+    <w:rsid w:val="46D25D05"/>
+    <w:rsid w:val="4788BDEC"/>
+    <w:rsid w:val="48ABFFD8"/>
+    <w:rsid w:val="4A1CE404"/>
+    <w:rsid w:val="4A2B07EF"/>
+    <w:rsid w:val="4A76565B"/>
+    <w:rsid w:val="4AD70546"/>
+    <w:rsid w:val="4C078107"/>
+    <w:rsid w:val="4C3E5F5A"/>
+    <w:rsid w:val="4CB5184D"/>
+    <w:rsid w:val="4CD9C2FB"/>
+    <w:rsid w:val="4D9FC4E1"/>
+    <w:rsid w:val="4DB7FAAE"/>
+    <w:rsid w:val="4F51C706"/>
+    <w:rsid w:val="501CB8FB"/>
+    <w:rsid w:val="503F9F83"/>
+    <w:rsid w:val="5088FF3F"/>
+    <w:rsid w:val="508D5D7C"/>
+    <w:rsid w:val="51030E8F"/>
+    <w:rsid w:val="53357860"/>
+    <w:rsid w:val="539A5B21"/>
+    <w:rsid w:val="5409CDBA"/>
+    <w:rsid w:val="560C613C"/>
+    <w:rsid w:val="56904065"/>
+    <w:rsid w:val="57BEBA92"/>
+    <w:rsid w:val="5868E02C"/>
+    <w:rsid w:val="599B3430"/>
+    <w:rsid w:val="5A5959E7"/>
+    <w:rsid w:val="5ACE8622"/>
+    <w:rsid w:val="5B3E14AB"/>
+    <w:rsid w:val="5DB3861A"/>
+    <w:rsid w:val="5F06EF95"/>
+    <w:rsid w:val="5F20C916"/>
+    <w:rsid w:val="601B2CE6"/>
+    <w:rsid w:val="61979107"/>
+    <w:rsid w:val="62ADA12B"/>
+    <w:rsid w:val="62E41012"/>
+    <w:rsid w:val="6350587C"/>
+    <w:rsid w:val="63689BBF"/>
+    <w:rsid w:val="63949B22"/>
+    <w:rsid w:val="6500E3B1"/>
+    <w:rsid w:val="657CAC44"/>
+    <w:rsid w:val="66DCBA80"/>
+    <w:rsid w:val="676FEDDB"/>
+    <w:rsid w:val="68F9781E"/>
+    <w:rsid w:val="6A8BD55D"/>
+    <w:rsid w:val="6AE75CF1"/>
+    <w:rsid w:val="6B0518C2"/>
+    <w:rsid w:val="6B8FCA82"/>
+    <w:rsid w:val="6BE1194E"/>
+    <w:rsid w:val="6D7A3DB9"/>
+    <w:rsid w:val="6DCBE47B"/>
+    <w:rsid w:val="6E9F3BF8"/>
+    <w:rsid w:val="6EB86539"/>
+    <w:rsid w:val="6EBB4286"/>
+    <w:rsid w:val="6F123862"/>
+    <w:rsid w:val="6FA44022"/>
+    <w:rsid w:val="6FA8A4C2"/>
+    <w:rsid w:val="70406C4D"/>
+    <w:rsid w:val="70861F93"/>
+    <w:rsid w:val="710D2090"/>
+    <w:rsid w:val="713DD755"/>
+    <w:rsid w:val="71DDFDE1"/>
+    <w:rsid w:val="73BC9080"/>
+    <w:rsid w:val="75155F4C"/>
+    <w:rsid w:val="75B766D7"/>
+    <w:rsid w:val="75E63AAD"/>
+    <w:rsid w:val="766D3651"/>
+    <w:rsid w:val="76D8A063"/>
+    <w:rsid w:val="7754BC26"/>
+    <w:rsid w:val="78392BD4"/>
+    <w:rsid w:val="7865A71D"/>
+    <w:rsid w:val="786FB603"/>
+    <w:rsid w:val="78E90C66"/>
+    <w:rsid w:val="7A3AC9BE"/>
+    <w:rsid w:val="7A5847AA"/>
+    <w:rsid w:val="7AFBAE9D"/>
+    <w:rsid w:val="7C658006"/>
+    <w:rsid w:val="7C90071F"/>
+    <w:rsid w:val="7CB5B766"/>
+    <w:rsid w:val="7DFB5172"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42FE5A88"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{0E2AA9FE-7425-48E0-B5AD-169C767D4D5F}"/>
+  <w15:docId w15:val="{CE40BBF7-2BC9-4CC5-B411-FE4C7D671D5F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4615,51 +5832,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="000964CF"/>
+    <w:rsid w:val="00CC7843"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -4729,63 +5946,161 @@
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005438FD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005438FD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00427A4F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00427A4F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00427A4F"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00427A4F"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="1787579988">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="342825215">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2094280230">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1787626032">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5009,71 +6324,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>830</Characters>
+  <Pages>1</Pages>
+  <Words>193</Words>
+  <Characters>950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>974</CharactersWithSpaces>
+  <CharactersWithSpaces>1135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Kevin Rainsford</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>