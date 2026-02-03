--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2C4A4CAB" w14:textId="77777777" w:rsidR="00B378F1" w:rsidRDefault="00B378F1" w:rsidP="00B378F1">
+    <w:p w14:paraId="60DC4A46" w14:textId="23980889" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00FC0891">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:ind w:left="2160" w:firstLine="720"/>
-        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="0067193E">
-        <w:t>HEALTH MAINTENANCE ORGANIZATIONS</w:t>
+      <w:r>
+        <w:t xml:space="preserve">HEALTH MAINTENNCE ORGANIZATIONS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1A3CDD" w14:textId="77777777" w:rsidR="00F80802" w:rsidRPr="008A0094" w:rsidRDefault="00F80802">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F9DD788" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00F80802">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">COMPANY NAME:  </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
@@ -258,125 +258,125 @@
       <w:r w:rsidR="00BF5C68" w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A20B6C" w14:textId="04BCF097" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00F80802">
+    <w:p w14:paraId="57A20B6C" w14:textId="4FCA221B" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00F80802">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">REQUIRED FILINGS IN THE STATE OF: </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B378F1">
+      <w:r w:rsidR="00037EFB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>MASSACHUSETTS</w:t>
+        <w:t>Massachusetts</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Filings Made During the Year </w:t>
       </w:r>
       <w:r w:rsidR="005824AB" w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="009E0C15">
+      <w:r w:rsidR="00470DFE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9D08AB" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="693"/>
@@ -1088,95 +1088,95 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DC7F112" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Annual Statement (8 ½”X14”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0A7814D0" w14:textId="2C07351A" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="0085584E" w:rsidP="00EE05AE">
+          <w:p w14:paraId="0A7814D0" w14:textId="49050171" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BC317CD" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="002D4DC5" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4674DBB4" w14:textId="0346C870" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00955CBD" w:rsidP="00EE05AE">
+          <w:p w14:paraId="4674DBB4" w14:textId="3FD93722" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00FC0891" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C1D6621" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -1228,150 +1228,150 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="62AA1244" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C62FD0E" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C92D0D7" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          <w:p w14:paraId="1C92D0D7" w14:textId="65B8D176" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="476277E9" w14:textId="02EBEB66" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Printed Investment Schedule detail (Pages E01-</w:t>
             </w:r>
             <w:r w:rsidR="00BE6CE0" w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>E29</w:t>
             </w:r>
             <w:r w:rsidR="00901A40" w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="279EFB24" w14:textId="7A67A82A" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="0085584E" w:rsidP="00EE05AE">
+          <w:p w14:paraId="279EFB24" w14:textId="2F99D2BC" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="19155139" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="002D4DC5" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="61D9B393" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00EE05AE">
+          <w:p w14:paraId="61D9B393" w14:textId="089B951D" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="77CAED42" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -1423,136 +1423,136 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="618ABFD3" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="318BA2EE" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54F65156" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          <w:p w14:paraId="54F65156" w14:textId="03C5731A" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="089B3806" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Quarterly Financial Statement (8 ½” x 14”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="45C0E13F" w14:textId="72F89EE9" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="0085584E" w:rsidP="00EE05AE">
+          <w:p w14:paraId="45C0E13F" w14:textId="188D8E45" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="138E0807" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="002D4DC5" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4AD6BBB9" w14:textId="0D906635" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00955CBD" w:rsidP="00EE05AE">
+          <w:p w14:paraId="4AD6BBB9" w14:textId="716BE049" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00FC0891" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2AEC977A" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
@@ -1726,3780 +1726,3580 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF5C68" w:rsidRPr="008A0094" w14:paraId="46AA0DF2" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14966EA8" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A1FD143" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61ABD3F3" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>II.  NAIC SUPPLEMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5319" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17EEFE9A" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="54076A99" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04E5D901" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="00C2B7E9" w14:textId="488CD495" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49161021" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Accident &amp; Health Policy Experience Exhibit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E759B74" w14:textId="1F1832D1" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="00EE05AE">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E759B74" w14:textId="604FF0C0" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30D991CD" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BB253D" w14:textId="637361F8" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17905EBE" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="188F60BD" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F7EF199" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017249F" w:rsidRPr="008A0094" w14:paraId="704658F3" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="704658F3" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B915EA0" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          <w:p w14:paraId="3B915EA0" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="52E8014E" w14:textId="6FB2C4A7" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2986FDBB" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          </w:tcPr>
+          <w:p w14:paraId="2986FDBB" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Actuarial Opinion</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC0B418" w14:textId="75D3DD73" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DC9C94D" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DC9C94D" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-            <w:r>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="113C3484" w14:textId="0D55133D" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4DB75F81" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB75F81" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ED7B082" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED7B082" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="039B1A23" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          <w:p w14:paraId="039B1A23" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="15A5D94B" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="15A5D94B" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="55CF50DF" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="55CF50DF" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="0D5E58C0" w14:textId="5DA1C03B" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="777F7A24" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="777F7A24" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Life Supplemental Data due March 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="707DA05A" w14:textId="5BE36D9A" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E7D7E7B" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7D7E7B" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F69E9CF" w14:textId="259D3032" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D3B7BB9" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3B7BB9" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E0633A9" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0633A9" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2EF8B0DD" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="2EF8B0DD" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="0BB734B1" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="0BB734B1" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="168DBEE8" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="168DBEE8" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="56E187A5" w14:textId="44DFC21D" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="251DBC14" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="251DBC14" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Life Supplemental Data due April 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C51DC4" w14:textId="3EF08B48" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="25139B28" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25139B28" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3414C9" w14:textId="5A366D3A" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="750E64C1" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="750E64C1" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="443C40C4" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="443C40C4" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="568D7465" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="568D7465" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="3EF618A4" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="3EF618A4" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E6D104B" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="0E6D104B" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="0916C43F" w14:textId="7704639D" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-              <w:t>Life Supp Statement non-guaranteed elements – Exh 5, Int. #3</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="497364CD" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Life Supp Statement non-guaranteed elements – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Exh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5, Int. #3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEEE3FD" w14:textId="2D1C16EF" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="69AD40BE" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AD40BE" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36999F27" w14:textId="7A62F6EF" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E7B64BF" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7B64BF" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1ED4DB77" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED4DB77" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66F4232B" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="66F4232B" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="478B6D21" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00EE05AE" w:rsidRPr="008A0094" w14:paraId="478B6D21" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="021C1443" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="021C1443" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="0A42092A" w14:textId="06B30376" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...13 lines deleted...]
-              <w:t>Life Supp Statement on par/non-par policies – Exh 5 Int. 1&amp;2</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="226633EE" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Life Supp Statement on par/non-par policies – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Exh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 Int. 1&amp;2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E2E740" w14:textId="29A89722" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2CCE5CE1" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCE5CE1" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03CDDEA3" w14:textId="6C20F14A" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BE2BDDA" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE2BDDA" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="149A153C" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="149A153C" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="762D6BBF" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="762D6BBF" w14:textId="77777777" w:rsidR="00EE05AE" w:rsidRPr="008A0094" w:rsidRDefault="00EE05AE" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="5947F9A8" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="008261B9" w:rsidRPr="008A0094" w14:paraId="5947F9A8" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AE676CF" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="4AE676CF" w14:textId="77777777" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="008261B9">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0668CBA7" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="0668CBA7" w14:textId="177F8E6A" w:rsidR="008261B9" w:rsidRPr="004831B5" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D598115" w14:textId="1B150DEC" w:rsidR="008261B9" w:rsidRPr="004831B5" w:rsidRDefault="008261B9" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>17</w:t>
-[...20 lines deleted...]
-              <w:t>Life, Health &amp; Annuity Guaranty Association Assessable Premium Exhibit, Parts 1 and 2</w:t>
+              <w:t xml:space="preserve">Life, Health &amp; Annuity Guaranty </w:t>
+            </w:r>
+            <w:r w:rsidR="00983220" w:rsidRPr="004831B5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Association Assessable Premium Exhibit, Parts 1 and 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+          </w:tcPr>
+          <w:p w14:paraId="6DBA0467" w14:textId="43BAB1B1" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1447D457" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1447D457" w14:textId="77777777" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="008261B9" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22A9B6E5" w14:textId="083F08C8" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="63DA25E3" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DA25E3" w14:textId="77777777" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="008261B9" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="42EC663B" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EC663B" w14:textId="77777777" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="008261B9" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="021ACD70" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="021ACD70" w14:textId="77777777" w:rsidR="008261B9" w:rsidRPr="008A0094" w:rsidRDefault="008261B9" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="60578B02" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="005F25AB" w:rsidRPr="008A0094" w14:paraId="60578B02" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDF4850" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="7EDF4850" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="56E612FB" w14:textId="11C3CBF0" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="56E612FB" w14:textId="4C8A0DE2" w:rsidR="005F25AB" w:rsidRPr="004831B5" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53731301" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="004831B5" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>18</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>Long-Term Care Experience Reporting Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00ACF5D1" w14:textId="6C3FB1EF" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="065F0E59" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="065F0E59" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07B62163" w14:textId="49884DA3" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="712B82A6" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="712B82A6" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D401745" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D401745" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC96C97" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="0EC96C97" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="1B611DAC" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="005F25AB" w:rsidRPr="008A0094" w14:paraId="1B611DAC" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="197CC7BC" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="197CC7BC" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="63074260" w14:textId="1F737624" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="63074260" w14:textId="4C2216C2" w:rsidR="005F25AB" w:rsidRPr="004831B5" w:rsidRDefault="002A6BD0">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="288A36DE" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="004831B5" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>Management Discussion &amp; Analysis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59679BE4" w14:textId="629A0779" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="76D47156" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D47156" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00B51076">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F0CE594" w14:textId="4E1880BE" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00EE05AE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3CD049FD" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD049FD" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1DB345FB" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB345FB" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="000D64E1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01906436" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="01906436" w14:textId="77777777" w:rsidR="005F25AB" w:rsidRPr="008A0094" w:rsidRDefault="005F25AB" w:rsidP="00EE05AE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="5349CDB2" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="5349CDB2" w14:textId="77777777" w:rsidTr="00BF033A">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="01349CFF" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="01349CFF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A7784A7" w14:textId="6B06F11C" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="5A7784A7" w14:textId="0CD71CB8" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3628E658" w14:textId="098F5EB5" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94CEF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...9 lines deleted...]
-            <w:pPr>
+              <w:t>Market Conduct Annual Statement Premium Exhibit for Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="688" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A197D95" w14:textId="4A1D8B4B" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF39F23" w14:textId="145336EF" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00356095" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94CEF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Market Conduct Annual Statement Premium Exhibit for Year</w:t>
-[...29 lines deleted...]
-              </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="604" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="032CCBAC" w14:textId="04892968" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="688E43AC" w14:textId="5F2642BF" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00356095" w:rsidP="00E778CC">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94CEF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...41 lines deleted...]
-            <w:pPr>
+              <w:t>3/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C7148C" w14:textId="3DF87BDF" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="007A2ACE" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94CEF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>3/1</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="546C2164" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="546C2164" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="7EA8D910" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="7EA8D910" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77BC0FD9" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="77BC0FD9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="04B8DE4D" w14:textId="5507E037" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="04B8DE4D" w14:textId="6D081A62" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4334DF67" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="4334DF67" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medicare Part D Coverage Supplement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6B4B6E" w14:textId="6A758A05" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5539B312" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5539B312" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...32 lines deleted...]
-              <w:t>EO</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="219799E6" w14:textId="2A471290" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4FF7D6A8" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF7D6A8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1, 5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="71F2DD85" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F2DD85" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0D292624" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="0D292624" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="29B1DB92" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="29B1DB92" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9C3E8A" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="2E9C3E8A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B17F432" w14:textId="2A317712" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="3B17F432" w14:textId="3D1A8E45" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2100079F" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="2100079F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Medicare Supplement Insurance Experience Exhibit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19310FFE" w14:textId="3A3CD07C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A3F43B7" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3F43B7" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00FD10C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38157F0D" w14:textId="12881BE0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BB7D8B6" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB7D8B6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4701806E" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4701806E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA8CC49" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="1FA8CC49" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E1A15" w:rsidRPr="008A0094" w14:paraId="1A684C98" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="1A684C98" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27413BB8" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="27413BB8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C9CC6DB" w14:textId="46B1C641" w:rsidR="000E1A15" w:rsidRPr="00E94CEF" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="0C9CC6DB" w14:textId="04853EB5" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75857E32" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="004831B5" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          </w:tcPr>
+          <w:p w14:paraId="75857E32" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Risk-Based Capital Report</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D473EAD" w14:textId="4A1709C0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="513C25B9" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="513C25B9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FD10C8">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8010DD" w14:textId="0633EBA1" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B139BEB" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B139BEB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A515199" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A515199" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB44282" w14:textId="77777777" w:rsidR="000E1A15" w:rsidRPr="008A0094" w:rsidRDefault="000E1A15" w:rsidP="000E1A15">
+          <w:p w14:paraId="2CB44282" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017249F" w:rsidRPr="008A0094" w14:paraId="3FF262AF" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="3FF262AF" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4F351E" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          <w:p w14:paraId="2E4F351E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2FB587D5" w14:textId="2D0F87DA" w:rsidR="0017249F" w:rsidRPr="00E94CEF" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          </w:tcPr>
+          <w:p w14:paraId="2FB587D5" w14:textId="49994281" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6228B83D" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="004831B5" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          </w:tcPr>
+          <w:p w14:paraId="6228B83D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Schedule SIS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F30EF66" w14:textId="70DDE962" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="235D03D5" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="235D03D5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4268CBCF" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4268CBCF" w14:textId="3636BFFD" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="495F9E56" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="495F9E56" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="744A36C9" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="744A36C9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E24AC49" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          <w:p w14:paraId="5E24AC49" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0017249F" w:rsidRPr="008A0094" w14:paraId="7C3CE6E4" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="7C3CE6E4" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C09835" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          <w:p w14:paraId="50C09835" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="079C11C8" w14:textId="47DB80AD" w:rsidR="0017249F" w:rsidRPr="00E94CEF" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          </w:tcPr>
+          <w:p w14:paraId="079C11C8" w14:textId="1EEA4DBA" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0962E80C" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="004831B5" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+          </w:tcPr>
+          <w:p w14:paraId="0962E80C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Supplemental Compensation Exhibit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="326CC54A" w14:textId="0C4F3E41" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11D972D0" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D972D0" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E16619D" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E16619D" w14:textId="009CFBAC" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BABABE3" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BABABE3" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="23EDF3DD" w14:textId="77777777" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="0017249F" w:rsidP="0017249F">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EDF3DD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB13B4D" w14:textId="3D834B12" w:rsidR="0017249F" w:rsidRPr="008A0094" w:rsidRDefault="00C474D1" w:rsidP="0017249F">
+          <w:p w14:paraId="7AB13B4D" w14:textId="423315FB" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002C2C15" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F77A3A" w:rsidRPr="008A0094" w14:paraId="32776246" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="32776246" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4772A4A6" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          <w:p w14:paraId="4772A4A6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="14235CD5" w14:textId="4AE43574" w:rsidR="00F77A3A" w:rsidRPr="00E94CEF" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          </w:tcPr>
+          <w:p w14:paraId="14235CD5" w14:textId="3671D29E" w:rsidR="00E778CC" w:rsidRPr="00E94CEF" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAD19C4" w14:textId="00077A6D" w:rsidR="00E778CC" w:rsidRPr="004831B5" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004831B5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Supplemental Health Care Exhibit (Parts </w:t>
+            </w:r>
             <w:r w:rsidRPr="00E94CEF">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>26</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t>1 and</w:t>
+            </w:r>
             <w:r w:rsidRPr="004831B5">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Supplemental Health Care Exhibit (Parts </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> 2) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC24B7F" w14:textId="5713FB95" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7AD71210" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD71210" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000A4C72">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DCE23B" w14:textId="79A522B0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5FDFB2FF" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDFB2FF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="23E2B801" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E2B801" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB9D042" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          <w:p w14:paraId="4BB9D042" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F77A3A" w:rsidRPr="008A0094" w14:paraId="006C6056" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="006C6056" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3C7D2D" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          <w:p w14:paraId="1A3C7D2D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D9ADBCD" w14:textId="56A15584" w:rsidR="00F77A3A" w:rsidRPr="00E778CC" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          </w:tcPr>
+          <w:p w14:paraId="1D9ADBCD" w14:textId="18697747" w:rsidR="00E778CC" w:rsidRPr="00E778CC" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E94CEF">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="58EF00A4" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          </w:tcPr>
+          <w:p w14:paraId="58EF00A4" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Supplemental Investment Risk Interrogatories</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00994850">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F8841E" w14:textId="34A77745" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4FF16C5B" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF16C5B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="000A4C72">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BD6C9C1" w14:textId="1C30BF84" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A06E420" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A06E420" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="756A98EE" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="756A98EE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1579E5AA" w14:textId="77777777" w:rsidR="00F77A3A" w:rsidRPr="008A0094" w:rsidRDefault="00F77A3A" w:rsidP="00F77A3A">
+          <w:p w14:paraId="1579E5AA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="59040526" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58B871D9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="36F46AEC" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59B6C3EA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5386BC3A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72EFDD33" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7705EF73" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39C00DC8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17DD8701" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2890E092" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="2BFC4870" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A4660EB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4900D03E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F41AF31" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:t>III.  ELECTRONIC FILING REQUIREMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5319" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55EACE61" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="6542F64C" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0873CB6E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D4FED29" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="5D4FED29" w14:textId="527D9C1C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5E4A328E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Annual Statement Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F826AAB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29431058" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CD6BADE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24CB8149" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E2B8E8F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5808D0E6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -5511,186 +5311,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="20F85CB8" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54EFAD48" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09D77DAC" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="09D77DAC" w14:textId="6C18DED2" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AFCF325" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>March .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4508AD1B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78E5B667" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F938634" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79904B3C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FA32E8A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="223D33C9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -5701,186 +5494,179 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="475645B6" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7309C93F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="597A5DE3" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="597A5DE3" w14:textId="26434974" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4670ABCD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Risk-Based Capital Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B7BA53F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="017F508F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C423C5E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C423C5E" w14:textId="50A3DA37" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6412A163" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39C643FF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="062B5486" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -5892,186 +5678,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="2DD298B7" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53BD3753" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D004DAF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="1D004DAF" w14:textId="6B413C8B" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2FB106F2" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Risk-Based Capital .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3564399F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61035C15" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="58F06ADE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F06ADE" w14:textId="04C1BD71" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1A40AD4E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3E4536F8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="005A9353" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -6083,186 +5862,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="223DA571" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03397BDA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F51141D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="4F51141D" w14:textId="517D37BD" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="747D8609" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Supplemental Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E8BEE86" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="294A49D9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="21FFC208" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BC36939" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42A89203" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57F662EB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -6274,186 +6046,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="6FB1D7E1" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3200B240" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5FC2FEB1" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="5FC2FEB1" w14:textId="58C537F6" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56B1A40A" w14:textId="63D9C4A7" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Supplemental .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="77EF085E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2820FE34" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14C4D4B4" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E20BFA0" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29644CD8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07E4CDA5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -6465,186 +6230,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="6A572D70" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14B3C1A3" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4F183719" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="4F183719" w14:textId="48BAD26C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F068C5A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Quarterly Statement Electronic Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69434377" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5480264A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5349BA9A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E8877FE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64702124" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CB44210" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -6656,186 +6414,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="611DF794" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D77026C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="49A4AFD1" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="49A4AFD1" w14:textId="6250755A" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DF9C2CF" w14:textId="345A1FF9" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Quarterly .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01B36FE5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BD85EDC" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16BC0062" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45676DA4" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5/15, 8/15, 11/15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BE615B4" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34DB6E29" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -6847,186 +6598,179 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="267A562E" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55AFDD0E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="56C03854" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+          </w:tcPr>
+          <w:p w14:paraId="56C03854" w14:textId="568F471C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A0094">
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="273DCAFB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>June .PDF Filing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08A0B835" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18C78580" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3959347A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E3EEFE8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F866AFA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22C2CE8A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
@@ -7038,143 +6782,136 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="72694B3B" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E48F894" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="107525C1" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7936045F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2852B79C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="085AA255" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1812555F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1261E3B9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5069EB40" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A72D530" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7184,4740 +6921,4319 @@
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4C780A7F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="343791EA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52E58770" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>IV.  AUDIT/INTERNAL CONTROL</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A89ADD3" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>RELATED REPORTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5319" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1EDE6533" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="06758E37" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="06758E37" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41E5580C" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="41E5580C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="166FA864" w14:textId="7A3A1F02" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="549BCA9C" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="549BCA9C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Accountants Letter of Qualifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B8AB0B" w14:textId="06F0BF05" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0286C62D" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0286C62D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="076D6586" w14:textId="6AF5F6CA" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ADC6980" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADC6980" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="44C8173A" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C8173A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B2FDE72" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="4B2FDE72" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="2CD45AB4" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="2CD45AB4" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66DD7C71" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="66DD7C71" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="59FBD82F" w14:textId="499F9604" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2DA17AD0" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="2DA17AD0" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Audited Financial Reports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F13B15" w14:textId="5CDCDFBB" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F744CFA" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F744CFA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB9DD12" w14:textId="020660F8" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2462FBF8" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2462FBF8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="04691976" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04691976" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4F027877" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="4F027877" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="64911F23" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="64911F23" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69A86D53" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="69A86D53" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="7D77035B" w14:textId="4C3ABA7C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59C8C413" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="59C8C413" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Audited Financial Reports Exemption Affidavit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0616FD39" w14:textId="207FFCA0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3AFD31E6" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFD31E6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E701541" w14:textId="4FE0D0D9" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CEC2A24" w14:textId="5853D79D" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="0030771E" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CEC2A24" w14:textId="03A042A8" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B198484" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B198484" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3CFD82D6" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="3CFD82D6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="0B103D6D" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="0B103D6D" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6461ED" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="2E6461ED" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="5C0D7D44" w14:textId="174E208D" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0C8B6E13" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="0C8B6E13" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Communication of Internal Control Related Matters Noted in Audit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0A969B" w14:textId="690B4AFB" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D40B1FF" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D40B1FF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55F93683" w14:textId="1AE7C8C9" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="54AD263E" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54AD263E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="11A0EC85" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A0EC85" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="659E758B" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="659E758B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="21FAB444" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="21FAB444" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09112F9B" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="09112F9B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="735BF8D7" w14:textId="6C92E38E" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2A663E67" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="2A663E67" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Independent CPA (change)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F74B748" w14:textId="71487C9C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BA81209" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA81209" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C8A4AE" w14:textId="4B2DAF6E" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="51629701" w14:textId="6DC10513" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="005377F8" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51629701" w14:textId="1D4AC7E0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4E47DB80" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E47DB80" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35BCAB0C" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="35BCAB0C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B11B1" w:rsidRPr="008A0094" w14:paraId="0AD47CD3" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="0AD47CD3" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29E2646E" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="29E2646E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="6D338DA0" w14:textId="6E6909FC" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6DCD1FC5" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          </w:tcPr>
+          <w:p w14:paraId="6DCD1FC5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Management’s Report of Internal Control Over Financial Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00501364">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7148B117" w14:textId="04E16F6D" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0CBEA82F" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBEA82F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00A72F75">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0946CB0D" w14:textId="217D1268" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7BE85922" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE85922" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1BB05C06" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB05C06" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57C71098" w14:textId="77777777" w:rsidR="008B11B1" w:rsidRPr="008A0094" w:rsidRDefault="008B11B1" w:rsidP="008B11B1">
+          <w:p w14:paraId="57C71098" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E737E4" w:rsidRPr="008A0094" w14:paraId="0B3DE9E9" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="0B3DE9E9" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14C569D2" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="14C569D2" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="7479557B" w14:textId="5ABEB7BD" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6DD158BA" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          </w:tcPr>
+          <w:p w14:paraId="6DD158BA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Notification of Adverse Financial Condition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1345B9F4" w14:textId="577C5AB9" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FB8C25" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="713C64B8" w14:textId="37DB4F33" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00FA39EB" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F0DBA8" w14:textId="38218A94" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...65 lines deleted...]
-              </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="17279CC4" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17279CC4" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65B5D1C9" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="65B5D1C9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E737E4" w:rsidRPr="008A0094" w14:paraId="3DAB2C67" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="3DAB2C67" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6143339C" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="6143339C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="6A1FC8B4" w14:textId="33E3B502" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="606383D8" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          </w:tcPr>
+          <w:p w14:paraId="606383D8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the five-year rotation requirement for lead audit partner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="003C45D0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C5E93B" w14:textId="05F6E283" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="17916EA1" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17916EA1" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F43DF0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="414DC312" w14:textId="3E62D6F0" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00272A63" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5F41664C" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F41664C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6AFE6CDD" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFE6CDD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA352C5" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="3DA352C5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E737E4" w:rsidRPr="008A0094" w14:paraId="74E2D2E2" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="74E2D2E2" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD34747" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="6AD34747" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="46626328" w14:textId="465E8B49" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4782D2D1" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          </w:tcPr>
+          <w:p w14:paraId="4782D2D1" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the one-year cooling off period for independent CPA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="003C45D0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00DE7B3D" w14:textId="6B5C6852" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="722A886E" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="722A886E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F43DF0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C0E9C8" w14:textId="0DE01904" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00272A63" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="57D592C5" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D592C5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="376C65BC" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="376C65BC" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5487B2CA" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="5487B2CA" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E737E4" w:rsidRPr="008A0094" w14:paraId="6D23F0C9" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="6D23F0C9" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC130B2" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="3CC130B2" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="5A75FB99" w14:textId="70DF97E1" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7B41FBBD" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          </w:tcPr>
+          <w:p w14:paraId="7B41FBBD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Relief from the Requirements for Audit Committees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="003C45D0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6375BA" w14:textId="531AFC7C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BA821FB" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA821FB" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="00F43DF0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2C89FA" w14:textId="658226F8" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00272A63" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="33B615F6" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33B615F6" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B75458C" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B75458C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF9FB22" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="0CF9FB22" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E737E4" w:rsidRPr="008A0094" w14:paraId="3C7EB0D7" w14:textId="77777777" w:rsidTr="00524A9B">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="3C7EB0D7" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16D93A05" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="16D93A05" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="269393FB" w14:textId="0A9AA8BE" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="06A0C693" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          </w:tcPr>
+          <w:p w14:paraId="06A0C693" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Request for Exemption to File Management’s Report of Internal Control Over Financial Reporting</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="003C45D0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EEA654" w14:textId="4D551410" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3E6FD5CF" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6FD5CF" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00F43DF0">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="636A3240" w14:textId="0ED18F8E" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00272A63" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7C16A919" w14:textId="33CB4FF0" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00D16E36" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C16A919" w14:textId="19967943" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00477CC0" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C621AD9" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C621AD9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2AACA690" w14:textId="77777777" w:rsidR="00E737E4" w:rsidRPr="008A0094" w:rsidRDefault="00E737E4" w:rsidP="00E737E4">
+          <w:p w14:paraId="2AACA690" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="3590FEF8" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6352E95E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7ECF9D00" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7DC711BE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="590092E5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="06103230" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36620A7E" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A39604F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36309D0D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0205DA36" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="1344A69A" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1692302A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="014E6AFE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="386B3A70" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>V.  STATE REQUIRED FILINGS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5319" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04AD9BF5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F617C" w:rsidRPr="008A0094" w14:paraId="04A1307B" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="04A1307B" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB815F2" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          <w:p w14:paraId="4BB815F2" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="702EC100" w14:textId="3598A7BC" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4CAEFFE8" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          </w:tcPr>
+          <w:p w14:paraId="4CAEFFE8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Corporate Governance Annual Disclosure***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="709C3820" w14:textId="7AAFFF9B" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="709C3820" w14:textId="510F12E7" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34222374" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB6EE7D" w14:textId="3BFE8B40" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E7E09E" w14:textId="3C5B9CC7" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>6/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4AA0D182" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA0D182" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16924657" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          <w:p w14:paraId="16924657" w14:textId="53F09BCF" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F617C" w:rsidRPr="008A0094" w14:paraId="5115DBE2" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="5115DBE2" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36CD8CFD" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          <w:p w14:paraId="36CD8CFD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="06A6A97E" w14:textId="0EF85096" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>102</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42C1099C" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          </w:tcPr>
+          <w:p w14:paraId="42C1099C" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Filings Checklist (with Column 1 completed)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="029A806A" w14:textId="4CEDCF33" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="029A806A" w14:textId="0E636F5B" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00272A63" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3D14B5" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E50586B" w14:textId="2F30E168" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
-[...21 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B5CEA97" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5CEA97" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="36A0AE5F" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A0AE5F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4E54BE" w14:textId="77777777" w:rsidR="009F617C" w:rsidRPr="008A0094" w:rsidRDefault="009F617C" w:rsidP="009F617C">
+          <w:p w14:paraId="4D4E54BE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="2A347DE5" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="2A347DE5" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EA1454B" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="4EA1454B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="1BEC2012" w14:textId="68173753" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C971380" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="4C971380" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Form B-Holding Company Registration Statement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AD401D8" w14:textId="5A32B4F6" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD401D8" w14:textId="4A550E6B" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1257AE56" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C7DE2D" w14:textId="2AC1F75D" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="604" w:type="dxa"/>
-[...28 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36A34262" w14:textId="4C3B2D6E" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="36A34262" w14:textId="3897D039" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+              <w:t>5/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="303681DE" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3620FA70" w14:textId="5C516CA7" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>7/1</w:t>
-[...41 lines deleted...]
-              </w:rPr>
               <w:t>See Note 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="4BFDB10D" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="4BFDB10D" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3ACE808D" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="3ACE808D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="1F266A35" w14:textId="21287A1D" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>104</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1FC52396" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="1FC52396" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Form F-Enterprise Risk Report ****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="68F2EB09" w14:textId="66552E9C" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F2EB09" w14:textId="3C170B4B" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2FA54A" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E4ECBD" w14:textId="6E3B7C4E" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>EO</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="095AD4DF" w14:textId="180ECB2C" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...13 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:t>5/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA52A0D" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68FD692F" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...36 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="674B3A05" w14:textId="5CB9112E" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="5BD0332F" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="5BD0332F" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E7E1464" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="5E7E1464" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="25E123E9" w14:textId="1609CBC5" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="492B647B" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="492B647B" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ORSA *****</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="20BA9D6D" w14:textId="6CEA106E" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BA9D6D" w14:textId="5B190FB7" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="323610CD" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2F56C5" w14:textId="7B1CB9A6" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> EO (If req’d)</w:t>
-[...21 lines deleted...]
-              </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="772" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:szCs w:val="16"/>
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3620BCA7" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F21A87" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Company</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F067F1" w14:textId="35B1E11A" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...51 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>See Notes &amp; Instruction O</w:t>
+              <w:t xml:space="preserve">Lead State only </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="7F83C7EF" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00777476" w:rsidRPr="008A0094" w14:paraId="7F83C7EF" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48797A" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="5D48797A" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="40692146" w14:textId="2CC0EBCC" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1C2E601C" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="1C2E601C" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Premium Tax</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A29D84E" w14:textId="6A852C2B" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A29D84E" w14:textId="3386716C" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>@@@</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="725C02C6" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="725C02C6" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4EE348FC" w14:textId="73BE24C4" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE348FC" w14:textId="75392931" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>@@@</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0073CA7C" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0073CA7C" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="752BAFD7" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="752BAFD7" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2805BF2C" w14:textId="1DBE67D9" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="2805BF2C" w14:textId="6313C7C0" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200B64">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="2AEC6136" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00777476" w:rsidRPr="008A0094" w14:paraId="2AEC6136" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D9A0A91" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="7D9A0A91" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="19944880" w14:textId="7067ECF8" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="68AE18A9" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="68AE18A9" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State Filing Fees</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="79F4F424" w14:textId="11FC5028" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F4F424" w14:textId="47BA0FEE" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="454706BC" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="454706BC" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="50DA254D" w14:textId="6095616C" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DA254D" w14:textId="4B1A1BF0" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BD5CDFE" w14:textId="5DC74D91" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD5CDFE" w14:textId="31D147E7" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>3/1, 7/1</w:t>
+              <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="344C6D01" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="344C6D01" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="72FE9022" w14:textId="2CA2AFD3" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="72FE9022" w14:textId="08E30DCF" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200B64">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="1DFD8853" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00777476" w:rsidRPr="008A0094" w14:paraId="1DFD8853" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="495A2E02" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="495A2E02" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="23A3D0F4" w14:textId="63469389" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E93EC64" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="5E93EC64" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Signed Jurat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6BE0AAAB" w14:textId="30B4DEA0" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE0AAAB" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="25004301" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25004301" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="161751F6" w14:textId="41F78BA4" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="161751F6" w14:textId="1C8326A0" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17B0009E" w14:textId="12604C04" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3/1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5614745B" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5614745B" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>NAIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69C0A16B" w14:textId="783FE9C5" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="69C0A16B" w14:textId="099577BF" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200B64">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="18329FC3" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00E778CC" w:rsidRPr="008A0094" w14:paraId="18329FC3" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="226394B2" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="226394B2" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          </w:tcPr>
+          <w:p w14:paraId="614C4183" w14:textId="12672E69" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="002A6BD0" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="457A180E" w14:textId="146A9430" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          </w:tcPr>
+          <w:p w14:paraId="457A180E" w14:textId="146A9430" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Group Capital Calculation </w:t>
             </w:r>
             <w:r w:rsidRPr="00C266A0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>(File with lead state only)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="77F9A647" w14:textId="34C5286D" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F9A647" w14:textId="6B7CC6A8" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008A0094">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>EO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="604" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6CDFCA" w14:textId="2E9BB5C6" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="772" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED214BC" w14:textId="21D11681" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="604" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="3F6CDFCA" w14:textId="2E9BB5C6" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+            <w:tcW w:w="941" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C724DA8" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E778CC" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="781A0C4E" w14:textId="64DBBF96" w:rsidR="00E778CC" w:rsidRPr="008A0094" w:rsidRDefault="00E90E10" w:rsidP="00E778CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:t>NAIC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="467207D9" w14:textId="77777777" w:rsidR="00E778CC" w:rsidRDefault="00224350" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...16 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:sz w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lead State only </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A570A4B" w14:textId="3300FED8" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00E778CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...37 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              </w:rPr>
               <w:t>See Note 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00127E9D" w:rsidRPr="008A0094" w14:paraId="28F54670" w14:textId="77777777" w:rsidTr="004831B5">
+      <w:tr w:rsidR="00777476" w:rsidRPr="008A0094" w14:paraId="7234D4D5" w14:textId="77777777" w:rsidTr="004831B5">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6927BE60" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="3F180690" w14:textId="77777777" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34BF4E1B" w14:textId="77777777" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="008A0094">
+          <w:p w14:paraId="17C09CAE" w14:textId="630D880E" w:rsidR="00777476" w:rsidRDefault="002A6BD0" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3548" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A24247F" w14:textId="2847188D" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
-[...3 lines deleted...]
-                <w:szCs w:val="16"/>
+          <w:p w14:paraId="534774EF" w14:textId="5766E8B3" w:rsidR="00777476" w:rsidRDefault="00777476" w:rsidP="00777476">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
-                <w:szCs w:val="16"/>
-[...1 lines deleted...]
-              <w:t>Claims in Suit</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Claims in Suit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="688" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4798E8F0" w14:textId="0AACB6D7" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="775DD7BA" w14:textId="0DDAFDC3" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="502D1FFF" w14:textId="77C32151" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="6629F1C7" w14:textId="1000EA45" w:rsidR="00777476" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="772" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6E31472F" w14:textId="07EA4A1D" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="722D5F31" w14:textId="6D592282" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7384D633" w14:textId="4229EB3D" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="51A9DD53" w14:textId="238EE6D9" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="936" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1A53BE" w14:textId="23EF72C3" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="7C9CA32C" w14:textId="24F863D9" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00E90E10" w:rsidP="00777476">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1378" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0B8B8B" w14:textId="39D57601" w:rsidR="00127E9D" w:rsidRPr="008A0094" w:rsidRDefault="00127E9D" w:rsidP="00127E9D">
+          <w:p w14:paraId="202CD003" w14:textId="5487E15A" w:rsidR="00777476" w:rsidRPr="008A0094" w:rsidRDefault="00777476" w:rsidP="00777476">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="14"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00200B64">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>See Note 4</w:t>
-            </w:r>
-[...184 lines deleted...]
-              <w:t>See Note 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="351BA5CB" w14:textId="77777777" w:rsidR="00712E0D" w:rsidRPr="00067ECA" w:rsidRDefault="00712E0D" w:rsidP="00712E0D">
+    <w:p w14:paraId="1330F69B" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRDefault="00BF5C68">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067ECA">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00067ECA">
+    </w:p>
+    <w:p w14:paraId="43251276" w14:textId="35DD604E" w:rsidR="00272A63" w:rsidRPr="008A0094" w:rsidRDefault="00272A63">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00067ECA">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:sym w:font="Wingdings" w:char="F09F"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">If XXX appears in this column, this state does not require this filing, if a copy is filed with the state of domicile and if the data is filed electronically with the NAIC. </w:t>
+        <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B424E8" w14:textId="77777777" w:rsidR="00712E0D" w:rsidRPr="00067ECA" w:rsidRDefault="00712E0D" w:rsidP="00712E0D">
+    <w:p w14:paraId="653A0041" w14:textId="619BEA03" w:rsidR="00224350" w:rsidRPr="00224350" w:rsidRDefault="00224350" w:rsidP="00224350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067ECA">
+      <w:r w:rsidRPr="00224350">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">If N/A appears in this column, the filing is required with the domiciliary state.  </w:t>
+        <w:t xml:space="preserve">If XXX appears in this column, this state does not require this filing, if a copy is filed with the state of domicile and if the data is filed electronically with the NAIC. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19F888B0" w14:textId="77777777" w:rsidR="00712E0D" w:rsidRPr="00067ECA" w:rsidRDefault="00712E0D" w:rsidP="00712E0D">
+    <w:p w14:paraId="7D28AE3A" w14:textId="77777777" w:rsidR="00224350" w:rsidRPr="0025575E" w:rsidRDefault="00224350" w:rsidP="00224350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067ECA">
+      <w:r w:rsidRPr="0025575E">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">If EO appears in this column, electronic only filing. </w:t>
+        <w:t xml:space="preserve">If N/A appears in this column, the filing is required with the domiciliary state.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EA08873" w14:textId="177ED6C8" w:rsidR="00712E0D" w:rsidRDefault="00712E0D" w:rsidP="00712E0D">
+    <w:p w14:paraId="1CB0E780" w14:textId="77777777" w:rsidR="00224350" w:rsidRPr="0025575E" w:rsidRDefault="00224350" w:rsidP="00224350">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00067ECA">
+      <w:r w:rsidRPr="0025575E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If EO appears in this column, electronic only filing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49ADD9DD" w14:textId="7C327B58" w:rsidR="00224350" w:rsidRPr="0025575E" w:rsidRDefault="00224350" w:rsidP="00224350">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025575E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>If @@@ appears in this column, refer to the Filing Checklist Notes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC3176B" w14:textId="77777777" w:rsidR="00224350" w:rsidRDefault="00224350" w:rsidP="00BF5C68">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>If @@@ appears in this column, refer to the 202</w:t>
-[...27 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="118E607E" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="006512D9">
+    <w:p w14:paraId="118E607E" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660" w:rsidP="00BF5C68">
       <w:pPr>
+        <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">**If Form Source is NAIC, the form should be obtained from the appropriate vendor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E186CC9" w14:textId="77777777" w:rsidR="000D64E1" w:rsidRPr="008A0094" w:rsidRDefault="000D64E1" w:rsidP="000D64E1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
@@ -11985,51 +11301,69 @@
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>***</w:t>
       </w:r>
       <w:r w:rsidR="000D64E1" w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">For those states that have adopted the NAIC updated Holding Company Model Act, a Form F </w:t>
+        <w:t xml:space="preserve">For those states that have adopted the NAIC updated Holding Company Model Act, a Form </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008A0094">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A0094">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F8361A" w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">iling is required annually by holding company groups. Consistent with the Form B filing requirements, the Form F is a state filing only and should </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>not</w:t>
@@ -12183,1200 +11517,1295 @@
       <w:r w:rsidRPr="008A0094">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10080" w:type="dxa"/>
         <w:tblInd w:w="198" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="689"/>
         <w:gridCol w:w="520"/>
         <w:gridCol w:w="5572"/>
         <w:gridCol w:w="3299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="2B1660C0" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="2B1660C0" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C353759" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40991285" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B685334" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A0094">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>NOTES AND INSTRUCTIONS (A-K APPLY TO ALL FILINGS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C4CD864" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3558F" w:rsidRPr="008A0094" w14:paraId="6FA82104" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="6FA82104" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="148A794C" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="148A794C" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F5C2065" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="1F5C2065" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33145BE1" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="64B83140" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Required Filings Contact Person:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F15A48D" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
-          <w:p w14:paraId="58558EFA" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="094652FF" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="58558EFA" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="655B03A8" w14:textId="6C567895" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="655B03A8" w14:textId="6EB8AF6D" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="00F033B5">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Surveillance / Company Licensing </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="001F3CF3">
               <w:rPr>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>ompanies.mailbox@mass.gov</w:t>
             </w:r>
             <w:r w:rsidRPr="00F033B5">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>or t</w:t>
             </w:r>
             <w:r w:rsidRPr="00F033B5">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>elephone: 617-521-7794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3558F" w:rsidRPr="008A0094" w14:paraId="494B3A5C" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00641205" w:rsidRPr="008A0094" w14:paraId="494B3A5C" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20078041" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="20078041" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AD0035F" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="5AD0035F" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:r w:rsidRPr="008A0094">
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="689EFBD7" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="64790E5A" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:r>
               <w:t>Filing Email:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36305F4B" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
-          <w:p w14:paraId="78C48135" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="132886B0" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205"/>
+          <w:p w14:paraId="14C3C84F" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:r w:rsidRPr="008A0094">
               <w:t>Mailing Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="259DBA9A" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
-          <w:p w14:paraId="7F485A99" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="35E84548" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205"/>
+          <w:p w14:paraId="7F485A99" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0C7299" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="7B97F98C" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A52111">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foreign Companies: </w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidRPr="00DD4265">
+              <w:r w:rsidRPr="001F7A66">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>C</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001F7A66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Companies.mailbox@mass.gov</w:t>
+                <w:t>ompanies.mailbox@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="Default"/>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="748A79EE" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="009E05E1" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="104D6B92" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05246F53" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="00E956E7" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commonwealth of Massachusetts </w:t>
-[...5 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E956E7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="009E05E1">
+              <w:t xml:space="preserve">Domestic Companies: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61CF67DE" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Division of Insurance </w:t>
-[...4 lines deleted...]
-              <w:pStyle w:val="Default"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E05E1">
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Doi.domestic.companies@mass.gov</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD089A3" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="173D11D3" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="0070226A" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commonwealth of Massachusetts </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CE19CCD" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="0070226A" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Division of Insurance </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16493373" w14:textId="77777777" w:rsidR="00641205" w:rsidRPr="0070226A" w:rsidRDefault="00641205" w:rsidP="00641205">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070226A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">Company Licensing Section </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C8EAB8B" w14:textId="77777777" w:rsidR="002634B8" w:rsidRDefault="002634B8" w:rsidP="00A3558F">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1147877D" w14:textId="77777777" w:rsidR="00641205" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>1 Federal Street, Suite 700</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15C88962" w14:textId="6497C704" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="002634B8" w:rsidP="00A3558F">
+          <w:p w14:paraId="15C88962" w14:textId="00258F8B" w:rsidR="00641205" w:rsidRPr="008A0094" w:rsidRDefault="00641205" w:rsidP="00641205">
             <w:r>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
               <w:t>Boston, MA 02110</w:t>
             </w:r>
-            <w:r w:rsidR="00A3558F" w:rsidRPr="009E05E1">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A3558F" w:rsidRPr="008A0094" w14:paraId="576F3406" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="576F3406" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="660AB961" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="660AB961" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4476B5E6" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F">
+          <w:p w14:paraId="4476B5E6" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F491E60" w14:textId="037C5BFA" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00D57B53" w:rsidP="00A3558F">
+          <w:p w14:paraId="6E45D60A" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r>
               <w:t xml:space="preserve">Filing Fee Instructions: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C6E84B1" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+          <w:p w14:paraId="3C6E84B1" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76E55808" w14:textId="4B94F404" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00495C4A" w:rsidP="00495C4A">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76E55808" w14:textId="649C86CC" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00495C4A">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>https://content.naic.org/industry/optins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="38CF3CDD" w14:textId="77777777" w:rsidTr="005B2DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="602BB39A" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07960A98" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EC2AF5" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>Premium Tax Payments:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7638D397" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="10C23689" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7203B35F" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="009E05E1" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E05E1">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commissioner of Revenue </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13053BED" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="009E05E1" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please refer to DOR website for filing instruction</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05B2D62D" w14:textId="4AD8A2AD" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="009E05E1">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Telephone: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005943F7">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(617) 887-6367</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="1D3E0B68" w14:textId="77777777" w:rsidTr="005B2DEB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="015EACD3" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="520" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2818D985" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5572" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088BA37E" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>Delivery Instructions:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="700BC5F4" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="67EEE540" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3299" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A642C5" w14:textId="77777777" w:rsidR="00CE2BA9" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00260FD4">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Massachusetts General Laws, Chapter 175, Section 25, Chapter 176A, Section 18, Chapter 176B, Section 8, Chapter 176E, Section 8, and Chapter 176F, Section 8, require that the Annual Statement be </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260FD4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>received on or before March 1, 202</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260FD4">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. All schedules due on that date must be file</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00260FD4">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> electronically</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="755C5E6C" w14:textId="77777777" w:rsidR="00CE2BA9" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="739F53C9" w14:textId="77777777" w:rsidR="00CE2BA9" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A52111">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Foreign Companies: </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="001F7A66">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>C</w:t>
+              </w:r>
+              <w:r w:rsidRPr="001F7A66">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://content.naic.org/industry/optins</w:t>
+                <w:t>ompanies.mailbox@mass.gov</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...58 lines deleted...]
-            </w:pPr>
             <w:r>
-              <w:rPr>
-[...57 lines deleted...]
-              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00D43B05">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="425E3E48" w14:textId="77777777" w:rsidR="00CE2BA9" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D43B05">
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3488182A" w14:textId="77777777" w:rsidR="00CE2BA9" w:rsidRPr="00E956E7" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>March 1, 202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00605DF7">
+            </w:pPr>
+            <w:r w:rsidRPr="00E956E7">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>5</w:t>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:t xml:space="preserve">Domestic Companies: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52DDACE1" w14:textId="6413CC16" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00CE2BA9" w:rsidP="00CE2BA9">
+            <w:r>
+              <w:rPr>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...19 lines deleted...]
-          <w:p w14:paraId="52DDACE1" w14:textId="77777777" w:rsidR="00A3558F" w:rsidRPr="008A0094" w:rsidRDefault="00A3558F" w:rsidP="00A3558F"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Doi.domestic.companies@mass.gov</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="63715FC6" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="63715FC6" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70485C2F" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="70485C2F" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="23057B40" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="23057B40" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2456099D" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="01B5A790" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Late Filings:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="13BB8AD4" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
-          <w:p w14:paraId="1CC9A2BC" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="30E9F7E2" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="1CC9A2BC" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E74D737" w14:textId="0A5D3E16" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00D903F7">
+          <w:p w14:paraId="7E74D737" w14:textId="572D870B" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="005961D0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Massachusetts General Laws, Chapter 176O, Section 8 states that “a carrier neglecting to make and file its Annual Statement or the materials required by the Commissioner to be filed with the Division under this Chapter or under Chapter 176G in the form and within the time required thereby shall be fined </w:t>
             </w:r>
             <w:r w:rsidRPr="005961D0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">$5,000 for each day </w:t>
             </w:r>
             <w:r w:rsidRPr="005961D0">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>during which such neglect continues after being notified by the Commissioner of such neglect, and, after notice and a hearing by the Commissioner to that effect, its authority to do new business shall cease while such neglect continues”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="670680D9" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="670680D9" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F742672" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="0F742672" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75F38C06" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="75F38C06" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4FAD41" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="2898079E" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Original Signatures:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5AB65FD1" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
-          <w:p w14:paraId="2186C086" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="6B690ABE" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="2186C086" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1832D87F" w14:textId="77777777" w:rsidR="000E36F5" w:rsidRPr="0070226A" w:rsidRDefault="000E36F5" w:rsidP="000E36F5">
+          <w:p w14:paraId="76CC8AD9" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="0070226A" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070226A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Original notarized signatures of at least two principal officers of the company.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71A83E66" w14:textId="77777777" w:rsidR="000E36F5" w:rsidRPr="0070226A" w:rsidRDefault="000E36F5" w:rsidP="000E36F5">
+          <w:p w14:paraId="1FF7AA42" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="0070226A" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070226A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Please refer to Massachusetts Bulletin 2020-24 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and 2021-13 </w:t>
             </w:r>
             <w:r w:rsidRPr="0070226A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for guidance on electronic signatures and notarization in light of Covid-19.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E6ECD15" w14:textId="77777777" w:rsidR="000E36F5" w:rsidRDefault="000E36F5" w:rsidP="000E36F5">
+          <w:p w14:paraId="7B4B7087" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5BBE8C8C" w14:textId="77777777" w:rsidR="000E36F5" w:rsidRDefault="000E36F5" w:rsidP="000E36F5">
+          <w:p w14:paraId="1828E0FC" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4994A839" w14:textId="3822C29B" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="000E36F5" w:rsidP="000E36F5">
+          <w:p w14:paraId="4994A839" w14:textId="734BD36C" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-</w:t>
-[...7 lines deleted...]
-                <w:t>when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
+                <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="73DAA753" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="73DAA753" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8A057B" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="7F8A057B" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D013B2A" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="6D013B2A" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6347A148" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="79019292" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Signature/Notarization/Certification:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E033E11" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
-          <w:p w14:paraId="6D70F621" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="4C60DF8D" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
+          <w:p w14:paraId="6D70F621" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="101704A8" w14:textId="77777777" w:rsidR="001063A3" w:rsidRPr="00440468" w:rsidRDefault="001063A3" w:rsidP="001063A3">
+          <w:p w14:paraId="61F65F7B" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="00440468" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Annual Statements must be subscribed and sworn before a notary by at least two principal officers of the company.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E1A4DE9" w14:textId="77777777" w:rsidR="001063A3" w:rsidRPr="00440468" w:rsidRDefault="001063A3" w:rsidP="001063A3">
+          <w:p w14:paraId="43B9CE12" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="00440468" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Please refer to Massachusetts Bulletin 2020-24 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">and 2021-13 </w:t>
             </w:r>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>for guidance on electronic signatures and notarization in light of Covid-19.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="322BDC48" w14:textId="77777777" w:rsidR="001063A3" w:rsidRDefault="001063A3" w:rsidP="001063A3">
+          <w:p w14:paraId="4A2360F4" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="57AE7A91" w14:textId="77777777" w:rsidR="001063A3" w:rsidRDefault="001063A3" w:rsidP="001063A3">
+          <w:p w14:paraId="4A4B575E" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="219F35AB" w14:textId="5BA0E04B" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="001063A3" w:rsidP="001063A3">
+          <w:p w14:paraId="219F35AB" w14:textId="47638C1C" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="698873BB" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="698873BB" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="265222ED" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="265222ED" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="381296AB" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="381296AB" w14:textId="07FCC716" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B33943" w14:textId="47EE76DB" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="30B33943" w14:textId="076E4740" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Amended Filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A881CD" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="66A881CD" w14:textId="2CB014D4" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="646429A2" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="646429A2" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32CCBA1B" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="32CCBA1B" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="730C6A3C" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="730C6A3C" w14:textId="1898F73A" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A5E0D6A" w14:textId="5D166CF9" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="6A5E0D6A" w14:textId="298CA8FE" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Exceptions from normal filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35359A10" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="35359A10" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="1E3C04DB" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="1E3C04DB" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="719E132D" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="719E132D" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585291B1" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="585291B1" w14:textId="5AA195C2" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72AC2650" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
-[...7 lines deleted...]
-          <w:p w14:paraId="22E56D8E" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="52D2DBBC" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>Bar Codes (State or NAIC):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22E56D8E" w14:textId="03FB17F6" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56A8A12C" w14:textId="34C4A5F8" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00A026D0">
+          <w:p w14:paraId="56A8A12C" w14:textId="7E448AF1" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="009E05E1">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please follow the instructions in the NAIC Annual Statement Instructions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="585C42BA" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="585C42BA" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:trPr>
           <w:trHeight w:val="426"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F93004C" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="7F93004C" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457F7366" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="457F7366" w14:textId="7A7D3B5F" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="457AD969" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
-[...4 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="457AD969" w14:textId="234D8F06" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:r w:rsidRPr="008A0094">
+              <w:t>Signed Jurat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5967A053" w14:textId="77777777" w:rsidR="003E7D6E" w:rsidRPr="00440468" w:rsidRDefault="003E7D6E" w:rsidP="003E7D6E">
+          <w:p w14:paraId="1FA9762E" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="00440468" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please refer to Massachusetts Bulletin 2020-24</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 2021-13</w:t>
             </w:r>
             <w:r w:rsidRPr="00440468">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance on electronic signatures and notarization in light of Covid-19.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="777E699D" w14:textId="77777777" w:rsidR="003E7D6E" w:rsidRDefault="003E7D6E" w:rsidP="003E7D6E">
+          <w:p w14:paraId="43277F07" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="0070226A">
                 <w:rPr>
                   <w:color w:val="000000"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0070226A">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47A6A797" w14:textId="77777777" w:rsidR="003E7D6E" w:rsidRDefault="003E7D6E" w:rsidP="003E7D6E">
+          <w:p w14:paraId="5D4111D9" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="14F36451" w14:textId="5F7839EC" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="003E7D6E" w:rsidP="003E7D6E">
+          <w:p w14:paraId="14F36451" w14:textId="245697A9" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="3AB5C8E7" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="3AB5C8E7" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6678C876" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="6678C876" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42AF507A" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="42AF507A" w14:textId="403C616D" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AAF2A97" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="2D352529" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>NONE Filings:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="193A6D1C" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="193A6D1C" w14:textId="67727666" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="717899EB" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="717899EB" w14:textId="6ADF6444" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="3EE66848" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="7253DC15" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AE91B8F" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          <w:p w14:paraId="7ED7148D" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD32E65" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="1C3C6C9F" w14:textId="171684C2" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="270C0133" w14:textId="2B196282" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
+          <w:p w14:paraId="551FCBEE" w14:textId="55EFCA49" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r w:rsidRPr="008A0094">
               <w:t>Filings new, discontinued or modified materially since last year:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1296D141" w14:textId="56256FB3" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00923A3A">
+          <w:p w14:paraId="3FDF3DD5" w14:textId="6B303B1E" w:rsidR="00AB5EED" w:rsidRPr="0070226A" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00540660" w:rsidRPr="008A0094" w14:paraId="06AF7FA7" w14:textId="77777777" w:rsidTr="00A3558F">
+      <w:tr w:rsidR="00AB5EED" w:rsidRPr="008A0094" w14:paraId="55CC7257" w14:textId="77777777" w:rsidTr="005B2DEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="689" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="283B5871" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
+          </w:tcPr>
+          <w:p w14:paraId="09655F91" w14:textId="77777777" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="520" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="07BCA911" w14:textId="1E6A0DE5" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00AD0273">
+          </w:tcPr>
+          <w:p w14:paraId="11100636" w14:textId="3458DD9E" w:rsidR="00AB5EED" w:rsidRPr="008A0094" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5572" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="6BAEA5A0" w14:textId="2201495F" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00671DA4">
+          </w:tcPr>
+          <w:p w14:paraId="2ECAF280" w14:textId="503AC9A5" w:rsidR="00AB5EED" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
             <w:r>
               <w:t>ORSA Filings:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
-            <w:tcBorders>
-[...3 lines deleted...]
-          <w:p w14:paraId="2614CAA9" w14:textId="5DBBEF2F" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00634259">
+          </w:tcPr>
+          <w:p w14:paraId="3AC5EAC6" w14:textId="7A569136" w:rsidR="00AB5EED" w:rsidRPr="0070226A" w:rsidRDefault="00AB5EED" w:rsidP="00AB5EED">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009E05E1">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>To be filed if Massachusetts is the Lead State.</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...24 lines deleted...]
-          <w:p w14:paraId="053A1263" w14:textId="77777777" w:rsidR="00BF0AD0" w:rsidRPr="008A0094" w:rsidRDefault="00BF0AD0"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="736A9B4E" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
     <w:p w14:paraId="5BD4F319" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>General Instructions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="137EF85A" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -13847,78 +13276,84 @@
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00540660" w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Number of </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Copies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379ADE67" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="786F71E6" w14:textId="77777777" w:rsidR="00CA5B7B" w:rsidRPr="008A0094" w:rsidRDefault="00CA5B7B" w:rsidP="00CA5B7B">
+    <w:p w14:paraId="4B52D5A2" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
-        <w:t>Indicates the number of copies that each foreign or domestic company is required to file for each type of form. The Blanks (EX</w:t>
-[...2 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>Indicates the number of copies that each foreign or domestic company is required to file for each type of form. The Blanks (E</w:t>
+      </w:r>
+      <w:r w:rsidR="007F205F" w:rsidRPr="008A0094">
+        <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:t xml:space="preserve">) Task Force modified the 1999 </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Annual Statement Instructions </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
-        <w:t>to waive paper filings of certain NAIC supplements and certain investment schedule detail, if such investment schedule data is available to the states via the NAIC database. The checklists reflect this action taken by the Blanks (EX</w:t>
-[...2 lines deleted...]
-        <w:t>4</w:t>
+        <w:t>to waive paper filings of certain NAIC supplements and cert</w:t>
+      </w:r>
+      <w:r w:rsidR="00B95DFF" w:rsidRPr="008A0094">
+        <w:t>ain investment schedule detail,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A0094">
+        <w:t xml:space="preserve"> if such investment schedule data is available to the states via the NAIC database. The checklists reflect this action taken by the Blanks (E</w:t>
+      </w:r>
+      <w:r w:rsidR="007F205F" w:rsidRPr="008A0094">
+        <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:t xml:space="preserve">) Task Force. XXX appears in the “Number of Copies” “Foreign” column for the appropriate schedules and exhibits. </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Some states have chosen to waive printed quarterly and annual statements from their foreign insurers and have chosen to rely upon the NAIC database for these filings. This waiver could include supplemental annual statement filings. The XXX in this column might signify that the state has waived the paper filing of the annual statement and all supplements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DA74E1" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00540660"/>
     <w:p w14:paraId="2EC2AB17" w14:textId="77777777" w:rsidR="004069B4" w:rsidRPr="008A0094" w:rsidRDefault="004069B4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D2A528A" w14:textId="77777777" w:rsidR="00540660" w:rsidRPr="008A0094" w:rsidRDefault="00BA2B62">
       <w:r w:rsidRPr="008A0094">
         <w:t>,</w:t>
       </w:r>
@@ -14060,184 +13495,183 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:t xml:space="preserve">This column contains references to the Notes to the Instructions that apply to each item listed on the checklist. The company should carefully read these notes </w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:t xml:space="preserve"> submitting a filing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="693D0589" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="650A4676" w14:textId="77777777" w:rsidR="00BF5C68" w:rsidRPr="008A0094" w:rsidRDefault="00BF5C68">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="563E1A12" w14:textId="697D5774" w:rsidR="00BF5C68" w:rsidRPr="00BF5C68" w:rsidRDefault="00BF5C68">
+    <w:p w14:paraId="563E1A12" w14:textId="1C319474" w:rsidR="00BF5C68" w:rsidRPr="00BF5C68" w:rsidRDefault="00BF5C68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FILENAME  \* Lower \p  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
+      <w:r w:rsidR="00470DFE">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+        <w:t>w:\qa\blanks\checklists\2026\1 hlthcklist_2024_filingsmade2025.docx</w:t>
+      </w:r>
       <w:r w:rsidRPr="008A0094">
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BF5C68" w:rsidRPr="00BF5C68" w:rsidSect="00BF5C68">
-      <w:footerReference w:type="even" r:id="rId22"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+      <w:headerReference w:type="even" r:id="rId22"/>
+      <w:headerReference w:type="default" r:id="rId23"/>
+      <w:footerReference w:type="even" r:id="rId24"/>
+      <w:footerReference w:type="default" r:id="rId25"/>
+      <w:headerReference w:type="first" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1080" w:right="1080" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="009CBBC1" w14:textId="77777777" w:rsidR="006E479D" w:rsidRDefault="006E479D">
+    <w:p w14:paraId="0804A4C5" w14:textId="77777777" w:rsidR="006F7CC1" w:rsidRDefault="006F7CC1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5CDD49D2" w14:textId="77777777" w:rsidR="006E479D" w:rsidRDefault="006E479D">
+    <w:p w14:paraId="508E87F2" w14:textId="77777777" w:rsidR="006F7CC1" w:rsidRDefault="006F7CC1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-  </w:endnote>
-[...1 lines deleted...]
-    <w:p w14:paraId="501016B5" w14:textId="77777777" w:rsidR="006E479D" w:rsidRDefault="006E479D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PMingLiU">
-[...6 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CB7D600" w14:textId="69DAF42A" w:rsidR="00B907AE" w:rsidRDefault="00B907AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
@@ -14250,197 +13684,219 @@
     </w:r>
     <w:r w:rsidR="004831B5">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3399BE0E" w14:textId="77777777" w:rsidR="00B907AE" w:rsidRDefault="00B907AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6B3953CA" w14:textId="1097C11F" w:rsidR="00B907AE" w:rsidRDefault="00B907AE" w:rsidP="004B0033">
+  <w:p w14:paraId="6B3953CA" w14:textId="4069A7A2" w:rsidR="00B907AE" w:rsidRDefault="00B907AE" w:rsidP="004B0033">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>©</w:t>
     </w:r>
     <w:r w:rsidR="00E94CEF">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00D219B0">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00E94CEF">
-      <w:t>4</w:t>
+    <w:r w:rsidR="00470DFE">
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> National Association of Insurance Commissioners</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DC31A7">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
-    </w:r>
-[...4 lines deleted...]
-      <w:t>HMO</w:t>
+      <w:t>Health</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21E807D0" w14:textId="55A79798" w:rsidR="00B907AE" w:rsidRDefault="00B907AE" w:rsidP="004B0033">
+  <w:p w14:paraId="21E807D0" w14:textId="3050DA01" w:rsidR="00B907AE" w:rsidRDefault="00B907AE" w:rsidP="004B0033">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="center" w:pos="5040"/>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>© 20</w:t>
     </w:r>
     <w:r w:rsidR="008A0094">
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00E94CEF">
-      <w:t>4</w:t>
+    <w:r w:rsidR="00470DFE">
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> National Association of Insurance Commissioners</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00DC31A7">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
       <w:t>Health</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="140A1416" w14:textId="77777777" w:rsidR="006E479D" w:rsidRDefault="006E479D">
+    <w:p w14:paraId="55B1628C" w14:textId="77777777" w:rsidR="006F7CC1" w:rsidRDefault="006F7CC1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6BDD1D14" w14:textId="77777777" w:rsidR="006E479D" w:rsidRDefault="006E479D">
+    <w:p w14:paraId="5630AA38" w14:textId="77777777" w:rsidR="006F7CC1" w:rsidRDefault="006F7CC1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...1 lines deleted...]
-  </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="397AEC39" w14:textId="77777777" w:rsidR="00CB3158" w:rsidRDefault="00CB3158">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12AB5196" w14:textId="77777777" w:rsidR="00CB3158" w:rsidRDefault="00CB3158">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="450A8A55" w14:textId="77777777" w:rsidR="00CB3158" w:rsidRDefault="00CB3158">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F795280"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14489,51 +13945,51 @@
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3878159C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0409000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EA46785"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="40E64C98"/>
+    <w:tmpl w:val="150E2DDA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -14746,361 +14202,321 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1863519840">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1308785109">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="206071536">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="497161844">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="2"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="360" w:hanging="360"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1934825234">
+  <w:num w:numId="14" w16cid:durableId="1655064249">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C2D76"/>
     <w:rsid w:val="00021525"/>
     <w:rsid w:val="00025E35"/>
-    <w:rsid w:val="000625EB"/>
+    <w:rsid w:val="00037EFB"/>
     <w:rsid w:val="00081CCF"/>
     <w:rsid w:val="00087F78"/>
     <w:rsid w:val="000B6F19"/>
+    <w:rsid w:val="000D0D08"/>
     <w:rsid w:val="000D64E1"/>
-    <w:rsid w:val="000E1A15"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00127E9D"/>
     <w:rsid w:val="00134D59"/>
     <w:rsid w:val="00136FBD"/>
     <w:rsid w:val="001379CA"/>
     <w:rsid w:val="001412DD"/>
-    <w:rsid w:val="001543C7"/>
-    <w:rsid w:val="00160095"/>
+    <w:rsid w:val="00147CD6"/>
+    <w:rsid w:val="00161B54"/>
     <w:rsid w:val="001665B2"/>
-    <w:rsid w:val="0017249F"/>
     <w:rsid w:val="001804E9"/>
     <w:rsid w:val="00190048"/>
-    <w:rsid w:val="001A651F"/>
     <w:rsid w:val="001C508B"/>
     <w:rsid w:val="001D011B"/>
     <w:rsid w:val="001D676B"/>
     <w:rsid w:val="001D77E7"/>
     <w:rsid w:val="001E059D"/>
     <w:rsid w:val="001F06D3"/>
+    <w:rsid w:val="00224350"/>
     <w:rsid w:val="0022675D"/>
-    <w:rsid w:val="00257B5C"/>
-    <w:rsid w:val="002634B8"/>
+    <w:rsid w:val="0024053E"/>
     <w:rsid w:val="00266E10"/>
-    <w:rsid w:val="00266EE6"/>
+    <w:rsid w:val="00272A63"/>
+    <w:rsid w:val="002802F2"/>
     <w:rsid w:val="00285971"/>
+    <w:rsid w:val="002A6BD0"/>
     <w:rsid w:val="002C0F97"/>
+    <w:rsid w:val="002C2C15"/>
     <w:rsid w:val="002C2D76"/>
     <w:rsid w:val="002D4DC5"/>
     <w:rsid w:val="002E7B5C"/>
     <w:rsid w:val="002F1C11"/>
     <w:rsid w:val="002F584A"/>
-    <w:rsid w:val="00303502"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0030771E"/>
     <w:rsid w:val="00310B8D"/>
+    <w:rsid w:val="003120FA"/>
     <w:rsid w:val="00345E0A"/>
     <w:rsid w:val="00356095"/>
     <w:rsid w:val="00357A7C"/>
     <w:rsid w:val="003823B3"/>
+    <w:rsid w:val="003C5EF2"/>
     <w:rsid w:val="003E6881"/>
-    <w:rsid w:val="003E7D6E"/>
+    <w:rsid w:val="003F072E"/>
     <w:rsid w:val="004069B4"/>
     <w:rsid w:val="00427204"/>
     <w:rsid w:val="00450F3B"/>
+    <w:rsid w:val="00454354"/>
+    <w:rsid w:val="00470DFE"/>
     <w:rsid w:val="00471194"/>
     <w:rsid w:val="004746AA"/>
     <w:rsid w:val="0047473C"/>
+    <w:rsid w:val="00477CC0"/>
     <w:rsid w:val="004831B5"/>
     <w:rsid w:val="0049038F"/>
-    <w:rsid w:val="00495C4A"/>
     <w:rsid w:val="004A2980"/>
     <w:rsid w:val="004A5B0A"/>
     <w:rsid w:val="004A7B48"/>
     <w:rsid w:val="004B0033"/>
-    <w:rsid w:val="004E330F"/>
     <w:rsid w:val="005006B8"/>
     <w:rsid w:val="00521184"/>
     <w:rsid w:val="00522006"/>
-    <w:rsid w:val="00524A9B"/>
-    <w:rsid w:val="00526308"/>
     <w:rsid w:val="005278A9"/>
-    <w:rsid w:val="005377F8"/>
     <w:rsid w:val="0054011B"/>
     <w:rsid w:val="00540660"/>
     <w:rsid w:val="005452F6"/>
-    <w:rsid w:val="0056416E"/>
     <w:rsid w:val="00575705"/>
-    <w:rsid w:val="00577E79"/>
     <w:rsid w:val="005824AB"/>
     <w:rsid w:val="005A086A"/>
     <w:rsid w:val="005A4B53"/>
+    <w:rsid w:val="005B2DEB"/>
     <w:rsid w:val="005B4EA4"/>
     <w:rsid w:val="005D1D4B"/>
     <w:rsid w:val="005F25AB"/>
-    <w:rsid w:val="00605DF7"/>
     <w:rsid w:val="006167AF"/>
     <w:rsid w:val="0062018A"/>
     <w:rsid w:val="006216DC"/>
     <w:rsid w:val="00623003"/>
-    <w:rsid w:val="00634259"/>
     <w:rsid w:val="006350E6"/>
-    <w:rsid w:val="006512D9"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006B4440"/>
+    <w:rsid w:val="00641205"/>
     <w:rsid w:val="006D4A10"/>
-    <w:rsid w:val="006D5491"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007236AD"/>
+    <w:rsid w:val="006F7CC1"/>
     <w:rsid w:val="00736EE5"/>
     <w:rsid w:val="007572C2"/>
     <w:rsid w:val="0076001F"/>
+    <w:rsid w:val="00777476"/>
     <w:rsid w:val="00782067"/>
     <w:rsid w:val="007A2ACE"/>
-    <w:rsid w:val="007A791A"/>
     <w:rsid w:val="007D4219"/>
-    <w:rsid w:val="007F11DA"/>
+    <w:rsid w:val="007E5D20"/>
     <w:rsid w:val="007F205F"/>
     <w:rsid w:val="007F7CCA"/>
     <w:rsid w:val="008043DE"/>
     <w:rsid w:val="008261B9"/>
-    <w:rsid w:val="0082667A"/>
+    <w:rsid w:val="00831689"/>
     <w:rsid w:val="00834249"/>
     <w:rsid w:val="0083787B"/>
-    <w:rsid w:val="0085584E"/>
     <w:rsid w:val="0089663C"/>
     <w:rsid w:val="008A0094"/>
     <w:rsid w:val="008A2FD0"/>
-    <w:rsid w:val="008B11B1"/>
+    <w:rsid w:val="008B68DD"/>
     <w:rsid w:val="008E5BA4"/>
     <w:rsid w:val="008E7D77"/>
     <w:rsid w:val="008F395D"/>
     <w:rsid w:val="008F51E7"/>
     <w:rsid w:val="008F5A2A"/>
     <w:rsid w:val="00901A40"/>
-    <w:rsid w:val="00923A3A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00955CBD"/>
+    <w:rsid w:val="00906D2A"/>
     <w:rsid w:val="00960C82"/>
     <w:rsid w:val="00962212"/>
-    <w:rsid w:val="00971ABF"/>
     <w:rsid w:val="00983220"/>
     <w:rsid w:val="009B23C9"/>
-    <w:rsid w:val="009B29A8"/>
     <w:rsid w:val="009E0C15"/>
-    <w:rsid w:val="009E0E15"/>
     <w:rsid w:val="009E1F6D"/>
-    <w:rsid w:val="009E229C"/>
     <w:rsid w:val="009E59C7"/>
-    <w:rsid w:val="009F617C"/>
     <w:rsid w:val="009F7DB0"/>
-    <w:rsid w:val="00A026D0"/>
     <w:rsid w:val="00A2587C"/>
     <w:rsid w:val="00A30F16"/>
-    <w:rsid w:val="00A3558F"/>
-    <w:rsid w:val="00A36267"/>
     <w:rsid w:val="00A43445"/>
     <w:rsid w:val="00A47DB2"/>
+    <w:rsid w:val="00A73148"/>
     <w:rsid w:val="00A96B49"/>
     <w:rsid w:val="00AA0B22"/>
-    <w:rsid w:val="00AA2FA0"/>
     <w:rsid w:val="00AA5741"/>
-    <w:rsid w:val="00AC0079"/>
-    <w:rsid w:val="00AD0273"/>
+    <w:rsid w:val="00AB5EED"/>
     <w:rsid w:val="00AD0CB0"/>
     <w:rsid w:val="00AE6C01"/>
-    <w:rsid w:val="00AF1FE0"/>
+    <w:rsid w:val="00AE729C"/>
     <w:rsid w:val="00AF6C15"/>
-    <w:rsid w:val="00B378F1"/>
     <w:rsid w:val="00B51ADF"/>
+    <w:rsid w:val="00B51B05"/>
     <w:rsid w:val="00B60BFE"/>
     <w:rsid w:val="00B66EDA"/>
     <w:rsid w:val="00B67BFB"/>
     <w:rsid w:val="00B74582"/>
+    <w:rsid w:val="00B81D5E"/>
     <w:rsid w:val="00B907AE"/>
     <w:rsid w:val="00B9130F"/>
     <w:rsid w:val="00B95DFF"/>
-    <w:rsid w:val="00BA25D0"/>
     <w:rsid w:val="00BA2B62"/>
     <w:rsid w:val="00BA6F50"/>
     <w:rsid w:val="00BA7CAE"/>
-    <w:rsid w:val="00BC07FA"/>
     <w:rsid w:val="00BC6A7C"/>
     <w:rsid w:val="00BD6A1B"/>
-    <w:rsid w:val="00BE1389"/>
-    <w:rsid w:val="00BE26FA"/>
     <w:rsid w:val="00BE4D19"/>
     <w:rsid w:val="00BE6CE0"/>
     <w:rsid w:val="00BF033A"/>
     <w:rsid w:val="00BF0AD0"/>
     <w:rsid w:val="00BF5C68"/>
     <w:rsid w:val="00C02453"/>
     <w:rsid w:val="00C13F4B"/>
     <w:rsid w:val="00C266A0"/>
-    <w:rsid w:val="00C474D1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C70491"/>
+    <w:rsid w:val="00C47DA7"/>
+    <w:rsid w:val="00C561D2"/>
     <w:rsid w:val="00C70E3A"/>
     <w:rsid w:val="00C94882"/>
-    <w:rsid w:val="00CA3AFD"/>
-    <w:rsid w:val="00CA5B7B"/>
+    <w:rsid w:val="00CB3158"/>
     <w:rsid w:val="00CB4B20"/>
     <w:rsid w:val="00CC09FC"/>
     <w:rsid w:val="00CC7D3F"/>
     <w:rsid w:val="00CD398F"/>
+    <w:rsid w:val="00CE2BA9"/>
     <w:rsid w:val="00CE4750"/>
-    <w:rsid w:val="00D16E36"/>
+    <w:rsid w:val="00D00ED2"/>
     <w:rsid w:val="00D219B0"/>
-    <w:rsid w:val="00D2568E"/>
-    <w:rsid w:val="00D331F5"/>
     <w:rsid w:val="00D44844"/>
-    <w:rsid w:val="00D54A39"/>
-    <w:rsid w:val="00D57B53"/>
+    <w:rsid w:val="00D510FF"/>
     <w:rsid w:val="00D750D2"/>
     <w:rsid w:val="00D82EA9"/>
-    <w:rsid w:val="00D903F7"/>
     <w:rsid w:val="00DA46B8"/>
     <w:rsid w:val="00DA6DB4"/>
     <w:rsid w:val="00DC31A7"/>
     <w:rsid w:val="00DD2753"/>
     <w:rsid w:val="00DE7A9C"/>
     <w:rsid w:val="00DF1604"/>
     <w:rsid w:val="00E15162"/>
-    <w:rsid w:val="00E26E27"/>
+    <w:rsid w:val="00E20BFC"/>
     <w:rsid w:val="00E3117E"/>
     <w:rsid w:val="00E422CB"/>
     <w:rsid w:val="00E60A96"/>
     <w:rsid w:val="00E61E3F"/>
     <w:rsid w:val="00E6283B"/>
-    <w:rsid w:val="00E66CF1"/>
-    <w:rsid w:val="00E737E4"/>
     <w:rsid w:val="00E778CC"/>
+    <w:rsid w:val="00E90E10"/>
     <w:rsid w:val="00E910F3"/>
     <w:rsid w:val="00E94CEF"/>
     <w:rsid w:val="00E95D43"/>
     <w:rsid w:val="00EA732E"/>
     <w:rsid w:val="00EE05AE"/>
     <w:rsid w:val="00EE1B5E"/>
     <w:rsid w:val="00F22A82"/>
     <w:rsid w:val="00F303A3"/>
     <w:rsid w:val="00F333E6"/>
     <w:rsid w:val="00F37E33"/>
     <w:rsid w:val="00F61E75"/>
-    <w:rsid w:val="00F6200F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F77A3A"/>
     <w:rsid w:val="00F80802"/>
     <w:rsid w:val="00F8361A"/>
     <w:rsid w:val="00F86F8F"/>
-    <w:rsid w:val="00F87178"/>
+    <w:rsid w:val="00FA39EB"/>
     <w:rsid w:val="00FA4F02"/>
-    <w:rsid w:val="00FC0348"/>
+    <w:rsid w:val="00FC0891"/>
     <w:rsid w:val="00FD294A"/>
     <w:rsid w:val="00FD2AE8"/>
     <w:rsid w:val="00FD598F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="64F3D4FC"/>
-  <w15:docId w15:val="{4F9B5614-CEBC-4B97-B6DE-63A68F1F6212}"/>
+  <w15:docId w15:val="{1C0E7F9F-6931-42B8-83CE-4B97DE14542C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15637,95 +15053,83 @@
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:rsid w:val="00F303A3"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004831B5"/>
     <w:rPr>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="006512D9"/>
+    <w:rsid w:val="00224350"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
-    <w:rsid w:val="00A3558F"/>
+    <w:rsid w:val="005B2DEB"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.naic.org/industry/optins" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2020-24-continued-flexibility-in-compliance-with-regulatory-filing-requirements-issued/download" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Companies.mailbox@mass.gov" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.naic.org/public_lead_state_report.htm" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/doc/bulletin-2021-13-use-of-electronic-transactions-and-communications-when-making-certain-regulatory-filings-issued-october-6-2021-0/download" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://content.naic.org/industry/optins" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -15991,74 +15395,75 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b547d73eb21e5f24f067e0483b607aa1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fde9f3d2ba75b3864c5532904883d9d6" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="64ce9e119d01d05c60efa83d6e05e09e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="af287d5fabe2c5d05a5a3658eb2cd64b" ns2:_="" ns3:_="">
     <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -16082,50 +15487,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85471739-20a3-405f-8957-71a2abecc360" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -16237,333 +15647,108 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="219cc07e-c1da-4270-a78f-3a6ce23ab0a8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89FB06E2-A91A-48D8-B03E-F7B87A949663}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FE62ED0-A637-46FB-92DE-4B0E14BE301E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE3A17B3-5A8F-49E6-B753-BC01F5AEAAC3}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{50F2C6DA-592D-475E-BDBA-F341E9C2F18D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D44A95B-AC1C-495E-9FDA-CF1F504ACC8D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD03A619-C82F-419D-B272-B3B60BFDDEEE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>12433</Characters>
+  <Pages>7</Pages>
+  <Words>2217</Words>
+  <Characters>12639</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>103</Lines>
+  <Lines>105</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>HEALTH ENTITIES</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NAIC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14585</CharactersWithSpaces>
+  <CharactersWithSpaces>14827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...200 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>HEALTH ENTITIES</dc:title>
-  <dc:subject/>
   <dc:creator>gchannel</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101009DE413DC9396414788A0571B52761EC3</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>