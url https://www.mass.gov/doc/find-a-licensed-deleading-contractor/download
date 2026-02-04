--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -380,87 +380,87 @@
     <row r="4" ht="18" customHeight="1">
       <c s="2" t="inlineStr" r="I4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">10/01/2025</t>
+            <t xml:space="preserve">02/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="3.2" customHeight="1"/>
     <row r="6" ht="15.75" customHeight="1">
       <c s="3" t="inlineStr" r="G6">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="Q6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">94</t>
+            <t xml:space="preserve">97</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" ht="2.9" customHeight="0"/>
     <row r="8" ht="1" customHeight="0"/>
     <row r="9" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A9">
         <is>
           <t xml:space="preserve">BUSINESS NAME</t>
         </is>
       </c>
       <c s="6" t="str" r="B9"/>
       <c s="5" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">ADDRESS</t>
         </is>
       </c>
       <c s="6" t="str" r="D9"/>
       <c s="5" t="inlineStr" r="E9">
         <is>
           <t xml:space="preserve">CITY</t>
         </is>
       </c>
       <c s="7" t="str" r="F9"/>
@@ -536,4740 +536,4880 @@
       <c s="8" t="inlineStr" r="K10">
         <is>
           <t xml:space="preserve">508- 591-0669</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N10">
         <is>
           <t xml:space="preserve">DC500139</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P10">
         <is>
           <t xml:space="preserve">04/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R10">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T10"/>
     </row>
     <row r="11" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A11">
         <is>
-          <t xml:space="preserve">HAZARDOUS PRO</t>
+          <t xml:space="preserve">Paragon Construction Group, LLC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C11">
         <is>
-          <t xml:space="preserve">3 DUNDEE PARK DR, SUITE B07 </t>
+          <t xml:space="preserve">100 HANO STREET, SUITE 10 </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E11">
         <is>
-          <t xml:space="preserve">ANDOVER</t>
+          <t xml:space="preserve">ALLSTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H11">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J11">
         <is>
-          <t xml:space="preserve">01810</t>
+          <t xml:space="preserve">02134</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K11">
         <is>
-          <t xml:space="preserve">978- 397-8867</t>
+          <t xml:space="preserve">617- 293-4355</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N11">
         <is>
-          <t xml:space="preserve">DC500199</t>
+          <t xml:space="preserve">DC500200</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P11">
         <is>
-          <t xml:space="preserve">09/03/2026</t>
+          <t xml:space="preserve">10/03/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R11">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T11"/>
     </row>
     <row r="12" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A12">
         <is>
-          <t xml:space="preserve">Hammond Deleading and Construc</t>
+          <t xml:space="preserve">HAZARDOUS PRO</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C12">
         <is>
-          <t xml:space="preserve">771 West st </t>
+          <t xml:space="preserve">3 DUNDEE PARK DR, SUITE B07 </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E12">
         <is>
-          <t xml:space="preserve">attleboro</t>
+          <t xml:space="preserve">ANDOVER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H12">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J12">
         <is>
-          <t xml:space="preserve">02703</t>
+          <t xml:space="preserve">01810</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K12">
         <is>
-          <t xml:space="preserve">150- 824-1668</t>
+          <t xml:space="preserve">978- 397-8867</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N12">
         <is>
-          <t xml:space="preserve">DC001068</t>
+          <t xml:space="preserve">DC500199</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P12">
         <is>
-          <t xml:space="preserve">10/04/2025</t>
+          <t xml:space="preserve">09/03/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R12">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T12"/>
     </row>
     <row r="13" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A13">
         <is>
-          <t xml:space="preserve">ZERO POINT RESTORATION SERVICES, LLC</t>
+          <t xml:space="preserve">Hammond Deleading and Construc</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C13">
         <is>
-          <t xml:space="preserve">11 ATHERTON STREET </t>
+          <t xml:space="preserve">771 West st </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E13">
         <is>
-          <t xml:space="preserve">AYER</t>
+          <t xml:space="preserve">attleboro</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H13">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J13">
         <is>
-          <t xml:space="preserve">01432</t>
+          <t xml:space="preserve">02703</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K13">
         <is>
-          <t xml:space="preserve">781- 985-4186</t>
+          <t xml:space="preserve">508- 243-1668</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N13">
         <is>
-          <t xml:space="preserve">DC500161</t>
+          <t xml:space="preserve">DC001068</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P13">
         <is>
-          <t xml:space="preserve">01/16/2026</t>
+          <t xml:space="preserve">10/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R13">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="str" r="T13"/>
     </row>
     <row r="14" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A14">
         <is>
-          <t xml:space="preserve">DAVID FOSS &amp; SONS LLC</t>
+          <t xml:space="preserve">Brackett Contracting</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C14">
         <is>
-          <t xml:space="preserve">9 BELLFLOWER RD </t>
+          <t xml:space="preserve">10 Witter Street </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E14">
         <is>
-          <t xml:space="preserve">BILLERICA</t>
+          <t xml:space="preserve">Auburn</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H14">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J14">
         <is>
-          <t xml:space="preserve">01821</t>
+          <t xml:space="preserve">01501</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K14">
         <is>
-          <t xml:space="preserve">508- 361-2737</t>
+          <t xml:space="preserve">508- -37-0318</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N14">
         <is>
-          <t xml:space="preserve">DC001899</t>
+          <t xml:space="preserve">DC500181</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P14">
         <is>
-          <t xml:space="preserve">02/05/2026</t>
+          <t xml:space="preserve">10/27/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R14">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T14"/>
     </row>
     <row r="15" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A15">
         <is>
-          <t xml:space="preserve">A &amp; M ENVIRONMENTAL, LLC dba A M ENVIRONMENTAL</t>
+          <t xml:space="preserve">ZERO POINT RESTORATION SERVICES, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C15">
         <is>
-          <t xml:space="preserve">40 KINGSDALE STREET #5</t>
+          <t xml:space="preserve">11 ATHERTON STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E15">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">AYER</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H15">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J15">
         <is>
-          <t xml:space="preserve">02124</t>
+          <t xml:space="preserve">01432</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K15">
         <is>
-          <t xml:space="preserve">857- 258-8371</t>
+          <t xml:space="preserve">781- 985-4186</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N15">
         <is>
-          <t xml:space="preserve">DC500153</t>
+          <t xml:space="preserve">DC500161</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P15">
         <is>
-          <t xml:space="preserve">01/06/2026</t>
+          <t xml:space="preserve">01/02/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R15">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T15">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T15"/>
     </row>
     <row r="16" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A16">
         <is>
-          <t xml:space="preserve">A &amp; S CONSTRUCTION AND DEMOLITION, CO.</t>
+          <t xml:space="preserve">Atner Group, LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C16">
         <is>
-          <t xml:space="preserve">4 LORNA ROAD </t>
+          <t xml:space="preserve">125 Belmont Street </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E16">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">Belmont</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H16">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J16">
         <is>
-          <t xml:space="preserve">02126</t>
+          <t xml:space="preserve">02478</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K16">
         <is>
-          <t xml:space="preserve">617- 799-4955</t>
+          <t xml:space="preserve">617- 465-0300</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N16">
         <is>
-          <t xml:space="preserve">DC500144</t>
+          <t xml:space="preserve">DC500189</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P16">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">10/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R16">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T16"/>
     </row>
     <row r="17" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A17">
         <is>
-          <t xml:space="preserve">BOSTON DELEADING COMPANY</t>
+          <t xml:space="preserve">DAVID FOSS &amp; SONS LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C17">
         <is>
-          <t xml:space="preserve">91 LANDSEER STREET APT 2</t>
+          <t xml:space="preserve">9 BELLFLOWER RD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E17">
         <is>
-          <t xml:space="preserve">BOSTON</t>
+          <t xml:space="preserve">BILLERICA</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H17">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J17">
         <is>
-          <t xml:space="preserve">02132</t>
+          <t xml:space="preserve">01821</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K17">
         <is>
-          <t xml:space="preserve">857- 615-1483</t>
+          <t xml:space="preserve">508- 361-2737</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N17">
         <is>
-          <t xml:space="preserve">DC500128</t>
+          <t xml:space="preserve">DC001899</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P17">
         <is>
-          <t xml:space="preserve">07/29/2026</t>
+          <t xml:space="preserve">01/14/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R17">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T17"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T17">
+        <is>
+          <t xml:space="preserve">DAVID FOSS, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="18" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A18">
         <is>
-          <t xml:space="preserve">JAMES MCCONAGA</t>
+          <t xml:space="preserve">A &amp; M ENVIRONMENTAL, LLC dba A M ENVIRONMENTAL</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C18">
         <is>
-          <t xml:space="preserve">535 MASS AVE APT 6</t>
+          <t xml:space="preserve">40 KINGSDALE STREET #5</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E18">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H18">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J18">
         <is>
-          <t xml:space="preserve">02118</t>
+          <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K18">
         <is>
-          <t xml:space="preserve">857- 261-0269</t>
+          <t xml:space="preserve">857- 258-8371</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N18">
         <is>
-          <t xml:space="preserve">DC500164</t>
+          <t xml:space="preserve">DC500153</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P18">
         <is>
-          <t xml:space="preserve">10/30/2025</t>
+          <t xml:space="preserve">12/31/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R18">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="str" r="T18"/>
+      <c s="8" t="inlineStr" r="T18">
+        <is>
+          <t xml:space="preserve">CHEVASSE WHITE</t>
+        </is>
+      </c>
     </row>
     <row r="19" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A19">
         <is>
-          <t xml:space="preserve">RICARDO REYES PEPIN</t>
+          <t xml:space="preserve">A &amp; S CONSTRUCTION AND DEMOLITION, CO.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C19">
         <is>
-          <t xml:space="preserve">572A WARREN STREET APT #1</t>
+          <t xml:space="preserve">4 LORNA ROAD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E19">
         <is>
           <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H19">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J19">
         <is>
-          <t xml:space="preserve">02121</t>
+          <t xml:space="preserve">02126</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K19">
         <is>
-          <t xml:space="preserve">617- 834-4540</t>
+          <t xml:space="preserve">617- 799-4955</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N19">
         <is>
-          <t xml:space="preserve">DC003129</t>
+          <t xml:space="preserve">DC500144</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P19">
         <is>
-          <t xml:space="preserve">09/05/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R19">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T19">
         <is>
-          <t xml:space="preserve">RICARDO A. REYES-PEPIN, President</t>
+          <t xml:space="preserve">ANDREW SIMPSON, Owner</t>
         </is>
       </c>
     </row>
     <row r="20" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A20">
         <is>
-          <t xml:space="preserve">COMMONWEALTH LEAD REMOVAL &amp; PAINTING LLC</t>
+          <t xml:space="preserve">BOSTON DELEADING COMPANY</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C20">
         <is>
-          <t xml:space="preserve">67 OLD COACH RD </t>
+          <t xml:space="preserve">91 LANDSEER STREET APT 2</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E20">
         <is>
-          <t xml:space="preserve">BRAINTREE</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H20">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J20">
         <is>
-          <t xml:space="preserve">02184</t>
+          <t xml:space="preserve">02132</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K20">
         <is>
-          <t xml:space="preserve">781- 428-4848</t>
+          <t xml:space="preserve">857- 615-1483</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N20">
         <is>
-          <t xml:space="preserve">DC500145</t>
+          <t xml:space="preserve">DC500128</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P20">
         <is>
-          <t xml:space="preserve">07/09/2026</t>
+          <t xml:space="preserve">07/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R20">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T20"/>
     </row>
     <row r="21" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A21">
         <is>
-          <t xml:space="preserve">PATRIOT DELEADING AND CONSTRUCTION CO.</t>
+          <t xml:space="preserve">JAMES MCCONAGA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C21">
         <is>
-          <t xml:space="preserve">35 SUMMIT RIDGE DRIVE </t>
+          <t xml:space="preserve">535 MASS AVE APT 6</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E21">
         <is>
-          <t xml:space="preserve">BRAINTREE</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H21">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J21">
         <is>
-          <t xml:space="preserve">02154</t>
+          <t xml:space="preserve">02118</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K21">
         <is>
-          <t xml:space="preserve">617- 821-4938</t>
+          <t xml:space="preserve">857- 261-0269</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N21">
         <is>
-          <t xml:space="preserve">DC001692</t>
+          <t xml:space="preserve">DC500164</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P21">
         <is>
-          <t xml:space="preserve">08/11/2026</t>
+          <t xml:space="preserve">10/17/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R21">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T21"/>
     </row>
     <row r="22" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A22">
         <is>
-          <t xml:space="preserve">COMMONWEALTH CONTRACTING INC.</t>
+          <t xml:space="preserve">RICARDO REYES PEPIN</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C22">
         <is>
-          <t xml:space="preserve">19 BROOKSDALE RD </t>
+          <t xml:space="preserve">572A WARREN STREET APT #1</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E22">
         <is>
-          <t xml:space="preserve">BRIGHTON</t>
+          <t xml:space="preserve">BOSTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H22">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J22">
         <is>
-          <t xml:space="preserve">02135</t>
+          <t xml:space="preserve">02121</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K22">
         <is>
-          <t xml:space="preserve">617- 312-1694</t>
+          <t xml:space="preserve">617- 834-4540</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N22">
         <is>
-          <t xml:space="preserve">DC000574</t>
+          <t xml:space="preserve">DC003129</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P22">
         <is>
-          <t xml:space="preserve">09/24/2026</t>
+          <t xml:space="preserve">09/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R22">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T22">
         <is>
-          <t xml:space="preserve">ERROL W. WALSHE</t>
+          <t xml:space="preserve">RICARDO A. REYES-PEPIN, President</t>
         </is>
       </c>
     </row>
     <row r="23" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A23">
         <is>
-          <t xml:space="preserve">A.M. DELEADING</t>
+          <t xml:space="preserve">COMMONWEALTH LEAD REMOVAL &amp; PAINTING LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C23">
         <is>
-          <t xml:space="preserve">47 OAKDALE STREET </t>
+          <t xml:space="preserve">67 OLD COACH RD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E23">
         <is>
-          <t xml:space="preserve">BROCKTON</t>
+          <t xml:space="preserve">BRAINTREE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H23">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J23">
         <is>
-          <t xml:space="preserve">02301</t>
+          <t xml:space="preserve">02184</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K23">
         <is>
-          <t xml:space="preserve">857- 312-1153</t>
+          <t xml:space="preserve">781- 428-4848</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N23">
         <is>
-          <t xml:space="preserve">DC500142</t>
+          <t xml:space="preserve">DC500145</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P23">
         <is>
-          <t xml:space="preserve">05/14/2026</t>
+          <t xml:space="preserve">07/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R23">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T23"/>
     </row>
     <row r="24" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A24">
         <is>
-          <t xml:space="preserve">DASILVA DELEADING</t>
+          <t xml:space="preserve">PATRIOT DELEADING AND CONSTRUCTION CO.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C24">
         <is>
-          <t xml:space="preserve">103 WALNUT STREET </t>
+          <t xml:space="preserve">35 SUMMIT RIDGE DRIVE </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E24">
         <is>
-          <t xml:space="preserve">BROCKTON</t>
+          <t xml:space="preserve">BRAINTREE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H24">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J24">
         <is>
-          <t xml:space="preserve">02401</t>
+          <t xml:space="preserve">02154</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K24">
         <is>
-          <t xml:space="preserve">508- 583-8485</t>
+          <t xml:space="preserve">617- 821-4938</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N24">
         <is>
-          <t xml:space="preserve">DC500133</t>
+          <t xml:space="preserve">DC001692</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P24">
         <is>
-          <t xml:space="preserve">05/29/2026</t>
+          <t xml:space="preserve">08/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R24">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T24">
         <is>
-          <t xml:space="preserve">MANUEL S. DASILVA</t>
+          <t xml:space="preserve">PADRAIG J DOWD, Owner</t>
         </is>
       </c>
     </row>
     <row r="25" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A25">
         <is>
-          <t xml:space="preserve">SMALL WORLD ENVIRONMENTAL SERVICES</t>
+          <t xml:space="preserve">COMMONWEALTH CONTRACTING INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C25">
         <is>
-          <t xml:space="preserve">10 TYLER STREET </t>
+          <t xml:space="preserve">19 BROOKSDALE RD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E25">
         <is>
-          <t xml:space="preserve">BROCKTON</t>
+          <t xml:space="preserve">BRIGHTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H25">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J25">
         <is>
-          <t xml:space="preserve">02302</t>
+          <t xml:space="preserve">02135</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K25">
         <is>
-          <t xml:space="preserve">617- 792-2729</t>
+          <t xml:space="preserve">617- 312-1694</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N25">
         <is>
-          <t xml:space="preserve">DC001809</t>
+          <t xml:space="preserve">DC000574</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P25">
         <is>
-          <t xml:space="preserve">10/18/2025</t>
+          <t xml:space="preserve">09/24/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R25">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T25">
         <is>
-          <t xml:space="preserve">STEVEN SMALL</t>
+          <t xml:space="preserve">ERROL W. WALSHE</t>
         </is>
       </c>
     </row>
     <row r="26" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A26">
         <is>
-          <t xml:space="preserve">ALPINE ENVIRONMENTAL, INC.</t>
+          <t xml:space="preserve">A.M. DELEADING</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C26">
         <is>
-          <t xml:space="preserve">275 BILLERICA ROAD SUITE 2B</t>
+          <t xml:space="preserve">47 OAKDALE STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E26">
         <is>
-          <t xml:space="preserve">CHELMSFORD</t>
+          <t xml:space="preserve">BROCKTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H26">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J26">
         <is>
-          <t xml:space="preserve">01824</t>
+          <t xml:space="preserve">02301</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K26">
         <is>
-          <t xml:space="preserve">978- 250-2740</t>
+          <t xml:space="preserve">857- 312-1153</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N26">
         <is>
-          <t xml:space="preserve">DC000663</t>
+          <t xml:space="preserve">DC500142</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P26">
         <is>
-          <t xml:space="preserve">05/09/2026</t>
+          <t xml:space="preserve">05/14/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R26">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T26"/>
     </row>
     <row r="27" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A27">
         <is>
-          <t xml:space="preserve">A.J. WOOD CONSTRUCTION, INC.</t>
+          <t xml:space="preserve">DASILVA DELEADING</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C27">
         <is>
-          <t xml:space="preserve">337 HAVERHILL ROAD </t>
+          <t xml:space="preserve">103 WALNUT STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E27">
         <is>
-          <t xml:space="preserve">CHESTER</t>
+          <t xml:space="preserve">BROCKTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H27">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J27">
         <is>
-          <t xml:space="preserve">03036</t>
+          <t xml:space="preserve">02401</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K27">
         <is>
-          <t xml:space="preserve">603- 887-4468</t>
+          <t xml:space="preserve">508- 583-8485</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N27">
         <is>
-          <t xml:space="preserve">DC001721</t>
+          <t xml:space="preserve">DC500133</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P27">
         <is>
-          <t xml:space="preserve">05/22/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R27">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T27">
         <is>
-          <t xml:space="preserve">RICHARD P. SMITH</t>
+          <t xml:space="preserve">MANUEL S. DASILVA</t>
         </is>
       </c>
     </row>
     <row r="28" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A28">
         <is>
-          <t xml:space="preserve">BOTUS SERVICES DBA BOTUS SERVICES</t>
+          <t xml:space="preserve">SMALL WORLD ENVIRONMENTAL SERVICES</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C28">
         <is>
-          <t xml:space="preserve">28 HARDING TERRACE </t>
+          <t xml:space="preserve">10 TYLER STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E28">
         <is>
-          <t xml:space="preserve">DEDHAM</t>
+          <t xml:space="preserve">BROCKTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H28">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J28">
         <is>
-          <t xml:space="preserve">02026</t>
+          <t xml:space="preserve">02302</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K28">
         <is>
-          <t xml:space="preserve">781- 381-2412</t>
+          <t xml:space="preserve">617- 792-2729</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N28">
         <is>
-          <t xml:space="preserve">DC500118</t>
+          <t xml:space="preserve">DC001809</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P28">
         <is>
-          <t xml:space="preserve">12/19/2025</t>
+          <t xml:space="preserve">10/23/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R28">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T28"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T28">
+        <is>
+          <t xml:space="preserve">STEVEN SMALL</t>
+        </is>
+      </c>
     </row>
     <row r="29" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A29">
         <is>
-          <t xml:space="preserve">MKJ CONSTRUCTION</t>
+          <t xml:space="preserve">ALPINE ENVIRONMENTAL, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C29">
         <is>
-          <t xml:space="preserve">8 CRAVEN TERRACE </t>
+          <t xml:space="preserve">275 BILLERICA ROAD SUITE 2B</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E29">
         <is>
-          <t xml:space="preserve">DERRY</t>
+          <t xml:space="preserve">CHELMSFORD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H29">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J29">
         <is>
-          <t xml:space="preserve">03038-4409</t>
+          <t xml:space="preserve">01824</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K29">
         <is>
-          <t xml:space="preserve">617- 512-9461</t>
+          <t xml:space="preserve">978- 250-2740</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N29">
         <is>
-          <t xml:space="preserve">DC001356</t>
+          <t xml:space="preserve">DC000663</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P29">
         <is>
-          <t xml:space="preserve">06/18/2026</t>
+          <t xml:space="preserve">05/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R29">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T29">
         <is>
-          <t xml:space="preserve">JOHN VAILLANCOURT, Owner</t>
+          <t xml:space="preserve">JASON C. ROY, Supervisor</t>
         </is>
       </c>
     </row>
     <row r="30" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A30">
         <is>
-          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
+          <t xml:space="preserve">A.J. WOOD CONSTRUCTION, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C30">
         <is>
-          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
+          <t xml:space="preserve">337 HAVERHILL ROAD </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E30">
         <is>
-          <t xml:space="preserve">DORCHESTER</t>
+          <t xml:space="preserve">CHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H30">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J30">
         <is>
-          <t xml:space="preserve">02124</t>
+          <t xml:space="preserve">03036</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K30">
         <is>
-          <t xml:space="preserve">617- 282-9500</t>
+          <t xml:space="preserve">603- 887-4468</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N30">
         <is>
-          <t xml:space="preserve">DC500064</t>
+          <t xml:space="preserve">DC001721</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P30">
         <is>
-          <t xml:space="preserve">04/07/2026</t>
+          <t xml:space="preserve">05/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R30">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T30">
         <is>
-          <t xml:space="preserve">TROY J. BASCOM</t>
+          <t xml:space="preserve">RICHARD P. SMITH</t>
         </is>
       </c>
     </row>
     <row r="31" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A31">
         <is>
-          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
+          <t xml:space="preserve">MKJ CONSTRUCTION</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C31">
         <is>
-          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
+          <t xml:space="preserve">8 CRAVEN TERRACE </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E31">
         <is>
-          <t xml:space="preserve">DORCHESTER</t>
+          <t xml:space="preserve">DERRY</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H31">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J31">
         <is>
-          <t xml:space="preserve">02124</t>
+          <t xml:space="preserve">03038-4409</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K31">
         <is>
-          <t xml:space="preserve">617- 282-9500</t>
+          <t xml:space="preserve">617- 512-9461</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N31">
         <is>
-          <t xml:space="preserve">DC500064</t>
+          <t xml:space="preserve">DC001356</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P31">
         <is>
-          <t xml:space="preserve">04/07/2026</t>
+          <t xml:space="preserve">06/18/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R31">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T31">
         <is>
-          <t xml:space="preserve">TROY BASCOM</t>
+          <t xml:space="preserve">JOHN VAILLANCOURT, Owner</t>
         </is>
       </c>
     </row>
     <row r="32" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A32">
         <is>
-          <t xml:space="preserve">RUSS BROOKS</t>
+          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C32">
         <is>
-          <t xml:space="preserve">120 MILTON ST </t>
+          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E32">
         <is>
           <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H32">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J32">
         <is>
           <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K32">
         <is>
-          <t xml:space="preserve">617- 817-2474</t>
+          <t xml:space="preserve">617- 282-9500</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N32">
         <is>
-          <t xml:space="preserve">DC001753</t>
+          <t xml:space="preserve">DC500064</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P32">
         <is>
-          <t xml:space="preserve">02/20/2026</t>
+          <t xml:space="preserve">04/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R32">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T32">
         <is>
-          <t xml:space="preserve">RUSS L. BROOKS</t>
+          <t xml:space="preserve">TROY J. BASCOM</t>
         </is>
       </c>
     </row>
     <row r="33" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A33">
         <is>
-          <t xml:space="preserve">RP DELEAD AND REMODEL, INC.</t>
+          <t xml:space="preserve">BASCOM ENVIRONMENTAL CO</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C33">
         <is>
-          <t xml:space="preserve">1934 LAKEVIEW AVE </t>
+          <t xml:space="preserve">554 WASHINGTON STREET STE 240683</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E33">
         <is>
-          <t xml:space="preserve">DRACUT</t>
+          <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H33">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J33">
         <is>
-          <t xml:space="preserve">01826</t>
+          <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K33">
         <is>
-          <t xml:space="preserve">978- 310-1050</t>
+          <t xml:space="preserve">617- 282-9500</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N33">
         <is>
-          <t xml:space="preserve">DC001956</t>
+          <t xml:space="preserve">DC500064</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P33">
         <is>
-          <t xml:space="preserve">05/29/2026</t>
+          <t xml:space="preserve">04/07/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R33">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T33">
         <is>
-          <t xml:space="preserve">RICARDO PRUDENT, Owner</t>
+          <t xml:space="preserve">TROY BASCOM</t>
         </is>
       </c>
     </row>
     <row r="34" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A34">
         <is>
-          <t xml:space="preserve">ABIDE, LLC</t>
+          <t xml:space="preserve">RUSS BROOKS</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C34">
         <is>
-          <t xml:space="preserve">483 SHAKER ROAD </t>
+          <t xml:space="preserve">120 MILTON ST </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E34">
         <is>
-          <t xml:space="preserve">EAST LONGMEADOW</t>
+          <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H34">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J34">
         <is>
-          <t xml:space="preserve">01028</t>
+          <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K34">
         <is>
-          <t xml:space="preserve">413- 525-0644</t>
+          <t xml:space="preserve">617- 817-2474</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N34">
         <is>
-          <t xml:space="preserve">DC001619</t>
+          <t xml:space="preserve">DC001753</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P34">
         <is>
-          <t xml:space="preserve">08/07/2026</t>
+          <t xml:space="preserve">02/20/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R34">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T34">
         <is>
-          <t xml:space="preserve">FRANK TILLI</t>
+          <t xml:space="preserve">RUSS L. BROOKS</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A35">
         <is>
-          <t xml:space="preserve">BESTECH, INC. OF CONNECTICUT</t>
+          <t xml:space="preserve">RP DELEAD AND REMODEL, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C35">
         <is>
-          <t xml:space="preserve">25 PINNEY STREET </t>
+          <t xml:space="preserve">1934 LAKEVIEW AVE </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E35">
         <is>
-          <t xml:space="preserve">ELLINGTON</t>
+          <t xml:space="preserve">DRACUT</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H35">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J35">
         <is>
-          <t xml:space="preserve">06029</t>
+          <t xml:space="preserve">01826</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K35">
         <is>
-          <t xml:space="preserve">860- 896-1000</t>
+          <t xml:space="preserve">978- 310-1050</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N35">
         <is>
-          <t xml:space="preserve">DC001668</t>
+          <t xml:space="preserve">DC001956</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P35">
         <is>
-          <t xml:space="preserve">07/11/2026</t>
+          <t xml:space="preserve">05/29/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R35">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T35">
         <is>
-          <t xml:space="preserve">EDWARD J. CHAGNOT</t>
+          <t xml:space="preserve">RICARDO PRUDENT, Owner</t>
         </is>
       </c>
     </row>
     <row r="36" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A36">
         <is>
-          <t xml:space="preserve">NORTHSTAR CONTRACTING GROUP, INC.</t>
+          <t xml:space="preserve">ABIDE, LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C36">
         <is>
-          <t xml:space="preserve">401 S SECOND ST </t>
+          <t xml:space="preserve">483 SHAKER ROAD </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E36">
         <is>
-          <t xml:space="preserve">EVERETT</t>
+          <t xml:space="preserve">EAST LONGMEADOW</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H36">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J36">
         <is>
-          <t xml:space="preserve">02149</t>
+          <t xml:space="preserve">01028</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K36">
         <is>
-          <t xml:space="preserve">409- 886-3959</t>
+          <t xml:space="preserve">413- 525-0644</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N36">
         <is>
-          <t xml:space="preserve">DC000857</t>
+          <t xml:space="preserve">DC001619</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P36">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">08/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R36">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T36">
         <is>
-          <t xml:space="preserve">none none</t>
+          <t xml:space="preserve">FRANK TILLI</t>
         </is>
       </c>
     </row>
     <row r="37" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A37">
         <is>
-          <t xml:space="preserve">PRISM RESPONSE, LLC</t>
+          <t xml:space="preserve">BESTECH, INC. OF CONNECTICUT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C37">
         <is>
-          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
+          <t xml:space="preserve">25 PINNEY STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E37">
         <is>
-          <t xml:space="preserve">EXPORT</t>
+          <t xml:space="preserve">ELLINGTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H37">
         <is>
-          <t xml:space="preserve">PA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J37">
         <is>
-          <t xml:space="preserve">15632</t>
+          <t xml:space="preserve">06029</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K37">
         <is>
-          <t xml:space="preserve">724- 325-3330</t>
+          <t xml:space="preserve">860- 896-1000</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N37">
         <is>
-          <t xml:space="preserve">DC500174</t>
+          <t xml:space="preserve">DC001668</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P37">
         <is>
-          <t xml:space="preserve">04/01/2026</t>
+          <t xml:space="preserve">07/11/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R37">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T37">
         <is>
-          <t xml:space="preserve">GARY SKUBA</t>
+          <t xml:space="preserve">EDWARD J. CHAGNOT</t>
         </is>
       </c>
     </row>
     <row r="38" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A38">
         <is>
-          <t xml:space="preserve">L&amp;K Renovation and Remediation</t>
+          <t xml:space="preserve">NORTHSTAR CONTRACTING GROUP, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C38">
         <is>
-          <t xml:space="preserve">1034 Westminster Hill Rd </t>
+          <t xml:space="preserve">401 S SECOND ST </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E38">
         <is>
-          <t xml:space="preserve">Fitchburg</t>
+          <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H38">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J38">
         <is>
-          <t xml:space="preserve">01420</t>
+          <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K38">
         <is>
-          <t xml:space="preserve">(97- 8) -3509</t>
+          <t xml:space="preserve">409- 886-3959</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N38">
         <is>
-          <t xml:space="preserve">DC500188</t>
+          <t xml:space="preserve">DC000857</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P38">
         <is>
-          <t xml:space="preserve">01/28/2026</t>
+          <t xml:space="preserve">02/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R38">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T38"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T38">
+        <is>
+          <t xml:space="preserve">none none</t>
+        </is>
+      </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A39">
         <is>
-          <t xml:space="preserve">PETER ARIGONI DBA LITTLE BROOK BUILDERS LLC</t>
+          <t xml:space="preserve">PRISM RESPONSE, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C39">
         <is>
-          <t xml:space="preserve">116 MOHAWK TRAIL </t>
+          <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E39">
         <is>
-          <t xml:space="preserve">FLORIDA</t>
+          <t xml:space="preserve">EXPORT</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H39">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">PA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J39">
         <is>
-          <t xml:space="preserve">01247</t>
+          <t xml:space="preserve">15632</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K39">
         <is>
-          <t xml:space="preserve">413- 652-2620</t>
+          <t xml:space="preserve">724- 325-3330</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N39">
         <is>
-          <t xml:space="preserve">DC001842</t>
+          <t xml:space="preserve">DC500174</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P39">
         <is>
-          <t xml:space="preserve">08/14/2026</t>
+          <t xml:space="preserve">04/01/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R39">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T39">
         <is>
-          <t xml:space="preserve">PETER J. ARIGONI</t>
+          <t xml:space="preserve">GARY SKUBA</t>
         </is>
       </c>
     </row>
     <row r="40" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A40">
         <is>
-          <t xml:space="preserve">FIRST ENVIRONMENTAL</t>
+          <t xml:space="preserve">L&amp;K Renovation and Remediation Inc</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C40">
         <is>
-          <t xml:space="preserve">97 SAND STREET </t>
+          <t xml:space="preserve">1034 Westminster Hill Rd </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E40">
         <is>
-          <t xml:space="preserve">GARDNER</t>
+          <t xml:space="preserve">Fitchburg</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H40">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J40">
         <is>
-          <t xml:space="preserve">01440</t>
+          <t xml:space="preserve">01420</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K40">
         <is>
-          <t xml:space="preserve">978- 549-2200</t>
+          <t xml:space="preserve">(97- 8) -3509</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N40">
         <is>
-          <t xml:space="preserve">DC500113</t>
+          <t xml:space="preserve">DC500188</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P40">
         <is>
-          <t xml:space="preserve">12/19/2025</t>
+          <t xml:space="preserve">01/27/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R40">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T40"/>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A41">
         <is>
-          <t xml:space="preserve">ENVIRONMENTAL RESTORATIONS, INC.</t>
+          <t xml:space="preserve">PETER ARIGONI DBA LITTLE BROOK BUILDERS LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C41">
         <is>
-          <t xml:space="preserve">16 HAZEL DRIVE </t>
+          <t xml:space="preserve">116 MOHAWK TRAIL </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E41">
         <is>
-          <t xml:space="preserve">HAMPSTEAD</t>
+          <t xml:space="preserve">FLORIDA</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H41">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J41">
         <is>
-          <t xml:space="preserve">03841</t>
+          <t xml:space="preserve">01247</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K41">
         <is>
-          <t xml:space="preserve">603- 329-6101</t>
+          <t xml:space="preserve">413- 652-2620</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N41">
         <is>
-          <t xml:space="preserve">DC000229</t>
+          <t xml:space="preserve">DC001842</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P41">
         <is>
-          <t xml:space="preserve">05/01/2026</t>
+          <t xml:space="preserve">08/14/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R41">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T41">
         <is>
-          <t xml:space="preserve">MARK MINASALLI, Supervisor</t>
+          <t xml:space="preserve">PETER J. ARIGONI</t>
         </is>
       </c>
     </row>
     <row r="42" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A42">
         <is>
-          <t xml:space="preserve">GLOBAL COMPASS INC.</t>
+          <t xml:space="preserve">ENVIRONMENTAL RESTORATIONS, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C42">
         <is>
-          <t xml:space="preserve">750 MAIN STREET SUITE 100</t>
+          <t xml:space="preserve">16 HAZEL DRIVE </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E42">
         <is>
-          <t xml:space="preserve">HARTFORD</t>
+          <t xml:space="preserve">HAMPSTEAD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H42">
         <is>
-          <t xml:space="preserve">CT</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J42">
         <is>
-          <t xml:space="preserve">06103</t>
+          <t xml:space="preserve">03841</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K42">
         <is>
-          <t xml:space="preserve">413- 244-9624</t>
+          <t xml:space="preserve">603- 329-6101</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N42">
         <is>
-          <t xml:space="preserve">DC500072</t>
+          <t xml:space="preserve">DC000229</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P42">
         <is>
-          <t xml:space="preserve">06/23/2026</t>
+          <t xml:space="preserve">05/01/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R42">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T42">
         <is>
-          <t xml:space="preserve">DEREK RODRIGUES, Owner</t>
+          <t xml:space="preserve">MARK MINASALLI, Supervisor</t>
         </is>
       </c>
     </row>
     <row r="43" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A43">
         <is>
-          <t xml:space="preserve">JM DEMOLITION CORP</t>
+          <t xml:space="preserve">GLOBAL COMPASS INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C43">
         <is>
-          <t xml:space="preserve">62 5TH AVE </t>
+          <t xml:space="preserve">750 MAIN STREET SUITE 100</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E43">
         <is>
-          <t xml:space="preserve">HAVERHILL</t>
+          <t xml:space="preserve">HARTFORD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H43">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">CT</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J43">
         <is>
-          <t xml:space="preserve">01830</t>
+          <t xml:space="preserve">06103</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K43">
         <is>
-          <t xml:space="preserve">787- 519-5037</t>
+          <t xml:space="preserve">413- 244-9624</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N43">
         <is>
-          <t xml:space="preserve">DC500162</t>
+          <t xml:space="preserve">DC500072</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P43">
         <is>
-          <t xml:space="preserve">07/25/2026</t>
+          <t xml:space="preserve">06/23/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R43">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="str" r="T43"/>
+      <c s="10" t="inlineStr" r="T43">
+        <is>
+          <t xml:space="preserve">DEREK RODRIGUES, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="44" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A44">
         <is>
-          <t xml:space="preserve">ROBBIN D. JONES</t>
+          <t xml:space="preserve">Everlast General Services INC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C44">
         <is>
-          <t xml:space="preserve">21 DEVEAU STREET </t>
+          <t xml:space="preserve">60 Columbia Park </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E44">
         <is>
-          <t xml:space="preserve">INDIAN ORCHARD</t>
+          <t xml:space="preserve">Haverhill</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H44">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J44">
         <is>
-          <t xml:space="preserve">01151</t>
+          <t xml:space="preserve">01830</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K44">
         <is>
-          <t xml:space="preserve">413- 575-3479</t>
+          <t xml:space="preserve">978- 648-1440</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N44">
         <is>
-          <t xml:space="preserve">DC001812</t>
+          <t xml:space="preserve">DC500203</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P44">
         <is>
-          <t xml:space="preserve">09/04/2026</t>
+          <t xml:space="preserve">11/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R44">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T44"/>
     </row>
     <row r="45" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A45">
         <is>
-          <t xml:space="preserve">L.A. CONSTRUCTION LLC</t>
+          <t xml:space="preserve">JM DEMOLITION CORP</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C45">
         <is>
-          <t xml:space="preserve">41 BOURQUE ST </t>
+          <t xml:space="preserve">62 5TH AVE </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E45">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">HAVERHILL</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H45">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J45">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01830</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K45">
         <is>
-          <t xml:space="preserve">978- 885-7794</t>
+          <t xml:space="preserve">787- 519-5037</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N45">
         <is>
-          <t xml:space="preserve">DC001838</t>
+          <t xml:space="preserve">DC500162</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P45">
         <is>
-          <t xml:space="preserve">08/25/2026</t>
+          <t xml:space="preserve">07/25/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R45">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T45"/>
     </row>
     <row r="46" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A46">
         <is>
-          <t xml:space="preserve">MERRIMACK ENVIRONMENTAL SOLUTION CORP</t>
+          <t xml:space="preserve">VP Property Consulting Corp.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C46">
         <is>
-          <t xml:space="preserve">599 CANAL STREET 6 W  SUITE 9</t>
+          <t xml:space="preserve">97 Washington Street </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E46">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Haverhill</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H46">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J46">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01832</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K46">
         <is>
-          <t xml:space="preserve">978- 685-0111</t>
+          <t xml:space="preserve">978- 654-8337</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N46">
         <is>
-          <t xml:space="preserve">DC500166</t>
+          <t xml:space="preserve">DC500202</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P46">
         <is>
-          <t xml:space="preserve">02/06/2026</t>
+          <t xml:space="preserve">11/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R46">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T46"/>
     </row>
     <row r="47" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A47">
         <is>
-          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
+          <t xml:space="preserve">ROBBIN D. JONES</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C47">
         <is>
-          <t xml:space="preserve">9 OSGOOD STREET </t>
+          <t xml:space="preserve">21 DEVEAU STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E47">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">INDIAN ORCHARD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H47">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J47">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01151</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K47">
         <is>
-          <t xml:space="preserve">978- 794-7922</t>
+          <t xml:space="preserve">413- 575-3479</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N47">
         <is>
-          <t xml:space="preserve">DC500140</t>
+          <t xml:space="preserve">DC001812</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P47">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">09/04/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R47">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T47"/>
     </row>
     <row r="48" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A48">
         <is>
-          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
+          <t xml:space="preserve">L.A. CONSTRUCTION LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C48">
         <is>
-          <t xml:space="preserve">0 BROADWAY STREET </t>
+          <t xml:space="preserve">41 BOURQUE ST </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E48">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H48">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J48">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K48">
         <is>
-          <t xml:space="preserve">619- 595-1024</t>
+          <t xml:space="preserve">978- 885-7794</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N48">
         <is>
-          <t xml:space="preserve">DC500178</t>
+          <t xml:space="preserve">DC001838</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P48">
         <is>
-          <t xml:space="preserve">10/07/2025</t>
+          <t xml:space="preserve">08/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R48">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T48"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T48">
+        <is>
+          <t xml:space="preserve">LEOCADIO PAULINO</t>
+        </is>
+      </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A49">
         <is>
-          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
+          <t xml:space="preserve">MERRIMACK ENVIRONMENTAL SOLUTION CORP</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C49">
         <is>
-          <t xml:space="preserve">1 BROADWAY UNIT 34</t>
+          <t xml:space="preserve">599 CANAL STREET 6 W  SUITE 9</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E49">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H49">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J49">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K49">
         <is>
-          <t xml:space="preserve">617- 501-1396</t>
+          <t xml:space="preserve">978- 685-0111</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N49">
         <is>
-          <t xml:space="preserve">DC500063</t>
+          <t xml:space="preserve">DC500166</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P49">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">02/06/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R49">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T49"/>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">Rafael destroy and build</t>
+          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">117 Allston Street </t>
+          <t xml:space="preserve">9 OSGOOD STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E50">
         <is>
-          <t xml:space="preserve">Lawrence </t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H50">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J50">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K50">
         <is>
-          <t xml:space="preserve">781- 971-4028</t>
+          <t xml:space="preserve">978- 794-7922</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N50">
         <is>
-          <t xml:space="preserve">DC500194</t>
+          <t xml:space="preserve">DC500140</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P50">
         <is>
-          <t xml:space="preserve">03/21/2026</t>
+          <t xml:space="preserve">02/12/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R50">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="str" r="T50"/>
+      <c s="8" t="inlineStr" r="T50">
+        <is>
+          <t xml:space="preserve">FRANKLIN V. DE LA CRUZ, II, Supervisor</t>
+        </is>
+      </c>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A51">
         <is>
-          <t xml:space="preserve">RAY SERVICES, INC</t>
+          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C51">
         <is>
-          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
+          <t xml:space="preserve">0 BROADWAY STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H51">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J51">
         <is>
           <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K51">
         <is>
-          <t xml:space="preserve">978- 305-7644</t>
+          <t xml:space="preserve">619- 595-1024</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N51">
         <is>
-          <t xml:space="preserve">DC500105</t>
+          <t xml:space="preserve">DC500178</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P51">
         <is>
-          <t xml:space="preserve">10/30/2025</t>
+          <t xml:space="preserve">10/22/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R51">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T51">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T51"/>
     </row>
     <row r="52" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A52">
         <is>
-          <t xml:space="preserve">SOEP PAINTING CORP.</t>
+          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C52">
         <is>
-          <t xml:space="preserve">16 BALLARD ROAD </t>
+          <t xml:space="preserve">1 BROADWAY UNIT 34</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E52">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H52">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J52">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K52">
         <is>
-          <t xml:space="preserve">781- 322-7800</t>
+          <t xml:space="preserve">617- 501-1396</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N52">
         <is>
-          <t xml:space="preserve">DC500050</t>
+          <t xml:space="preserve">DC500063</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P52">
         <is>
-          <t xml:space="preserve">05/28/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R52">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T52">
         <is>
-          <t xml:space="preserve">MATTHEW SOEP, Owner</t>
+          <t xml:space="preserve">MARCIO NASCIMENTO, Owner</t>
         </is>
       </c>
     </row>
     <row r="53" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A53">
         <is>
-          <t xml:space="preserve">T&amp;G CONTRACTING CORP</t>
+          <t xml:space="preserve">Rafael destroy and build</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C53">
         <is>
-          <t xml:space="preserve">211 ABBOTT STREET </t>
+          <t xml:space="preserve">117 Allston Street </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E53">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Lawrence </t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H53">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J53">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K53">
         <is>
-          <t xml:space="preserve">978- 489-4711</t>
+          <t xml:space="preserve">781- 971-4028</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N53">
         <is>
-          <t xml:space="preserve">DC500106</t>
+          <t xml:space="preserve">DC500194</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P53">
         <is>
-          <t xml:space="preserve">06/09/2026</t>
+          <t xml:space="preserve">03/21/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R53">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="str" r="T53"/>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A54">
         <is>
-          <t xml:space="preserve">Shalom Environmental Services, Inc.</t>
+          <t xml:space="preserve">RAY SERVICES, INC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C54">
         <is>
-          <t xml:space="preserve">Suite 511 </t>
+          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E54">
         <is>
-          <t xml:space="preserve">Lawrence Massachusetts</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H54">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J54">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K54">
         <is>
-          <t xml:space="preserve">978- 608-3377</t>
+          <t xml:space="preserve">978- 305-7644</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N54">
         <is>
-          <t xml:space="preserve">DC500193</t>
+          <t xml:space="preserve">DC500105</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P54">
         <is>
-          <t xml:space="preserve">11/13/2025</t>
+          <t xml:space="preserve">10/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R54">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="str" r="T54"/>
+      <c s="8" t="inlineStr" r="T54">
+        <is>
+          <t xml:space="preserve">Yakaira Inoa, Principal</t>
+        </is>
+      </c>
     </row>
     <row r="55" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A55">
         <is>
-          <t xml:space="preserve">JACQUES AKELIAN</t>
+          <t xml:space="preserve">SOEP PAINTING CORP.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C55">
         <is>
-          <t xml:space="preserve">487 WALTHAM STREET </t>
+          <t xml:space="preserve">16 BALLARD ROAD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E55">
         <is>
-          <t xml:space="preserve">LEXINGTON</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H55">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J55">
         <is>
-          <t xml:space="preserve">02421</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K55">
         <is>
-          <t xml:space="preserve">617- 372-2222</t>
+          <t xml:space="preserve">781- 322-7800</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N55">
         <is>
-          <t xml:space="preserve">DC500048</t>
+          <t xml:space="preserve">DC500050</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P55">
         <is>
-          <t xml:space="preserve">02/11/2026</t>
+          <t xml:space="preserve">05/28/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R55">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="str" r="T55"/>
+      <c s="10" t="inlineStr" r="T55">
+        <is>
+          <t xml:space="preserve">MATTHEW SOEP, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="56" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A56">
         <is>
-          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
+          <t xml:space="preserve">T&amp;G CONTRACTING CORP</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C56">
         <is>
-          <t xml:space="preserve">1020 EAST STREET </t>
+          <t xml:space="preserve">211 ABBOTT STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E56">
         <is>
-          <t xml:space="preserve">LUDLOW</t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H56">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J56">
         <is>
-          <t xml:space="preserve">01056</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K56">
         <is>
-          <t xml:space="preserve">413- 583-7919</t>
+          <t xml:space="preserve">978- 489-4711</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N56">
         <is>
-          <t xml:space="preserve">DC001908</t>
+          <t xml:space="preserve">DC500106</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P56">
         <is>
-          <t xml:space="preserve">04/02/2026</t>
+          <t xml:space="preserve">06/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R56">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T56">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T56"/>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A57">
         <is>
-          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
+          <t xml:space="preserve">Shalom Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C57">
         <is>
-          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
+          <t xml:space="preserve">Suite 511 </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E57">
         <is>
-          <t xml:space="preserve">LUNENBURG</t>
+          <t xml:space="preserve">Lawrence Massachusetts</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H57">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J57">
         <is>
-          <t xml:space="preserve">01462</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K57">
         <is>
-          <t xml:space="preserve">978- 833-1018</t>
+          <t xml:space="preserve">978- 608-3377</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N57">
         <is>
-          <t xml:space="preserve">DC500020</t>
+          <t xml:space="preserve">DC500193</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P57">
         <is>
-          <t xml:space="preserve">05/07/2026</t>
+          <t xml:space="preserve">01/09/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R57">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T57">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T57"/>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A58">
         <is>
-          <t xml:space="preserve">BAY STATE ENVIROMENTAL SERVICES CORPORATION</t>
+          <t xml:space="preserve">JACQUES AKELIAN</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C58">
         <is>
-          <t xml:space="preserve">33 ENDICOTT ST. #2</t>
+          <t xml:space="preserve">487 WALTHAM STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E58">
         <is>
-          <t xml:space="preserve">LYNN</t>
+          <t xml:space="preserve">LEXINGTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H58">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J58">
         <is>
-          <t xml:space="preserve">01902</t>
+          <t xml:space="preserve">02421</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K58">
         <is>
-          <t xml:space="preserve">617- 401-1452</t>
+          <t xml:space="preserve">617- 372-2222</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N58">
         <is>
-          <t xml:space="preserve">DC500046</t>
+          <t xml:space="preserve">DC500048</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P58">
         <is>
-          <t xml:space="preserve">09/09/2026</t>
+          <t xml:space="preserve">02/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R58">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T58">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T58"/>
     </row>
     <row r="59" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A59">
         <is>
-          <t xml:space="preserve">Jay's Home Improvement &amp; Lead</t>
+          <t xml:space="preserve">MS NONG CORPORATION</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C59">
         <is>
-          <t xml:space="preserve">80 Verona St </t>
+          <t xml:space="preserve">31 BELLEVUE STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E59">
         <is>
-          <t xml:space="preserve">Lynn</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H59">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J59">
         <is>
-          <t xml:space="preserve">01904</t>
+          <t xml:space="preserve">01851</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K59">
         <is>
-          <t xml:space="preserve">617- 461-9288</t>
+          <t xml:space="preserve">781- 589-6184</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N59">
         <is>
-          <t xml:space="preserve">DC500186</t>
+          <t xml:space="preserve">DC001607</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P59">
         <is>
-          <t xml:space="preserve">09/29/2026</t>
+          <t xml:space="preserve">10/03/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R59">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T59"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T59">
+        <is>
+          <t xml:space="preserve">MONY S. NONG</t>
+        </is>
+      </c>
     </row>
     <row r="60" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A60">
         <is>
-          <t xml:space="preserve">JSA Home IMPROVEMENT, Inc.</t>
+          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C60">
         <is>
-          <t xml:space="preserve">18 MCKINLEY TERR </t>
+          <t xml:space="preserve">1020 EAST STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E60">
         <is>
-          <t xml:space="preserve">LYNN</t>
+          <t xml:space="preserve">LUDLOW</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H60">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J60">
         <is>
-          <t xml:space="preserve">01902</t>
+          <t xml:space="preserve">01056</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K60">
         <is>
-          <t xml:space="preserve">617- 586-9318</t>
+          <t xml:space="preserve">413- 583-7919</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N60">
         <is>
-          <t xml:space="preserve">DC500191</t>
+          <t xml:space="preserve">DC001908</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P60">
         <is>
-          <t xml:space="preserve">10/28/2025</t>
+          <t xml:space="preserve">04/02/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R60">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T60"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T60">
+        <is>
+          <t xml:space="preserve">JEFFREY A HENRIQUES, Supervisor</t>
+        </is>
+      </c>
     </row>
     <row r="61" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A61">
         <is>
-          <t xml:space="preserve">PRECISION LEAD PAINT SOLUTIONS</t>
+          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C61">
         <is>
-          <t xml:space="preserve">710A SUMMER STREET </t>
+          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E61">
         <is>
-          <t xml:space="preserve">LYNN</t>
+          <t xml:space="preserve">LUNENBURG</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H61">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J61">
         <is>
-          <t xml:space="preserve">01905</t>
+          <t xml:space="preserve">01462</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K61">
         <is>
-          <t xml:space="preserve">781- 367-1661</t>
+          <t xml:space="preserve">978- 833-1018</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N61">
         <is>
-          <t xml:space="preserve">DC500074</t>
+          <t xml:space="preserve">DC500020</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P61">
         <is>
-          <t xml:space="preserve">01/22/2026</t>
+          <t xml:space="preserve">05/07/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R61">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T61"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T61">
+        <is>
+          <t xml:space="preserve">KYLE BLOOD, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="62" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A62">
         <is>
-          <t xml:space="preserve">SERVICE PAINTING COMPANY, INC.</t>
+          <t xml:space="preserve">BAY STATE ENVIROMENTAL SERVICES CORPORATION</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C62">
         <is>
-          <t xml:space="preserve">93 COLLINS STREET </t>
+          <t xml:space="preserve">33 ENDICOTT ST. #2</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E62">
         <is>
           <t xml:space="preserve">LYNN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H62">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J62">
         <is>
           <t xml:space="preserve">01902</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K62">
         <is>
-          <t xml:space="preserve">781- 593-1552</t>
+          <t xml:space="preserve">617- 401-1452</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N62">
         <is>
-          <t xml:space="preserve">DC000017</t>
+          <t xml:space="preserve">DC500046</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P62">
         <is>
-          <t xml:space="preserve">01/02/2026</t>
+          <t xml:space="preserve">09/09/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R62">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T62">
         <is>
-          <t xml:space="preserve">GEORGE W. MCKIE, Supervisor</t>
+          <t xml:space="preserve">SALVADOR CASTRO</t>
         </is>
       </c>
     </row>
     <row r="63" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A63">
         <is>
-          <t xml:space="preserve">ACCURATE ENVIRONMENTAL OF MALDEN, INC.</t>
+          <t xml:space="preserve">Jay's Home Improvement &amp; Lead</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C63">
         <is>
-          <t xml:space="preserve">38 MAIN STREET SUITE 33</t>
+          <t xml:space="preserve">80 Verona St </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E63">
         <is>
-          <t xml:space="preserve">MALDEN</t>
+          <t xml:space="preserve">Lynn</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H63">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J63">
         <is>
-          <t xml:space="preserve">02148</t>
+          <t xml:space="preserve">01904</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K63">
         <is>
-          <t xml:space="preserve">857- 266-3129</t>
+          <t xml:space="preserve">617- 461-9288</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N63">
         <is>
-          <t xml:space="preserve">DC500135</t>
+          <t xml:space="preserve">DC500186</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P63">
         <is>
-          <t xml:space="preserve">09/26/2026</t>
+          <t xml:space="preserve">09/29/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R63">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="str" r="T63"/>
     </row>
     <row r="64" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A64">
         <is>
-          <t xml:space="preserve">BOSTON DEVELOPMENT CONSTRUCTION, INC.</t>
+          <t xml:space="preserve">SERVICE PAINTING COMPANY, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C64">
         <is>
-          <t xml:space="preserve">240 CLIFTON STREET </t>
+          <t xml:space="preserve">93 COLLINS STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E64">
         <is>
-          <t xml:space="preserve">MALDEN</t>
+          <t xml:space="preserve">LYNN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H64">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J64">
         <is>
-          <t xml:space="preserve">02148</t>
+          <t xml:space="preserve">01902</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K64">
         <is>
-          <t xml:space="preserve">617- 594-3828</t>
+          <t xml:space="preserve">781- 593-1552</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N64">
         <is>
-          <t xml:space="preserve">DC001133</t>
+          <t xml:space="preserve">DC000017</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P64">
         <is>
-          <t xml:space="preserve">12/04/2025</t>
+          <t xml:space="preserve">12/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R64">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T64">
         <is>
-          <t xml:space="preserve">JOSE MARCIO VIEIRA, Owner</t>
+          <t xml:space="preserve">GEORGE W. MCKIE, Supervisor</t>
         </is>
       </c>
     </row>
     <row r="65" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A65">
         <is>
-          <t xml:space="preserve">CRANE CARPENTRY INC</t>
+          <t xml:space="preserve">ACCURATE ENVIRONMENTAL OF MALDEN, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C65">
         <is>
-          <t xml:space="preserve">236 CROSS STREET UNIT 02</t>
+          <t xml:space="preserve">38 MAIN STREET SUITE 33</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E65">
         <is>
           <t xml:space="preserve">MALDEN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H65">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J65">
         <is>
           <t xml:space="preserve">02148</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K65">
         <is>
-          <t xml:space="preserve">781- 941-0695</t>
+          <t xml:space="preserve">857- 266-3129</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N65">
         <is>
-          <t xml:space="preserve">DC500102</t>
+          <t xml:space="preserve">DC500135</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P65">
         <is>
-          <t xml:space="preserve">06/24/2026</t>
+          <t xml:space="preserve">09/26/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R65">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T65"/>
     </row>
     <row r="66" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A66">
         <is>
-          <t xml:space="preserve">AZTEC CONTRACTING</t>
+          <t xml:space="preserve">BOSTON DEVELOPMENT CONSTRUCTION, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C66">
         <is>
-          <t xml:space="preserve">61 BERLIN ROAD </t>
+          <t xml:space="preserve">240 CLIFTON STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E66">
         <is>
-          <t xml:space="preserve">MARLBORO</t>
+          <t xml:space="preserve">MALDEN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H66">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J66">
         <is>
-          <t xml:space="preserve">01752</t>
+          <t xml:space="preserve">02148</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K66">
         <is>
-          <t xml:space="preserve">617- 230-5709</t>
+          <t xml:space="preserve">617- 594-3828</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N66">
         <is>
-          <t xml:space="preserve">DC001733</t>
+          <t xml:space="preserve">DC001133</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P66">
         <is>
-          <t xml:space="preserve">09/11/2026</t>
+          <t xml:space="preserve">12/04/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R66">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T66">
         <is>
-          <t xml:space="preserve">RAYMOND MOORE, Owner</t>
+          <t xml:space="preserve">JOSE MARCIO VIEIRA, Owner</t>
         </is>
       </c>
     </row>
     <row r="67" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A67">
         <is>
-          <t xml:space="preserve">W &amp; W CONSTRUCTION CORPORATION</t>
+          <t xml:space="preserve">CRANE CARPENTRY INC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C67">
         <is>
-          <t xml:space="preserve">26 GLENHILL ROAD </t>
+          <t xml:space="preserve">236 CROSS STREET UNIT 02</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E67">
         <is>
-          <t xml:space="preserve">MATTAPAN</t>
+          <t xml:space="preserve">MALDEN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H67">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J67">
         <is>
-          <t xml:space="preserve">02126</t>
+          <t xml:space="preserve">02148</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K67">
         <is>
-          <t xml:space="preserve">617- 291-7199</t>
+          <t xml:space="preserve">781- 941-0695</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N67">
         <is>
-          <t xml:space="preserve">DC001893</t>
+          <t xml:space="preserve">DC500102</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P67">
         <is>
-          <t xml:space="preserve">07/10/2026</t>
+          <t xml:space="preserve">06/24/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R67">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T67"/>
     </row>
     <row r="68" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A68">
         <is>
-          <t xml:space="preserve">AULSON ROOFING, INC.</t>
+          <t xml:space="preserve">AZTEC CONTRACTING</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C68">
         <is>
-          <t xml:space="preserve">49 DANTON DR </t>
+          <t xml:space="preserve">61 BERLIN ROAD </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E68">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">MARLBORO</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H68">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J68">
         <is>
-          <t xml:space="preserve">01844</t>
+          <t xml:space="preserve">01752</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K68">
         <is>
-          <t xml:space="preserve">978- 975-4500</t>
+          <t xml:space="preserve">617- 230-5709</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N68">
         <is>
-          <t xml:space="preserve">DC001523</t>
+          <t xml:space="preserve">DC001733</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P68">
         <is>
-          <t xml:space="preserve">07/03/2026</t>
+          <t xml:space="preserve">09/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R68">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T68">
         <is>
-          <t xml:space="preserve">ALAN P. AULSON, SR.</t>
+          <t xml:space="preserve">RAYMOND MOORE, Owner</t>
         </is>
       </c>
     </row>
     <row r="69" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A69">
         <is>
-          <t xml:space="preserve">MECHO CONTRACTING, INC.</t>
+          <t xml:space="preserve">W &amp; W CONSTRUCTION CORPORATION</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C69">
         <is>
-          <t xml:space="preserve">225 BROADWAY SUITE 208</t>
+          <t xml:space="preserve">26 GLENHILL ROAD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E69">
         <is>
-          <t xml:space="preserve">METHUEN</t>
+          <t xml:space="preserve">MATTAPAN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H69">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J69">
         <is>
-          <t xml:space="preserve">01844</t>
+          <t xml:space="preserve">02126</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K69">
         <is>
-          <t xml:space="preserve">978- 569-3072</t>
+          <t xml:space="preserve">617- 291-7199</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N69">
         <is>
-          <t xml:space="preserve">DC001547</t>
+          <t xml:space="preserve">DC001893</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P69">
         <is>
-          <t xml:space="preserve">06/04/2026</t>
+          <t xml:space="preserve">07/10/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R69">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T69">
         <is>
-          <t xml:space="preserve">TONY POLANCO, President</t>
+          <t xml:space="preserve">WILLIAM PRICE, President</t>
         </is>
       </c>
     </row>
     <row r="70" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A70">
         <is>
-          <t xml:space="preserve">THE AULSON CO., INC.</t>
+          <t xml:space="preserve">AULSON ROOFING, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C70">
         <is>
-          <t xml:space="preserve">49 DANTON DRIVE  </t>
+          <t xml:space="preserve">49 DANTON DR </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E70">
         <is>
           <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H70">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J70">
         <is>
-          <t xml:space="preserve">01844 </t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K70">
         <is>
-          <t xml:space="preserve">978- 935-1432</t>
+          <t xml:space="preserve">978- 975-4500</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N70">
         <is>
-          <t xml:space="preserve">DC001638</t>
+          <t xml:space="preserve">DC001523</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P70">
         <is>
-          <t xml:space="preserve">11/06/2025</t>
+          <t xml:space="preserve">07/03/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R70">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T70">
         <is>
-          <t xml:space="preserve">ALAN P. AULSON, SR., President</t>
+          <t xml:space="preserve">ALAN P. AULSON, SR.</t>
         </is>
       </c>
     </row>
     <row r="71" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A71">
         <is>
-          <t xml:space="preserve">JR CONSTRUCTION COMPANY</t>
+          <t xml:space="preserve">MECHO CONTRACTING, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C71">
         <is>
-          <t xml:space="preserve">44 BEEBE ROAD </t>
+          <t xml:space="preserve">225 BROADWAY SUITE 208</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E71">
         <is>
-          <t xml:space="preserve">MONSON</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H71">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J71">
         <is>
-          <t xml:space="preserve">01057</t>
+          <t xml:space="preserve">01844</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K71">
         <is>
-          <t xml:space="preserve">413- 455-9944</t>
+          <t xml:space="preserve">978- 569-3072</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N71">
         <is>
-          <t xml:space="preserve">DC500175</t>
+          <t xml:space="preserve">DC001547</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P71">
         <is>
-          <t xml:space="preserve">06/12/2026</t>
+          <t xml:space="preserve">06/04/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R71">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T71"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T71">
+        <is>
+          <t xml:space="preserve">TONY POLANCO, President</t>
+        </is>
+      </c>
     </row>
     <row r="72" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A72">
         <is>
-          <t xml:space="preserve">Anchor Residential Services LL</t>
+          <t xml:space="preserve">THE AULSON CO., INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C72">
         <is>
-          <t xml:space="preserve">36 Maple St </t>
+          <t xml:space="preserve">49 DANTON DRIVE  </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E72">
         <is>
-          <t xml:space="preserve">New Bedford</t>
+          <t xml:space="preserve">METHUEN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H72">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J72">
         <is>
-          <t xml:space="preserve">02740</t>
+          <t xml:space="preserve">01844 </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K72">
         <is>
-          <t xml:space="preserve">508- 525-6502</t>
+          <t xml:space="preserve">978- 935-1432</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N72">
         <is>
-          <t xml:space="preserve">DC500197</t>
+          <t xml:space="preserve">DC001638</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P72">
         <is>
-          <t xml:space="preserve">07/21/2026</t>
+          <t xml:space="preserve">11/10/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R72">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="str" r="T72"/>
+      <c s="8" t="inlineStr" r="T72">
+        <is>
+          <t xml:space="preserve">ALAN P. AULSON, SR., President</t>
+        </is>
+      </c>
     </row>
     <row r="73" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A73">
         <is>
-          <t xml:space="preserve">CARPENTERS LLC</t>
+          <t xml:space="preserve">JR CONSTRUCTION COMPANY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C73">
         <is>
-          <t xml:space="preserve">25 VERNON STREET </t>
+          <t xml:space="preserve">44 BEEBE ROAD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E73">
         <is>
-          <t xml:space="preserve">NEW BEDFORD</t>
+          <t xml:space="preserve">MONSON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H73">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J73">
         <is>
-          <t xml:space="preserve">02745</t>
+          <t xml:space="preserve">01057</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K73">
         <is>
-          <t xml:space="preserve">774- 634-5420</t>
+          <t xml:space="preserve">413- 455-9944</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N73">
         <is>
-          <t xml:space="preserve">DC001884</t>
+          <t xml:space="preserve">DC500175</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P73">
         <is>
-          <t xml:space="preserve">05/20/2026</t>
+          <t xml:space="preserve">06/12/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R73">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T73"/>
     </row>
     <row r="74" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A74">
         <is>
-          <t xml:space="preserve">P&amp;A Construction &amp; Co, LLC</t>
+          <t xml:space="preserve">Anchor Residential Services LL</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C74">
         <is>
-          <t xml:space="preserve">48 Davis Street #1 </t>
+          <t xml:space="preserve">36 Maple St </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E74">
         <is>
           <t xml:space="preserve">New Bedford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H74">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J74">
         <is>
-          <t xml:space="preserve">02746</t>
+          <t xml:space="preserve">02740</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K74">
         <is>
-          <t xml:space="preserve">508- 971-4751</t>
+          <t xml:space="preserve">508- 525-6502</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N74">
         <is>
-          <t xml:space="preserve">DC500184</t>
+          <t xml:space="preserve">DC500197</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P74">
         <is>
-          <t xml:space="preserve">05/14/2026</t>
+          <t xml:space="preserve">07/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R74">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="str" r="T74"/>
     </row>
     <row r="75" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A75">
         <is>
-          <t xml:space="preserve">RMR ASSOCIATES, INC.</t>
+          <t xml:space="preserve">CARPENTERS LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C75">
         <is>
-          <t xml:space="preserve">637 CHURCH STREET </t>
+          <t xml:space="preserve">25 VERNON STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E75">
         <is>
           <t xml:space="preserve">NEW BEDFORD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H75">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J75">
         <is>
           <t xml:space="preserve">02745</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K75">
         <is>
-          <t xml:space="preserve">508- 998-2473</t>
+          <t xml:space="preserve">774- 532-6276</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N75">
         <is>
-          <t xml:space="preserve">DC000635</t>
+          <t xml:space="preserve">DC001884</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P75">
         <is>
-          <t xml:space="preserve">11/19/2025</t>
+          <t xml:space="preserve">05/20/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R75">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T75">
         <is>
-          <t xml:space="preserve">ROBERT P. RIVET, President</t>
+          <t xml:space="preserve">STEVEN J. PACHECO</t>
         </is>
       </c>
     </row>
     <row r="76" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A76">
         <is>
-          <t xml:space="preserve">KUNEVICH &amp; LAU CONSTRUCTION AND DEVELOPMENT, INC. DBA PRO SERVICES BOSTON</t>
+          <t xml:space="preserve">P&amp;A Construction &amp; Co, LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C76">
         <is>
-          <t xml:space="preserve">268 CENTRE STREET </t>
+          <t xml:space="preserve">48 Davis Street #1 </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E76">
         <is>
-          <t xml:space="preserve">NEWTON</t>
+          <t xml:space="preserve">New Bedford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H76">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J76">
         <is>
-          <t xml:space="preserve">02458</t>
+          <t xml:space="preserve">02746</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K76">
         <is>
-          <t xml:space="preserve">617- 487-4868</t>
+          <t xml:space="preserve">508- 971-4751</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N76">
         <is>
-          <t xml:space="preserve">DC500094</t>
+          <t xml:space="preserve">DC500184</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P76">
         <is>
-          <t xml:space="preserve">03/19/2026</t>
+          <t xml:space="preserve">05/14/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R76">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T76"/>
     </row>
     <row r="77" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A77">
         <is>
-          <t xml:space="preserve">MACE CONTRACTING, INC.</t>
+          <t xml:space="preserve">KUNEVICH &amp; LAU CONSTRUCTION AND DEVELOPMENT, INC. DBA PRO SERVICES BOSTON</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C77">
         <is>
-          <t xml:space="preserve">1404 BASSWOOD CIRCLE </t>
+          <t xml:space="preserve">268 CENTRE STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E77">
         <is>
-          <t xml:space="preserve">NORTH ANDOVER</t>
+          <t xml:space="preserve">NEWTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H77">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J77">
         <is>
-          <t xml:space="preserve">01845</t>
+          <t xml:space="preserve">02458</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K77">
         <is>
-          <t xml:space="preserve">617- 777-2908</t>
+          <t xml:space="preserve">617- 487-4868</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N77">
         <is>
-          <t xml:space="preserve">DC500116</t>
+          <t xml:space="preserve">DC500094</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P77">
         <is>
-          <t xml:space="preserve">07/07/2026</t>
+          <t xml:space="preserve">03/19/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R77">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T77"/>
     </row>
     <row r="78" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A78">
         <is>
-          <t xml:space="preserve">KN Environmental, Inc.</t>
+          <t xml:space="preserve">MACE CONTRACTING, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C78">
         <is>
-          <t xml:space="preserve">87 Commonwealth Ave </t>
+          <t xml:space="preserve">1404 BASSWOOD CIRCLE </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E78">
         <is>
-          <t xml:space="preserve">North Attleborough</t>
+          <t xml:space="preserve">NORTH ANDOVER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H78">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J78">
         <is>
-          <t xml:space="preserve">02763</t>
+          <t xml:space="preserve">01845</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K78">
         <is>
-          <t xml:space="preserve">617- 905-1332</t>
+          <t xml:space="preserve">617- 777-2908</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N78">
         <is>
-          <t xml:space="preserve">DC500195</t>
+          <t xml:space="preserve">DC500116</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P78">
         <is>
-          <t xml:space="preserve">04/14/2026</t>
+          <t xml:space="preserve">07/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R78">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="str" r="T78"/>
     </row>
     <row r="79" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A79">
         <is>
-          <t xml:space="preserve">ALL SAFE DELEADING</t>
+          <t xml:space="preserve">KN Environmental, Inc.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C79">
         <is>
-          <t xml:space="preserve">166 MAIN ST </t>
+          <t xml:space="preserve">87 Commonwealth Ave </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E79">
         <is>
-          <t xml:space="preserve">NORTH EASTON</t>
+          <t xml:space="preserve">North Attleborough</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H79">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J79">
         <is>
-          <t xml:space="preserve">02356</t>
+          <t xml:space="preserve">02763</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K79">
         <is>
-          <t xml:space="preserve">508- 238-5136</t>
+          <t xml:space="preserve">617- 905-1332</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N79">
         <is>
-          <t xml:space="preserve">DC001542</t>
+          <t xml:space="preserve">DC500195</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P79">
         <is>
-          <t xml:space="preserve">05/15/2026</t>
+          <t xml:space="preserve">04/14/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R79">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T79"/>
     </row>
     <row r="80" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A80">
         <is>
-          <t xml:space="preserve">MacRheault Construction, Inc.</t>
+          <t xml:space="preserve">ACT REMODELING AND CONSTRUCTION LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C80">
         <is>
-          <t xml:space="preserve">8 Lind Street </t>
+          <t xml:space="preserve">30 SERENADE PARK </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E80">
         <is>
-          <t xml:space="preserve">Oxford</t>
+          <t xml:space="preserve">NORTH EASTON</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H80">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J80">
         <is>
-          <t xml:space="preserve">01540</t>
+          <t xml:space="preserve">02356</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K80">
         <is>
-          <t xml:space="preserve">508- 987-0092</t>
+          <t xml:space="preserve">781- 254-2212</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N80">
         <is>
-          <t xml:space="preserve">DC500192</t>
+          <t xml:space="preserve">DC000764</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P80">
         <is>
-          <t xml:space="preserve">11/08/2025</t>
+          <t xml:space="preserve">10/02/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R80">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T80"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T80">
+        <is>
+          <t xml:space="preserve">JEAN J. INNOCENT</t>
+        </is>
+      </c>
     </row>
     <row r="81" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A81">
         <is>
-          <t xml:space="preserve">ULTIMATE ABATEMENT COMPANY, INC.</t>
+          <t xml:space="preserve">ALL SAFE DELEADING</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C81">
         <is>
-          <t xml:space="preserve">34 MOUNTAIN STREET </t>
+          <t xml:space="preserve">166 MAIN ST </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E81">
         <is>
-          <t xml:space="preserve">PLAINFIELD</t>
+          <t xml:space="preserve">NORTH EASTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H81">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J81">
         <is>
-          <t xml:space="preserve">01070</t>
+          <t xml:space="preserve">02356</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K81">
         <is>
-          <t xml:space="preserve">413- 246-0472</t>
+          <t xml:space="preserve">508- 238-5136</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N81">
         <is>
-          <t xml:space="preserve">DC001849</t>
+          <t xml:space="preserve">DC001542</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P81">
         <is>
-          <t xml:space="preserve">06/11/2026</t>
+          <t xml:space="preserve">05/15/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R81">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T81">
         <is>
-          <t xml:space="preserve">NINA INCHARDI, President</t>
+          <t xml:space="preserve">DAVID GRANT DAMON, Contractor</t>
         </is>
       </c>
     </row>
     <row r="82" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A82">
         <is>
-          <t xml:space="preserve">NE REM dba N.Star Demo &amp; Rem </t>
+          <t xml:space="preserve">MacRheault Construction, Inc.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C82">
         <is>
-          <t xml:space="preserve">174 Newburyport Turnpike # 304,  </t>
+          <t xml:space="preserve">8 Lind Street </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E82">
         <is>
-          <t xml:space="preserve">Rowley</t>
+          <t xml:space="preserve">Oxford</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H82">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J82">
         <is>
-          <t xml:space="preserve">01969</t>
+          <t xml:space="preserve">01540</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K82">
         <is>
-          <t xml:space="preserve">617- 389-8880</t>
+          <t xml:space="preserve">508- 987-0092</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N82">
         <is>
-          <t xml:space="preserve">DC100857</t>
+          <t xml:space="preserve">DC500192</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P82">
         <is>
-          <t xml:space="preserve">03/05/2026</t>
+          <t xml:space="preserve">01/12/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R82">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="str" r="T82"/>
     </row>
     <row r="83" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A83">
         <is>
-          <t xml:space="preserve">ALWAYS DELEADING</t>
+          <t xml:space="preserve">ULTIMATE ABATEMENT COMPANY, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C83">
         <is>
-          <t xml:space="preserve">50 ELMORE STREET </t>
+          <t xml:space="preserve">34 MOUNTAIN STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E83">
         <is>
-          <t xml:space="preserve">ROXBURY</t>
+          <t xml:space="preserve">PLAINFIELD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H83">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J83">
         <is>
-          <t xml:space="preserve">02119</t>
+          <t xml:space="preserve">01070</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K83">
         <is>
-          <t xml:space="preserve">910- 876-5494</t>
+          <t xml:space="preserve">413- 246-0472</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N83">
         <is>
-          <t xml:space="preserve">DC500167</t>
+          <t xml:space="preserve">DC001849</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P83">
         <is>
-          <t xml:space="preserve">09/09/2026</t>
+          <t xml:space="preserve">06/11/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R83">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T83">
         <is>
-          <t xml:space="preserve">ERNEST LAMAR RHODES</t>
+          <t xml:space="preserve">NINA INCHARDI, President</t>
         </is>
       </c>
     </row>
     <row r="84" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A84">
         <is>
-          <t xml:space="preserve">ADEP GROUP, INC.</t>
+          <t xml:space="preserve">Northstar Demolition and Remediation Inc dba Northeast Remediation</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C84">
         <is>
-          <t xml:space="preserve">300 MAIN STREET </t>
+          <t xml:space="preserve">174 Newburyport Turnpike # 304,  </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E84">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">Rowley</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H84">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J84">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">01969</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K84">
         <is>
-          <t xml:space="preserve">603- 239-3005</t>
+          <t xml:space="preserve">409- 886-3959</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N84">
         <is>
-          <t xml:space="preserve">DC500155</t>
+          <t xml:space="preserve">DC100857</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P84">
         <is>
-          <t xml:space="preserve">05/19/2026</t>
+          <t xml:space="preserve">03/05/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R84">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T84">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T84"/>
     </row>
     <row r="85" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A85">
         <is>
-          <t xml:space="preserve">SELECT DEMO SERVICES, LLC</t>
+          <t xml:space="preserve">ALWAYS DELEADING</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C85">
         <is>
-          <t xml:space="preserve">40 LOWELL ROAD BUILDING 2</t>
+          <t xml:space="preserve">50 ELMORE STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E85">
         <is>
-          <t xml:space="preserve">SALEM</t>
+          <t xml:space="preserve">ROXBURY</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H85">
         <is>
-          <t xml:space="preserve">NH</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J85">
         <is>
-          <t xml:space="preserve">03079</t>
+          <t xml:space="preserve">02119</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K85">
         <is>
-          <t xml:space="preserve">603- 386-0391</t>
+          <t xml:space="preserve">910- 876-5494</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N85">
         <is>
-          <t xml:space="preserve">DC500149</t>
+          <t xml:space="preserve">DC500167</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P85">
         <is>
-          <t xml:space="preserve">02/19/2026</t>
+          <t xml:space="preserve">09/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R85">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T85"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T85">
+        <is>
+          <t xml:space="preserve">ERNEST LAMAR RHODES</t>
+        </is>
+      </c>
     </row>
     <row r="86" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A86">
         <is>
-          <t xml:space="preserve">PRIME COATINGS, INC.</t>
+          <t xml:space="preserve">ADEP GROUP, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C86">
         <is>
-          <t xml:space="preserve">161 ELM STREET </t>
+          <t xml:space="preserve">300 MAIN STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E86">
         <is>
-          <t xml:space="preserve">SALISBURY</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H86">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J86">
         <is>
-          <t xml:space="preserve">01952</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K86">
         <is>
-          <t xml:space="preserve">978- 465-2556</t>
+          <t xml:space="preserve">603- 239-3005</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N86">
         <is>
-          <t xml:space="preserve">DC000925</t>
+          <t xml:space="preserve">DC500155</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P86">
         <is>
-          <t xml:space="preserve">04/17/2026</t>
+          <t xml:space="preserve">05/19/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R86">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T86">
         <is>
-          <t xml:space="preserve">RICHARD E. CAPOLUPO, President</t>
+          <t xml:space="preserve">Michael Moore, President</t>
         </is>
       </c>
     </row>
     <row r="87" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A87">
         <is>
-          <t xml:space="preserve">BAYSTATE CONTRACTING SERVICES, INC.</t>
+          <t xml:space="preserve">SELECT DEMO SERVICES, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C87">
         <is>
-          <t xml:space="preserve">352 ALBANY STREET </t>
+          <t xml:space="preserve">40 LOWELL ROAD BUILDING 2</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E87">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H87">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J87">
         <is>
-          <t xml:space="preserve">01105</t>
+          <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K87">
         <is>
-          <t xml:space="preserve">413- 732-3179</t>
+          <t xml:space="preserve">603- 386-0391</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N87">
         <is>
-          <t xml:space="preserve">DC500170</t>
+          <t xml:space="preserve">DC500149</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P87">
         <is>
-          <t xml:space="preserve">10/07/2025</t>
+          <t xml:space="preserve">02/19/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R87">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T87">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T87"/>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A88">
         <is>
-          <t xml:space="preserve">DADS ABATEMENT, LLC</t>
+          <t xml:space="preserve">PRIME COATINGS, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C88">
         <is>
-          <t xml:space="preserve">392 WALNUT STREET </t>
+          <t xml:space="preserve">161 ELM STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E88">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">SALISBURY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H88">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J88">
         <is>
-          <t xml:space="preserve">01105</t>
+          <t xml:space="preserve">01952</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K88">
         <is>
-          <t xml:space="preserve">978- 691-5151</t>
+          <t xml:space="preserve">978- 465-2556</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N88">
         <is>
-          <t xml:space="preserve">DC001867</t>
+          <t xml:space="preserve">DC000925</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P88">
         <is>
-          <t xml:space="preserve">08/01/2026</t>
+          <t xml:space="preserve">04/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R88">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T88">
         <is>
-          <t xml:space="preserve">CHRISTIAN A. PALMA, Supervisor</t>
+          <t xml:space="preserve">RICHARD E. CAPOLUPO, President</t>
         </is>
       </c>
     </row>
     <row r="89" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A89">
         <is>
-          <t xml:space="preserve">GEORGE ABDOW ENTERPRISES</t>
+          <t xml:space="preserve">AAA Abatement LC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C89">
         <is>
-          <t xml:space="preserve">155 BROOKDALE DRIVE </t>
+          <t xml:space="preserve">165 saint james ave apt 2  </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E89">
         <is>
-          <t xml:space="preserve">SPRINGFIELD</t>
+          <t xml:space="preserve">Springfield </t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H89">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J89">
         <is>
-          <t xml:space="preserve">01104</t>
+          <t xml:space="preserve">01109</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K89">
         <is>
-          <t xml:space="preserve">413- 246-5180</t>
+          <t xml:space="preserve">413- -35-0575</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N89">
         <is>
-          <t xml:space="preserve">DC001494</t>
+          <t xml:space="preserve">DC500201</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P89">
         <is>
-          <t xml:space="preserve">10/07/2025</t>
+          <t xml:space="preserve">10/24/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R89">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T89">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T89"/>
     </row>
     <row r="90" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A90">
         <is>
-          <t xml:space="preserve">P.B. Remodeling</t>
+          <t xml:space="preserve">BAYSTATE CONTRACTING SERVICES, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C90">
         <is>
-          <t xml:space="preserve">565 Riverside Road </t>
+          <t xml:space="preserve">352 ALBANY STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E90">
         <is>
-          <t xml:space="preserve">Springfield</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H90">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J90">
         <is>
-          <t xml:space="preserve">01107</t>
+          <t xml:space="preserve">01105</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K90">
         <is>
-          <t xml:space="preserve">413- 218-1508</t>
+          <t xml:space="preserve">413- 732-3179</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N90">
         <is>
-          <t xml:space="preserve">DC001391</t>
+          <t xml:space="preserve">DC500170</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P90">
         <is>
-          <t xml:space="preserve">08/29/2026</t>
+          <t xml:space="preserve">10/01/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R90">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T90"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T90">
+        <is>
+          <t xml:space="preserve">ANDREW MIRKIN</t>
+        </is>
+      </c>
     </row>
     <row r="91" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A91">
         <is>
-          <t xml:space="preserve">VZN LEAD ABATEMENT LLC</t>
+          <t xml:space="preserve">DADS ABATEMENT, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C91">
         <is>
-          <t xml:space="preserve">162 TYLER STREET </t>
+          <t xml:space="preserve">392 WALNUT STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E91">
         <is>
           <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H91">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J91">
         <is>
-          <t xml:space="preserve">01109</t>
+          <t xml:space="preserve">01105</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K91">
         <is>
-          <t xml:space="preserve">413- 386-5177</t>
+          <t xml:space="preserve">978- 691-5151</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N91">
         <is>
-          <t xml:space="preserve">DC500172</t>
+          <t xml:space="preserve">DC001867</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P91">
         <is>
-          <t xml:space="preserve">05/21/2026</t>
+          <t xml:space="preserve">08/01/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R91">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T91"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T91">
+        <is>
+          <t xml:space="preserve">CHRISTIAN A. PALMA, Supervisor</t>
+        </is>
+      </c>
     </row>
     <row r="92" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A92">
         <is>
-          <t xml:space="preserve">PATRICK'S QUALITY PAINTING &amp; REMODELING INC.</t>
+          <t xml:space="preserve">GEORGE ABDOW ENTERPRISES</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C92">
         <is>
-          <t xml:space="preserve">352 PRESBYTERIAN HILL RD </t>
+          <t xml:space="preserve">155 BROOKDALE DRIVE </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E92">
         <is>
-          <t xml:space="preserve">STEPHENTOWN</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H92">
         <is>
-          <t xml:space="preserve">NY</t>
+          <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J92">
         <is>
-          <t xml:space="preserve">12168</t>
+          <t xml:space="preserve">01104</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K92">
         <is>
-          <t xml:space="preserve">413- 441-3331</t>
+          <t xml:space="preserve">413- 246-5180</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N92">
         <is>
-          <t xml:space="preserve">DC500027</t>
+          <t xml:space="preserve">DC001494</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P92">
         <is>
-          <t xml:space="preserve">06/09/2026</t>
+          <t xml:space="preserve">10/08/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R92">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T92">
         <is>
-          <t xml:space="preserve">COLUMB P DEVINE</t>
+          <t xml:space="preserve">GEORGE T. ABDOW, Owner</t>
         </is>
       </c>
     </row>
     <row r="93" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A93">
         <is>
-          <t xml:space="preserve">ALOHIM CONSTRUCTION &amp; ENVIRONMENTAL INC.</t>
+          <t xml:space="preserve">P.B. Remodeling</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C93">
         <is>
-          <t xml:space="preserve">165 WINTHROP STREET </t>
+          <t xml:space="preserve">565 Riverside Road </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E93">
         <is>
-          <t xml:space="preserve">TAUNTON</t>
+          <t xml:space="preserve">Springfield</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H93">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J93">
         <is>
-          <t xml:space="preserve">02780</t>
+          <t xml:space="preserve">01107</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K93">
         <is>
-          <t xml:space="preserve">857- 236-5660</t>
+          <t xml:space="preserve">413- 218-1508</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N93">
         <is>
-          <t xml:space="preserve">DC500176</t>
+          <t xml:space="preserve">DC001391</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P93">
         <is>
-          <t xml:space="preserve">03/20/2026</t>
+          <t xml:space="preserve">08/29/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R93">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T93"/>
     </row>
     <row r="94" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A94">
         <is>
-          <t xml:space="preserve">AUSTIN PAINTING</t>
+          <t xml:space="preserve">VZN LEAD ABATEMENT LLC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C94">
         <is>
-          <t xml:space="preserve">760 PATRIOTS ROAD </t>
+          <t xml:space="preserve">162 TYLER STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E94">
         <is>
-          <t xml:space="preserve">TEMPLETON</t>
+          <t xml:space="preserve">SPRINGFIELD</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H94">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J94">
         <is>
-          <t xml:space="preserve">01468</t>
+          <t xml:space="preserve">01109</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K94">
         <is>
-          <t xml:space="preserve">978- 895-3946</t>
+          <t xml:space="preserve">413- 386-5177</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N94">
         <is>
-          <t xml:space="preserve">DC001798</t>
+          <t xml:space="preserve">DC500172</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P94">
         <is>
-          <t xml:space="preserve">01/16/2026</t>
+          <t xml:space="preserve">05/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R94">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T94"/>
     </row>
     <row r="95" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A95">
         <is>
-          <t xml:space="preserve">Ideal Property Maintenance Cor</t>
+          <t xml:space="preserve">PATRICK'S QUALITY PAINTING &amp; REMODELING INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C95">
         <is>
-          <t xml:space="preserve">96 LAKE STREET </t>
+          <t xml:space="preserve">352 PRESBYTERIAN HILL RD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E95">
         <is>
-          <t xml:space="preserve">TEWKSBURY</t>
+          <t xml:space="preserve">STEPHENTOWN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H95">
         <is>
-          <t xml:space="preserve">MA</t>
+          <t xml:space="preserve">NY</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J95">
         <is>
-          <t xml:space="preserve">01876</t>
+          <t xml:space="preserve">12168</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K95">
         <is>
-          <t xml:space="preserve">197- 865-2211</t>
+          <t xml:space="preserve">413- 441-3331</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N95">
         <is>
-          <t xml:space="preserve">DC500182</t>
+          <t xml:space="preserve">DC500027</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P95">
         <is>
-          <t xml:space="preserve">04/17/2026</t>
+          <t xml:space="preserve">06/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R95">
         <is>
-          <t xml:space="preserve">No</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T95"/>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T95">
+        <is>
+          <t xml:space="preserve">COLUMB P DEVINE</t>
+        </is>
+      </c>
     </row>
     <row r="96" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A96">
         <is>
-          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
+          <t xml:space="preserve">AKA Deleading </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C96">
         <is>
-          <t xml:space="preserve">133 PATTEN RD </t>
+          <t xml:space="preserve">527 Bay st. </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E96">
         <is>
-          <t xml:space="preserve">TEWKSBURY</t>
+          <t xml:space="preserve">Taunton</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H96">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J96">
         <is>
-          <t xml:space="preserve">01876</t>
+          <t xml:space="preserve">02780</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K96">
         <is>
-          <t xml:space="preserve">617- 501-1396</t>
+          <t xml:space="preserve">774- 766-8383</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N96">
         <is>
-          <t xml:space="preserve">DC500063</t>
+          <t xml:space="preserve">DC500204</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P96">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">12/15/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R96">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T96">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T96"/>
     </row>
     <row r="97" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A97">
         <is>
-          <t xml:space="preserve">KSC CONTRACTORS</t>
+          <t xml:space="preserve">ALOHIM CONSTRUCTION &amp; ENVIRONMENTAL INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C97">
         <is>
-          <t xml:space="preserve">17 HILLCREST STREET </t>
+          <t xml:space="preserve">165 WINTHROP STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E97">
         <is>
-          <t xml:space="preserve">WALTHAM</t>
+          <t xml:space="preserve">TAUNTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H97">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J97">
         <is>
-          <t xml:space="preserve">02451</t>
+          <t xml:space="preserve">02780</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K97">
         <is>
-          <t xml:space="preserve">781- 956-0872</t>
+          <t xml:space="preserve">857- 236-5660</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N97">
         <is>
-          <t xml:space="preserve">DC500033</t>
+          <t xml:space="preserve">DC500176</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P97">
         <is>
-          <t xml:space="preserve">08/11/2026</t>
+          <t xml:space="preserve">03/20/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R97">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T97"/>
     </row>
     <row r="98" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A98">
         <is>
-          <t xml:space="preserve">VAREIKA CONSTRUCTION, INC.</t>
+          <t xml:space="preserve">Ideal Property Maintenance Cor</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C98">
         <is>
-          <t xml:space="preserve">219 WALNUT ST SUITE B</t>
+          <t xml:space="preserve">96 LAKE STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E98">
         <is>
-          <t xml:space="preserve">WEST BRIDGEWATER</t>
+          <t xml:space="preserve">TEWKSBURY</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H98">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J98">
         <is>
-          <t xml:space="preserve">02379</t>
+          <t xml:space="preserve">01876</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K98">
         <is>
-          <t xml:space="preserve">508- 583-3999</t>
+          <t xml:space="preserve">197- 865-2211</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N98">
         <is>
-          <t xml:space="preserve">DC001892</t>
+          <t xml:space="preserve">DC500182</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P98">
         <is>
-          <t xml:space="preserve">07/16/2026</t>
+          <t xml:space="preserve">04/17/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R98">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T98"/>
     </row>
     <row r="99" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A99">
         <is>
-          <t xml:space="preserve">CLEAN SURFACE DELEADING, INC.</t>
+          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C99">
         <is>
-          <t xml:space="preserve">203 ESSEX STREET </t>
+          <t xml:space="preserve">133 PATTEN RD </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E99">
         <is>
-          <t xml:space="preserve">WEYMOUTH</t>
+          <t xml:space="preserve">TEWKSBURY</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H99">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J99">
         <is>
-          <t xml:space="preserve">02188</t>
+          <t xml:space="preserve">01876</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K99">
         <is>
-          <t xml:space="preserve">781- 340-0816</t>
+          <t xml:space="preserve">617- 501-1396</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N99">
         <is>
-          <t xml:space="preserve">DC001055</t>
+          <t xml:space="preserve">DC500063</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P99">
         <is>
-          <t xml:space="preserve">04/30/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R99">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T99">
         <is>
-          <t xml:space="preserve">MARK S. BIANCO, Owner</t>
+          <t xml:space="preserve">MARCIO NASCIMENTO, Owner</t>
         </is>
       </c>
     </row>
     <row r="100" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A100">
         <is>
-          <t xml:space="preserve">SWEET PAINT REMOVAL</t>
+          <t xml:space="preserve">KSC CONTRACTORS</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C100">
         <is>
-          <t xml:space="preserve">435 FRONT STREET </t>
+          <t xml:space="preserve">17 HILLCREST STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E100">
         <is>
-          <t xml:space="preserve">WEYMOUTH</t>
+          <t xml:space="preserve">WALTHAM</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H100">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J100">
         <is>
-          <t xml:space="preserve">02188</t>
+          <t xml:space="preserve">02451</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K100">
         <is>
-          <t xml:space="preserve">781- 335-1760</t>
+          <t xml:space="preserve">781- 956-0872</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N100">
         <is>
-          <t xml:space="preserve">DC000104</t>
+          <t xml:space="preserve">DC500033</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P100">
         <is>
-          <t xml:space="preserve">07/01/2026</t>
+          <t xml:space="preserve">08/11/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R100">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T100">
         <is>
-          <t xml:space="preserve">GEORGE M. SWEET, III</t>
+          <t xml:space="preserve">KENNETH S. CORB</t>
         </is>
       </c>
     </row>
     <row r="101" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A101">
         <is>
-          <t xml:space="preserve">LR CONTRACTING</t>
+          <t xml:space="preserve">VAREIKA CONSTRUCTION, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C101">
         <is>
-          <t xml:space="preserve">271 WASHINGTON STREET </t>
+          <t xml:space="preserve">219 WALNUT ST SUITE B</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E101">
         <is>
-          <t xml:space="preserve">WOBURN</t>
+          <t xml:space="preserve">WEST BRIDGEWATER</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H101">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J101">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">02379</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K101">
         <is>
-          <t xml:space="preserve">617- 501-5559</t>
+          <t xml:space="preserve">508- 583-3999</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N101">
         <is>
-          <t xml:space="preserve">DC500160</t>
+          <t xml:space="preserve">DC001892</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P101">
         <is>
-          <t xml:space="preserve">08/12/2026</t>
+          <t xml:space="preserve">07/16/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R101">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T101">
         <is>
-          <t xml:space="preserve">LEONARDO RABELLO</t>
+          <t xml:space="preserve">BRUNO MARTIN, Supervisor</t>
         </is>
       </c>
     </row>
     <row r="102" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A102">
         <is>
-          <t xml:space="preserve">Superior Environmental Services, LLC </t>
+          <t xml:space="preserve">CLEAN SURFACE DELEADING, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C102">
         <is>
-          <t xml:space="preserve">31 Draper Street  </t>
+          <t xml:space="preserve">203 ESSEX STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E102">
         <is>
-          <t xml:space="preserve">Woburn </t>
+          <t xml:space="preserve">WEYMOUTH</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H102">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J102">
         <is>
-          <t xml:space="preserve">01801</t>
+          <t xml:space="preserve">02188</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K102">
         <is>
-          <t xml:space="preserve">781- -57-251 </t>
+          <t xml:space="preserve">781- 340-0816</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N102">
         <is>
-          <t xml:space="preserve">DC500198</t>
+          <t xml:space="preserve">DC001055</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P102">
         <is>
-          <t xml:space="preserve">08/01/2026</t>
+          <t xml:space="preserve">04/30/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R102">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="str" r="T102"/>
+      <c s="8" t="inlineStr" r="T102">
+        <is>
+          <t xml:space="preserve">MARK S. BIANCO, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="103" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A103">
         <is>
+          <t xml:space="preserve">SWEET PAINT REMOVAL</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C103">
+        <is>
+          <t xml:space="preserve">435 FRONT STREET </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="E103">
+        <is>
+          <t xml:space="preserve">WEYMOUTH</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="H103">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J103">
+        <is>
+          <t xml:space="preserve">02188</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="K103">
+        <is>
+          <t xml:space="preserve">781- 335-1760</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N103">
+        <is>
+          <t xml:space="preserve">DC000104</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="P103">
+        <is>
+          <t xml:space="preserve">07/01/2026</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="R103">
+        <is>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T103">
+        <is>
+          <t xml:space="preserve">GEORGE M. SWEET, III</t>
+        </is>
+      </c>
+    </row>
+    <row r="104" ht="18" customHeight="0">
+      <c s="8" t="inlineStr" r="A104">
+        <is>
+          <t xml:space="preserve">LR CONTRACTING</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="C104">
+        <is>
+          <t xml:space="preserve">271 WASHINGTON STREET </t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="E104">
+        <is>
+          <t xml:space="preserve">WOBURN</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="H104">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="J104">
+        <is>
+          <t xml:space="preserve">01801</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="K104">
+        <is>
+          <t xml:space="preserve">617- 501-5559</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="N104">
+        <is>
+          <t xml:space="preserve">DC500160</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="P104">
+        <is>
+          <t xml:space="preserve">08/12/2026</t>
+        </is>
+      </c>
+      <c s="9" t="inlineStr" r="R104">
+        <is>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T104">
+        <is>
+          <t xml:space="preserve">LEONARDO RABELLO</t>
+        </is>
+      </c>
+    </row>
+    <row r="105" ht="18" customHeight="0">
+      <c s="10" t="inlineStr" r="A105">
+        <is>
+          <t xml:space="preserve">Superior Environmental Services, LLC </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C105">
+        <is>
+          <t xml:space="preserve">31 Draper Street  </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="E105">
+        <is>
+          <t xml:space="preserve">Woburn </t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="H105">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J105">
+        <is>
+          <t xml:space="preserve">01801</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="K105">
+        <is>
+          <t xml:space="preserve">781- -57-251 </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N105">
+        <is>
+          <t xml:space="preserve">DC500198</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="P105">
+        <is>
+          <t xml:space="preserve">08/01/2026</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="R105">
+        <is>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T105"/>
+    </row>
+    <row r="106" ht="18" customHeight="0">
+      <c s="8" t="inlineStr" r="A106">
+        <is>
           <t xml:space="preserve">VIEIRA CONSTRUCTION</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="C103">
+      <c s="8" t="inlineStr" r="C106">
         <is>
           <t xml:space="preserve">5 WASHINGTON AVE </t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="E103">
+      <c s="8" t="inlineStr" r="E106">
         <is>
           <t xml:space="preserve">WOBURN</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="H103">
-[...4 lines deleted...]
-      <c s="10" t="inlineStr" r="J103">
+      <c s="9" t="inlineStr" r="H106">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="J106">
         <is>
           <t xml:space="preserve">01801</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="K103">
+      <c s="8" t="inlineStr" r="K106">
         <is>
           <t xml:space="preserve">617- 429-2622</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="N103">
+      <c s="8" t="inlineStr" r="N106">
         <is>
           <t xml:space="preserve">DC001960</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="P103">
+      <c s="8" t="inlineStr" r="P106">
         <is>
           <t xml:space="preserve">04/07/2026</t>
         </is>
       </c>
-      <c s="11" t="inlineStr" r="R103">
+      <c s="9" t="inlineStr" r="R106">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T103">
+      <c s="8" t="inlineStr" r="T106">
         <is>
           <t xml:space="preserve">LUIZ A. VIEIRA, Owner</t>
         </is>
       </c>
     </row>
-    <row r="104" ht="72" customHeight="1"/>
+    <row r="107" ht="72" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="F1:N2"/>
     <mergeCell ref="B2:C6"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="G6:L8"/>
     <mergeCell ref="Q6:R7"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="K9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="R9:S9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="P10:Q10"/>
     <mergeCell ref="R10:S10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
@@ -5993,55 +6133,79 @@
     <mergeCell ref="R100:S100"/>
     <mergeCell ref="A101:B101"/>
     <mergeCell ref="C101:D101"/>
     <mergeCell ref="E101:G101"/>
     <mergeCell ref="H101:I101"/>
     <mergeCell ref="K101:M101"/>
     <mergeCell ref="N101:O101"/>
     <mergeCell ref="P101:Q101"/>
     <mergeCell ref="R101:S101"/>
     <mergeCell ref="A102:B102"/>
     <mergeCell ref="C102:D102"/>
     <mergeCell ref="E102:G102"/>
     <mergeCell ref="H102:I102"/>
     <mergeCell ref="K102:M102"/>
     <mergeCell ref="N102:O102"/>
     <mergeCell ref="P102:Q102"/>
     <mergeCell ref="R102:S102"/>
     <mergeCell ref="A103:B103"/>
     <mergeCell ref="C103:D103"/>
     <mergeCell ref="E103:G103"/>
     <mergeCell ref="H103:I103"/>
     <mergeCell ref="K103:M103"/>
     <mergeCell ref="N103:O103"/>
     <mergeCell ref="P103:Q103"/>
     <mergeCell ref="R103:S103"/>
+    <mergeCell ref="A104:B104"/>
+    <mergeCell ref="C104:D104"/>
+    <mergeCell ref="E104:G104"/>
+    <mergeCell ref="H104:I104"/>
+    <mergeCell ref="K104:M104"/>
+    <mergeCell ref="N104:O104"/>
+    <mergeCell ref="P104:Q104"/>
+    <mergeCell ref="R104:S104"/>
+    <mergeCell ref="A105:B105"/>
+    <mergeCell ref="C105:D105"/>
+    <mergeCell ref="E105:G105"/>
+    <mergeCell ref="H105:I105"/>
+    <mergeCell ref="K105:M105"/>
+    <mergeCell ref="N105:O105"/>
+    <mergeCell ref="P105:Q105"/>
+    <mergeCell ref="R105:S105"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="C106:D106"/>
+    <mergeCell ref="E106:G106"/>
+    <mergeCell ref="H106:I106"/>
+    <mergeCell ref="K106:M106"/>
+    <mergeCell ref="N106:O106"/>
+    <mergeCell ref="P106:Q106"/>
+    <mergeCell ref="R106:S106"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="3.56457992125984" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Segoe UI,Regular"&amp;10 10/1/2025 8:41:06 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Segoe UI,Regular"&amp;10 2/2/2026 9:25:28 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>