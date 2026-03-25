--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -380,87 +380,87 @@
     <row r="4" ht="18" customHeight="1">
       <c s="2" t="inlineStr" r="I4">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">AS OF </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">02/02/2026</t>
+            <t xml:space="preserve">03/02/2026</t>
           </r>
         </is>
       </c>
     </row>
     <row r="5" ht="3.2" customHeight="1"/>
     <row r="6" ht="15.75" customHeight="1">
       <c s="3" t="inlineStr" r="G6">
         <is>
           <t xml:space="preserve">This List is Ordered by Town and Company Name</t>
         </is>
       </c>
       <c s="4" t="inlineStr" r="Q6">
         <is>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
             <t xml:space="preserve">Total: </t>
           </r>
           <r>
             <rPr>
               <b val="0"/>
               <i val="0"/>
               <strike val="0"/>
               <u val="none"/>
               <sz val="10"/>
               <color rgb="FF00008B"/>
               <rFont val="Calibri"/>
             </rPr>
-            <t xml:space="preserve">97</t>
+            <t xml:space="preserve">98</t>
           </r>
         </is>
       </c>
     </row>
     <row r="7" ht="2.9" customHeight="0"/>
     <row r="8" ht="1" customHeight="0"/>
     <row r="9" ht="18" customHeight="0">
       <c s="5" t="inlineStr" r="A9">
         <is>
           <t xml:space="preserve">BUSINESS NAME</t>
         </is>
       </c>
       <c s="6" t="str" r="B9"/>
       <c s="5" t="inlineStr" r="C9">
         <is>
           <t xml:space="preserve">ADDRESS</t>
         </is>
       </c>
       <c s="6" t="str" r="D9"/>
       <c s="5" t="inlineStr" r="E9">
         <is>
           <t xml:space="preserve">CITY</t>
         </is>
       </c>
       <c s="7" t="str" r="F9"/>
@@ -1727,51 +1727,51 @@
           <t xml:space="preserve">DORCHESTER</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H34">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J34">
         <is>
           <t xml:space="preserve">02124</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K34">
         <is>
           <t xml:space="preserve">617- 817-2474</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N34">
         <is>
           <t xml:space="preserve">DC001753</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P34">
         <is>
-          <t xml:space="preserve">02/20/2026</t>
+          <t xml:space="preserve">02/20/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R34">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T34">
         <is>
           <t xml:space="preserve">RUSS L. BROOKS</t>
         </is>
       </c>
     </row>
     <row r="35" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A35">
         <is>
           <t xml:space="preserve">RP DELEAD AND REMODEL, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C35">
         <is>
           <t xml:space="preserve">1934 LAKEVIEW AVE </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E35">
@@ -1935,51 +1935,51 @@
           <t xml:space="preserve">EVERETT</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H38">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J38">
         <is>
           <t xml:space="preserve">02149</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K38">
         <is>
           <t xml:space="preserve">409- 886-3959</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N38">
         <is>
           <t xml:space="preserve">DC000857</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P38">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">02/06/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R38">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T38">
         <is>
           <t xml:space="preserve">none none</t>
         </is>
       </c>
     </row>
     <row r="39" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A39">
         <is>
           <t xml:space="preserve">PRISM RESPONSE, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C39">
         <is>
           <t xml:space="preserve">4000 TRIANGLE LANE SUITE 160</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E39">
@@ -2029,51 +2029,51 @@
           <t xml:space="preserve">L&amp;K Renovation and Remediation Inc</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C40">
         <is>
           <t xml:space="preserve">1034 Westminster Hill Rd </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E40">
         <is>
           <t xml:space="preserve">Fitchburg</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H40">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J40">
         <is>
           <t xml:space="preserve">01420</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K40">
         <is>
-          <t xml:space="preserve">(97- 8) -3509</t>
+          <t xml:space="preserve">978- 400-3509</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N40">
         <is>
           <t xml:space="preserve">DC500188</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P40">
         <is>
           <t xml:space="preserve">01/27/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R40">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="str" r="T40"/>
     </row>
     <row r="41" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A41">
         <is>
           <t xml:space="preserve">PETER ARIGONI DBA LITTLE BROOK BUILDERS LLC</t>
         </is>
       </c>
@@ -2452,795 +2452,795 @@
       </c>
       <c s="8" t="inlineStr" r="N48">
         <is>
           <t xml:space="preserve">DC001838</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P48">
         <is>
           <t xml:space="preserve">08/25/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R48">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T48">
         <is>
           <t xml:space="preserve">LEOCADIO PAULINO</t>
         </is>
       </c>
     </row>
     <row r="49" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A49">
         <is>
-          <t xml:space="preserve">MERRIMACK ENVIRONMENTAL SOLUTION CORP</t>
+          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C49">
         <is>
-          <t xml:space="preserve">599 CANAL STREET 6 W  SUITE 9</t>
+          <t xml:space="preserve">9 OSGOOD STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E49">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H49">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J49">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K49">
         <is>
-          <t xml:space="preserve">978- 685-0111</t>
+          <t xml:space="preserve">978- 794-7922</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N49">
         <is>
-          <t xml:space="preserve">DC500166</t>
+          <t xml:space="preserve">DC500140</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P49">
         <is>
-          <t xml:space="preserve">02/06/2026</t>
+          <t xml:space="preserve">02/10/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R49">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="str" r="T49"/>
+      <c s="10" t="inlineStr" r="T49">
+        <is>
+          <t xml:space="preserve">FRANKLIN V. DE LA CRUZ, II, Supervisor</t>
+        </is>
+      </c>
     </row>
     <row r="50" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A50">
         <is>
-          <t xml:space="preserve">NG ENVIRONMENTAL CONTRACTORS INC</t>
+          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C50">
         <is>
-          <t xml:space="preserve">9 OSGOOD STREET </t>
+          <t xml:space="preserve">0 BROADWAY STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E50">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H50">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J50">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K50">
         <is>
-          <t xml:space="preserve">978- 794-7922</t>
+          <t xml:space="preserve">619- 595-1024</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N50">
         <is>
-          <t xml:space="preserve">DC500140</t>
+          <t xml:space="preserve">DC500178</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P50">
         <is>
-          <t xml:space="preserve">02/12/2026</t>
+          <t xml:space="preserve">10/22/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R50">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T50">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T50"/>
     </row>
     <row r="51" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A51">
         <is>
-          <t xml:space="preserve">NORTH ENVIRONMENTAL ABATEMENT INC</t>
+          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C51">
         <is>
-          <t xml:space="preserve">0 BROADWAY STREET </t>
+          <t xml:space="preserve">1 BROADWAY UNIT 34</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E51">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H51">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J51">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K51">
         <is>
-          <t xml:space="preserve">619- 595-1024</t>
+          <t xml:space="preserve">617- 501-1396</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N51">
         <is>
-          <t xml:space="preserve">DC500178</t>
+          <t xml:space="preserve">DC500063</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P51">
         <is>
-          <t xml:space="preserve">10/22/2026</t>
+          <t xml:space="preserve">04/04/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R51">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="10" t="str" r="T51"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="T51">
+        <is>
+          <t xml:space="preserve">MARCIO NASCIMENTO, Owner</t>
+        </is>
+      </c>
     </row>
     <row r="52" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A52">
         <is>
-          <t xml:space="preserve">PIMENTEL PAINTING, INC.</t>
+          <t xml:space="preserve">Rafael destroy and build</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C52">
         <is>
-          <t xml:space="preserve">1 BROADWAY UNIT 34</t>
+          <t xml:space="preserve">117 Allston Street </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E52">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Lawrence </t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H52">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J52">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K52">
         <is>
-          <t xml:space="preserve">617- 501-1396</t>
+          <t xml:space="preserve">781- 971-4028</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N52">
         <is>
-          <t xml:space="preserve">DC500063</t>
+          <t xml:space="preserve">DC500194</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P52">
         <is>
-          <t xml:space="preserve">04/04/2026</t>
+          <t xml:space="preserve">03/21/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R52">
         <is>
-          <t xml:space="preserve">No</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Yes</t>
+        </is>
+      </c>
+      <c s="8" t="str" r="T52"/>
     </row>
     <row r="53" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A53">
         <is>
-          <t xml:space="preserve">Rafael destroy and build</t>
+          <t xml:space="preserve">RAY SERVICES, INC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C53">
         <is>
-          <t xml:space="preserve">117 Allston Street </t>
+          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E53">
         <is>
-          <t xml:space="preserve">Lawrence </t>
+          <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H53">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J53">
         <is>
           <t xml:space="preserve">01841</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K53">
         <is>
-          <t xml:space="preserve">781- 971-4028</t>
+          <t xml:space="preserve">978- 305-7644</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N53">
         <is>
-          <t xml:space="preserve">DC500194</t>
+          <t xml:space="preserve">DC500105</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P53">
         <is>
-          <t xml:space="preserve">03/21/2026</t>
+          <t xml:space="preserve">10/22/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R53">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="str" r="T53"/>
+      <c s="10" t="inlineStr" r="T53">
+        <is>
+          <t xml:space="preserve">Yakaira Inoa, Principal</t>
+        </is>
+      </c>
     </row>
     <row r="54" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A54">
         <is>
-          <t xml:space="preserve">RAY SERVICES, INC</t>
+          <t xml:space="preserve">SOEP PAINTING CORP.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C54">
         <is>
-          <t xml:space="preserve">530 BROADWAY ST. 4TH FLOOR</t>
+          <t xml:space="preserve">16 BALLARD ROAD </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E54">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H54">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J54">
         <is>
-          <t xml:space="preserve">01841</t>
+          <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K54">
         <is>
-          <t xml:space="preserve">978- 305-7644</t>
+          <t xml:space="preserve">781- 322-7800</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N54">
         <is>
-          <t xml:space="preserve">DC500105</t>
+          <t xml:space="preserve">DC500050</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P54">
         <is>
-          <t xml:space="preserve">10/22/2026</t>
+          <t xml:space="preserve">05/28/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R54">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T54">
         <is>
-          <t xml:space="preserve">Yakaira Inoa, Principal</t>
+          <t xml:space="preserve">MATTHEW SOEP, Owner</t>
         </is>
       </c>
     </row>
     <row r="55" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A55">
         <is>
-          <t xml:space="preserve">SOEP PAINTING CORP.</t>
+          <t xml:space="preserve">T&amp;G CONTRACTING CORP</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C55">
         <is>
-          <t xml:space="preserve">16 BALLARD ROAD </t>
+          <t xml:space="preserve">211 ABBOTT STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E55">
         <is>
           <t xml:space="preserve">LAWRENCE</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H55">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J55">
         <is>
           <t xml:space="preserve">01843</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K55">
         <is>
-          <t xml:space="preserve">781- 322-7800</t>
+          <t xml:space="preserve">978- 489-4711</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N55">
         <is>
-          <t xml:space="preserve">DC500050</t>
+          <t xml:space="preserve">DC500106</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P55">
         <is>
-          <t xml:space="preserve">05/28/2026</t>
+          <t xml:space="preserve">06/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R55">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="10" t="inlineStr" r="T55">
-[...3 lines deleted...]
-      </c>
+      <c s="10" t="str" r="T55"/>
     </row>
     <row r="56" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A56">
         <is>
-          <t xml:space="preserve">T&amp;G CONTRACTING CORP</t>
+          <t xml:space="preserve">Shalom Environmental Services, Inc.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C56">
         <is>
-          <t xml:space="preserve">211 ABBOTT STREET </t>
+          <t xml:space="preserve">Suite 511 </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E56">
         <is>
-          <t xml:space="preserve">LAWRENCE</t>
+          <t xml:space="preserve">Lawrence Massachusetts</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H56">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J56">
         <is>
-          <t xml:space="preserve">01843</t>
+          <t xml:space="preserve">01840</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K56">
         <is>
-          <t xml:space="preserve">978- 489-4711</t>
+          <t xml:space="preserve">978- 608-3377</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N56">
         <is>
-          <t xml:space="preserve">DC500106</t>
+          <t xml:space="preserve">DC500193</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P56">
         <is>
-          <t xml:space="preserve">06/09/2026</t>
+          <t xml:space="preserve">01/09/2027</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R56">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="str" r="T56"/>
     </row>
     <row r="57" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A57">
         <is>
-          <t xml:space="preserve">Shalom Environmental Services, Inc.</t>
+          <t xml:space="preserve">JACQUES AKELIAN</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C57">
         <is>
-          <t xml:space="preserve">Suite 511 </t>
+          <t xml:space="preserve">487 WALTHAM STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E57">
         <is>
-          <t xml:space="preserve">Lawrence Massachusetts</t>
+          <t xml:space="preserve">LEXINGTON</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H57">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J57">
         <is>
-          <t xml:space="preserve">01840</t>
+          <t xml:space="preserve">02421</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K57">
         <is>
-          <t xml:space="preserve">978- 608-3377</t>
+          <t xml:space="preserve">617- 372-2222</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N57">
         <is>
-          <t xml:space="preserve">DC500193</t>
+          <t xml:space="preserve">DC500048</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P57">
         <is>
-          <t xml:space="preserve">01/09/2027</t>
+          <t xml:space="preserve">02/25/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R57">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="str" r="T57"/>
     </row>
     <row r="58" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A58">
         <is>
-          <t xml:space="preserve">JACQUES AKELIAN</t>
+          <t xml:space="preserve">MS NONG CORPORATION</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C58">
         <is>
-          <t xml:space="preserve">487 WALTHAM STREET </t>
+          <t xml:space="preserve">31 BELLEVUE STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E58">
         <is>
-          <t xml:space="preserve">LEXINGTON</t>
+          <t xml:space="preserve">LOWELL</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H58">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J58">
         <is>
-          <t xml:space="preserve">02421</t>
+          <t xml:space="preserve">01851</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K58">
         <is>
-          <t xml:space="preserve">617- 372-2222</t>
+          <t xml:space="preserve">781- 589-6184</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N58">
         <is>
-          <t xml:space="preserve">DC500048</t>
+          <t xml:space="preserve">DC001607</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P58">
         <is>
-          <t xml:space="preserve">02/11/2026</t>
+          <t xml:space="preserve">10/03/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R58">
         <is>
-          <t xml:space="preserve">Yes</t>
-[...2 lines deleted...]
-      <c s="8" t="str" r="T58"/>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="8" t="inlineStr" r="T58">
+        <is>
+          <t xml:space="preserve">MONY S. NONG</t>
+        </is>
+      </c>
     </row>
     <row r="59" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A59">
         <is>
-          <t xml:space="preserve">MS NONG CORPORATION</t>
+          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C59">
         <is>
-          <t xml:space="preserve">31 BELLEVUE STREET </t>
+          <t xml:space="preserve">1020 EAST STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E59">
         <is>
-          <t xml:space="preserve">LOWELL</t>
+          <t xml:space="preserve">LUDLOW</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H59">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J59">
         <is>
-          <t xml:space="preserve">01851</t>
+          <t xml:space="preserve">01056</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K59">
         <is>
-          <t xml:space="preserve">781- 589-6184</t>
+          <t xml:space="preserve">413- 583-7919</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N59">
         <is>
-          <t xml:space="preserve">DC001607</t>
+          <t xml:space="preserve">DC001908</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P59">
         <is>
-          <t xml:space="preserve">10/03/2026</t>
+          <t xml:space="preserve">04/02/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R59">
         <is>
-          <t xml:space="preserve">No</t>
+          <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T59">
         <is>
-          <t xml:space="preserve">MONY S. NONG</t>
+          <t xml:space="preserve">JEFFREY A HENRIQUES, Supervisor</t>
         </is>
       </c>
     </row>
     <row r="60" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A60">
         <is>
-          <t xml:space="preserve">COMPASS RESTORATION SERVICES, LLC</t>
+          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C60">
         <is>
-          <t xml:space="preserve">1020 EAST STREET </t>
+          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E60">
         <is>
-          <t xml:space="preserve">LUDLOW</t>
+          <t xml:space="preserve">LUNENBURG</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H60">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J60">
         <is>
-          <t xml:space="preserve">01056</t>
+          <t xml:space="preserve">01462</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K60">
         <is>
-          <t xml:space="preserve">413- 583-7919</t>
+          <t xml:space="preserve">978- 833-1018</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N60">
         <is>
-          <t xml:space="preserve">DC001908</t>
+          <t xml:space="preserve">DC500020</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P60">
         <is>
-          <t xml:space="preserve">04/02/2026</t>
+          <t xml:space="preserve">05/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R60">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T60">
         <is>
-          <t xml:space="preserve">JEFFREY A HENRIQUES, Supervisor</t>
+          <t xml:space="preserve">KYLE BLOOD, Owner</t>
         </is>
       </c>
     </row>
     <row r="61" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A61">
         <is>
-          <t xml:space="preserve">KYLE R. BLOOD - GENERAL CONTRACTING &amp; ENVIRONMENTAL REMEDIATION</t>
+          <t xml:space="preserve">BAY STATE ENVIROMENTAL SERVICES CORPORATION</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C61">
         <is>
-          <t xml:space="preserve">1387 MASSACHUSETTS AVE </t>
+          <t xml:space="preserve">33 ENDICOTT ST. #2</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E61">
         <is>
-          <t xml:space="preserve">LUNENBURG</t>
+          <t xml:space="preserve">LYNN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H61">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J61">
         <is>
-          <t xml:space="preserve">01462</t>
+          <t xml:space="preserve">01902</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K61">
         <is>
-          <t xml:space="preserve">978- 833-1018</t>
+          <t xml:space="preserve">617- 401-1452</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N61">
         <is>
-          <t xml:space="preserve">DC500020</t>
+          <t xml:space="preserve">DC500046</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P61">
         <is>
-          <t xml:space="preserve">05/07/2026</t>
+          <t xml:space="preserve">09/09/2026</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R61">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="T61">
         <is>
-          <t xml:space="preserve">KYLE BLOOD, Owner</t>
+          <t xml:space="preserve">SALVADOR CASTRO</t>
         </is>
       </c>
     </row>
     <row r="62" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A62">
         <is>
-          <t xml:space="preserve">BAY STATE ENVIROMENTAL SERVICES CORPORATION</t>
+          <t xml:space="preserve">Jay's Home Improvement &amp; Lead</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C62">
         <is>
-          <t xml:space="preserve">33 ENDICOTT ST. #2</t>
+          <t xml:space="preserve">80 Verona St </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E62">
         <is>
-          <t xml:space="preserve">LYNN</t>
+          <t xml:space="preserve">Lynn</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H62">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="J62">
         <is>
-          <t xml:space="preserve">01902</t>
+          <t xml:space="preserve">01904</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="K62">
         <is>
-          <t xml:space="preserve">617- 401-1452</t>
+          <t xml:space="preserve">617- 461-9288</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N62">
         <is>
-          <t xml:space="preserve">DC500046</t>
+          <t xml:space="preserve">DC500186</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P62">
         <is>
-          <t xml:space="preserve">09/09/2026</t>
+          <t xml:space="preserve">09/29/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R62">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
-      <c s="8" t="inlineStr" r="T62">
-[...3 lines deleted...]
-      </c>
+      <c s="8" t="str" r="T62"/>
     </row>
     <row r="63" ht="18" customHeight="0">
       <c s="10" t="inlineStr" r="A63">
         <is>
-          <t xml:space="preserve">Jay's Home Improvement &amp; Lead</t>
+          <t xml:space="preserve">PRECISION LEAD PAINT SOLUTIONS</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="C63">
         <is>
-          <t xml:space="preserve">80 Verona St </t>
+          <t xml:space="preserve">710A SUMMER STREET </t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="E63">
         <is>
-          <t xml:space="preserve">Lynn</t>
+          <t xml:space="preserve">LYNN</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H63">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J63">
         <is>
-          <t xml:space="preserve">01904</t>
+          <t xml:space="preserve">01905</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K63">
         <is>
-          <t xml:space="preserve">617- 461-9288</t>
+          <t xml:space="preserve">781- 367-1661</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N63">
         <is>
-          <t xml:space="preserve">DC500186</t>
+          <t xml:space="preserve">DC500074</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P63">
         <is>
-          <t xml:space="preserve">09/29/2026</t>
+          <t xml:space="preserve">02/06/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R63">
         <is>
-          <t xml:space="preserve">Yes</t>
+          <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="10" t="str" r="T63"/>
     </row>
     <row r="64" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A64">
         <is>
           <t xml:space="preserve">SERVICE PAINTING COMPANY, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C64">
         <is>
           <t xml:space="preserve">93 COLLINS STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E64">
         <is>
           <t xml:space="preserve">LYNN</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="H64">
         <is>
           <t xml:space="preserve">MA</t>
         </is>
       </c>
@@ -4395,51 +4395,51 @@
           <t xml:space="preserve">SALEM</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="H87">
         <is>
           <t xml:space="preserve">NH</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="J87">
         <is>
           <t xml:space="preserve">03079</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="K87">
         <is>
           <t xml:space="preserve">603- 386-0391</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="N87">
         <is>
           <t xml:space="preserve">DC500149</t>
         </is>
       </c>
       <c s="10" t="inlineStr" r="P87">
         <is>
-          <t xml:space="preserve">02/19/2026</t>
+          <t xml:space="preserve">02/11/2027</t>
         </is>
       </c>
       <c s="11" t="inlineStr" r="R87">
         <is>
           <t xml:space="preserve">Yes</t>
         </is>
       </c>
       <c s="10" t="str" r="T87"/>
     </row>
     <row r="88" ht="18" customHeight="0">
       <c s="8" t="inlineStr" r="A88">
         <is>
           <t xml:space="preserve">PRIME COATINGS, INC.</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="C88">
         <is>
           <t xml:space="preserve">161 ELM STREET </t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="E88">
         <is>
           <t xml:space="preserve">SALISBURY</t>
         </is>
       </c>
@@ -5365,51 +5365,99 @@
         <is>
           <t xml:space="preserve">617- 429-2622</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="N106">
         <is>
           <t xml:space="preserve">DC001960</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="P106">
         <is>
           <t xml:space="preserve">04/07/2026</t>
         </is>
       </c>
       <c s="9" t="inlineStr" r="R106">
         <is>
           <t xml:space="preserve">No</t>
         </is>
       </c>
       <c s="8" t="inlineStr" r="T106">
         <is>
           <t xml:space="preserve">LUIZ A. VIEIRA, Owner</t>
         </is>
       </c>
     </row>
-    <row r="107" ht="72" customHeight="1"/>
+    <row r="107" ht="18" customHeight="0">
+      <c s="10" t="inlineStr" r="A107">
+        <is>
+          <t xml:space="preserve">Ionel D Stroe</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="C107">
+        <is>
+          <t xml:space="preserve">21 Cedar St </t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="E107">
+        <is>
+          <t xml:space="preserve">Worcester</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="H107">
+        <is>
+          <t xml:space="preserve">MA</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="J107">
+        <is>
+          <t xml:space="preserve">01609-2530</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="K107">
+        <is>
+          <t xml:space="preserve">508- 791-8804</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="N107">
+        <is>
+          <t xml:space="preserve">DC500205</t>
+        </is>
+      </c>
+      <c s="10" t="inlineStr" r="P107">
+        <is>
+          <t xml:space="preserve">02/24/2027</t>
+        </is>
+      </c>
+      <c s="11" t="inlineStr" r="R107">
+        <is>
+          <t xml:space="preserve">No</t>
+        </is>
+      </c>
+      <c s="10" t="str" r="T107"/>
+    </row>
+    <row r="108" ht="72" customHeight="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="F1:N2"/>
     <mergeCell ref="B2:C6"/>
     <mergeCell ref="I4:K4"/>
     <mergeCell ref="G6:L8"/>
     <mergeCell ref="Q6:R7"/>
     <mergeCell ref="A9:B9"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="K9:M9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="P9:Q9"/>
     <mergeCell ref="R9:S9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="P10:Q10"/>
     <mergeCell ref="R10:S10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C11:D11"/>
@@ -6157,55 +6205,63 @@
     <mergeCell ref="R103:S103"/>
     <mergeCell ref="A104:B104"/>
     <mergeCell ref="C104:D104"/>
     <mergeCell ref="E104:G104"/>
     <mergeCell ref="H104:I104"/>
     <mergeCell ref="K104:M104"/>
     <mergeCell ref="N104:O104"/>
     <mergeCell ref="P104:Q104"/>
     <mergeCell ref="R104:S104"/>
     <mergeCell ref="A105:B105"/>
     <mergeCell ref="C105:D105"/>
     <mergeCell ref="E105:G105"/>
     <mergeCell ref="H105:I105"/>
     <mergeCell ref="K105:M105"/>
     <mergeCell ref="N105:O105"/>
     <mergeCell ref="P105:Q105"/>
     <mergeCell ref="R105:S105"/>
     <mergeCell ref="A106:B106"/>
     <mergeCell ref="C106:D106"/>
     <mergeCell ref="E106:G106"/>
     <mergeCell ref="H106:I106"/>
     <mergeCell ref="K106:M106"/>
     <mergeCell ref="N106:O106"/>
     <mergeCell ref="P106:Q106"/>
     <mergeCell ref="R106:S106"/>
+    <mergeCell ref="A107:B107"/>
+    <mergeCell ref="C107:D107"/>
+    <mergeCell ref="E107:G107"/>
+    <mergeCell ref="H107:I107"/>
+    <mergeCell ref="K107:M107"/>
+    <mergeCell ref="N107:O107"/>
+    <mergeCell ref="P107:Q107"/>
+    <mergeCell ref="R107:S107"/>
   </mergeCells>
   <pageMargins left="1" right="1" top="1" bottom="3.56457992125984" header="1" footer="1"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;C&amp;"Segoe UI,Regular"&amp;10 2/2/2026 9:25:28 AM </oddFooter>
+    <oddFooter>&amp;C&amp;"Segoe UI,Regular"&amp;10 3/2/2026 7:44:58 AM </oddFooter>
   </headerFooter>
   <drawing r:id="rId7"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:s="http://schemas.openxmlformats.org/officeDocument/2006/sharedTypes" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>