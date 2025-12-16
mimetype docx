--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -1,2099 +1,3465 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0DC03BA8" w14:textId="42B7BDCA" w:rsidR="005353E7" w:rsidRDefault="00385178" w:rsidP="00DB44DC">
+    <w:p w14:paraId="5E75A512" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:right="38"/>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Flu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Symptom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+        </w:rPr>
+        <w:t>Check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>List</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624A9308" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:right="48"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="0000FF"/>
-[...9 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="34"/>
         </w:rPr>
-        <w:t>for Families, Schools and Child Care Programs</w:t>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>Families,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>Schools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>Child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>Care</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="34"/>
+        </w:rPr>
+        <w:t>Programs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5377C1B5" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="35751A9F" w14:textId="77777777" w:rsidR="002F65CB" w:rsidRPr="002F65CB" w:rsidRDefault="007C5540" w:rsidP="002F65CB">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="right"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="228"/>
+        <w:ind w:left="359" w:right="522"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Flu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>season</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>usually</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>starts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>runs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spring.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="002F65CB" w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>symptoms of influenza (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F65CB" w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>flu</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002F65CB" w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) include </w:t>
+      </w:r>
+      <w:r w:rsidR="002F65CB" w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fever, cough and/or sore throat</w:t>
+      </w:r>
+      <w:r w:rsidR="002F65CB" w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. It’s important to note that not everyone with flu will develop a fever. Some people may also have a runny nose, body aches, headache, chills, and feel tired. Some people (especially young children) may also have diarrhea and vomiting. Symptoms can last from a few days to up to a week or longer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="344F297A" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="7A60CB59" w14:textId="6E660EA3" w:rsidR="002F65CB" w:rsidRDefault="002F65CB" w:rsidP="002F65CB">
       <w:pPr>
-        <w:spacing w:after="181"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="228"/>
+        <w:ind w:left="359" w:right="522"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="002F65CB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>To keep flu from spreading in the community it is important to keep your sick child at home when he or she has the flu. Use this form during flu season to determine whether your child should attend school or childcare.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BF6F64D" w14:textId="5003D4FE" w:rsidR="005353E7" w:rsidRDefault="00385178" w:rsidP="008F157D">
+    <w:p w14:paraId="31965279" w14:textId="77777777" w:rsidR="002F65CB" w:rsidRPr="002F65CB" w:rsidRDefault="002F65CB" w:rsidP="002F65CB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="226" w:lineRule="auto"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="228"/>
+        <w:ind w:left="359" w:right="522"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...107 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-114" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
-          <w:top w:w="85" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="121" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8297"/>
+        <w:gridCol w:w="8298"/>
         <w:gridCol w:w="630"/>
-        <w:gridCol w:w="647"/>
+        <w:gridCol w:w="648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005353E7" w14:paraId="0F4CE404" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="24C7ABA4" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="681"/>
+          <w:trHeight w:val="687"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17255C26" w14:textId="67F0F153" w:rsidR="005353E7" w:rsidRDefault="00385178" w:rsidP="0029061F">
+          <w:p w14:paraId="47C9D39B" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:right="3"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="159"/>
+              <w:ind w:left="358"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t>Flu‐like</w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>Flu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>‐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
+              <w:t>like</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
               <w:t>illness:</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="37"/>
+                <w:w w:val="150"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>Should</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>keep</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>my</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>child</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>home?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="0C5174BB" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="2F623D57" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="349"/>
+          <w:trHeight w:val="324"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D42880" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="1B106D40" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="55"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D226F12" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
-            <w:r>
+          <w:p w14:paraId="603BEC57" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D0BE4B3" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="75E6B95E" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="59"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">No </w:t>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="22AF8C2A" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="192AEFD3" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="708"/>
+          <w:trHeight w:val="698"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="005D6EE7" w14:textId="77777777" w:rsidR="0029061F" w:rsidRDefault="00385178">
+          <w:p w14:paraId="66D8058D" w14:textId="1305A3CD" w:rsidR="006D1EE7" w:rsidRPr="002F65CB" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709" w:hanging="360"/>
-[...19 lines deleted...]
-            <w:r w:rsidRPr="004E40A9">
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="475"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>past 24 hours</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">?  </w:t>
+            </w:pPr>
+            <w:r>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>had</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>fever</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:t>≥</w:t>
+            </w:r>
+            <w:r>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>degrees</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>higher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>past</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>24</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2BF7EB46" w14:textId="48851027" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="0859CEFD" w14:textId="246FB5D4" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709" w:hanging="360"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="835"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            <w:r w:rsidR="0029061F">
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="54"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="55"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003258EF">
               <w:t>≥</w:t>
             </w:r>
             <w:r>
-              <w:t>3</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">° C. </w:t>
+              <w:t>100°</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>same</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003258EF">
+              <w:t>≥</w:t>
+            </w:r>
+            <w:r>
+              <w:t>37.8°</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61099EE4" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="78666E70" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="56"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49216F16" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="0CA7B72D" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="59"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="10B164E8" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="54CDD12B" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="588"/>
+          <w:trHeight w:val="578"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43A0F3AF" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="1F3F2727" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="835" w:right="588"/>
             </w:pPr>
             <w:r>
-              <w:t>If you answered Yes to the question above, keep your child home</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">for at least another day to observe for additional symptoms.   </w:t>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>answered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>above,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>keep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>home</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>least another day to observe for additional symptoms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="2EB5985D" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="6A4F7EE6" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="455"/>
+          <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0078D414" w14:textId="36B66B19" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="76DE3BD4" w14:textId="113DC663" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="349"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="475"/>
             </w:pPr>
             <w:r>
               <w:t>2)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-            <w:r w:rsidR="0029061F">
+                <w:spacing w:val="63"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Does</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>cough</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB" w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
               <w:t>AND/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>OR</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> sore throat? </w:t>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>throat?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="366CB4CB" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="46AA32B8" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="56"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0360AC10" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="0A689CAE" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="59"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="2791CE5C" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="2E06F53E" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1156"/>
+          <w:trHeight w:val="1144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07A2E442" w14:textId="0988473C" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="06C42688" w14:textId="5EF93E55" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:spacing w:line="227" w:lineRule="auto"/>
-              <w:ind w:left="709"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="835" w:right="324"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">If you answered </w:t>
-[...4 lines deleted...]
-                <w:u w:val="single" w:color="000000"/>
+              <w:t>If you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>answered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
               </w:rPr>
               <w:t>YES</w:t>
             </w:r>
-            <w:r>
-[...42 lines deleted...]
-            <w:r w:rsidR="0029061F">
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>both</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>questions</w:t>
+            </w:r>
+            <w:r w:rsidR="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>above,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>keep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t>home</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>influenza-like</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>illness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(fever</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>cough</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
               <w:t>and/</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">or sore throat).  If your child has a cough or sore throat without fever, he or she may be well enough to go to school or </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008F157D">
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>sore</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>throat).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">cough or sore throat without fever, he or she may be well enough to go to school or </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
               <w:t>childcare</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">.  </w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:t xml:space="preserve">Your child’s school or </w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
+            <w:r w:rsidR="002F65CB">
               <w:t>childcare</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> program may have additional guidance. </w:t>
+              <w:t xml:space="preserve"> program may have additional guidance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="4FC639AD" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="48BEE188" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="680"/>
+          <w:trHeight w:val="686"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B050"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FA6743E" w14:textId="40C96E79" w:rsidR="005353E7" w:rsidRDefault="00385178" w:rsidP="004E40A9">
+          <w:p w14:paraId="5BFB0A16" w14:textId="53C50397" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:right="3"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="163"/>
+              <w:ind w:left="614"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>After</w:t>
             </w:r>
-            <w:r w:rsidR="0029061F">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:tab/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
               <w:t>flu:</w:t>
             </w:r>
-            <w:r w:rsidR="0029061F">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+                <w:w w:val="150"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0029061F" w:rsidDel="0029061F">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>Can</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t>Can</w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>my</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t>my</w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
                 <w:sz w:val="32"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>return</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>school</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB" w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
               <w:t>child</w:t>
             </w:r>
-            <w:r w:rsidR="0029061F">
-[...3 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+            <w:r w:rsidR="002F65CB" w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...86 lines deleted...]
-                <w:color w:val="FFFFFF"/>
+              <w:t>care</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C5540">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="674E004D" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="051CB629" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="351"/>
+          <w:trHeight w:val="326"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="029F82CF" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="5DDEFBB1" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="349"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C69F453" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
-            <w:r>
+          <w:p w14:paraId="4E6A949C" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="8"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47CEE5AD" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="69D4004F" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="59"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="10"/>
+              <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">No </w:t>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="1DE414D2" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="0F270E0A" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="637"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A92F95F" w14:textId="2122F185" w:rsidR="0029061F" w:rsidRDefault="00385178" w:rsidP="004E40A9">
+          <w:p w14:paraId="3985061B" w14:textId="1D5BD8AC" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...3 lines deleted...]
-              </w:numPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="835" w:right="81" w:hanging="360"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Has your child had a fever of </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="0029061F" w:rsidRPr="0029061F">
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>had</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>fever</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:t>≥100</w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:t>degrees</w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>higher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>past 24 hours</w:t>
-[...22 lines deleted...]
-            <w:r w:rsidR="0029061F">
+              <w:t>past</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>24 hours?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Note:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003258EF">
               <w:t>≥</w:t>
             </w:r>
-            <w:r w:rsidR="008F157D">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+            <w:r>
+              <w:t xml:space="preserve">100° F is the same as </w:t>
+            </w:r>
+            <w:r w:rsidR="003258EF">
+              <w:t>≥</w:t>
+            </w:r>
+            <w:r>
+              <w:t>37.8° C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47DA877D" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="3F481107" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="56"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="258C995C" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="4AC1FD81" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="59"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="54718A32" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="39D6B14F" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="637"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51FF912F" w14:textId="272277A9" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="685256BE" w14:textId="6B2A977C" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="835" w:right="588"/>
             </w:pPr>
             <w:r>
-              <w:t>If you answered Yes to the question above, keep your child home for at least another day to observe for additional symptoms.</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t>If</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>you</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>answered</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>question</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>above,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>keep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>home</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>least another day to observe for additional symptoms.</w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="3A4AEDBB" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="601C5C05" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="648"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8297" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="8298" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22CF7D01" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="7C5CE7F5" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709" w:hanging="360"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="475"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>2)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="004E40A9">
+                <w:spacing w:val="69"/>
+                <w:w w:val="150"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Has</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>your</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>had</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>acetaminophen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Tylenol)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>ibuprofen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(Motrin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>Advil)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="133B8E0E" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="835"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>reduce</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>fever</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>past 24 hours</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">? </w:t>
+              <w:t>past</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-3"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F65CB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>hours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="630" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CFB44DE" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="6EC55FDD" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="56"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="647" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E8DA04A" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="24FB84A4" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
             <w:pPr>
-              <w:ind w:left="59"/>
-              <w:jc w:val="center"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005353E7" w14:paraId="1F8E837D" w14:textId="77777777">
+      <w:tr w:rsidR="006D1EE7" w14:paraId="44912C17" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="1633"/>
+          <w:trHeight w:val="1623"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9574" w:type="dxa"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72B1182F" w14:textId="1908F64F" w:rsidR="005353E7" w:rsidRDefault="00385178" w:rsidP="004E40A9">
+          <w:p w14:paraId="3B0320DB" w14:textId="44361E06" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:spacing w:line="226" w:lineRule="auto"/>
-              <w:ind w:left="709" w:right="366"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="93"/>
+              <w:ind w:left="835" w:right="474"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">If you answered </w:t>
             </w:r>
-            <w:r>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> home.   </w:t>
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>YES to either question above, keep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="thick"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your child home</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>for at</w:t>
+            </w:r>
+            <w:r w:rsidR="00246C44">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>least another day to observe for additional symptoms.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Then use the check list questions again to decide whether you should continue to keep your child home.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0EF9C886" w14:textId="6C3925FB" w:rsidR="005353E7" w:rsidRDefault="00385178">
+          <w:p w14:paraId="021040C3" w14:textId="320A1FF5" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
             <w:pPr>
-              <w:ind w:left="709"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="168"/>
+              <w:ind w:left="835" w:right="479"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">If you answered </w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-            <w:r w:rsidR="008F157D">
+            <w:r w:rsidRPr="00246C44">
+              <w:rPr>
+                <w:b/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>NO to both questions above</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>, and your child appears well,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">your child can return to school or </w:t>
+            </w:r>
+            <w:r w:rsidR="002F65CB">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>childcare</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39571ED6" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="1055517E" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="173"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where can I find more information about influenza? </w:t>
+        <w:t>Where</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>find</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>more</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>about</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="0000FF"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>influenza?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E46DC12" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="3423FECE" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
       <w:pPr>
-        <w:spacing w:after="173"/>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="719"/>
+        </w:tabs>
+        <w:spacing w:before="94" w:line="269" w:lineRule="exact"/>
+        <w:ind w:hanging="359"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId5">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="33659A"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="thick" w:color="33659A"/>
+          </w:rPr>
+          <w:t>www.mass.gov/flu</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39D7048E" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="63F2E8DE" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="719"/>
+        </w:tabs>
+        <w:spacing w:line="268" w:lineRule="exact"/>
+        <w:ind w:hanging="359"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId6">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="33659A"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="thick" w:color="33659A"/>
+          </w:rPr>
+          <w:t>www.cdc.gov/flu</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08D697E7" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="78DC8A26" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="006D1EE7">
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="719"/>
+        </w:tabs>
+        <w:spacing w:line="267" w:lineRule="exact"/>
+        <w:ind w:hanging="359"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId7">
+        <w:r>
+          <w:rPr>
+            <w:b/>
+            <w:color w:val="33659A"/>
+            <w:spacing w:val="-2"/>
+            <w:u w:val="thick" w:color="33659A"/>
+          </w:rPr>
+          <w:t>www.immunize.org</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B8E2401" w14:textId="77777777" w:rsidR="005353E7" w:rsidRDefault="00385178">
+    <w:p w14:paraId="3FACDD86" w14:textId="77777777" w:rsidR="006D1EE7" w:rsidRDefault="007C5540">
       <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="277" w:line="227" w:lineRule="auto"/>
-        <w:ind w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="719"/>
+        </w:tabs>
+        <w:spacing w:before="12" w:line="225" w:lineRule="auto"/>
+        <w:ind w:right="464"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Call the Massachusetts Department of Public Health at 617-983-6800 or your local board of health. </w:t>
+        <w:t>Call</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>617-983-6800</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>your</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>local</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>board</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>health.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0707FEDA" w14:textId="7B2A4F9F" w:rsidR="005353E7" w:rsidRDefault="005353E7">
+    <w:p w14:paraId="6B5A5DE7" w14:textId="77777777" w:rsidR="003258EF" w:rsidRDefault="003258EF" w:rsidP="003258EF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="227" w:lineRule="auto"/>
-        <w:ind w:left="5460" w:right="39"/>
         <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005353E7">
-      <w:footerReference w:type="default" r:id="rId8"/>
+    <w:p w14:paraId="5FB3D162" w14:textId="77777777" w:rsidR="00246C44" w:rsidRDefault="00246C44" w:rsidP="003258EF">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="597EC44C" w14:textId="7F5C76E6" w:rsidR="006D1EE7" w:rsidRDefault="007C5540" w:rsidP="00CD3829">
+      <w:pPr>
+        <w:ind w:left="5760"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Massachusetts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00632B7C">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="006D1EE7" w:rsidSect="003258EF">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1400" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Bookman Old Style">
-    <w:panose1 w:val="02050604050505020204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-    <w:p w14:paraId="6473FB9C" w14:textId="77777777" w:rsidR="00DD6CAC" w:rsidRDefault="00DD6CAC" w:rsidP="0029061F">
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="019F5F48"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23ACC716"/>
+    <w:lvl w:ilvl="0" w:tplc="2FD0B2A0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="719" w:hanging="360"/>
       </w:pPr>
-      <w:r>
-[...24 lines deleted...]
-      <w:start w:val="1"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5A1EBCB0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360"/>
+        <w:ind w:left="1656" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80501900">
-[...46 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="2" w:tplc="300CCA04">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520"/>
+        <w:ind w:left="2592" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="C060A816">
-[...46 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="3" w:tplc="8DFED038">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680"/>
+        <w:ind w:left="3528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="AC442304">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="4" w:tplc="85EEA134">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400"/>
+        <w:ind w:left="4464" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="B7CED6DA">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="5" w:tplc="BCFEDCFA">
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="▪"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...10 lines deleted...]
-        <w:vertAlign w:val="baseline"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="030C4EDE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6336" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="266AFC38">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7272" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AD4E0F1C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8208" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...88 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="524439266">
+  <w:num w:numId="1" w16cid:durableId="1477575870">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
+    <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005353E7"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00E75243"/>
+    <w:rsidRoot w:val="006D1EE7"/>
+    <w:rsid w:val="00246C44"/>
+    <w:rsid w:val="002F65CB"/>
+    <w:rsid w:val="003258EF"/>
+    <w:rsid w:val="00632B7C"/>
+    <w:rsid w:val="00696D15"/>
+    <w:rsid w:val="006D1EE7"/>
+    <w:rsid w:val="007C0149"/>
+    <w:rsid w:val="007C5540"/>
+    <w:rsid w:val="00A15B5E"/>
+    <w:rsid w:val="00B35901"/>
+    <w:rsid w:val="00CD3829"/>
+    <w:rsid w:val="00EB0BE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="247EEADD"/>
-  <w15:docId w15:val="{20F39FBE-7570-4040-8699-FC166AA78725}"/>
+  <w14:docId w14:val="2D1735DF"/>
+  <w15:docId w15:val="{62105AF9-10E4-48DB-8D29-619229C78793}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2435,517 +3801,443 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid">
-    <w:name w:val="TableGrid"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="58"/>
+      <w:ind w:right="48"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="008F157D"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:ind w:left="719" w:hanging="359"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...46 lines deleted...]
-    </w:rPr>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.immunize.org/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdc.gov/flu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mass.gov/flu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2189</Characters>
+  <Pages>1</Pages>
+  <Words>387</Words>
+  <Characters>2209</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>Commonwealth of Massachusetts</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2568</CharactersWithSpaces>
+  <CharactersWithSpaces>2591</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - flu_symptom_check_list_2015</dc:title>
-  <dc:subject/>
   <dc:creator>sfleming</dc:creator>
-  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2015-01-13T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>PScript5.dll Version 5.2.2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-11-10T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>3-Heights(TM) PDF Security Shell 4.8.25.2 (http://www.pdf-tools.com)</vt:lpwstr>
+  </property>
+</Properties>
+</file>