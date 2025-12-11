--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -8,4954 +8,4962 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.stylesWithEffects+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF" w:themeColor="light1"/>
   <w:body>
-    <w:p w14:paraId="2FF751F7" w14:textId="5360BD31" w:rsidR="0053759A" w:rsidRDefault="00916A88" w:rsidP="00916A88">
+    <w:p w14:paraId="4C28F514" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
-        <w:jc w:val="center"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="IDX"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FOODBORNE AND WATERBORNE ILLNESS REPORTED IN MASSACHUSETTS, 2015-2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E104BB2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="0053759A">
+    <w:p w14:paraId="5A4EEB43" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00E4440B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="sastable"/>
         <w:tblW w:w="11425" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Table 1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3247"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="1198"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0053759A" w14:paraId="3AF9F59E" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="5BB40A18" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1234B2C6" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="20A451DE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0ABB17DF" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5AE57409" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="468F737E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2FA15490" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="084E8C6F" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5B35E33D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="486E21C4" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3D5B8D93" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="441232D2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7C532840" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09347B3C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1D3C1604" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D685136" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2525472F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66006918" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2228A49A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38CCADD0" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0C3F6936" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F34D437" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="77B3F81B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48BDF8AE" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="4E422C8D" w14:textId="6EB3B337" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2025 YTD</w:t>
             </w:r>
+            <w:r w:rsidRPr="00142B59">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="08E05106" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="424BA2B9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2250700A" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="24F411A3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Amebiasis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02E6E79C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="425568AA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F4FF315" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="619D226A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="692D5B4C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="643E227C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C146E52" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3EBDD10E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06D8EEFF" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1309D00B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5570BF" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7A7EF42F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27D32D80" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="736AA622" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6B85405E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5D745851" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7203512E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="536CFFE7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="044E3572" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="17A23103" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="476500E6" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>30</w:t>
+          <w:p w14:paraId="443F0FBD" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="469A7A21" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="3F1F7F52" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="20910203" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="6AAE5D9C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Campylobacter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7606F4B8" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3E4A11AC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1458</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03E72990" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3A94D1D2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56323062" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7A423310" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1408</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E770CD8" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="58ADDB7B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1834B43B" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="20C9E277" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1726</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38F2F547" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7C01AE77" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1062</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB88753" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="678F171F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="512C4F85" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7776DEE5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1690</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF38F63" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2651E0D8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1662</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39D09C49" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2E2B7671" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1933</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="130875C3" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>1506</w:t>
+          <w:p w14:paraId="546B9AD3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1752</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="6F94DD41" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="42619D17" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2F4C17FC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3664517E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Cryptosporidiosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1540E9C7" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="41972D68" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="765538DA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5FB5D86E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E7300ED" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5E3CD225" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5CF75625" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5E56BBA4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>247</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17B09F50" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="4069797D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6DDC79AE" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2966945E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E34FC33" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5F569976" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11BC1143" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="184A305E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76EEFDEB" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="712E3A39" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4990249F" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="157C7FC4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="39D9B22B" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>244</w:t>
+          <w:p w14:paraId="643E3AC6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="199D9FFA" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="1BB13635" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3CF90B50" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="35D4490F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Cyclospora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3933C9EA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2C0385CA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12D5E549" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1E3058D9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="32C9DBBD" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3FCD34BB" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="04FFC0AC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3E6CB0BE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="628F463F" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="6AC53573" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2D86CED5" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2AA0611C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27B98318" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="65BA2B0A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12E6EEA9" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3211FD7E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="405E930D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7736A2F6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="073C2268" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0616AF8E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2900AA9A" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>71</w:t>
+          <w:p w14:paraId="2F599B8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="17CC0E44" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="255E6677" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F0EFEFB" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="78795BC1" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Giardia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0D58AFC4" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="62C1E669" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>682</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E5B97BF" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="43B1282E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>584</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3AD92DF0" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7E5F44F9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>556</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="38C428D4" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="27E6039D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>559</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="585F2248" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3E255AF4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>529</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54B3191E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3A1F0FF8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="75D7827D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="54B461F4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="67B5F982" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="271EA4B6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B31D30E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5DA19024" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>582</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="517AB054" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1A238D7F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>746</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6ACB6419" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>435</w:t>
+          <w:p w14:paraId="60F80180" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="0D893C37" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="70524B90" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0A4C11DC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="318DAA57" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Legionella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2355DF85" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="22CC8D8B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="306CA671" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1C5EE158" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="533A0E92" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7EF7AA42" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="754DE8DA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7E4B9624" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>389</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48EAF007" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="34CBE022" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="780707B1" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0C625857" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40BF189F" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="33E3A8DE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E206765" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3FD22D62" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C2B9384" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7D23CF2E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC6F250" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="61D01BF5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="614ACC37" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>160</w:t>
+          <w:p w14:paraId="07CD76C6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="33D9634C" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="686A040F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64D7C279" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2029D803" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Listeria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="444C9A83" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0050B8F2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49D06569" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="33D3C4D3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACF5478" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5E32B33C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE86BF0" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5A12F231" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1581C90E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="23E22322" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F0AE305" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="356AA751" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB414DA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="57A1B1B4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A90C776" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="712B3A14" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F40D2A9" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="225FFC7D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64DE5A3C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="57661E8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41389C85" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>21</w:t>
+          <w:p w14:paraId="03AEEA95" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="2AA84A72" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="45A66F31" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35C3314D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="462A9A8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Norovirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4736E2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="6B77EAA9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>267</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="731142C2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7272549F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>492</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="783AF154" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="27254216" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0849103E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5B65163D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>508</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7600BD36" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5013109B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1567C4A5" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0670DA1C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>366</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48EFA384" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="326C28CF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C60D3EC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7A664F5C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="19AEDDD4" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="41FF652C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1254</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6480C05E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>2131</w:t>
+          <w:p w14:paraId="7DD9206C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2132</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A60B263" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>2575</w:t>
+          <w:p w14:paraId="0DBDCE77" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="7CFFE76B" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="12C4FE15" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="153CC006" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1D047AFA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Salmonella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="569F5A07" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="4FEE89EF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A4DB30F" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0D2E69BF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51DB0B3C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="489B88A5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B4ACCE5" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="11D60DFE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA34DB3" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="5BE379E7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16E8A412" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="40C86856" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="75EB0A6C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="635787C7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54FBC0CD" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="3000C3A5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59206425" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="285E6F6E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4AAEB9F4" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="49E5844F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1249</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C20AFAA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>916</w:t>
+          <w:p w14:paraId="0511B121" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1058</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="0A6571A2" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="65CF0D40" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="005DEBD6" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="2A541CDC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Shiga toxin-producing E. coli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2D1CE0" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="77E3E45B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="13B996B2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7CBC7F5A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51D6D9F1" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="666E891E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A73E3FE" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="398F339E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>182</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0AFE6144" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="45BC0792" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE626F2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="597B3757" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2771096D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="6706F37F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36836993" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="10B848C0" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A75F11C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="08CB99A9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49AFAEAA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="05D2ACCF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73CC9462" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>343</w:t>
+          <w:p w14:paraId="7E3C2E74" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="4FCC1A2C" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="77033532" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70C51B68" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="533C4CDB" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Shigella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54B95087" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="4B5D4A05" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="64532CAC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="54ED8133" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65E5B652" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="36826422" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="389060F3" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="434847B0" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="15E4191B" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="46F314E3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>257</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA3D794" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="76751C28" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2A924081" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="05C6269E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="47C15261" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1DC42716" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E8231F2" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="091C2680" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="43C30188" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="17FDB61F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>397</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1E9879" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>312</w:t>
+          <w:p w14:paraId="7B4090E2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>380</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="475A2D64" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="0CF66D80" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6414D702" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="511CAC2F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Vibrio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E895D71" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="54066C00" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46D2793D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="156A2F8B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1381F40D" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="25AE9E6C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B7C56DC" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="37004E2E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6C1D2257" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="21C4165A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34BB5D84" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="7A9A33CA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="12FF58D0" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="08C1B5F6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="68FEDE74" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="0A6E4F4D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="14A8FF81" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="44E4E18A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="325EB8E7" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1BAD3730" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76E842DE" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>104</w:t>
+          <w:p w14:paraId="5F2AEDEC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053759A" w14:paraId="247FD360" w14:textId="77777777">
+      <w:tr w:rsidR="00E4440B" w14:paraId="4F77320A" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="698C4126" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="64D37727" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Yersiniosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44AC3741" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="1F8F0117" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DD09A66" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="4C2994BD" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="66BFF01A" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="723BF824" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6B065C" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="01AB62FC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60DFED5B" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="27011239" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="09A1B8AB" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="6F24E2C8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C362E39" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="751D0DD6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6597F9BA" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="76A8BC41" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1254372E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="424B1102" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="43D594AF" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+          <w:p w14:paraId="54D85C42" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73B5E785" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
-[...5 lines deleted...]
-              <w:t>154</w:t>
+          <w:p w14:paraId="0B582459" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>183</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56DCDFAB" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="0053759A">
+    <w:p w14:paraId="2AC77CF4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00E4440B">
       <w:pPr>
         <w:pStyle w:val="sastinyparagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A8E0E2F" w14:textId="7666744B" w:rsidR="001C29A6" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="421175E1" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:t> Data are current as of 10/09/2025 and include</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> case counts through 10/09/2025. Data are preliminary and subject to change.</w:t>
+        <w:t> Data are current as of 12/01/2025 and include year-to-date (YTD) case counts through 12/01/2025. Data are preliminary and subject to change.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53101C76" w14:textId="3FDF74BB" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="32E41F64" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:br/>
         <w:t>Confirmed and probable cases are included for Amebiasis, Campylobacter, Cryptosporidium, Cyclospora, Giardia, Legionella, Listeria, Norovirus, Salmonella, Shigella, Vibrio, and Yersinia.  Shiga toxin-producing E. coli includes confirmed, probable, and suspect cases.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0053759A">
+    <w:sectPr w:rsidR="00E4440B">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="360" w:right="360" w:bottom="360" w:left="360" w:header="360" w:footer="360" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55CB963A" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="40F732DA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3BE7323E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="0D417357" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4964,342 +4972,339 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Albany AMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EBE4A0B" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="16132262" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F68BD0E" w14:textId="77777777" w:rsidR="0053759A" w:rsidRDefault="00916A88">
+    <w:p w14:paraId="59F0E19F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2DB77F28"/>
+    <w:nsid w:val="3A191219"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0B38C1A4"/>
-    <w:lvl w:ilvl="0" w:tplc="2806C2BC">
+    <w:tmpl w:val="1D4E8C4E"/>
+    <w:lvl w:ilvl="0" w:tplc="22AC6B52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="1BEA3CCC">
+    <w:lvl w:ilvl="1" w:tplc="9F0652A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="A95A6528">
+    <w:lvl w:ilvl="2" w:tplc="2626FB52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2ED643B0">
+    <w:lvl w:ilvl="3" w:tplc="2266E646">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="2D86B80A">
+    <w:lvl w:ilvl="4" w:tplc="9FAE4996">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D40EDB5A">
+    <w:lvl w:ilvl="5" w:tplc="8D0A21B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="C7580FE8">
+    <w:lvl w:ilvl="6" w:tplc="7B2CD918">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="B5925552">
+    <w:lvl w:ilvl="7" w:tplc="10B2E214">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="988481E4">
+    <w:lvl w:ilvl="8" w:tplc="ABAEAE02">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D035A10"/>
+    <w:nsid w:val="4A5739EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CE88F808"/>
-    <w:lvl w:ilvl="0" w:tplc="08C23544">
+    <w:tmpl w:val="2714835C"/>
+    <w:lvl w:ilvl="0" w:tplc="BFCEDDAA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="EA02E6BC">
+    <w:lvl w:ilvl="1" w:tplc="789A1626">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="72E417FA">
+    <w:lvl w:ilvl="2" w:tplc="2E24A3A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="346EB096">
+    <w:lvl w:ilvl="3" w:tplc="C69CC096">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="F87E86AA">
+    <w:lvl w:ilvl="4" w:tplc="D464A1A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="C65AFB5A">
+    <w:lvl w:ilvl="5" w:tplc="F05C7954">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="72AA3DB4">
+    <w:lvl w:ilvl="6" w:tplc="F62EFB72">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="9F806C90">
+    <w:lvl w:ilvl="7" w:tplc="E8083016">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48C66AA4">
+    <w:lvl w:ilvl="8" w:tplc="2BCA55F8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2361695">
+  <w:num w:numId="1" w16cid:durableId="720979354">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B11B8"/>
-    <w:rsid w:val="0011139E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0054629A"/>
+    <w:rsid w:val="000A40AB"/>
+    <w:rsid w:val="00142B59"/>
     <w:rsid w:val="008B11B8"/>
-    <w:rsid w:val="00916A88"/>
-    <w:rsid w:val="00C37A11"/>
+    <w:rsid w:val="0095104D"/>
+    <w:rsid w:val="00AB5B02"/>
+    <w:rsid w:val="00E4440B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="06A1C148"/>
-  <w15:docId w15:val="{F9A92FA3-7E30-427F-BB41-7CF27161AF0A}"/>
+  <w14:docId w14:val="04D60AAB"/>
+  <w15:docId w15:val="{93EE478F-CBA6-4236-BC6D-618E27F07622}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6246,52 +6251,61 @@
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100279E4D0FF1C4E541B548F67620461E9D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d32b565b564b2d2791ca2b69c6ff62f1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9feaec9f-61e1-437e-80d0-60434dedf0c7" xmlns:ns3="50260a40-231a-497d-b43b-733f36c464c8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="55aed684465501a48e1b8ed3b125c56a" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100279E4D0FF1C4E541B548F67620461E9D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ed9b24643ae716deb9a83ece817bd1dd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9feaec9f-61e1-437e-80d0-60434dedf0c7" xmlns:ns3="50260a40-231a-497d-b43b-733f36c464c8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe40f61b50accae5632addfccbb33cdc" ns2:_="" ns3:_="">
     <xsd:import namespace="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
     <xsd:import namespace="50260a40-231a-497d-b43b-733f36c464c8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -6480,126 +6494,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="50260a40-231a-497d-b43b-733f36c464c8" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="9feaec9f-61e1-437e-80d0-60434dedf0c7">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC4198A5-139C-4380-9406-3769573BC566}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B3E7D43-2BC9-4129-A0DA-88FF01BDCC0A}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C669124-E3FF-4BC1-B9CC-97AFAFB6F883}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
     <ds:schemaRef ds:uri="50260a40-231a-497d-b43b-733f36c464c8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4ED78580-8FFC-4857-BB4F-0CF9FB16A073}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8ED391D3-4F85-4F5B-943C-0D71BD9DE434}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="50260a40-231a-497d-b43b-733f36c464c8"/>
     <ds:schemaRef ds:uri="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>190</Words>
-  <Characters>1084</Characters>
+  <Characters>1087</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>4</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1272</CharactersWithSpaces>
+  <CharactersWithSpaces>1275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>FOODBORNE AND WATERBORNE ILLNESS REPORTED IN MASSACHUSETTS, 2015-2025</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>Food borne illness;Massachusetts</cp:keywords>
+  <dc:creator>jvostok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100279E4D0FF1C4E541B548F67620461E9D</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
-[...1 lines deleted...]
-  </property>
 </Properties>
 </file>