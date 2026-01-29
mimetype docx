--- v1 (2025-12-11)
+++ v2 (2026-01-29)
@@ -8,4962 +8,4962 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.stylesWithEffects+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF" w:themeColor="light1"/>
   <w:body>
-    <w:p w14:paraId="4C28F514" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD02326" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="IDX"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>FOODBORNE AND WATERBORNE ILLNESS REPORTED IN MASSACHUSETTS, 2015-2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A4EEB43" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00E4440B">
+    <w:p w14:paraId="5AD02327" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00F364DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="sastable"/>
         <w:tblW w:w="11425" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         <w:tblCaption w:val="Table 1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3247"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="698"/>
         <w:gridCol w:w="1198"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E4440B" w14:paraId="5BB40A18" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD02334" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20A451DE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02328" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Disease</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5AE57409" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02329" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2015</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA15490" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2016</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B35E33D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5B8D93" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7C532840" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2019</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3C1604" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2525472F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0232F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2228A49A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02330" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C3F6936" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02331" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77B3F81B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02332" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4E422C8D" w14:textId="6EB3B337" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02333" w14:textId="72AF3E76" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasheader"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2025 YTD</w:t>
             </w:r>
-            <w:r w:rsidRPr="00142B59">
+            <w:r w:rsidR="00830098" w:rsidRPr="00830098">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="424BA2B9" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD02341" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="24F411A3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02335" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Amebiasis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="425568AA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02336" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="619D226A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02337" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="643E227C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02338" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3EBDD10E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02339" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1309D00B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7EF42F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="736AA622" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5D745851" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="536CFFE7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17A23103" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0233F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="443F0FBD" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>39</w:t>
+          <w:p w14:paraId="5AD02340" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="3F1F7F52" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD0234E" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6AAE5D9C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02342" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Campylobacter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4A11AC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02343" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1458</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A94D1D2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02344" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1368</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A423310" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02345" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1408</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="58ADDB7B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02346" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1547</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="20C9E277" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02347" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1726</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7C01AE77" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02348" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1062</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="678F171F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02349" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7776DEE5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0234A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1690</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2651E0D8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0234B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1662</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2B7671" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>1933</w:t>
+          <w:p w14:paraId="5AD0234C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1932</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="546B9AD3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>1752</w:t>
+          <w:p w14:paraId="5AD0234D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1885</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="42619D17" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD0235B" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3664517E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0234F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Cryptosporidiosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41972D68" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02350" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>210</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB5D86E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02351" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3CD225" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02352" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>156</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E56BBA4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02353" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>247</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4069797D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02354" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>226</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2966945E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02355" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F569976" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02356" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>138</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="184A305E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02357" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="712E3A39" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02358" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>190</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="157C7FC4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02359" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="643E3AC6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>264</w:t>
+          <w:p w14:paraId="5AD0235A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>277</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="1BB13635" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD02368" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="35D4490F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0235C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Cyclospora</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0385CA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0235D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3058D9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0235E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FCD34BB" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0235F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6CB0BE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02360" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC53573" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02361" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2AA0611C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02362" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="65BA2B0A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02363" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3211FD7E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02364" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7736A2F6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02365" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0616AF8E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02366" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2F599B8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>73</w:t>
+          <w:p w14:paraId="5AD02367" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="255E6677" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD02375" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="78795BC1" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02369" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Giardia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62C1E669" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>682</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="43B1282E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>584</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5F44F9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>556</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27E6039D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>559</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3E255AF4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>529</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1F0FF8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0236F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54B461F4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02370" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="271EA4B6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02371" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>606</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5DA19024" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02372" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>582</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A238D7F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>746</w:t>
+          <w:p w14:paraId="5AD02373" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>748</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60F80180" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>498</w:t>
+          <w:p w14:paraId="5AD02374" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>522</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="70524B90" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD02382" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="318DAA57" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02376" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Legionella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="22CC8D8B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02377" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5EE158" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02378" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>141</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF7AA42" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02379" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>203</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4B9624" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>389</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34CBE022" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0C625857" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="33E3A8DE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>290</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3FD22D62" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7D23CF2E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0237F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>258</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="61D01BF5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02380" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="07CD76C6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>196</w:t>
+          <w:p w14:paraId="5AD02381" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>209</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="686A040F" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD0238F" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2029D803" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02383" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Listeria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0050B8F2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02384" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="33D3C4D3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02385" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5E32B33C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02386" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A12F231" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02387" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="23E22322" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02388" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="356AA751" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02389" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57A1B1B4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0238A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="712B3A14" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0238B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="225FFC7D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0238C" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="57661E8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0238D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03AEEA95" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>28</w:t>
+          <w:p w14:paraId="5AD0238E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="45A66F31" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD0239C" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="462A9A8D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02390" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Norovirus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6B77EAA9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02391" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>267</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7272549F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02392" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>492</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27254216" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02393" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5B65163D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02394" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>508</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5013109B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02395" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0670DA1C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02396" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>366</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="326C28CF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02397" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>310</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A664F5C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02398" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="41FF652C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD02399" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1254</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD9206C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>2132</w:t>
+          <w:p w14:paraId="5AD0239A" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2128</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0DBDCE77" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>2836</w:t>
+          <w:p w14:paraId="5AD0239B" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="12C4FE15" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD023A9" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1D047AFA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0239D" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Salmonella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4FEE89EF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0239E" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1166</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2E69BF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD0239F" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="489B88A5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A0" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11D60DFE" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A1" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5BE379E7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A2" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1129</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40C86856" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A3" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>718</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="635787C7" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A4" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3000C3A5" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A5" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1106</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="285E6F6E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023A6" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>1208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="49E5844F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>1249</w:t>
+          <w:p w14:paraId="5AD023A7" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1245</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0511B121" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>1058</w:t>
+          <w:p w14:paraId="5AD023A8" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="65CF0D40" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD023B6" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A541CDC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AA" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Shiga toxin-producing E. coli</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="77E3E45B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AB" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBC7F5A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AC" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="666E891E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AD" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="398F339E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AE" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>182</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="45BC0792" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023AF" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>179</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="597B3757" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B0" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>127</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6706F37F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B1" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>177</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="10B848C0" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B2" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08CB99A9" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B3" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05D2ACCF" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B4" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3C2E74" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>404</w:t>
+          <w:p w14:paraId="5AD023B5" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>435</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="77033532" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD023C3" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="533C4CDB" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B7" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Shigella</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4B5D4A05" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B8" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>164</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54ED8133" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023B9" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>183</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36826422" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BA" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="434847B0" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BB" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46F314E3" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BC" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>257</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76751C28" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BD" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="05C6269E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BE" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>162</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC42716" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023BF" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>256</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="091C2680" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C0" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>303</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17FDB61F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>397</w:t>
+          <w:p w14:paraId="5AD023C1" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>396</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B4090E2" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>380</w:t>
+          <w:p w14:paraId="5AD023C2" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>404</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="0CF66D80" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD023D0" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="511CAC2F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C4" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Vibrio</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54066C00" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C5" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="156A2F8B" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C6" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25AE9E6C" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C7" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="37004E2E" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C8" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="21C4165A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023C9" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9A33CA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023CA" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="08C1B5F6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023CB" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6E4F4D" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023CC" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="44E4E18A" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023CD" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1BAD3730" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>127</w:t>
+          <w:p w14:paraId="5AD023CE" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>126</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F2AEDEC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>112</w:t>
+          <w:p w14:paraId="5AD023CF" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>114</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E4440B" w14:paraId="4F77320A" w14:textId="77777777">
+      <w:tr w:rsidR="00F364DA" w14:paraId="5AD023DD" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3247" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="light2"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="64D37727" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D1" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasrowheader"/>
             </w:pPr>
             <w:r>
               <w:t>Yersiniosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8F0117" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D2" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4C2994BD" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D3" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="723BF824" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D4" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="01AB62FC" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D5" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="27011239" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D6" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F24E2C8" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D7" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="751D0DD6" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D8" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76A8BC41" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023D9" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="424B1102" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+          <w:p w14:paraId="5AD023DA" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
             <w:pPr>
               <w:pStyle w:val="sasdata"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>134</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="698" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54D85C42" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>185</w:t>
+          <w:p w14:paraId="5AD023DB" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="44546A" w:themeColor="dark2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="light1"/>
             <w:tcMar>
               <w:top w:w="20" w:type="dxa"/>
               <w:left w:w="20" w:type="dxa"/>
               <w:bottom w:w="20" w:type="dxa"/>
               <w:right w:w="20" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0B582459" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
-[...5 lines deleted...]
-              <w:t>183</w:t>
+          <w:p w14:paraId="5AD023DC" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
+            <w:pPr>
+              <w:pStyle w:val="sasdata"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>189</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AC77CF4" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00E4440B">
+    <w:p w14:paraId="5AD023DE" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00F364DA">
       <w:pPr>
         <w:pStyle w:val="sastinyparagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="421175E1" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023DF" w14:textId="6B83EFFF" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:t> Data are current as of 12/01/2025 and include year-to-date (YTD) case counts through 12/01/2025. Data are preliminary and subject to change.</w:t>
+        <w:t> Data are current as of 01/05/2026 and include year-to-date (YTD) case counts through 12/31/2025. Data are preliminary and subject to change.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32E41F64" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023E0" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:pPr>
         <w:pStyle w:val="sasusertext"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
         </w:pBdr>
       </w:pPr>
       <w:r>
         <w:br/>
         <w:t>Confirmed and probable cases are included for Amebiasis, Campylobacter, Cryptosporidium, Cyclospora, Giardia, Legionella, Listeria, Norovirus, Salmonella, Shigella, Vibrio, and Yersinia.  Shiga toxin-producing E. coli includes confirmed, probable, and suspect cases.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E4440B">
+    <w:sectPr w:rsidR="00F364DA">
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="360" w:right="360" w:bottom="360" w:left="360" w:header="360" w:footer="360" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="40F732DA" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023E3" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D417357" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023E4" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4972,339 +4972,340 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Albany AMT">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="16132262" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023E1" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59F0E19F" w14:textId="77777777" w:rsidR="00E4440B" w:rsidRDefault="00142B59">
+    <w:p w14:paraId="5AD023E2" w14:textId="77777777" w:rsidR="00F364DA" w:rsidRDefault="00E97DA5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A191219"/>
+    <w:nsid w:val="6FB536FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1D4E8C4E"/>
-    <w:lvl w:ilvl="0" w:tplc="22AC6B52">
+    <w:tmpl w:val="498607C8"/>
+    <w:lvl w:ilvl="0" w:tplc="CD4C54FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="9F0652A0">
+    <w:lvl w:ilvl="1" w:tplc="89BEC850">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2626FB52">
+    <w:lvl w:ilvl="2" w:tplc="44E4643E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="2266E646">
+    <w:lvl w:ilvl="3" w:tplc="2F7402B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="9FAE4996">
+    <w:lvl w:ilvl="4" w:tplc="476092A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="8D0A21B4">
+    <w:lvl w:ilvl="5" w:tplc="227EB622">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7B2CD918">
+    <w:lvl w:ilvl="6" w:tplc="BCF0E528">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10B2E214">
+    <w:lvl w:ilvl="7" w:tplc="EA8A40D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="ABAEAE02">
+    <w:lvl w:ilvl="8" w:tplc="C3A8B960">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4A5739EA"/>
+    <w:nsid w:val="7DE04A82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2714835C"/>
-    <w:lvl w:ilvl="0" w:tplc="BFCEDDAA">
+    <w:tmpl w:val="6824C2DC"/>
+    <w:lvl w:ilvl="0" w:tplc="269CBB1E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="789A1626">
+    <w:lvl w:ilvl="1" w:tplc="F9CA58A4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="2E24A3A6">
+    <w:lvl w:ilvl="2" w:tplc="F0DE2DBA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="C69CC096">
+    <w:lvl w:ilvl="3" w:tplc="A0E60ACE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D464A1A6">
+    <w:lvl w:ilvl="4" w:tplc="CEFAC2B8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="F05C7954">
+    <w:lvl w:ilvl="5" w:tplc="B9161ED8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="F62EFB72">
+    <w:lvl w:ilvl="6" w:tplc="B63A85E6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="E8083016">
+    <w:lvl w:ilvl="7" w:tplc="397CA1DE">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="2BCA55F8">
+    <w:lvl w:ilvl="8" w:tplc="733AD976">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="720979354">
+  <w:num w:numId="1" w16cid:durableId="2120369335">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="85"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B11B8"/>
-    <w:rsid w:val="000A40AB"/>
-    <w:rsid w:val="00142B59"/>
+    <w:rsid w:val="00207A84"/>
+    <w:rsid w:val="00830098"/>
     <w:rsid w:val="008B11B8"/>
-    <w:rsid w:val="0095104D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E4440B"/>
+    <w:rsid w:val="008F3ABD"/>
+    <w:rsid w:val="00E91E30"/>
+    <w:rsid w:val="00E97DA5"/>
+    <w:rsid w:val="00F364DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="04D60AAB"/>
-  <w15:docId w15:val="{93EE478F-CBA6-4236-BC6D-618E27F07622}"/>
+  <w14:docId w14:val="5AD02326"/>
+  <w15:docId w15:val="{60EBE9AF-5D81-479E-912B-32687A3AC33F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6251,59 +6252,70 @@
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="50260a40-231a-497d-b43b-733f36c464c8" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="9feaec9f-61e1-437e-80d0-60434dedf0c7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100279E4D0FF1C4E541B548F67620461E9D" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ed9b24643ae716deb9a83ece817bd1dd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9feaec9f-61e1-437e-80d0-60434dedf0c7" xmlns:ns3="50260a40-231a-497d-b43b-733f36c464c8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fe40f61b50accae5632addfccbb33cdc" ns2:_="" ns3:_="">
     <xsd:import namespace="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
     <xsd:import namespace="50260a40-231a-497d-b43b-733f36c464c8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
@@ -6494,112 +6506,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72DEBE61-6615-4AB7-B25D-BD8571FC45B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="50260a40-231a-497d-b43b-733f36c464c8"/>
+    <ds:schemaRef ds:uri="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC4198A5-139C-4380-9406-3769573BC566}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25AFCEC1-D64E-4C4B-9859-9DFEE5AA9EC2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C669124-E3FF-4BC1-B9CC-97AFAFB6F883}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B4BC367-1D8A-4622-9DB4-B6E5F69A2797}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
     <ds:schemaRef ds:uri="50260a40-231a-497d-b43b-733f36c464c8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="9feaec9f-61e1-437e-80d0-60434dedf0c7"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>190</Words>
   <Characters>1087</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1275</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>jvostok</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100279E4D0FF1C4E541B548F67620461E9D</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>