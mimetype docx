--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -1,2514 +1,4714 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00063CE6" w:rsidRPr="00715F38" w:rsidRDefault="00AB555E" w:rsidP="00AB555E">
-[...43 lines deleted...]
-    <w:p w:rsidR="00AB555E" w:rsidRDefault="00AB555E" w:rsidP="00AB555E">
+    <w:p w14:paraId="24EA4EE0" w14:textId="6E663BFC" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001256A1" w:rsidP="0023751B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Servicios y apoyos de atención a largo plazo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75021598" w14:textId="184F43BF" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Necesita servicios </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7472" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y apoyos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>de atención a largo plazo en una institución tipo centro de enfermería?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A094001" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE0A052" w14:textId="6FE919C3" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0373456E" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, debe responder todas las preguntas y completar todas las secciones de este suplemento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C75936F" w14:textId="7794E69B" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¿Está usted solicitando u obteniendo servicios </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7472" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y apoyos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de atención a largo plazo en su hogar </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7472" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>mediante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidR="008206CD" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Exención para Servicios Basados en el Hogar y la Comunidad</w:t>
+      </w:r>
+      <w:r w:rsidR="008206CD" w:rsidRPr="007B2A75" w:rsidDel="008206CD">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7472" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(HCBS)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137052A6" w14:textId="687D5D6A" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FB70AA" w14:textId="4F9EA016" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="00190CED">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145EB9EA" w14:textId="77777777" w:rsidR="00DD7472" w:rsidRPr="007B2A75" w:rsidRDefault="00DD7472" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Solicita usted servicios y apoyos de atención a largo plazo o los está recibiendo del Programa de atención integral para personas de la tercera edad (PACE)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7695B2BE" w14:textId="77777777" w:rsidR="00DD7472" w:rsidRPr="007B2A75" w:rsidRDefault="00DD7472" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6494AB" w14:textId="6506966B" w:rsidR="00DD7472" w:rsidRPr="007B2A75" w:rsidRDefault="00DD7472" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1DDAB0" w14:textId="514926DC" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, usted debe completar la sección “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Transferencias de recursos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>” y la sección “</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro de atención a largo plazo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B5CDE" w14:textId="2E1D9285" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por favor, escriba en letra de imprenta legible. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conteste todas las preguntas y complete todas las secciones. Si necesita más espacio para completar cualquier sección, use una hoja separada (incluya su nombre y número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE79E1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) y adjúntela a este suplemento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45067CB3" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Información sobre el solicitante/afiliado </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050C4476" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Apellido, nombre, inicial</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EAC6E1" w14:textId="3F8AC292" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE79E1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDC7623" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre y dirección del hospital, centro de enfermería u otra institución </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D793E76" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de admisión (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3C4DDE" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Fue colocado aquí por otro estado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D446568" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB7DA1E" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DACF2BB" w14:textId="14379455" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, ¿qué estado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B95B33E" w14:textId="1C2B9B86" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>1. ¿Tiene que pagar gastos de tutela para un guardián asignado por un tribunal?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43E81A31" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE8DDDB" w14:textId="3A419EFF" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6693E004" w14:textId="51ED1950" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gastos de vivienda del cónyuge y miembros de familia que viven en la casa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(No complete esta sección si solicita la Exención para Servicios Basados en el Hogar y la Comunidad</w:t>
+      </w:r>
+      <w:r w:rsidR="008206CD" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o beneficios de PACE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5205E1E7" w14:textId="559D63F4" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Su cónyuge que vive en casa quizás pueda retener parte de los ingresos que usted recibe. Complete la siguiente información sobre los gastos de vivienda actuales de su cónyuge. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si no tiene cónyuge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pase a la siguiente sección </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(Transferencias de recursos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B83CB3" w14:textId="6F7E26A4" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Envíe prueba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>de los gastos de vivienda actuales de su cónyuge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53564B43" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Apellido, nombre, inicial del cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD7A71" w14:textId="4957351A" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE79E1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4F0B9B" w14:textId="437AF718" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>2. ¿Cuánto paga su cónyuge cada mes por:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0978B240" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Alquiler?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127D08E3" w14:textId="72FA5AC2" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Hipoteca (capital e intereses)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C5B02" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Seguro de propiedad o de inquilino?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CA9C31" w14:textId="1B068E43" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Impuestos catastrales (por bienes raíces)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11473A27" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Cuota de mantenimiento obligatoria del condominio o cooperativa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D6F8B1" w14:textId="233A5E7A" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Comida y alojamiento en un centro asistencial de vivienda?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E27A7C6" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>3. ¿Paga su cónyuge por la calefacción?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59FE16A2" w14:textId="240FD33E" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="360F5F90" w14:textId="1D3A2084" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C1EAF6" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>4. ¿Paga su cónyuge por los servicios públicos?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE30C1B" w14:textId="3203618B" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06D1F92C" w14:textId="42F367D4" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A45F05F" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>5. ¿Vive(n) un hijo/a, padre, madre, hermano, y/o hermana con su cónyuge?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27367345" w14:textId="2F57E701" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4050C901" w14:textId="2A9EBFF2" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763BF1CB" w14:textId="126BA076" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, complete esta sección. Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pase a la siguiente sección </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(Transferencias de recursos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B7EF0E" w14:textId="353D7985" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Envíe prueba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>de los ingresos mensuales de ellos antes de deducciones. Quizá le autoricen una deducción para cubrir los gastos de mantenimiento de ellos. Estas personas tienen que ser parientes suyos o de su cónyuge; y, uno de ustedes debe declararlos como dependientes en su declaración federal de impuestos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B9119B" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5AE518" w14:textId="319D0D06" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE79E1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5D0AFC" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parentesco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066329E0" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D13B10B" w14:textId="5495802D" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Ingreso mensual antes de deducciones $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEC2465" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277BDF58" w14:textId="71096C34" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE79E1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro Social</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABB14AD" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parentesco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD8A93E" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de nacimiento (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209AEE2F" w14:textId="6E9E66BF" w:rsidR="001A5F78" w:rsidRPr="007B2A75" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Ingreso mensual antes de deducciones $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C755327" w14:textId="19BE673E" w:rsidR="00063CE6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Transferencias de recursos (incluyen tanto ingresos como bienes)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712BA8B5" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. En los últimos 60 meses: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063CC0AE" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>a. ¿Se ha transferido algún bien que estuvo a disposición o que fue de propiedad suya o de su cónyuge desde o a un fideicomiso?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8ECD60" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F41DB1" w14:textId="38396970" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4759CE25" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>b. ¿Hizo usted, su cónyuge o alguien a nombre suyo, una transferencia de ingresos o del derecho a percibir ingresos?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FC9EA5" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A23E58B" w14:textId="235EE268" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFB1B14" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>c. ¿Hizo usted, su cónyuge o alguien a nombre suyo, una transferencia, un cambio de propietario, una donación o una venta de algún bien, incluyendo su hogar u otro bien raíz?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005737DB" w14:textId="6EAC9C75" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E29E1F6" w14:textId="75029D3E" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD95A9D" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>d. ¿Cambió usted, su cónyuge o alguien a nombre suyo, la escritura o la propiedad de cualquier bien raíz, incluyendo la creación de un dominio vitalicio, incluso si el dominio vitalicio fue comprado en la residencia de otra persona?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D722B5D" w14:textId="1C85A360" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CE5364" w14:textId="35C7CF8D" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BBB0D" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>e. Si usted compró un dominio vitalicio en la casa de otra persona, ¿vivió usted allí por lo menos un año después de haber comprado el dominio vitalicio?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A50937C" w14:textId="55FF9173" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6161DF92" w14:textId="60CB823F" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86CACA" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>f. ¿Agregó usted, su cónyuge o alguien a nombre suyo, otro nombre a una escritura de algún bien que le pertenece a usted?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6732F25A" w14:textId="0FA1C81D" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CABF61" w14:textId="28913F37" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF08109" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>g. ¿Recibió u otorgó usted, su cónyuge o alguien a nombre suyo, a alguien una hipoteca, un préstamo, o un pagaré sobre cualquier propiedad u otro bien?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="759A3A52" w14:textId="29731B71" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371CAFD3" w14:textId="7E89554C" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8AC535" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>h. ¿Compró usted, su cónyuge, o alguien en su nombre o a nombre de su cónyuge, una anualidad o la cambió de alguna forma?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B7BEE24" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62920559" w14:textId="3C6BCD58" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E4140E" w14:textId="4CE1AD82" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:ind w:right="1200"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si usted contestó Sí a cualquiera de las preguntas anteriores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tiene que completar lo siguiente y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enviarnos prueba </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>de esta información.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124D20BF" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Descripción del bien/ingreso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E22611" w14:textId="33EE0572" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de transferencia (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A45433" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Transferido a quién</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18515602" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parentesco con usted o su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDB30DE" w14:textId="035D3B5C" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad de la transferencia $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1658A921" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Descripción del bien/ingreso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FEE948F" w14:textId="625D2237" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de transferencia (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBFB834" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Transferido a quién</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3518B8" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parentesco con usted o su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EC5F89B" w14:textId="620232FE" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad de la transferencia $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F9A5587" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Descripción del bien/ingreso</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BDF372A" w14:textId="4ECFFA87" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fecha de transferencia (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66170595" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Transferido a quién</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5A34E4" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Parentesco con usted o su cónyuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D540C9D" w14:textId="4EABF82D" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Pa37"/>
+        <w:spacing w:before="80" w:after="80"/>
+        <w:ind w:left="320" w:hanging="320"/>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad de la transferencia $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24683670" w14:textId="5895532C" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>7. ¿Ha entregado usted, su cónyuge o alguien a nombre suyo un depósito a algún centro residencial o de atención médica, como por ejemplo, un centro asistencial de vivienda, una comunidad de retiro con atención continua, o una comunidad de atención de por vida?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="211BF5A8" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C74D262" w14:textId="48ABF80F" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B7AA14" w14:textId="3CC0D615" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, denos el nombre y la dirección del centro, la cantidad del depósito, conteste las siguientes preguntas y </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>envíenos una copia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del contrato que firmó con el centro y de todo documento que tenga que ver con este depósito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904AF1C" w14:textId="46AFDD32" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del centro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6096802C" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección del centro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BEA9F3" w14:textId="08BFF1E7" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548AB4E1" w14:textId="63C59C6E" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>a. ¿Tiene el centro todavía el depósito? Sí No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684A0144" w14:textId="2F0F1CED" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>b. ¿Le devolvió el centro el depósito? Sí No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1F6C42" w14:textId="25760C41" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, denos el nombre y la dirección de la persona que recibió el depósito devuelto por el centro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22892906" w14:textId="71D57853" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre de la persona</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183CB766" w14:textId="02F78734" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Dirección</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7CCE93" w14:textId="10794196" w:rsidR="000702BE" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Bienes raíces</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D04E536" w14:textId="4F4F8792" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Las respuestas a las siguientes preguntas se utilizarán para determinar si: (1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6AF1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>sus bienes raíces se van a contar como un bien o activo; o (2)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA6AF1" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si se le debe colocar un embargo preventivo o gravamen a sus bienes raíces. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD9F308" w14:textId="7E39ADA2" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nota: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si los intereses sobre el capital de su lugar principal de residencia sobrepasan un cierto límite, es posible que usted no sea elegible para recibir el pago por servicios </w:t>
+      </w:r>
+      <w:r w:rsidR="008668E4" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y apoyos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de atención a largo plazo a menos que se cumplan ciertas condiciones. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF7B2C5" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>8. ¿Usted o su cónyuge son dueños o tienen derechos legítimos por su hogar, incluyendo una propiedad vitalicia?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BF1F36" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374D260A" w14:textId="1A1D19DC" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B926F3" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="40" w:after="60" w:line="201" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, complete la siguiente información y conteste las preguntas 9 a 15. Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, solo conteste la pregunta 15. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B17FF89" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre y dirección de la(s) persona(s) en los documentos de propiedad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B2FAA4" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descripción y dirección de la ubicación de la propiedad </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5746578B" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tipo de propiedad (Marque uno.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DD700D" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Individual (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3C4A" w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409953FA" w14:textId="42208507" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inquilinato común (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617F9179" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inquilinato unido (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5537678C" w14:textId="75FCC0B2" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Propiedad vitalicia (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498C5BDF" w14:textId="7C796286" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre y dirección de la(s) persona(s) en los documentos de propiedad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AD5713" w14:textId="57C5A43E" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Descripción y dirección de la ubicación de la propiedad</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF23E4F" w14:textId="543AB836" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Tipo de propiedad (Marque uno.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2569DD16" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Individual (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="144D1E57" w14:textId="69536EC1" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>$ Inquilinato común (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465DB94A" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Inquilinato unido (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D91A793" w14:textId="149A2AE5" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Propiedad vitalicia (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Valor normal de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>) $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B51E5A" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>9. ¿Tiene usted cónyuge?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D47261" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE3351E" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D6A68C" w14:textId="18F80BA3" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, complete esta sección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B83BC1F" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre ¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7049BD94" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BFEAF3" w14:textId="0F7756CD" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC67A78" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>10. ¿Tiene usted un niño ciego, o con una discapacidad total y permanente?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63989950" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5743B467" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA55EEA" w14:textId="289E2D7C" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, complete esta sección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76788987" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FB5D540" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29AB0AFC" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C3733C3" w14:textId="21D13A38" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D0328A" w14:textId="3910CDE5" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>11. ¿Tiene usted un hijo menor de 21 años ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229F9E00" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2071A1F4" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC9AA4F" w14:textId="425ECBD5" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, complete esta sección.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E269A7F" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre Fecha de nacimiento (mm/dd/aaaa) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2FC0A1" w14:textId="449408E9" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="702F804F" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F979D40" w14:textId="695A393B" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0016CF30" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. ¿Tiene usted un hermano o hermana que posea un interés legal sobre la casa y que haya vivido allí por lo menos durante un año inmediatamente anterior a la fecha en que usted ingresara en la institución médica? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E70F7C" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C80DCC" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4678602A" w14:textId="53D5A281" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó Sí, complete esta sección. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14413E2F" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21299A44" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319DA84F" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130E02C7" w14:textId="084EB219" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB49C44" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">13. ¿Tiene usted un hijo o hija que haya vivido en la casa por al menos los dos últimos años antes de que usted ingresara en la institución médica y que le haya brindado la atención que le permitió a usted vivir en la casa? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF78010" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sí </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44685A9D" w14:textId="77777777" w:rsidR="00B5285D" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8D45C4" w14:textId="4DF829CC" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si contestó Sí, complete esta sección.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B05EADC" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28233A6B" w14:textId="6A7EBC2D" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4D8939" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BA2FE5" w14:textId="6C963B27" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A81295" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>14. ¿Tiene usted un pariente dependiente?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3D6885" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B48C0E7" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22CC26CE" w14:textId="411D3EA7" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, complete esta sección.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AB4806" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="223282FD" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>¿Vive esta persona en su casa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A71FAB6" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF972AC" w14:textId="24E9DA8C" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0EF0C" w14:textId="41ABE764" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Describa el parentesco y la naturaleza de la dependencia:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B7730CC" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>15. ¿Tiene usted la intención de regresar a su hogar?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700FE377" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0440A27B" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2D4A3F" w14:textId="1B9D7FE8" w:rsidR="006D6BA6" w:rsidRPr="007B2A75" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(No responda a esta pregunta si solicita la Exención para Servicios Basados en el Hogar y la Comunidad.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCD50F4" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>16. ¿Posee usted o su cónyuge o tiene un interés legal en otros bienes raíces que no figuren en la Pregunta 8 anterior?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D262515" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06950861" w14:textId="4B69769D" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6F2B9C" w14:textId="27F832AA" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, por favor, describa la propiedad y escriba su dirección a continuación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE1E3EE" w14:textId="54B7AC92" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si necesita más espacio, use otra hoja.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72984345" w14:textId="367ECE9C" w:rsidR="00A04663" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Seguro de atención a largo plazo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E8D93D8" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>17. ¿Tiene usted o su cónyuge seguro de atención a largo plazo?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0571D9" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D56E76" w14:textId="2428D879" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FB7199" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, complete esta sección. Si contestó </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>, pase a la siguiente sección (Declaración de impuestos).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641AE0E" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Envíe una copia de la póliza.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50BF471F" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre de la compañía/Número de la póliza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082241FB" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del titular de la póliza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64D52CB2" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Fecha de vigencia (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551849CD" w14:textId="21B62C7B" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad de la prima $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD419A3" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre de la compañía/Número de la póliza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1586A1BE" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre del titular de la póliza</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2AE837" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Fecha de vigencia (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B5E674" w14:textId="7F2BB0CF" w:rsidR="00AE3C4A" w:rsidRPr="007B2A75" w:rsidRDefault="00AE3C4A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Cantidad de la prima $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA933D" w14:textId="2C2DFFE8" w:rsidR="00A04663" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Declaración de impuestos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50AE7" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. ¿Presentó usted o su cónyuge declaraciones de impuestos federales en los últimos dos años? (Marque uno.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380B9601" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí, ambos años</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCE2318" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Sí, uno de estos años</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614012C9" w14:textId="53430971" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">No, ningún año </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C46A8C" w14:textId="721DA52C" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Si contestó Sí</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, usted debe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>enviar copias</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de estas declaraciones. Si usted no conservó copias de una o más de estas declaraciones, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>debe enviar un Formulario 4506 del IRS completado y firmado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>. El Formulario 4506 se incluye al final de esta solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C007AB8" w14:textId="7E03B502" w:rsidR="00A04663" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>FIRME ESTE SUPLEMENTO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0988788E" w14:textId="77777777" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Al firmar este suplemento a continuación, por la presente certifico bajo penas y penalidades de perjurio que las presentaciones y declaraciones que he hecho en este suplemento son veraces y completas a mi mejor saber y entender, y estoy de acuerdo en aceptar y cumplir con los derechos y responsabilidades anteriores. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E852A55" w14:textId="5DDD3008" w:rsidR="00F876AE" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Importante: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si está presentando este suplemento como un representante autorizado, usted debe enviarnos un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Formulario de designación del representante autorizado </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:color w:val="211D1E"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>(ARD) para que podamos procesar esta solicitud. Es importante completar este formulario, ya que es la única manera en que podemos hablar con usted acerca de esta solicitud.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3811FD1B" w14:textId="119F7935" w:rsidR="00770CE2" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Firma del solicitante/afiliado o representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2527B5EC" w14:textId="1970C743" w:rsidR="00770CE2" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+        <w:t>Nombre en letra de imprenta</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F7AF2A7" w14:textId="0F479C4A" w:rsidR="00A04663" w:rsidRPr="007B2A75" w:rsidRDefault="00F876AE" w:rsidP="009F6A28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3840"/>
         </w:tabs>
-      </w:pPr>
-[...1382 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B2A75">
+        <w:rPr>
+          <w:lang w:val="es-419"/>
+        </w:rPr>
         <w:t>Fecha</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A3AC1" w:rsidRPr="003A3AC1" w:rsidRDefault="003A3AC1" w:rsidP="00655E2E">
-[...33 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="00A04663" w:rsidRPr="007B2A75" w:rsidSect="005D3D89">
+      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
+      <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1170" w:left="1080" w:header="432" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="07E634E2" w14:textId="77777777" w:rsidR="00F37E61" w:rsidRDefault="00F37E61" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="5A6E4CA6" w14:textId="77777777" w:rsidR="00F37E61" w:rsidRDefault="00F37E61" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:altName w:val="Source Sans Pro"/>
-    <w:panose1 w:val="020B0503030403020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Source Sans Pro Semibold">
-    <w:panose1 w:val="020B0603030403020204"/>
+  <w:font w:name="Source Sans Pro SemiBold">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aller">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
-    <w:altName w:val="Minion Pro"/>
-    <w:panose1 w:val="02040503050306020203"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...6 lines deleted...]
-  <w:p w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-433282828"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2215907C" w14:textId="3DCEFC5F" w:rsidR="00E0051A" w:rsidRDefault="00A50AA3" w:rsidP="00FC6B55">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04130AAC" w14:textId="2B86436F" w:rsidR="00857564" w:rsidRPr="0023751B" w:rsidRDefault="0023751B" w:rsidP="0023751B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
+    <w:r w:rsidRPr="0023751B">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t>LTC-SUPP_ES_2026-03</w:t>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="2108AC85" w14:textId="77777777" w:rsidR="00F37E61" w:rsidRDefault="00F37E61" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="7CEF95CA" w14:textId="77777777" w:rsidR="00F37E61" w:rsidRDefault="00F37E61" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00655E2E" w:rsidRDefault="00655E2E" w:rsidP="00655E2E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="597D33D2" w14:textId="47FDF656" w:rsidR="00A50AA3" w:rsidRPr="00563975" w:rsidRDefault="00563975" w:rsidP="00563975">
     <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:color w:val="FF0000"/>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E3BCE">
-[...3 lines deleted...]
-      <w:t>Please note. This document has been formatted for use with screen readers.</w:t>
+    <w:r w:rsidRPr="00563975">
+      <w:rPr>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Por favor, tenga en cuenta lo siguiente. El formato de este documento ha sido modificado para su uso con lectores de pantalla. </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="00563975">
+      <w:rPr>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
+      </w:rPr>
+      <w:t>Las referencias a páginas de este documento</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00563975">
+      <w:rPr>
+        <w:color w:val="632423" w:themeColor="accent2" w:themeShade="80"/>
+        <w:lang w:val="es-419"/>
+      </w:rPr>
+      <w:t>se refieren a los números de página en la publicación original.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="96F01F6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="004D3D76"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C7B6FD0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A98E1C36"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="E2C07774"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E0D3823"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03E24A26"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="00B54FBC"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10287ADE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56E4FA48"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="0D18D682"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16E62D72"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4D3A2F08"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="175142B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
-[...14 lines deleted...]
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...563 lines deleted...]
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17EA29D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB042F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E42E99A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2578,54 +4778,166 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="1BB0650E"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BBD58E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49640A6A"/>
+    <w:tmpl w:val="28E09C88"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="205925AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB2B738"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -2691,167 +5003,957 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="1F372C6C"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2386165C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C610F6B4"/>
+    <w:tmpl w:val="FB3A85DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C1337B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C10EB3E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="151C1A70">
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%2)"/>
-[...5 lines deleted...]
-        <w:rFonts w:hint="default"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24D8308F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C86A3838"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27E944A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="338941DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC82849A"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36FD4133"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2FAA11E"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2006" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2726" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3446" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4166" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4886" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5606" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6326" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="1FC619F0"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="374638FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="932C6EBE"/>
+    <w:tmpl w:val="BD1E9974"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38F13536"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23FE2B0A"/>
+    <w:lvl w:ilvl="0" w:tplc="96BC2FAC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="2AD21C8E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="DD70B2F8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4A2862EE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="9B00B9DE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="039E4596" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="170ED268" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="93523C98" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EE12B45E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="514D45AC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B7329694"/>
+    <w:lvl w:ilvl="0" w:tplc="EC64790A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A854B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2FAAE38"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -2917,3046 +6019,277 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="1FFD5AF6"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535B10BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="23E0B8FE"/>
-[...12 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:tmpl w:val="52FE2CE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3650" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4370" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5090" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6530" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54C70E83"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D5C0DAB2"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13">
-[...2908 lines deleted...]
-  <w:abstractNum w:abstractNumId="39">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6024,54 +6357,167 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40">
-    <w:nsid w:val="5CC11E51"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60446DF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6C94D8B8"/>
+    <w:tmpl w:val="310AD096"/>
+    <w:lvl w:ilvl="0" w:tplc="580A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63A17000"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F006D4CE"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -6137,164 +6583,416 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41">
-    <w:nsid w:val="6AEA68DA"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63CA7D5F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62A8631A"/>
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:tmpl w:val="1F8C8BD6"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63EE619E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="624C53B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B1D1565"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="46405A2E"/>
+    <w:lvl w:ilvl="0" w:tplc="3BA0C8D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C5956D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74227DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05248304"/>
     <w:lvl w:ilvl="0" w:tplc="D574787E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6364,2119 +7062,3190 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43">
-    <w:nsid w:val="7B7B6A99"/>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76044270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="068430B8"/>
-[...6 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+    <w:tmpl w:val="C2BC335E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792D06D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5FE4E72"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44">
-    <w:nsid w:val="7E1707A4"/>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0564B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5F4DBA8"/>
+    <w:tmpl w:val="3D64A7A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45">
-[...113 lines deleted...]
-    <w:abstractNumId w:val="42"/>
+  <w:num w:numId="1" w16cid:durableId="1243291415">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="45"/>
+  <w:num w:numId="2" w16cid:durableId="598371811">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="807556532">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1122501691">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="37821185">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="58134091">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1928222693">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1135220225">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="977026517">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="384837521">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1376542635">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="742721569">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1275946194">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1742486793">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1410346339">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="889805860">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1585453348">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="137771815">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="568270192">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="39"/>
+  <w:num w:numId="20" w16cid:durableId="476993964">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="21" w16cid:durableId="1261716605">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="22" w16cid:durableId="217789343">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="23" w16cid:durableId="1913465478">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="38"/>
+  <w:num w:numId="24" w16cid:durableId="2041781090">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="25" w16cid:durableId="301539505">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1459566108">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="1971471189">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1535730784">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1986204779">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="683438902">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1250847574">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="966400280">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="33" w16cid:durableId="447706293">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
-[...32 lines deleted...]
-  <w:num w:numId="23">
+  <w:num w:numId="34" w16cid:durableId="1621110209">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
-[...68 lines deleted...]
-  <w:numIdMacAtCleanup w:val="6"/>
+  <w:numIdMacAtCleanup w:val="16"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="70"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="106497"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142935"/>
     <w:rsid w:val="00000F2D"/>
+    <w:rsid w:val="0000120E"/>
+    <w:rsid w:val="00002A58"/>
     <w:rsid w:val="00005515"/>
     <w:rsid w:val="00006B9E"/>
+    <w:rsid w:val="0000745F"/>
     <w:rsid w:val="00010925"/>
     <w:rsid w:val="00011C91"/>
+    <w:rsid w:val="0001224D"/>
+    <w:rsid w:val="00012253"/>
+    <w:rsid w:val="0001338A"/>
+    <w:rsid w:val="00014130"/>
+    <w:rsid w:val="000142F6"/>
     <w:rsid w:val="00015228"/>
+    <w:rsid w:val="000157F9"/>
+    <w:rsid w:val="00016840"/>
+    <w:rsid w:val="00017B2C"/>
     <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="00033AC7"/>
+    <w:rsid w:val="0003460B"/>
     <w:rsid w:val="00034791"/>
+    <w:rsid w:val="00034991"/>
     <w:rsid w:val="000353A9"/>
+    <w:rsid w:val="0003610C"/>
     <w:rsid w:val="0003641D"/>
+    <w:rsid w:val="0003748A"/>
     <w:rsid w:val="00043085"/>
+    <w:rsid w:val="0004446D"/>
+    <w:rsid w:val="0004477D"/>
     <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045FC0"/>
+    <w:rsid w:val="00045FD4"/>
+    <w:rsid w:val="00046A42"/>
     <w:rsid w:val="00046B45"/>
     <w:rsid w:val="00047A07"/>
+    <w:rsid w:val="00052F47"/>
+    <w:rsid w:val="00054C0B"/>
     <w:rsid w:val="00055763"/>
     <w:rsid w:val="00057734"/>
+    <w:rsid w:val="00057CB1"/>
+    <w:rsid w:val="00057E2C"/>
+    <w:rsid w:val="0006190C"/>
     <w:rsid w:val="00062BE6"/>
     <w:rsid w:val="00063CE6"/>
+    <w:rsid w:val="000650F8"/>
+    <w:rsid w:val="0006592B"/>
     <w:rsid w:val="000663C3"/>
     <w:rsid w:val="000702BE"/>
+    <w:rsid w:val="00070726"/>
+    <w:rsid w:val="000723EB"/>
     <w:rsid w:val="00072A87"/>
     <w:rsid w:val="00075490"/>
+    <w:rsid w:val="00075B8C"/>
     <w:rsid w:val="0007622E"/>
     <w:rsid w:val="00076865"/>
     <w:rsid w:val="00080484"/>
     <w:rsid w:val="00080AAE"/>
+    <w:rsid w:val="00081EDF"/>
+    <w:rsid w:val="00081FC3"/>
+    <w:rsid w:val="00082517"/>
+    <w:rsid w:val="00085A35"/>
     <w:rsid w:val="00085D3D"/>
+    <w:rsid w:val="00086054"/>
+    <w:rsid w:val="00090CC0"/>
     <w:rsid w:val="00095595"/>
     <w:rsid w:val="00096808"/>
     <w:rsid w:val="000A0849"/>
     <w:rsid w:val="000A0C7C"/>
+    <w:rsid w:val="000A0FAB"/>
+    <w:rsid w:val="000A1886"/>
     <w:rsid w:val="000A311D"/>
     <w:rsid w:val="000A36CD"/>
     <w:rsid w:val="000A463E"/>
+    <w:rsid w:val="000A76BD"/>
+    <w:rsid w:val="000A77D4"/>
+    <w:rsid w:val="000B36A3"/>
+    <w:rsid w:val="000B43B8"/>
+    <w:rsid w:val="000B4E4E"/>
     <w:rsid w:val="000C1658"/>
     <w:rsid w:val="000C1C16"/>
     <w:rsid w:val="000C20F5"/>
+    <w:rsid w:val="000C3DD3"/>
+    <w:rsid w:val="000C716E"/>
     <w:rsid w:val="000D0D68"/>
     <w:rsid w:val="000D15DE"/>
     <w:rsid w:val="000D1B13"/>
+    <w:rsid w:val="000D53B9"/>
+    <w:rsid w:val="000D6908"/>
     <w:rsid w:val="000E08ED"/>
+    <w:rsid w:val="000E27E0"/>
     <w:rsid w:val="000E315B"/>
+    <w:rsid w:val="000E39B3"/>
+    <w:rsid w:val="000E3B6C"/>
     <w:rsid w:val="000E5B07"/>
     <w:rsid w:val="000E63BA"/>
+    <w:rsid w:val="000F132B"/>
     <w:rsid w:val="000F2BE3"/>
     <w:rsid w:val="000F40A2"/>
     <w:rsid w:val="000F432D"/>
     <w:rsid w:val="000F447B"/>
+    <w:rsid w:val="000F51AD"/>
+    <w:rsid w:val="000F5467"/>
+    <w:rsid w:val="000F5A5D"/>
     <w:rsid w:val="000F6F6D"/>
     <w:rsid w:val="000F7633"/>
+    <w:rsid w:val="00100293"/>
     <w:rsid w:val="001012A1"/>
     <w:rsid w:val="00102BE4"/>
+    <w:rsid w:val="001052A5"/>
+    <w:rsid w:val="00105922"/>
     <w:rsid w:val="00105B05"/>
+    <w:rsid w:val="00106780"/>
+    <w:rsid w:val="00107F90"/>
+    <w:rsid w:val="00112703"/>
+    <w:rsid w:val="00112975"/>
     <w:rsid w:val="00113952"/>
+    <w:rsid w:val="00115566"/>
     <w:rsid w:val="001168C1"/>
     <w:rsid w:val="00120827"/>
+    <w:rsid w:val="0012219D"/>
+    <w:rsid w:val="00123BA1"/>
+    <w:rsid w:val="0012456F"/>
+    <w:rsid w:val="001256A1"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="00130065"/>
     <w:rsid w:val="00134F9C"/>
-    <w:rsid w:val="0013515A"/>
     <w:rsid w:val="001414A4"/>
+    <w:rsid w:val="00141EDD"/>
+    <w:rsid w:val="00141FF4"/>
     <w:rsid w:val="00142935"/>
+    <w:rsid w:val="001448A6"/>
     <w:rsid w:val="00147792"/>
     <w:rsid w:val="00151FE3"/>
     <w:rsid w:val="001530A5"/>
     <w:rsid w:val="00153A97"/>
     <w:rsid w:val="00155AD2"/>
+    <w:rsid w:val="00155EE0"/>
+    <w:rsid w:val="00156D94"/>
     <w:rsid w:val="00157EBA"/>
     <w:rsid w:val="00162614"/>
+    <w:rsid w:val="00163133"/>
     <w:rsid w:val="00170993"/>
     <w:rsid w:val="00172C8F"/>
+    <w:rsid w:val="00174823"/>
     <w:rsid w:val="00175F48"/>
     <w:rsid w:val="00180C56"/>
+    <w:rsid w:val="001822DB"/>
+    <w:rsid w:val="001824CC"/>
     <w:rsid w:val="00185169"/>
     <w:rsid w:val="001856D5"/>
+    <w:rsid w:val="00187ADC"/>
+    <w:rsid w:val="00190CED"/>
     <w:rsid w:val="001A45F5"/>
+    <w:rsid w:val="001A5320"/>
+    <w:rsid w:val="001A5F78"/>
+    <w:rsid w:val="001B00CB"/>
+    <w:rsid w:val="001B2D24"/>
+    <w:rsid w:val="001B3355"/>
     <w:rsid w:val="001B4B50"/>
     <w:rsid w:val="001B501B"/>
     <w:rsid w:val="001C04D5"/>
+    <w:rsid w:val="001C1271"/>
     <w:rsid w:val="001C1AEE"/>
+    <w:rsid w:val="001C2097"/>
+    <w:rsid w:val="001C29D3"/>
     <w:rsid w:val="001C4760"/>
+    <w:rsid w:val="001C4CD7"/>
     <w:rsid w:val="001C552A"/>
+    <w:rsid w:val="001C7D10"/>
     <w:rsid w:val="001D1962"/>
     <w:rsid w:val="001D51D1"/>
+    <w:rsid w:val="001D6376"/>
+    <w:rsid w:val="001D6CA0"/>
+    <w:rsid w:val="001D6CE9"/>
     <w:rsid w:val="001D7A60"/>
+    <w:rsid w:val="001E002B"/>
     <w:rsid w:val="001E008F"/>
     <w:rsid w:val="001E0D12"/>
+    <w:rsid w:val="001E128B"/>
     <w:rsid w:val="001E4A33"/>
     <w:rsid w:val="001F0743"/>
+    <w:rsid w:val="001F1CFF"/>
     <w:rsid w:val="001F326C"/>
     <w:rsid w:val="001F4155"/>
     <w:rsid w:val="001F49CB"/>
     <w:rsid w:val="00200CC2"/>
+    <w:rsid w:val="00203A11"/>
+    <w:rsid w:val="00204D92"/>
     <w:rsid w:val="00205737"/>
     <w:rsid w:val="00206622"/>
     <w:rsid w:val="00207C43"/>
     <w:rsid w:val="00216CA9"/>
     <w:rsid w:val="00217CB0"/>
+    <w:rsid w:val="00217E84"/>
+    <w:rsid w:val="00220ECF"/>
     <w:rsid w:val="00222BD9"/>
     <w:rsid w:val="002246DF"/>
+    <w:rsid w:val="002252A5"/>
     <w:rsid w:val="00226D30"/>
+    <w:rsid w:val="00227070"/>
+    <w:rsid w:val="0023233F"/>
+    <w:rsid w:val="0023235F"/>
+    <w:rsid w:val="002328FF"/>
     <w:rsid w:val="00232EA3"/>
+    <w:rsid w:val="002330D8"/>
     <w:rsid w:val="0023496E"/>
     <w:rsid w:val="002358A9"/>
     <w:rsid w:val="00236C12"/>
+    <w:rsid w:val="0023751B"/>
+    <w:rsid w:val="002426BD"/>
+    <w:rsid w:val="00243FF4"/>
+    <w:rsid w:val="002440A7"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="00246753"/>
+    <w:rsid w:val="002500A9"/>
+    <w:rsid w:val="00250668"/>
+    <w:rsid w:val="0025525C"/>
     <w:rsid w:val="00255D0E"/>
+    <w:rsid w:val="00261EFB"/>
     <w:rsid w:val="00262414"/>
+    <w:rsid w:val="00262EC2"/>
     <w:rsid w:val="00264129"/>
     <w:rsid w:val="00266149"/>
     <w:rsid w:val="00267CDF"/>
+    <w:rsid w:val="00270D57"/>
+    <w:rsid w:val="00276202"/>
+    <w:rsid w:val="002770B9"/>
+    <w:rsid w:val="00280FF2"/>
+    <w:rsid w:val="002818BB"/>
     <w:rsid w:val="00283850"/>
+    <w:rsid w:val="00284FDD"/>
     <w:rsid w:val="0028661D"/>
+    <w:rsid w:val="00287367"/>
     <w:rsid w:val="00292683"/>
     <w:rsid w:val="00292DF8"/>
+    <w:rsid w:val="00293E72"/>
+    <w:rsid w:val="00294958"/>
     <w:rsid w:val="00294C55"/>
+    <w:rsid w:val="00295B7E"/>
+    <w:rsid w:val="0029610F"/>
+    <w:rsid w:val="002A2523"/>
+    <w:rsid w:val="002A2DAD"/>
     <w:rsid w:val="002A2FAC"/>
     <w:rsid w:val="002A5070"/>
     <w:rsid w:val="002A6CB7"/>
     <w:rsid w:val="002A6EBE"/>
+    <w:rsid w:val="002B00B9"/>
+    <w:rsid w:val="002B0788"/>
     <w:rsid w:val="002B71C9"/>
+    <w:rsid w:val="002C0251"/>
+    <w:rsid w:val="002C0CD1"/>
+    <w:rsid w:val="002C2C74"/>
     <w:rsid w:val="002C4F67"/>
+    <w:rsid w:val="002C5622"/>
+    <w:rsid w:val="002C579C"/>
+    <w:rsid w:val="002C6D0B"/>
+    <w:rsid w:val="002D0397"/>
     <w:rsid w:val="002D21E5"/>
     <w:rsid w:val="002D357A"/>
+    <w:rsid w:val="002D5479"/>
     <w:rsid w:val="002D57A1"/>
     <w:rsid w:val="002D5B64"/>
     <w:rsid w:val="002D5EC6"/>
+    <w:rsid w:val="002D75D8"/>
+    <w:rsid w:val="002E0322"/>
+    <w:rsid w:val="002E0D76"/>
+    <w:rsid w:val="002E0EE7"/>
+    <w:rsid w:val="002E19B5"/>
+    <w:rsid w:val="002E3256"/>
     <w:rsid w:val="002E431D"/>
     <w:rsid w:val="002E5842"/>
+    <w:rsid w:val="002E6255"/>
     <w:rsid w:val="002E6C1A"/>
     <w:rsid w:val="002F14F4"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F2B68"/>
+    <w:rsid w:val="002F3F7E"/>
+    <w:rsid w:val="002F55CF"/>
+    <w:rsid w:val="002F5780"/>
+    <w:rsid w:val="002F5DEE"/>
     <w:rsid w:val="003003F4"/>
     <w:rsid w:val="00300657"/>
     <w:rsid w:val="0030338B"/>
     <w:rsid w:val="00305B84"/>
+    <w:rsid w:val="00307997"/>
     <w:rsid w:val="00307B99"/>
     <w:rsid w:val="00307DF3"/>
+    <w:rsid w:val="00310B69"/>
+    <w:rsid w:val="0031203A"/>
+    <w:rsid w:val="00312954"/>
+    <w:rsid w:val="003137D8"/>
     <w:rsid w:val="00313FB3"/>
+    <w:rsid w:val="003160D3"/>
     <w:rsid w:val="00316EA9"/>
+    <w:rsid w:val="00317DB0"/>
+    <w:rsid w:val="00320883"/>
     <w:rsid w:val="00320D35"/>
+    <w:rsid w:val="0032105A"/>
+    <w:rsid w:val="003230F9"/>
     <w:rsid w:val="00323B0D"/>
     <w:rsid w:val="00324583"/>
+    <w:rsid w:val="0032573B"/>
+    <w:rsid w:val="0032622D"/>
+    <w:rsid w:val="00331321"/>
     <w:rsid w:val="0033179D"/>
     <w:rsid w:val="00332CF4"/>
     <w:rsid w:val="00334095"/>
     <w:rsid w:val="00335104"/>
+    <w:rsid w:val="00337696"/>
+    <w:rsid w:val="00337C92"/>
     <w:rsid w:val="00340603"/>
     <w:rsid w:val="00340891"/>
+    <w:rsid w:val="00340BCF"/>
+    <w:rsid w:val="00340D12"/>
     <w:rsid w:val="00342A7C"/>
+    <w:rsid w:val="0034310D"/>
+    <w:rsid w:val="003442A3"/>
+    <w:rsid w:val="003446D5"/>
     <w:rsid w:val="00344836"/>
+    <w:rsid w:val="003461E1"/>
     <w:rsid w:val="0034723C"/>
+    <w:rsid w:val="003514E3"/>
     <w:rsid w:val="00353452"/>
+    <w:rsid w:val="00354D9F"/>
     <w:rsid w:val="00357495"/>
     <w:rsid w:val="00357741"/>
     <w:rsid w:val="00360501"/>
     <w:rsid w:val="00361829"/>
     <w:rsid w:val="00361831"/>
     <w:rsid w:val="00361B96"/>
+    <w:rsid w:val="0036270F"/>
+    <w:rsid w:val="00364205"/>
     <w:rsid w:val="003655D9"/>
+    <w:rsid w:val="00366F37"/>
+    <w:rsid w:val="00371AD0"/>
     <w:rsid w:val="00373319"/>
     <w:rsid w:val="00373390"/>
     <w:rsid w:val="00377048"/>
+    <w:rsid w:val="00380A9F"/>
     <w:rsid w:val="00380D14"/>
+    <w:rsid w:val="00386E4E"/>
     <w:rsid w:val="00387285"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="00390665"/>
+    <w:rsid w:val="003909BB"/>
+    <w:rsid w:val="003918E0"/>
+    <w:rsid w:val="00391C03"/>
     <w:rsid w:val="00392F76"/>
+    <w:rsid w:val="003934F9"/>
     <w:rsid w:val="00393CE3"/>
+    <w:rsid w:val="0039459A"/>
+    <w:rsid w:val="00394C9D"/>
+    <w:rsid w:val="003952A6"/>
+    <w:rsid w:val="00396E1A"/>
+    <w:rsid w:val="00397D3A"/>
+    <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A13BC"/>
-    <w:rsid w:val="003A3AC1"/>
+    <w:rsid w:val="003A14B6"/>
     <w:rsid w:val="003A444B"/>
+    <w:rsid w:val="003A485A"/>
     <w:rsid w:val="003A4D9E"/>
     <w:rsid w:val="003A6E9B"/>
+    <w:rsid w:val="003B04D7"/>
     <w:rsid w:val="003B54E3"/>
+    <w:rsid w:val="003B5AD8"/>
     <w:rsid w:val="003B6632"/>
+    <w:rsid w:val="003B6781"/>
     <w:rsid w:val="003B7195"/>
     <w:rsid w:val="003C018F"/>
+    <w:rsid w:val="003C1288"/>
+    <w:rsid w:val="003C2C0F"/>
+    <w:rsid w:val="003C5B72"/>
+    <w:rsid w:val="003C5EE8"/>
     <w:rsid w:val="003C70D4"/>
     <w:rsid w:val="003D16BA"/>
+    <w:rsid w:val="003D1834"/>
     <w:rsid w:val="003D3925"/>
     <w:rsid w:val="003D528A"/>
     <w:rsid w:val="003D6409"/>
+    <w:rsid w:val="003D6DA0"/>
     <w:rsid w:val="003D6FEC"/>
+    <w:rsid w:val="003E24FB"/>
+    <w:rsid w:val="003E2E78"/>
     <w:rsid w:val="003E3BCE"/>
+    <w:rsid w:val="003E489D"/>
+    <w:rsid w:val="003E54C6"/>
+    <w:rsid w:val="003E638E"/>
     <w:rsid w:val="003E63D7"/>
+    <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003F09E5"/>
+    <w:rsid w:val="003F16DB"/>
+    <w:rsid w:val="003F23CB"/>
     <w:rsid w:val="003F35DD"/>
+    <w:rsid w:val="003F60FD"/>
+    <w:rsid w:val="003F670B"/>
+    <w:rsid w:val="003F6BA5"/>
+    <w:rsid w:val="00400916"/>
+    <w:rsid w:val="00400DCF"/>
     <w:rsid w:val="00400FDD"/>
+    <w:rsid w:val="00401F3D"/>
     <w:rsid w:val="004023ED"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="0040471E"/>
     <w:rsid w:val="00404D7E"/>
     <w:rsid w:val="00410F03"/>
     <w:rsid w:val="00413D6D"/>
     <w:rsid w:val="00413DFA"/>
+    <w:rsid w:val="004163AD"/>
+    <w:rsid w:val="004177F0"/>
     <w:rsid w:val="0042183F"/>
+    <w:rsid w:val="00421FFF"/>
+    <w:rsid w:val="004235C9"/>
     <w:rsid w:val="004243CC"/>
     <w:rsid w:val="00427B2E"/>
+    <w:rsid w:val="00427C5D"/>
+    <w:rsid w:val="00430F94"/>
+    <w:rsid w:val="00433A3D"/>
+    <w:rsid w:val="00434418"/>
+    <w:rsid w:val="00435172"/>
     <w:rsid w:val="00435E51"/>
+    <w:rsid w:val="00436586"/>
     <w:rsid w:val="00444304"/>
+    <w:rsid w:val="00445133"/>
+    <w:rsid w:val="004468B4"/>
+    <w:rsid w:val="00446AA4"/>
+    <w:rsid w:val="00450BED"/>
+    <w:rsid w:val="00450E6A"/>
+    <w:rsid w:val="004540F4"/>
+    <w:rsid w:val="004552A2"/>
     <w:rsid w:val="004557E5"/>
     <w:rsid w:val="00457703"/>
     <w:rsid w:val="004614E4"/>
     <w:rsid w:val="00462F28"/>
+    <w:rsid w:val="00462F81"/>
+    <w:rsid w:val="00466822"/>
     <w:rsid w:val="00467680"/>
+    <w:rsid w:val="00467789"/>
     <w:rsid w:val="004678F4"/>
+    <w:rsid w:val="00467FE2"/>
+    <w:rsid w:val="00470A4B"/>
     <w:rsid w:val="00470D0F"/>
+    <w:rsid w:val="004716DE"/>
     <w:rsid w:val="00473AF4"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="0047561A"/>
+    <w:rsid w:val="00475B03"/>
+    <w:rsid w:val="00476E90"/>
     <w:rsid w:val="00477AD4"/>
     <w:rsid w:val="00480216"/>
+    <w:rsid w:val="004802FD"/>
     <w:rsid w:val="0048143B"/>
+    <w:rsid w:val="004819A1"/>
+    <w:rsid w:val="00481F88"/>
+    <w:rsid w:val="004843D2"/>
     <w:rsid w:val="004858AF"/>
+    <w:rsid w:val="0048655A"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="00486FCB"/>
     <w:rsid w:val="004874D2"/>
+    <w:rsid w:val="004930A5"/>
+    <w:rsid w:val="004932F7"/>
+    <w:rsid w:val="004937FC"/>
     <w:rsid w:val="00493C8D"/>
+    <w:rsid w:val="00493E5B"/>
+    <w:rsid w:val="00495CA4"/>
     <w:rsid w:val="00496A65"/>
+    <w:rsid w:val="004A043C"/>
+    <w:rsid w:val="004A15F9"/>
+    <w:rsid w:val="004A613F"/>
+    <w:rsid w:val="004A72E8"/>
+    <w:rsid w:val="004B075B"/>
     <w:rsid w:val="004B0F6C"/>
     <w:rsid w:val="004B202D"/>
     <w:rsid w:val="004B213E"/>
+    <w:rsid w:val="004B2832"/>
+    <w:rsid w:val="004B2E62"/>
+    <w:rsid w:val="004B3928"/>
+    <w:rsid w:val="004B3DF2"/>
+    <w:rsid w:val="004B45BA"/>
     <w:rsid w:val="004B64FC"/>
     <w:rsid w:val="004B6960"/>
     <w:rsid w:val="004C1668"/>
     <w:rsid w:val="004C1F40"/>
     <w:rsid w:val="004C1F6C"/>
+    <w:rsid w:val="004C2138"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rsid w:val="004C4158"/>
     <w:rsid w:val="004C5535"/>
+    <w:rsid w:val="004C67C3"/>
     <w:rsid w:val="004C692A"/>
     <w:rsid w:val="004C7462"/>
+    <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="004D05F8"/>
+    <w:rsid w:val="004D2799"/>
+    <w:rsid w:val="004D27F7"/>
+    <w:rsid w:val="004D6E22"/>
+    <w:rsid w:val="004D796E"/>
     <w:rsid w:val="004E081A"/>
+    <w:rsid w:val="004E0F02"/>
     <w:rsid w:val="004E141D"/>
+    <w:rsid w:val="004E3C53"/>
+    <w:rsid w:val="004E423E"/>
+    <w:rsid w:val="004E5493"/>
+    <w:rsid w:val="004E5C0D"/>
+    <w:rsid w:val="004E6D51"/>
+    <w:rsid w:val="004F15EA"/>
+    <w:rsid w:val="004F1CE2"/>
     <w:rsid w:val="004F391C"/>
     <w:rsid w:val="004F536B"/>
+    <w:rsid w:val="004F61CD"/>
+    <w:rsid w:val="004F6207"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00500A33"/>
+    <w:rsid w:val="00500EE2"/>
+    <w:rsid w:val="00501FE3"/>
     <w:rsid w:val="005020F2"/>
+    <w:rsid w:val="005027C3"/>
+    <w:rsid w:val="00505913"/>
+    <w:rsid w:val="0051499F"/>
     <w:rsid w:val="0051693E"/>
     <w:rsid w:val="00516B03"/>
     <w:rsid w:val="00520C0E"/>
+    <w:rsid w:val="00520FB2"/>
     <w:rsid w:val="00521288"/>
+    <w:rsid w:val="00521603"/>
+    <w:rsid w:val="005226C7"/>
+    <w:rsid w:val="005226D4"/>
     <w:rsid w:val="00522ACB"/>
+    <w:rsid w:val="005230AB"/>
     <w:rsid w:val="005232C2"/>
     <w:rsid w:val="00523C6A"/>
     <w:rsid w:val="00523DBD"/>
+    <w:rsid w:val="00525C0C"/>
+    <w:rsid w:val="00526F96"/>
     <w:rsid w:val="0053064E"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00532CC0"/>
+    <w:rsid w:val="0053342F"/>
     <w:rsid w:val="005342BF"/>
+    <w:rsid w:val="00536098"/>
+    <w:rsid w:val="005364D9"/>
     <w:rsid w:val="00540533"/>
     <w:rsid w:val="00540887"/>
     <w:rsid w:val="00540913"/>
+    <w:rsid w:val="00542356"/>
     <w:rsid w:val="00542EA4"/>
+    <w:rsid w:val="00544575"/>
     <w:rsid w:val="00545B45"/>
+    <w:rsid w:val="00546C2C"/>
+    <w:rsid w:val="005519B0"/>
     <w:rsid w:val="00552C78"/>
+    <w:rsid w:val="00552D66"/>
     <w:rsid w:val="00557B93"/>
     <w:rsid w:val="00560E87"/>
+    <w:rsid w:val="005613FA"/>
+    <w:rsid w:val="00561666"/>
     <w:rsid w:val="00561DC6"/>
+    <w:rsid w:val="00563975"/>
     <w:rsid w:val="0057054A"/>
     <w:rsid w:val="00574353"/>
+    <w:rsid w:val="0057448D"/>
     <w:rsid w:val="00574D85"/>
     <w:rsid w:val="0057529C"/>
     <w:rsid w:val="005760DE"/>
+    <w:rsid w:val="00580B49"/>
     <w:rsid w:val="00581650"/>
+    <w:rsid w:val="00581A14"/>
     <w:rsid w:val="00581B19"/>
+    <w:rsid w:val="00583036"/>
+    <w:rsid w:val="0058321B"/>
     <w:rsid w:val="005835DB"/>
     <w:rsid w:val="00583964"/>
+    <w:rsid w:val="00584F48"/>
     <w:rsid w:val="00585B56"/>
+    <w:rsid w:val="0058768E"/>
+    <w:rsid w:val="00590BBC"/>
     <w:rsid w:val="005A060B"/>
     <w:rsid w:val="005A17C3"/>
+    <w:rsid w:val="005A1E5E"/>
+    <w:rsid w:val="005A2056"/>
+    <w:rsid w:val="005A2E26"/>
     <w:rsid w:val="005A3D8C"/>
+    <w:rsid w:val="005A3FCD"/>
     <w:rsid w:val="005A56BA"/>
     <w:rsid w:val="005A5B6F"/>
     <w:rsid w:val="005B06D2"/>
+    <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B2877"/>
+    <w:rsid w:val="005B2C87"/>
     <w:rsid w:val="005B3315"/>
     <w:rsid w:val="005B3890"/>
     <w:rsid w:val="005B3B7B"/>
+    <w:rsid w:val="005B433D"/>
+    <w:rsid w:val="005B6EFA"/>
     <w:rsid w:val="005B717E"/>
     <w:rsid w:val="005C1CC3"/>
     <w:rsid w:val="005C3A92"/>
+    <w:rsid w:val="005C469A"/>
     <w:rsid w:val="005C4D4F"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5719"/>
     <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005C7DE9"/>
+    <w:rsid w:val="005D108E"/>
     <w:rsid w:val="005D1966"/>
+    <w:rsid w:val="005D3D89"/>
     <w:rsid w:val="005D40BD"/>
+    <w:rsid w:val="005D4B4A"/>
+    <w:rsid w:val="005E3534"/>
     <w:rsid w:val="005E422A"/>
+    <w:rsid w:val="005E5BE6"/>
     <w:rsid w:val="005E77CA"/>
     <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F4CB4"/>
     <w:rsid w:val="005F5AB1"/>
     <w:rsid w:val="005F6D67"/>
+    <w:rsid w:val="0060147F"/>
+    <w:rsid w:val="00601E6C"/>
+    <w:rsid w:val="00605BFD"/>
     <w:rsid w:val="00605FF6"/>
+    <w:rsid w:val="00607FF0"/>
+    <w:rsid w:val="00610D18"/>
+    <w:rsid w:val="00617F69"/>
     <w:rsid w:val="00620EB2"/>
+    <w:rsid w:val="006212E8"/>
+    <w:rsid w:val="00622D25"/>
+    <w:rsid w:val="00623FF8"/>
     <w:rsid w:val="006261A7"/>
     <w:rsid w:val="00626A5A"/>
+    <w:rsid w:val="00626E15"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="00630EA8"/>
     <w:rsid w:val="006310E4"/>
+    <w:rsid w:val="0063171B"/>
+    <w:rsid w:val="00631C3F"/>
+    <w:rsid w:val="00632B84"/>
     <w:rsid w:val="00632D4D"/>
+    <w:rsid w:val="00633CAA"/>
     <w:rsid w:val="00636299"/>
+    <w:rsid w:val="00636327"/>
+    <w:rsid w:val="0063644F"/>
+    <w:rsid w:val="0063649D"/>
     <w:rsid w:val="006367FB"/>
     <w:rsid w:val="00637441"/>
     <w:rsid w:val="0064184A"/>
     <w:rsid w:val="006426A9"/>
     <w:rsid w:val="00642946"/>
+    <w:rsid w:val="00642B33"/>
     <w:rsid w:val="00642B87"/>
+    <w:rsid w:val="00643130"/>
     <w:rsid w:val="00645AA5"/>
+    <w:rsid w:val="00645EB3"/>
     <w:rsid w:val="0064713B"/>
     <w:rsid w:val="00647A73"/>
+    <w:rsid w:val="00647ED2"/>
     <w:rsid w:val="00651E59"/>
-    <w:rsid w:val="00655E2E"/>
+    <w:rsid w:val="006546F9"/>
+    <w:rsid w:val="0065617D"/>
     <w:rsid w:val="00661574"/>
     <w:rsid w:val="0066377B"/>
+    <w:rsid w:val="006644DF"/>
+    <w:rsid w:val="00665CE2"/>
+    <w:rsid w:val="00670782"/>
     <w:rsid w:val="00671441"/>
     <w:rsid w:val="00672360"/>
+    <w:rsid w:val="0067299A"/>
+    <w:rsid w:val="006730BC"/>
+    <w:rsid w:val="00673F21"/>
     <w:rsid w:val="00673F8F"/>
     <w:rsid w:val="00675E54"/>
     <w:rsid w:val="006808C8"/>
     <w:rsid w:val="00682274"/>
+    <w:rsid w:val="00682E06"/>
     <w:rsid w:val="00687865"/>
     <w:rsid w:val="00687BD1"/>
+    <w:rsid w:val="0069019E"/>
     <w:rsid w:val="00691264"/>
     <w:rsid w:val="00693507"/>
+    <w:rsid w:val="00693607"/>
+    <w:rsid w:val="00693BE3"/>
+    <w:rsid w:val="006941A1"/>
+    <w:rsid w:val="00694414"/>
+    <w:rsid w:val="00695397"/>
+    <w:rsid w:val="00697315"/>
     <w:rsid w:val="006A0D71"/>
     <w:rsid w:val="006A213E"/>
     <w:rsid w:val="006A3200"/>
+    <w:rsid w:val="006A3503"/>
+    <w:rsid w:val="006A3657"/>
     <w:rsid w:val="006A49B7"/>
+    <w:rsid w:val="006A54F0"/>
     <w:rsid w:val="006A54F9"/>
+    <w:rsid w:val="006A5E55"/>
+    <w:rsid w:val="006B68B3"/>
+    <w:rsid w:val="006B7C64"/>
+    <w:rsid w:val="006C0218"/>
+    <w:rsid w:val="006C04EC"/>
+    <w:rsid w:val="006C12B6"/>
+    <w:rsid w:val="006C2B6A"/>
     <w:rsid w:val="006C3B81"/>
     <w:rsid w:val="006C655B"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006C7EB6"/>
+    <w:rsid w:val="006D1A12"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:rsid w:val="006D77F8"/>
+    <w:rsid w:val="006E0633"/>
     <w:rsid w:val="006E0F74"/>
     <w:rsid w:val="006E1DD6"/>
     <w:rsid w:val="006E23CF"/>
+    <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="006E3A59"/>
     <w:rsid w:val="006E41C0"/>
     <w:rsid w:val="006E6045"/>
+    <w:rsid w:val="006E6A1E"/>
     <w:rsid w:val="006E6B7E"/>
     <w:rsid w:val="006E709A"/>
+    <w:rsid w:val="006F04EC"/>
+    <w:rsid w:val="006F1919"/>
     <w:rsid w:val="006F1C44"/>
+    <w:rsid w:val="006F2391"/>
     <w:rsid w:val="006F4196"/>
     <w:rsid w:val="006F524D"/>
+    <w:rsid w:val="006F5D5C"/>
+    <w:rsid w:val="006F62D8"/>
+    <w:rsid w:val="006F6858"/>
     <w:rsid w:val="006F7017"/>
     <w:rsid w:val="007070BD"/>
+    <w:rsid w:val="00711527"/>
     <w:rsid w:val="007121E1"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rsid w:val="007179C0"/>
+    <w:rsid w:val="00717FDC"/>
     <w:rsid w:val="00720E7E"/>
     <w:rsid w:val="00721CA7"/>
+    <w:rsid w:val="00722EEF"/>
     <w:rsid w:val="00724260"/>
+    <w:rsid w:val="00724D41"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00725ADD"/>
     <w:rsid w:val="007266F9"/>
+    <w:rsid w:val="007307B0"/>
     <w:rsid w:val="00730A61"/>
     <w:rsid w:val="00730FEF"/>
     <w:rsid w:val="00731253"/>
+    <w:rsid w:val="007338B0"/>
     <w:rsid w:val="007350A2"/>
+    <w:rsid w:val="007354D3"/>
     <w:rsid w:val="00735A06"/>
     <w:rsid w:val="00736F93"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rsid w:val="00741FC4"/>
+    <w:rsid w:val="0074237D"/>
     <w:rsid w:val="00742FBC"/>
     <w:rsid w:val="00743AF6"/>
     <w:rsid w:val="007441EE"/>
     <w:rsid w:val="007448F8"/>
     <w:rsid w:val="00744E21"/>
+    <w:rsid w:val="0074599F"/>
+    <w:rsid w:val="00746F7F"/>
+    <w:rsid w:val="00747410"/>
     <w:rsid w:val="0075219A"/>
     <w:rsid w:val="007560FB"/>
     <w:rsid w:val="0075704A"/>
     <w:rsid w:val="00760949"/>
+    <w:rsid w:val="00766B02"/>
     <w:rsid w:val="00767771"/>
     <w:rsid w:val="00767817"/>
     <w:rsid w:val="00770167"/>
     <w:rsid w:val="0077055F"/>
     <w:rsid w:val="007705C8"/>
     <w:rsid w:val="0077077C"/>
     <w:rsid w:val="00770CE2"/>
     <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="00776DA2"/>
     <w:rsid w:val="007771E3"/>
     <w:rsid w:val="007778C5"/>
     <w:rsid w:val="00782061"/>
     <w:rsid w:val="00782786"/>
+    <w:rsid w:val="00783414"/>
     <w:rsid w:val="00785ECE"/>
+    <w:rsid w:val="00786001"/>
+    <w:rsid w:val="00786071"/>
     <w:rsid w:val="007863B0"/>
     <w:rsid w:val="007868C4"/>
     <w:rsid w:val="00792DB6"/>
     <w:rsid w:val="0079316E"/>
     <w:rsid w:val="00793A0E"/>
+    <w:rsid w:val="00794948"/>
     <w:rsid w:val="00795664"/>
     <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007A111B"/>
     <w:rsid w:val="007A1810"/>
+    <w:rsid w:val="007A1D1D"/>
     <w:rsid w:val="007A287B"/>
+    <w:rsid w:val="007A2BB8"/>
     <w:rsid w:val="007A3039"/>
     <w:rsid w:val="007A5441"/>
+    <w:rsid w:val="007A550A"/>
     <w:rsid w:val="007A5898"/>
     <w:rsid w:val="007A6079"/>
     <w:rsid w:val="007A6D87"/>
     <w:rsid w:val="007A73C6"/>
+    <w:rsid w:val="007B0033"/>
+    <w:rsid w:val="007B0112"/>
+    <w:rsid w:val="007B2920"/>
+    <w:rsid w:val="007B2A75"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B606E"/>
+    <w:rsid w:val="007B6504"/>
     <w:rsid w:val="007B680C"/>
+    <w:rsid w:val="007B7BB0"/>
+    <w:rsid w:val="007C1304"/>
     <w:rsid w:val="007C3B12"/>
+    <w:rsid w:val="007C5D92"/>
+    <w:rsid w:val="007C6C8A"/>
+    <w:rsid w:val="007D05FE"/>
     <w:rsid w:val="007D3845"/>
     <w:rsid w:val="007D6083"/>
     <w:rsid w:val="007D62D7"/>
+    <w:rsid w:val="007D6FEC"/>
+    <w:rsid w:val="007E55C0"/>
+    <w:rsid w:val="007F02CF"/>
+    <w:rsid w:val="007F1182"/>
     <w:rsid w:val="007F3ABD"/>
     <w:rsid w:val="007F7FDD"/>
+    <w:rsid w:val="0080067E"/>
+    <w:rsid w:val="00800E6B"/>
     <w:rsid w:val="00803F50"/>
+    <w:rsid w:val="00803F8A"/>
+    <w:rsid w:val="008066DB"/>
+    <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="00807353"/>
     <w:rsid w:val="008074A0"/>
     <w:rsid w:val="0081084E"/>
     <w:rsid w:val="00811399"/>
+    <w:rsid w:val="00811669"/>
     <w:rsid w:val="00811CBB"/>
+    <w:rsid w:val="0081254B"/>
+    <w:rsid w:val="00812A7B"/>
+    <w:rsid w:val="00816199"/>
     <w:rsid w:val="008162A4"/>
+    <w:rsid w:val="008206CD"/>
     <w:rsid w:val="00820885"/>
+    <w:rsid w:val="00821EB1"/>
     <w:rsid w:val="00822988"/>
     <w:rsid w:val="00822E52"/>
+    <w:rsid w:val="00823075"/>
     <w:rsid w:val="00823CE3"/>
+    <w:rsid w:val="008259CA"/>
     <w:rsid w:val="00825BD2"/>
     <w:rsid w:val="00830B57"/>
     <w:rsid w:val="008346D9"/>
     <w:rsid w:val="00841AD7"/>
+    <w:rsid w:val="00843E9F"/>
+    <w:rsid w:val="00844AAC"/>
     <w:rsid w:val="008470A7"/>
     <w:rsid w:val="0084783C"/>
     <w:rsid w:val="0085057B"/>
     <w:rsid w:val="00850868"/>
     <w:rsid w:val="008511D4"/>
+    <w:rsid w:val="00851357"/>
+    <w:rsid w:val="00851DFA"/>
+    <w:rsid w:val="00853A7F"/>
+    <w:rsid w:val="00855F20"/>
     <w:rsid w:val="008564A0"/>
+    <w:rsid w:val="0085663B"/>
+    <w:rsid w:val="00857564"/>
     <w:rsid w:val="00860234"/>
+    <w:rsid w:val="00860D56"/>
+    <w:rsid w:val="00861481"/>
+    <w:rsid w:val="00862159"/>
+    <w:rsid w:val="00863E0D"/>
+    <w:rsid w:val="00864A02"/>
     <w:rsid w:val="00865A1B"/>
+    <w:rsid w:val="008668E4"/>
     <w:rsid w:val="008676D4"/>
+    <w:rsid w:val="00870EF3"/>
+    <w:rsid w:val="00872543"/>
     <w:rsid w:val="008727E9"/>
+    <w:rsid w:val="00873C38"/>
+    <w:rsid w:val="00873D71"/>
     <w:rsid w:val="00874E1B"/>
     <w:rsid w:val="0087511A"/>
+    <w:rsid w:val="00877253"/>
+    <w:rsid w:val="008808DD"/>
+    <w:rsid w:val="00881077"/>
     <w:rsid w:val="00882A39"/>
+    <w:rsid w:val="00883181"/>
     <w:rsid w:val="00883985"/>
     <w:rsid w:val="00884E61"/>
     <w:rsid w:val="00886FA0"/>
+    <w:rsid w:val="008871D1"/>
     <w:rsid w:val="00887C41"/>
+    <w:rsid w:val="00890C9D"/>
     <w:rsid w:val="00892966"/>
+    <w:rsid w:val="00894B43"/>
     <w:rsid w:val="0089507D"/>
+    <w:rsid w:val="008959D1"/>
+    <w:rsid w:val="008A0A39"/>
+    <w:rsid w:val="008A2C01"/>
     <w:rsid w:val="008A4FB8"/>
+    <w:rsid w:val="008A53C1"/>
+    <w:rsid w:val="008A5C11"/>
+    <w:rsid w:val="008A73B2"/>
     <w:rsid w:val="008A78C7"/>
     <w:rsid w:val="008A7CF7"/>
     <w:rsid w:val="008B3608"/>
     <w:rsid w:val="008B4E3B"/>
+    <w:rsid w:val="008B5C43"/>
+    <w:rsid w:val="008B7448"/>
     <w:rsid w:val="008C39DF"/>
     <w:rsid w:val="008C435A"/>
+    <w:rsid w:val="008C4D8C"/>
+    <w:rsid w:val="008C7956"/>
     <w:rsid w:val="008D0047"/>
     <w:rsid w:val="008D0D33"/>
+    <w:rsid w:val="008D2707"/>
     <w:rsid w:val="008D47D3"/>
+    <w:rsid w:val="008D4ECB"/>
+    <w:rsid w:val="008D5030"/>
     <w:rsid w:val="008D67A8"/>
+    <w:rsid w:val="008E057C"/>
+    <w:rsid w:val="008E17FD"/>
     <w:rsid w:val="008E1CB6"/>
+    <w:rsid w:val="008E3222"/>
+    <w:rsid w:val="008E39B3"/>
+    <w:rsid w:val="008E419E"/>
     <w:rsid w:val="008E4C82"/>
+    <w:rsid w:val="008E7AED"/>
     <w:rsid w:val="008F0268"/>
     <w:rsid w:val="008F23DC"/>
     <w:rsid w:val="008F2521"/>
-    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F2CDE"/>
+    <w:rsid w:val="008F2F70"/>
     <w:rsid w:val="008F4974"/>
     <w:rsid w:val="008F4EF2"/>
+    <w:rsid w:val="00901A30"/>
+    <w:rsid w:val="00902422"/>
     <w:rsid w:val="009035E3"/>
     <w:rsid w:val="00904721"/>
     <w:rsid w:val="00906430"/>
     <w:rsid w:val="009071B4"/>
+    <w:rsid w:val="00912C58"/>
     <w:rsid w:val="0091543E"/>
+    <w:rsid w:val="00915C33"/>
+    <w:rsid w:val="0091665D"/>
     <w:rsid w:val="009176DC"/>
+    <w:rsid w:val="00923789"/>
     <w:rsid w:val="00923B89"/>
+    <w:rsid w:val="009266B4"/>
+    <w:rsid w:val="0092704A"/>
     <w:rsid w:val="0092729E"/>
+    <w:rsid w:val="00927E52"/>
+    <w:rsid w:val="00930CF1"/>
+    <w:rsid w:val="00930DCE"/>
+    <w:rsid w:val="00931B61"/>
     <w:rsid w:val="00932920"/>
+    <w:rsid w:val="00932CCE"/>
+    <w:rsid w:val="00932E1A"/>
+    <w:rsid w:val="00932EFD"/>
+    <w:rsid w:val="00933172"/>
     <w:rsid w:val="00933182"/>
     <w:rsid w:val="0093401F"/>
     <w:rsid w:val="0093455C"/>
+    <w:rsid w:val="00934A7D"/>
     <w:rsid w:val="009361D5"/>
+    <w:rsid w:val="00940926"/>
+    <w:rsid w:val="00941CEB"/>
     <w:rsid w:val="009423FD"/>
     <w:rsid w:val="00942B98"/>
+    <w:rsid w:val="00942CC8"/>
     <w:rsid w:val="0094389E"/>
+    <w:rsid w:val="009438E3"/>
+    <w:rsid w:val="00944F3A"/>
     <w:rsid w:val="009468E8"/>
     <w:rsid w:val="00950377"/>
+    <w:rsid w:val="00952138"/>
+    <w:rsid w:val="009538E8"/>
+    <w:rsid w:val="009548CD"/>
     <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="00956740"/>
     <w:rsid w:val="00956CC2"/>
+    <w:rsid w:val="00957CB0"/>
+    <w:rsid w:val="00960DA7"/>
     <w:rsid w:val="00961301"/>
     <w:rsid w:val="00961622"/>
     <w:rsid w:val="00962638"/>
     <w:rsid w:val="009638EF"/>
     <w:rsid w:val="00964514"/>
     <w:rsid w:val="00964969"/>
     <w:rsid w:val="00967A47"/>
     <w:rsid w:val="00967F86"/>
+    <w:rsid w:val="00970BE7"/>
+    <w:rsid w:val="00971796"/>
+    <w:rsid w:val="00971DAB"/>
     <w:rsid w:val="009724F0"/>
     <w:rsid w:val="00973AD1"/>
     <w:rsid w:val="00974FFA"/>
     <w:rsid w:val="00976066"/>
+    <w:rsid w:val="00977265"/>
+    <w:rsid w:val="0098121B"/>
     <w:rsid w:val="009815F0"/>
     <w:rsid w:val="00981F01"/>
+    <w:rsid w:val="00982BB0"/>
     <w:rsid w:val="00982D8A"/>
+    <w:rsid w:val="0098484B"/>
     <w:rsid w:val="00987338"/>
+    <w:rsid w:val="00992230"/>
     <w:rsid w:val="00993F59"/>
     <w:rsid w:val="00997F18"/>
+    <w:rsid w:val="009A1B92"/>
+    <w:rsid w:val="009A21A2"/>
+    <w:rsid w:val="009A3BA6"/>
+    <w:rsid w:val="009A452E"/>
     <w:rsid w:val="009B2AD4"/>
+    <w:rsid w:val="009B2FD8"/>
     <w:rsid w:val="009B5EE5"/>
     <w:rsid w:val="009C3652"/>
+    <w:rsid w:val="009C5AEB"/>
+    <w:rsid w:val="009C5EAD"/>
     <w:rsid w:val="009C66CC"/>
     <w:rsid w:val="009C6DA0"/>
+    <w:rsid w:val="009D07B8"/>
+    <w:rsid w:val="009D1C3B"/>
+    <w:rsid w:val="009D488A"/>
+    <w:rsid w:val="009D7C21"/>
     <w:rsid w:val="009E4751"/>
+    <w:rsid w:val="009E5F98"/>
     <w:rsid w:val="009E6946"/>
     <w:rsid w:val="009F079B"/>
+    <w:rsid w:val="009F1C86"/>
+    <w:rsid w:val="009F2A15"/>
+    <w:rsid w:val="009F2A85"/>
     <w:rsid w:val="009F2D63"/>
+    <w:rsid w:val="009F311E"/>
+    <w:rsid w:val="009F410C"/>
+    <w:rsid w:val="009F6A28"/>
+    <w:rsid w:val="00A00366"/>
     <w:rsid w:val="00A033E9"/>
     <w:rsid w:val="00A04663"/>
+    <w:rsid w:val="00A056A9"/>
     <w:rsid w:val="00A07DDB"/>
     <w:rsid w:val="00A1023C"/>
+    <w:rsid w:val="00A12E1D"/>
+    <w:rsid w:val="00A157E3"/>
+    <w:rsid w:val="00A17E4D"/>
+    <w:rsid w:val="00A17FA2"/>
+    <w:rsid w:val="00A20AD5"/>
+    <w:rsid w:val="00A22AA3"/>
+    <w:rsid w:val="00A22AD0"/>
+    <w:rsid w:val="00A22DB3"/>
+    <w:rsid w:val="00A2399B"/>
+    <w:rsid w:val="00A239F8"/>
     <w:rsid w:val="00A25A42"/>
     <w:rsid w:val="00A27020"/>
     <w:rsid w:val="00A31576"/>
     <w:rsid w:val="00A354B3"/>
+    <w:rsid w:val="00A40752"/>
+    <w:rsid w:val="00A415CE"/>
+    <w:rsid w:val="00A422A6"/>
     <w:rsid w:val="00A423BC"/>
+    <w:rsid w:val="00A435F8"/>
     <w:rsid w:val="00A437A1"/>
     <w:rsid w:val="00A43AD2"/>
     <w:rsid w:val="00A4477F"/>
     <w:rsid w:val="00A46035"/>
+    <w:rsid w:val="00A47651"/>
+    <w:rsid w:val="00A50AA3"/>
     <w:rsid w:val="00A50C28"/>
     <w:rsid w:val="00A512FE"/>
     <w:rsid w:val="00A51C73"/>
     <w:rsid w:val="00A52D39"/>
+    <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A56A4F"/>
     <w:rsid w:val="00A57FEB"/>
     <w:rsid w:val="00A60F01"/>
     <w:rsid w:val="00A624BD"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A6424C"/>
     <w:rsid w:val="00A65592"/>
+    <w:rsid w:val="00A660D0"/>
+    <w:rsid w:val="00A670A8"/>
+    <w:rsid w:val="00A670E2"/>
     <w:rsid w:val="00A67512"/>
+    <w:rsid w:val="00A67C97"/>
     <w:rsid w:val="00A70637"/>
+    <w:rsid w:val="00A70976"/>
+    <w:rsid w:val="00A71AB5"/>
+    <w:rsid w:val="00A75B65"/>
     <w:rsid w:val="00A75B98"/>
     <w:rsid w:val="00A763F0"/>
     <w:rsid w:val="00A80601"/>
     <w:rsid w:val="00A8165D"/>
-    <w:rsid w:val="00A81E84"/>
+    <w:rsid w:val="00A81CBF"/>
     <w:rsid w:val="00A85307"/>
     <w:rsid w:val="00A861D4"/>
+    <w:rsid w:val="00A94139"/>
+    <w:rsid w:val="00A95E9D"/>
+    <w:rsid w:val="00A962EF"/>
+    <w:rsid w:val="00A96A04"/>
+    <w:rsid w:val="00A97DBC"/>
     <w:rsid w:val="00AA0BF1"/>
+    <w:rsid w:val="00AA0CCC"/>
+    <w:rsid w:val="00AA284D"/>
     <w:rsid w:val="00AA4006"/>
+    <w:rsid w:val="00AA4FDF"/>
     <w:rsid w:val="00AA553C"/>
+    <w:rsid w:val="00AA5F10"/>
     <w:rsid w:val="00AA6FBE"/>
     <w:rsid w:val="00AB1A4A"/>
-    <w:rsid w:val="00AB555E"/>
+    <w:rsid w:val="00AB2A11"/>
+    <w:rsid w:val="00AB6D3E"/>
+    <w:rsid w:val="00AB791E"/>
+    <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00AC0390"/>
+    <w:rsid w:val="00AC3949"/>
+    <w:rsid w:val="00AC3DF4"/>
+    <w:rsid w:val="00AC4DDB"/>
+    <w:rsid w:val="00AC51B4"/>
+    <w:rsid w:val="00AC5FE0"/>
     <w:rsid w:val="00AC615C"/>
     <w:rsid w:val="00AC6E76"/>
     <w:rsid w:val="00AD0FCF"/>
     <w:rsid w:val="00AD2540"/>
+    <w:rsid w:val="00AD41BA"/>
+    <w:rsid w:val="00AD43FB"/>
+    <w:rsid w:val="00AD5BA1"/>
+    <w:rsid w:val="00AD62EE"/>
+    <w:rsid w:val="00AD6E83"/>
     <w:rsid w:val="00AD7985"/>
+    <w:rsid w:val="00AD7B72"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE1ACD"/>
+    <w:rsid w:val="00AE3156"/>
+    <w:rsid w:val="00AE3A8B"/>
+    <w:rsid w:val="00AE3C4A"/>
+    <w:rsid w:val="00AE6824"/>
     <w:rsid w:val="00AE739C"/>
+    <w:rsid w:val="00AE74E3"/>
+    <w:rsid w:val="00AF07BC"/>
+    <w:rsid w:val="00AF0B7D"/>
     <w:rsid w:val="00AF2119"/>
+    <w:rsid w:val="00AF2465"/>
     <w:rsid w:val="00AF3584"/>
+    <w:rsid w:val="00AF541F"/>
+    <w:rsid w:val="00AF60FD"/>
     <w:rsid w:val="00B012D3"/>
+    <w:rsid w:val="00B02816"/>
+    <w:rsid w:val="00B03B7E"/>
+    <w:rsid w:val="00B07AE6"/>
+    <w:rsid w:val="00B11325"/>
     <w:rsid w:val="00B14CD2"/>
     <w:rsid w:val="00B14D0D"/>
+    <w:rsid w:val="00B15D9B"/>
+    <w:rsid w:val="00B16F50"/>
     <w:rsid w:val="00B17346"/>
+    <w:rsid w:val="00B20288"/>
+    <w:rsid w:val="00B237BD"/>
+    <w:rsid w:val="00B250F5"/>
+    <w:rsid w:val="00B26309"/>
+    <w:rsid w:val="00B27603"/>
+    <w:rsid w:val="00B31D52"/>
+    <w:rsid w:val="00B3268E"/>
     <w:rsid w:val="00B33707"/>
+    <w:rsid w:val="00B34937"/>
+    <w:rsid w:val="00B3539F"/>
+    <w:rsid w:val="00B361DB"/>
     <w:rsid w:val="00B43772"/>
+    <w:rsid w:val="00B474C9"/>
     <w:rsid w:val="00B5050B"/>
     <w:rsid w:val="00B50F4B"/>
+    <w:rsid w:val="00B51066"/>
     <w:rsid w:val="00B521E4"/>
+    <w:rsid w:val="00B5285D"/>
+    <w:rsid w:val="00B53BFE"/>
     <w:rsid w:val="00B568D4"/>
+    <w:rsid w:val="00B56D17"/>
     <w:rsid w:val="00B57F75"/>
     <w:rsid w:val="00B62365"/>
+    <w:rsid w:val="00B6282F"/>
+    <w:rsid w:val="00B63139"/>
+    <w:rsid w:val="00B6315A"/>
     <w:rsid w:val="00B639F6"/>
+    <w:rsid w:val="00B641CA"/>
     <w:rsid w:val="00B64AEF"/>
+    <w:rsid w:val="00B6522D"/>
+    <w:rsid w:val="00B72317"/>
+    <w:rsid w:val="00B7325F"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:rsid w:val="00B8199E"/>
     <w:rsid w:val="00B8228C"/>
+    <w:rsid w:val="00B826DE"/>
     <w:rsid w:val="00B82FCE"/>
     <w:rsid w:val="00B84503"/>
     <w:rsid w:val="00B84DB8"/>
+    <w:rsid w:val="00B84DC1"/>
     <w:rsid w:val="00B86B43"/>
+    <w:rsid w:val="00B86C6A"/>
     <w:rsid w:val="00B90470"/>
+    <w:rsid w:val="00B91713"/>
+    <w:rsid w:val="00B91C54"/>
+    <w:rsid w:val="00B91FD4"/>
+    <w:rsid w:val="00B97CA2"/>
     <w:rsid w:val="00BA0898"/>
+    <w:rsid w:val="00BA1BF4"/>
     <w:rsid w:val="00BA4089"/>
+    <w:rsid w:val="00BA4F1F"/>
+    <w:rsid w:val="00BA5C11"/>
+    <w:rsid w:val="00BA6541"/>
+    <w:rsid w:val="00BB01C7"/>
     <w:rsid w:val="00BB123B"/>
     <w:rsid w:val="00BC0A5B"/>
     <w:rsid w:val="00BC29DB"/>
     <w:rsid w:val="00BC3552"/>
+    <w:rsid w:val="00BC39CE"/>
     <w:rsid w:val="00BC3E8B"/>
+    <w:rsid w:val="00BC439E"/>
+    <w:rsid w:val="00BC479E"/>
     <w:rsid w:val="00BC4FEB"/>
     <w:rsid w:val="00BC591A"/>
+    <w:rsid w:val="00BC5BA2"/>
     <w:rsid w:val="00BC74CA"/>
+    <w:rsid w:val="00BD02BE"/>
     <w:rsid w:val="00BD2397"/>
     <w:rsid w:val="00BD443D"/>
+    <w:rsid w:val="00BD4F77"/>
     <w:rsid w:val="00BD7D00"/>
     <w:rsid w:val="00BE04A7"/>
+    <w:rsid w:val="00BE0B11"/>
     <w:rsid w:val="00BE6053"/>
+    <w:rsid w:val="00BE6BFE"/>
+    <w:rsid w:val="00BE79E1"/>
     <w:rsid w:val="00BE7C3D"/>
+    <w:rsid w:val="00BF007F"/>
+    <w:rsid w:val="00BF0BE3"/>
+    <w:rsid w:val="00BF3441"/>
+    <w:rsid w:val="00BF57F5"/>
+    <w:rsid w:val="00BF63E2"/>
     <w:rsid w:val="00BF796C"/>
+    <w:rsid w:val="00BF7ED1"/>
     <w:rsid w:val="00C005F8"/>
+    <w:rsid w:val="00C02244"/>
+    <w:rsid w:val="00C04032"/>
+    <w:rsid w:val="00C06117"/>
+    <w:rsid w:val="00C074E5"/>
+    <w:rsid w:val="00C104FD"/>
     <w:rsid w:val="00C1054C"/>
     <w:rsid w:val="00C12F65"/>
+    <w:rsid w:val="00C137FC"/>
+    <w:rsid w:val="00C13F3F"/>
+    <w:rsid w:val="00C1509C"/>
     <w:rsid w:val="00C164D6"/>
     <w:rsid w:val="00C17374"/>
     <w:rsid w:val="00C17DC9"/>
+    <w:rsid w:val="00C20159"/>
+    <w:rsid w:val="00C224F4"/>
     <w:rsid w:val="00C232DA"/>
     <w:rsid w:val="00C23C08"/>
     <w:rsid w:val="00C24236"/>
+    <w:rsid w:val="00C259BA"/>
+    <w:rsid w:val="00C2639F"/>
     <w:rsid w:val="00C26CC3"/>
+    <w:rsid w:val="00C3063D"/>
     <w:rsid w:val="00C3093B"/>
+    <w:rsid w:val="00C31144"/>
     <w:rsid w:val="00C319B6"/>
+    <w:rsid w:val="00C31BC5"/>
     <w:rsid w:val="00C31F7A"/>
+    <w:rsid w:val="00C32216"/>
     <w:rsid w:val="00C32D2F"/>
     <w:rsid w:val="00C33181"/>
     <w:rsid w:val="00C33EDB"/>
+    <w:rsid w:val="00C34FA6"/>
+    <w:rsid w:val="00C4061D"/>
+    <w:rsid w:val="00C4345B"/>
     <w:rsid w:val="00C46BF1"/>
+    <w:rsid w:val="00C46C7C"/>
     <w:rsid w:val="00C46DCE"/>
+    <w:rsid w:val="00C46E67"/>
     <w:rsid w:val="00C47520"/>
     <w:rsid w:val="00C52E43"/>
     <w:rsid w:val="00C549FC"/>
+    <w:rsid w:val="00C54E95"/>
     <w:rsid w:val="00C6108E"/>
     <w:rsid w:val="00C62307"/>
+    <w:rsid w:val="00C64014"/>
+    <w:rsid w:val="00C64444"/>
     <w:rsid w:val="00C65526"/>
     <w:rsid w:val="00C7119E"/>
     <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C807FD"/>
     <w:rsid w:val="00C8246C"/>
+    <w:rsid w:val="00C86914"/>
     <w:rsid w:val="00C91A95"/>
+    <w:rsid w:val="00C920FA"/>
     <w:rsid w:val="00C93EF6"/>
     <w:rsid w:val="00C93F68"/>
+    <w:rsid w:val="00C93FB1"/>
+    <w:rsid w:val="00C975A3"/>
     <w:rsid w:val="00CA3D82"/>
+    <w:rsid w:val="00CA68F3"/>
+    <w:rsid w:val="00CA6AF1"/>
     <w:rsid w:val="00CB024B"/>
     <w:rsid w:val="00CB0251"/>
+    <w:rsid w:val="00CB03BB"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB30D4"/>
+    <w:rsid w:val="00CB74CE"/>
     <w:rsid w:val="00CC1396"/>
+    <w:rsid w:val="00CC1F21"/>
+    <w:rsid w:val="00CC23BD"/>
     <w:rsid w:val="00CC6DBF"/>
+    <w:rsid w:val="00CC72F4"/>
     <w:rsid w:val="00CC7837"/>
+    <w:rsid w:val="00CD0A19"/>
     <w:rsid w:val="00CD14CD"/>
+    <w:rsid w:val="00CD1E7E"/>
     <w:rsid w:val="00CD45C4"/>
     <w:rsid w:val="00CD5D7C"/>
     <w:rsid w:val="00CD7103"/>
     <w:rsid w:val="00CD73F6"/>
     <w:rsid w:val="00CE0467"/>
+    <w:rsid w:val="00CE706C"/>
+    <w:rsid w:val="00CE7174"/>
     <w:rsid w:val="00CE7D10"/>
+    <w:rsid w:val="00CF1435"/>
     <w:rsid w:val="00CF1ADD"/>
     <w:rsid w:val="00CF1B30"/>
     <w:rsid w:val="00CF221A"/>
+    <w:rsid w:val="00CF283D"/>
+    <w:rsid w:val="00CF2C64"/>
+    <w:rsid w:val="00CF2CE6"/>
     <w:rsid w:val="00CF3EDB"/>
+    <w:rsid w:val="00CF46BD"/>
+    <w:rsid w:val="00CF53D6"/>
     <w:rsid w:val="00CF557C"/>
     <w:rsid w:val="00CF5A38"/>
     <w:rsid w:val="00CF684E"/>
+    <w:rsid w:val="00CF7BD3"/>
+    <w:rsid w:val="00D016E5"/>
+    <w:rsid w:val="00D0185C"/>
     <w:rsid w:val="00D03048"/>
     <w:rsid w:val="00D037A3"/>
     <w:rsid w:val="00D04C46"/>
     <w:rsid w:val="00D05F62"/>
     <w:rsid w:val="00D077C9"/>
     <w:rsid w:val="00D10798"/>
+    <w:rsid w:val="00D11058"/>
+    <w:rsid w:val="00D141F8"/>
     <w:rsid w:val="00D14ED0"/>
     <w:rsid w:val="00D15563"/>
     <w:rsid w:val="00D157C1"/>
     <w:rsid w:val="00D15E10"/>
+    <w:rsid w:val="00D1612A"/>
+    <w:rsid w:val="00D16869"/>
     <w:rsid w:val="00D25249"/>
     <w:rsid w:val="00D25D6C"/>
+    <w:rsid w:val="00D26CC3"/>
     <w:rsid w:val="00D26D6D"/>
     <w:rsid w:val="00D26EC9"/>
     <w:rsid w:val="00D27183"/>
     <w:rsid w:val="00D27B58"/>
+    <w:rsid w:val="00D27BFE"/>
     <w:rsid w:val="00D305F4"/>
+    <w:rsid w:val="00D30C36"/>
+    <w:rsid w:val="00D31232"/>
+    <w:rsid w:val="00D31E97"/>
+    <w:rsid w:val="00D32C55"/>
     <w:rsid w:val="00D33619"/>
+    <w:rsid w:val="00D34104"/>
     <w:rsid w:val="00D40EEB"/>
     <w:rsid w:val="00D43B9D"/>
     <w:rsid w:val="00D441C6"/>
+    <w:rsid w:val="00D4437A"/>
+    <w:rsid w:val="00D448C7"/>
     <w:rsid w:val="00D456D9"/>
     <w:rsid w:val="00D4712C"/>
     <w:rsid w:val="00D4757A"/>
+    <w:rsid w:val="00D4770D"/>
+    <w:rsid w:val="00D50970"/>
+    <w:rsid w:val="00D537CE"/>
     <w:rsid w:val="00D56124"/>
+    <w:rsid w:val="00D56B2E"/>
+    <w:rsid w:val="00D5701A"/>
     <w:rsid w:val="00D57717"/>
     <w:rsid w:val="00D57D0C"/>
+    <w:rsid w:val="00D62E4B"/>
+    <w:rsid w:val="00D643D5"/>
+    <w:rsid w:val="00D64F1B"/>
     <w:rsid w:val="00D66F3B"/>
     <w:rsid w:val="00D672FE"/>
+    <w:rsid w:val="00D67E2E"/>
+    <w:rsid w:val="00D747B7"/>
+    <w:rsid w:val="00D749F7"/>
     <w:rsid w:val="00D74DF4"/>
     <w:rsid w:val="00D75BDD"/>
     <w:rsid w:val="00D75D72"/>
     <w:rsid w:val="00D765CB"/>
+    <w:rsid w:val="00D770A1"/>
     <w:rsid w:val="00D77600"/>
     <w:rsid w:val="00D7767E"/>
     <w:rsid w:val="00D80EB8"/>
     <w:rsid w:val="00D81826"/>
+    <w:rsid w:val="00D8265C"/>
+    <w:rsid w:val="00D85424"/>
+    <w:rsid w:val="00D86502"/>
+    <w:rsid w:val="00D87154"/>
     <w:rsid w:val="00D94832"/>
+    <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00DA01AF"/>
     <w:rsid w:val="00DA7D84"/>
+    <w:rsid w:val="00DB03D4"/>
+    <w:rsid w:val="00DB0EFD"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DB39A0"/>
+    <w:rsid w:val="00DB3CEF"/>
     <w:rsid w:val="00DB41AB"/>
     <w:rsid w:val="00DB4BFD"/>
+    <w:rsid w:val="00DB5B48"/>
+    <w:rsid w:val="00DB62D4"/>
+    <w:rsid w:val="00DB7732"/>
+    <w:rsid w:val="00DC06D9"/>
     <w:rsid w:val="00DC1C61"/>
+    <w:rsid w:val="00DC4DA8"/>
+    <w:rsid w:val="00DC5302"/>
     <w:rsid w:val="00DC61D4"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DC7DEB"/>
     <w:rsid w:val="00DD0E2A"/>
     <w:rsid w:val="00DD4873"/>
     <w:rsid w:val="00DD70C1"/>
+    <w:rsid w:val="00DD7472"/>
+    <w:rsid w:val="00DD74B9"/>
+    <w:rsid w:val="00DD7682"/>
     <w:rsid w:val="00DE0A1A"/>
     <w:rsid w:val="00DE5C26"/>
+    <w:rsid w:val="00DE6BCC"/>
     <w:rsid w:val="00DE7355"/>
     <w:rsid w:val="00DF003F"/>
+    <w:rsid w:val="00DF0AF3"/>
+    <w:rsid w:val="00DF10C9"/>
+    <w:rsid w:val="00DF2252"/>
+    <w:rsid w:val="00DF37A6"/>
     <w:rsid w:val="00DF4216"/>
     <w:rsid w:val="00DF5600"/>
+    <w:rsid w:val="00E0051A"/>
+    <w:rsid w:val="00E007CA"/>
+    <w:rsid w:val="00E0127D"/>
+    <w:rsid w:val="00E023F7"/>
+    <w:rsid w:val="00E02E46"/>
     <w:rsid w:val="00E02EC9"/>
     <w:rsid w:val="00E05814"/>
+    <w:rsid w:val="00E05B89"/>
+    <w:rsid w:val="00E11B5B"/>
+    <w:rsid w:val="00E12B23"/>
+    <w:rsid w:val="00E1408C"/>
     <w:rsid w:val="00E144D2"/>
+    <w:rsid w:val="00E16A1C"/>
     <w:rsid w:val="00E201E4"/>
+    <w:rsid w:val="00E21BD7"/>
+    <w:rsid w:val="00E21DDD"/>
     <w:rsid w:val="00E24448"/>
     <w:rsid w:val="00E30AF8"/>
+    <w:rsid w:val="00E30D2C"/>
+    <w:rsid w:val="00E30F55"/>
+    <w:rsid w:val="00E32A51"/>
     <w:rsid w:val="00E33B4F"/>
+    <w:rsid w:val="00E33ED3"/>
+    <w:rsid w:val="00E3671D"/>
+    <w:rsid w:val="00E36776"/>
+    <w:rsid w:val="00E376E7"/>
+    <w:rsid w:val="00E40C69"/>
     <w:rsid w:val="00E4227B"/>
+    <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43429"/>
+    <w:rsid w:val="00E44926"/>
+    <w:rsid w:val="00E45B79"/>
+    <w:rsid w:val="00E464C0"/>
+    <w:rsid w:val="00E475DD"/>
+    <w:rsid w:val="00E5258E"/>
     <w:rsid w:val="00E53938"/>
     <w:rsid w:val="00E55110"/>
+    <w:rsid w:val="00E61173"/>
     <w:rsid w:val="00E61675"/>
+    <w:rsid w:val="00E621AB"/>
+    <w:rsid w:val="00E63307"/>
     <w:rsid w:val="00E71CEE"/>
+    <w:rsid w:val="00E74706"/>
+    <w:rsid w:val="00E831F2"/>
+    <w:rsid w:val="00E8398E"/>
     <w:rsid w:val="00E84FEC"/>
     <w:rsid w:val="00E862C7"/>
+    <w:rsid w:val="00E86804"/>
+    <w:rsid w:val="00E8768E"/>
+    <w:rsid w:val="00E87EA3"/>
+    <w:rsid w:val="00E91DA1"/>
+    <w:rsid w:val="00E920B1"/>
     <w:rsid w:val="00E945E9"/>
     <w:rsid w:val="00E97072"/>
     <w:rsid w:val="00EA17C9"/>
+    <w:rsid w:val="00EA213D"/>
     <w:rsid w:val="00EA29DE"/>
     <w:rsid w:val="00EA44A2"/>
+    <w:rsid w:val="00EA5D11"/>
     <w:rsid w:val="00EA6485"/>
+    <w:rsid w:val="00EA7E5D"/>
+    <w:rsid w:val="00EB0028"/>
+    <w:rsid w:val="00EB04EF"/>
     <w:rsid w:val="00EB283C"/>
+    <w:rsid w:val="00EB3022"/>
+    <w:rsid w:val="00EB31BB"/>
+    <w:rsid w:val="00EB462C"/>
+    <w:rsid w:val="00EC2BC2"/>
     <w:rsid w:val="00EC3371"/>
     <w:rsid w:val="00EC3D52"/>
+    <w:rsid w:val="00EC4177"/>
+    <w:rsid w:val="00EC4A4F"/>
+    <w:rsid w:val="00EC4CE9"/>
     <w:rsid w:val="00EC63B6"/>
     <w:rsid w:val="00EC71D3"/>
+    <w:rsid w:val="00ED1A41"/>
+    <w:rsid w:val="00ED2410"/>
+    <w:rsid w:val="00ED305E"/>
     <w:rsid w:val="00ED3127"/>
     <w:rsid w:val="00ED463D"/>
     <w:rsid w:val="00ED5E98"/>
     <w:rsid w:val="00ED782E"/>
     <w:rsid w:val="00ED7A7E"/>
     <w:rsid w:val="00ED7D54"/>
     <w:rsid w:val="00EE132F"/>
+    <w:rsid w:val="00EE388D"/>
+    <w:rsid w:val="00EE453F"/>
+    <w:rsid w:val="00EE4FC1"/>
     <w:rsid w:val="00EE6903"/>
+    <w:rsid w:val="00EE7B78"/>
+    <w:rsid w:val="00EF1F73"/>
     <w:rsid w:val="00EF2661"/>
     <w:rsid w:val="00EF4278"/>
     <w:rsid w:val="00EF4971"/>
+    <w:rsid w:val="00EF497D"/>
+    <w:rsid w:val="00EF5986"/>
     <w:rsid w:val="00EF5BC8"/>
+    <w:rsid w:val="00EF690D"/>
     <w:rsid w:val="00F00435"/>
+    <w:rsid w:val="00F0102F"/>
+    <w:rsid w:val="00F01B1D"/>
     <w:rsid w:val="00F02728"/>
+    <w:rsid w:val="00F03F40"/>
+    <w:rsid w:val="00F05870"/>
     <w:rsid w:val="00F06D97"/>
+    <w:rsid w:val="00F07518"/>
     <w:rsid w:val="00F15888"/>
+    <w:rsid w:val="00F16A8B"/>
     <w:rsid w:val="00F232C7"/>
+    <w:rsid w:val="00F25DAA"/>
     <w:rsid w:val="00F2628F"/>
-    <w:rsid w:val="00F2692A"/>
+    <w:rsid w:val="00F26A66"/>
+    <w:rsid w:val="00F26AB8"/>
     <w:rsid w:val="00F27313"/>
     <w:rsid w:val="00F27D9D"/>
     <w:rsid w:val="00F3098E"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:rsid w:val="00F319AE"/>
+    <w:rsid w:val="00F32516"/>
     <w:rsid w:val="00F338B2"/>
+    <w:rsid w:val="00F34C1C"/>
     <w:rsid w:val="00F35BF0"/>
+    <w:rsid w:val="00F37E61"/>
+    <w:rsid w:val="00F4085F"/>
+    <w:rsid w:val="00F40EC2"/>
     <w:rsid w:val="00F43467"/>
     <w:rsid w:val="00F44805"/>
     <w:rsid w:val="00F468AB"/>
     <w:rsid w:val="00F46AE7"/>
+    <w:rsid w:val="00F46F3E"/>
     <w:rsid w:val="00F47354"/>
     <w:rsid w:val="00F509AB"/>
+    <w:rsid w:val="00F50A9C"/>
+    <w:rsid w:val="00F51FAF"/>
+    <w:rsid w:val="00F53076"/>
     <w:rsid w:val="00F53370"/>
     <w:rsid w:val="00F5384F"/>
+    <w:rsid w:val="00F55ECA"/>
+    <w:rsid w:val="00F56403"/>
+    <w:rsid w:val="00F5666E"/>
+    <w:rsid w:val="00F645FB"/>
     <w:rsid w:val="00F650B9"/>
     <w:rsid w:val="00F6745E"/>
+    <w:rsid w:val="00F70607"/>
     <w:rsid w:val="00F721E4"/>
     <w:rsid w:val="00F75063"/>
     <w:rsid w:val="00F764F1"/>
     <w:rsid w:val="00F76761"/>
+    <w:rsid w:val="00F776F4"/>
+    <w:rsid w:val="00F8006D"/>
     <w:rsid w:val="00F83419"/>
+    <w:rsid w:val="00F83857"/>
+    <w:rsid w:val="00F876AE"/>
+    <w:rsid w:val="00F87982"/>
+    <w:rsid w:val="00F87F51"/>
+    <w:rsid w:val="00F924EA"/>
+    <w:rsid w:val="00F946BB"/>
+    <w:rsid w:val="00F955BF"/>
     <w:rsid w:val="00F956BF"/>
+    <w:rsid w:val="00F96175"/>
+    <w:rsid w:val="00FA116D"/>
+    <w:rsid w:val="00FA1A66"/>
     <w:rsid w:val="00FA1F2B"/>
+    <w:rsid w:val="00FA233A"/>
     <w:rsid w:val="00FA325E"/>
     <w:rsid w:val="00FA473C"/>
     <w:rsid w:val="00FA4DDA"/>
     <w:rsid w:val="00FA53DD"/>
     <w:rsid w:val="00FA5921"/>
     <w:rsid w:val="00FB04F4"/>
     <w:rsid w:val="00FB24E7"/>
     <w:rsid w:val="00FB2BA6"/>
+    <w:rsid w:val="00FB390B"/>
+    <w:rsid w:val="00FB492C"/>
+    <w:rsid w:val="00FB5B39"/>
+    <w:rsid w:val="00FC0BC4"/>
     <w:rsid w:val="00FC2F8D"/>
+    <w:rsid w:val="00FC6B55"/>
     <w:rsid w:val="00FD393E"/>
     <w:rsid w:val="00FD4C12"/>
     <w:rsid w:val="00FD5D45"/>
+    <w:rsid w:val="00FE0716"/>
     <w:rsid w:val="00FE0CFB"/>
     <w:rsid w:val="00FE274C"/>
+    <w:rsid w:val="00FE2B12"/>
+    <w:rsid w:val="00FE2C20"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FE48AD"/>
     <w:rsid w:val="00FE506A"/>
+    <w:rsid w:val="00FE51E9"/>
     <w:rsid w:val="00FE5431"/>
     <w:rsid w:val="00FE6FD8"/>
     <w:rsid w:val="00FF3B6E"/>
     <w:rsid w:val="00FF41E9"/>
     <w:rsid w:val="00FF41F7"/>
+    <w:rsid w:val="00FF53BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="106497"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="5BC38B40"/>
+  <w15:docId w15:val="{89079A24-1151-41C3-ADC8-36BC10F19B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...144 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="007354D3"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="003B04D7"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="240"/>
-      <w:contextualSpacing/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...5 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="0073782C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
+      <w:spacing w:before="360" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00DB39A0"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0" w:line="271" w:lineRule="auto"/>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="003B04D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="0073782C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00DB39A0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
+      <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="000A0849"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
-      <w:ind w:left="360" w:right="360"/>
+      <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="90" w:right="360" w:hanging="90"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008727E9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
@@ -8560,51 +10329,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Source Sans Pro" w:hAnsi="Source Sans Pro" w:cs="Source Sans Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubHead">
     <w:name w:val="SubHead"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE274C"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="body-semibold">
     <w:name w:val="body-semi bold"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE274C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Source Sans Pro Semibold" w:hAnsi="Source Sans Pro Semibold" w:cs="Source Sans Pro Semibold"/>
+      <w:rFonts w:ascii="Source Sans Pro SemiBold" w:hAnsi="Source Sans Pro SemiBold" w:cs="Source Sans Pro SemiBold"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyHEADER1">
     <w:name w:val="Body HEADER 1"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FE274C"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="240" w:after="60" w:line="270" w:lineRule="atLeast"/>
       <w:ind w:right="720"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Aller" w:hAnsi="Aller" w:cs="Aller"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="1F7962"/>
       <w:sz w:val="25"/>
       <w:szCs w:val="25"/>
@@ -8616,50 +10385,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullets">
     <w:name w:val="bullets"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001012A1"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001012A1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00470D0F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A6">
     <w:name w:val="A6"/>
     <w:uiPriority w:val="99"/>
@@ -9005,70 +10775,73 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB1A4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -9086,97 +10859,105 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00B568D4"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="19" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="732"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B568D4"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007868C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist2">
     <w:name w:val="bullet list 2"/>
     <w:basedOn w:val="NoSpacing"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="3"/>
       </w:numPr>
       <w:ind w:left="1080"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist">
     <w:name w:val="bullet list"/>
     <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="005835DB"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="indent">
@@ -9189,1805 +10970,530 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
     <w:name w:val="Subhead 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="4"/>
       </w:numPr>
+      <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="citable">
     <w:name w:val="citable"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="flush">
     <w:name w:val="flush"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="postal-code">
     <w:name w:val="postal-code"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...178 lines deleted...]
-    <w:rsid w:val="00715F38"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00823075"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="240"/>
-[...1309 lines deleted...]
-    <w:pPr>
+      <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
-[...2 lines deleted...]
-    <w:rsid w:val="00153A97"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textindent">
+    <w:name w:val="text_indent"/>
+    <w:basedOn w:val="NoParagraphStyle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="31" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="612" w:hanging="310"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="formbold">
+    <w:name w:val="form/bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="24"/>
-[...19 lines deleted...]
-      <w:bCs/>
+      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
-[...79 lines deleted...]
-    <w:name w:val="Unresolved Mention1"/>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00153A97"/>
+    <w:rsid w:val="000F5467"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="abc">
+    <w:name w:val="abc"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927E52"/>
+    <w:pPr>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa18">
+    <w:name w:val="Pa18"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa33">
+    <w:name w:val="Pa33"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0069019E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa100">
+    <w:name w:val="Pa100"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa50">
+    <w:name w:val="Pa50"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A11">
+    <w:name w:val="A11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa69">
+    <w:name w:val="Pa69"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa102">
+    <w:name w:val="Pa102"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C469A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa74">
+    <w:name w:val="Pa74"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa34">
+    <w:name w:val="Pa34"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa124">
+    <w:name w:val="Pa124"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00320883"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa125">
+    <w:name w:val="Pa125"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa129">
+    <w:name w:val="Pa129"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa130">
+    <w:name w:val="Pa130"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A13">
+    <w:name w:val="A13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rPr>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="11"/>
+      <w:szCs w:val="11"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa37">
+    <w:name w:val="Pa37"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa147">
+    <w:name w:val="Pa147"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa42">
+    <w:name w:val="Pa42"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa59">
+    <w:name w:val="Pa59"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa57">
+    <w:name w:val="Pa57"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa27">
+    <w:name w:val="Pa27"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa35">
+    <w:name w:val="Pa35"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa58">
+    <w:name w:val="Pa58"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0032573B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104925855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439951861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10997,58 +11503,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503158095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959682137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11301,78 +11821,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FA98AA6-D733-4DF6-A582-BF380442AF7C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F8C53E-6805-4E54-B4CF-5FC0E9C5E2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8881</Characters>
+  <Pages>7</Pages>
+  <Words>1576</Words>
+  <Characters>8988</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10418</CharactersWithSpaces>
+  <CharactersWithSpaces>10543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>aaa7d9a83786136fd2b438c08dfca16853b7bac83268ebe8aa4807df06b9fb20</vt:lpwstr>
+  </property>
+</Properties>
+</file>