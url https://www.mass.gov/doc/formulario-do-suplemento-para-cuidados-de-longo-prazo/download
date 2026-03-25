--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -1,2977 +1,5841 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7CA2C13E" w14:textId="0F39F5B2" w:rsidR="00E13E4A" w:rsidRPr="00D6497E" w:rsidRDefault="00D6497E" w:rsidP="00D6497E">
-[...83 lines deleted...]
-      <w:r w:rsidRPr="009B01CA">
+    <w:p w14:paraId="24EA4EE0" w14:textId="797093E6" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00C04D3E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>Serviços e apoios de cuidados</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:t xml:space="preserve"> de longo prazo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441186E7" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você precisa de serviços </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e apoios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de cuidados de longo prazo em uma </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instalação tipo instituição com serviços de enfermagem? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6118E849" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00693507" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75021598" w14:textId="6F711AAA" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00693507" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0373456E" w14:textId="596C53E2" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, você deverá responder a todas as perguntas e preencher todas as seções deste suplemento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01CC4E88" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você está fazendo o </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4FCA" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>requerimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou recebendo </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">serviços e apoios de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cuidados de longo em casa de acordo com uma Dispensa </w:t>
+      </w:r>
+      <w:r w:rsidR="00777782" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de Serviços de Atendimento Domiciliar e Comunitário</w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (HCBS)? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51BF7F8A" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00693507" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C75936F" w14:textId="15ED7573" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00693507" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58626886" w14:textId="5DB95A0B" w:rsidR="00AB0DE4" w:rsidRPr="00C04D3E" w:rsidRDefault="00AB0DE4" w:rsidP="00693507">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você está requerendo ou recebendo serviços e apoios de cuidados de longo prazo mediante o Programa de Atendimento Abrangente para Idosos (PACE)?  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D91D23" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="00D77296">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3FAE37" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="00D77296">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1DDAB0" w14:textId="792AE23F" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, você precisará preencher </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="es-US"/>
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Transferência</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recursos</w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seguro de </w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Cuidados</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de longo prazo</w:t>
+      </w:r>
+      <w:r w:rsidR="00693507" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5B5CDE" w14:textId="3EBB006A" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Preencha em letra de forma legível.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Se precisar de mais espaço para terminar qualquer seção, use uma folha separada (inclua seu nome e número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54C21" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial) e anexe a este suplemento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45067CB3" w14:textId="7D368444" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Informações do </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>requerente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>/membro</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050C4476" w14:textId="6973C310" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sobrenome, nome, inicial do nome do meio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D61FF7" w14:textId="270BB528" w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D65" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDC7623" w14:textId="199F9115" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome e endereço do hospital, instituição de enfermagem ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>outra instituição</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D793E76" w14:textId="5CF03B7D" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data de admissão (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0218D7EB" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você foi colocado</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(a)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aqui por outro estado?</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4341C376" w14:textId="1F119F4C" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54002BD5" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DACF2BB" w14:textId="259E74C7" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, que estado?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B135B48" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem de pagar as despesas de tutela para um tutor designado por um tribunal?</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="639A2D81" w14:textId="2D30254A" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B95B33E" w14:textId="5FBFFEAD" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6693E004" w14:textId="2798FF38" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Despesas de subsistência do cônjuge e familiares que moram em casa</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A5F78" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não preencha esta seção se estiver pedindo Dispensa </w:t>
+      </w:r>
+      <w:r w:rsidR="00777782" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de Serviços de Atendimento Domiciliar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="00777782" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Comunitário</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou PACE.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5205E1E7" w14:textId="3383DBB7" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seu cônjuge que mora em casa talvez possa manter </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>parta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da renda. Preencha as seguintes informações sobre as despesas atuais do seu cônjuge. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se você não tiver cônjuge,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vá para a próxima seção "Transferências de recursos".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B83CB3" w14:textId="6490C32F" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...81 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Envie</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprovante</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> das despesas atuais do seu cônjuge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53564B43" w14:textId="66842B81" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sobrenome, nome, inicial do nome do meio do cônjuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24FD7A71" w14:textId="0731806C" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D65" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4F0B9B" w14:textId="3F6B25F5" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Quanto seu cônjuge paga por mês por:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0978B240" w14:textId="401ECD50" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Aluguel?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="127D08E3" w14:textId="748AE150" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Financiamento</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hipotecário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (quantia principal e juros)?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="658C5B02" w14:textId="38354203" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro de proprietário/inquilino?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CA9C31" w14:textId="4A314419" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Impostos </w:t>
+      </w:r>
+      <w:r w:rsidR="00C51DFE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>prediais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11473A27" w14:textId="252BF4A2" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Taxa de manutenção necessária para condomínio ou cooperativa?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34D6F8B1" w14:textId="44C84457" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Moradia e alimentação para residência assistida?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C673D45" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seu cônjuge paga o aquecimento?</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B01CA">
-[...229 lines deleted...]
-          <w:lang w:val="es-US"/>
+    </w:p>
+    <w:p w14:paraId="58EF9F2C" w14:textId="39F8E49D" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E27A7C6" w14:textId="2CD094F7" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1102042E" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="009B01CA" w:rsidRPr="009B01CA">
-[...14 lines deleted...]
-          <w:lang w:val="es-US"/>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Seu cônjuge paga </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>as contas de</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serviços </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">públicos? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3163F602" w14:textId="185BB380" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C1EAF6" w14:textId="7BBA33D9" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A45F05F" w14:textId="0979C020" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="009B01CA" w:rsidRPr="009B01CA">
-[...620 lines deleted...]
-          <w:lang w:val="es-US"/>
+      <w:r w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seu filho, pai/mãe, irmão e/ou irmã mora com seu cônjuge?</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009B01CA" w:rsidRPr="009B01CA">
-[...134 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:p>
+    <w:p w14:paraId="7D20E8F4" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="074AFC88" w14:textId="62E16D09" w:rsidR="00EB5DE4" w:rsidRPr="00C04D3E" w:rsidRDefault="00EB5DE4" w:rsidP="00EB5DE4">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763BF1CB" w14:textId="23DBD69D" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, preencha esta seção. Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, vá para a próxima seção </w:t>
+      </w:r>
+      <w:r w:rsidR="005D3D89" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3D89" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Transferência</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de recursos</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3D89" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D7BE8DC" w14:textId="43C50DDE" w:rsidR="00063CE6" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...284 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Envie</w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comprovante</w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da renda mensal antes dos descontos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B7EF0E" w14:textId="79B1C667" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Poderá ser permitido um desconto para as necessidades de manutenção. Essas pessoas devem ter parentesco com você ou seu cônjuge, e um de vocês deverá incluí-las como dependentes na declaração de renda.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B9119B" w14:textId="488FA27D" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F5AE518" w14:textId="11186E41" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D65" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A5D0AFC" w14:textId="77777777" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Parentesco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066329E0" w14:textId="195D27AD" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data de nascimento (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D13B10B" w14:textId="34154592" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renda mensal antes </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>das deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AEC2465" w14:textId="40742E88" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277BDF58" w14:textId="4D001EEF" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Número de </w:t>
+      </w:r>
+      <w:r w:rsidR="00D22D65" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Seguro S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ocial</w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SSN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ABB14AD" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="001A5F78" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Parentesco</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD8A93E" w14:textId="576B4D6F" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data de nascimento (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209AEE2F" w14:textId="2F1AB819" w:rsidR="001A5F78" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="001A5F78">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renda mensal antes </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>das deduções</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C755327" w14:textId="63A58A66" w:rsidR="00063CE6" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="005543E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>Transferência</w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:t xml:space="preserve"> de recursos (os recursos incluem renda e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>bens</w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="712BA8B5" w14:textId="0EE6946C" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nos últimos 60 meses:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="063CC0AE" w14:textId="315CF102" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Algum imóvel que estava disponível ou pertencia a você ou ao seu cônjuge foi transferido para um fundo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C8627A" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou retirado dele? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780EBAD6" w14:textId="3DCAD7DF" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FD581D" w14:textId="7295CE0D" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">10. </w:t>
-[...314 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C323B35" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você, seu cônjuge ou alguém em seu nome transferiu renda ou o direito à renda?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E76476" w14:textId="07769B58" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038A149D" w14:textId="68229628" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB8B7AB" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="002A001A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="002A001A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>. Você, seu cônjuge ou alguém em seu nome transferiu, alterou a propriedade de imóveis, doou imóveis ou vendeu quaisquer bens, inclusive sua casa ou outro imóvel</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76D243E8" w14:textId="5E1661F4" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="002A001A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFB1B14" w14:textId="7505B3DE" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="002A001A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54A433D5" w14:textId="77777777" w:rsidR="00197A78" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">d. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você, seu cônjuge ou alguém em seu nome alterou a escritura ou a propriedade de algum imóvel, inclusive a criação de um bem vitalício, mesmo que o bem vitalício tenha sido adquirido na residência de outra pessoa?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13731494" w14:textId="186ACF6C" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD95A9D" w14:textId="7B8409A6" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E6A439" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Se você comprou um bem vitalício relativo ao imóvel de outra pessoa, você morou na casa por pelo menos um ano após a compra do imóvel?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C55E86" w14:textId="7424E15D" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487BBB0D" w14:textId="40E91B34" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2143830E" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você, seu cônjuge ou alguém em seu nome adicionou outro nome à escritura de algum imóvel do qual você é proprietário?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFB6AA5" w14:textId="3C36E6DD" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86CACA" w14:textId="33C82335" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5677867B" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>g.</w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Você, seu cônjuge ou alguém em seu nome recebeu ou deu a alguém um financiamento, empréstimo, ou nota promissória em relação a algum imóvel ou outro </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bem? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5529F1F0" w14:textId="3607709A" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF08109" w14:textId="0B36ECE0" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A930B2" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">h. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você, seu cônjuge ou alguém em seu nome comprou ou de alguma forma alterou um valor anual a receber?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6259D9CB" w14:textId="426F01E9" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8AC535" w14:textId="4533769A" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="000702BE" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C2D050" w14:textId="434B2D68" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se você respondeu </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a alguma das perguntas acima</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, deverá preencher o seguinte e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nos enviar o comprovante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dessa informação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546FB979" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Descrição do ativo/renda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421F7C20" w14:textId="5D2B2E06" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data da transferência (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3440F815" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Transferido para quem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CACC673" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Parentesco com você ou seu cônjuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CE9BDAD" w14:textId="05BE7403" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor da transferência </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605D68EC" w14:textId="77777777" w:rsidR="008D1283" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descrição do </w:t>
+      </w:r>
+      <w:r w:rsidR="00063CE6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>bem/da renda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B11FA85" w14:textId="77777777" w:rsidR="008D1283" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data da transferência (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1FEDD0" w14:textId="7A8F0078" w:rsidR="000702BE" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Destinatário da transferência</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F2EB01" w14:textId="77777777" w:rsidR="000702BE" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Parentesco com você ou seu cônjuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="532E3FCE" w14:textId="77777777" w:rsidR="00063CE6" w:rsidRPr="00C04D3E" w:rsidRDefault="00B84DB8" w:rsidP="00063CE6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Valor da transferência $</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A67F2D" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="00063CE6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Descrição do </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>ativo/renda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1E7ED3" w14:textId="4569944D" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data da transferência (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2454CA74" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Transferido para quem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48FACA11" w14:textId="77777777" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Parentesco com você ou seu cônjuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2378D494" w14:textId="76754DDC" w:rsidR="0007148B" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor da transferência </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E37DE2" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidR="0007148B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você, seu cônjuge ou alguém em seu nome fez um depósito para alguma assistência médica ou instalação residencial, como um centro de residência assistida para idosos, um centro de residência assistida continuada para idosos ou uma comunidade de vivência assistida?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77296" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B7AA14" w14:textId="13612CA2" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B2151F" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE0E941" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="0007148B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, informe o nome e endereço do centro, o valor do depósito, responda às seguintes perguntas e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>envie uma cópia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do contrato que você assinou com o centro e quaisquer documentos sobre o depósito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4904AF1C" w14:textId="44B4F995" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="0007148B" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome do centro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6096802C" w14:textId="3B86E9A0" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00F27BAF" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Endereço do centro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53BEA9F3" w14:textId="0D38E8A9" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00F27BAF" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E022363" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="0055148A" w:rsidP="0055148A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>a. O centro ainda está com o depósito?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="625C35CD" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="0055148A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6135C9" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="0055148A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12592B53" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="002F4EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b. </w:t>
+      </w:r>
+      <w:r w:rsidR="002F4EAA" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>O centro devolveu o depósito?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1F6C42" w14:textId="0688EF0A" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="002F4EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DFD7B0" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="002F4EAA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="036227D3" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="002F4EAA" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, informe o nome e endereço da pessoa que recebeu o depósito do centro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22892906" w14:textId="664352E7" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="002F4EAA" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome da pessoa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="183CB766" w14:textId="7DBABC41" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="002F4EAA" w:rsidP="006D6BA6">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Endereço</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F7CCE93" w14:textId="70EB45F5" w:rsidR="000702BE" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="005543E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>Informações sobre imóveis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D04E536" w14:textId="785925C5" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>As respostas às seguintes perguntas serão usadas para decidir se: (1) seu imóvel será contabilizado como ativo; ou (2) um penhor será colocado contra o imóvel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3419A4C3" w14:textId="4B25AC17" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Observação:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se o juro do capital próprio do seu imóvel principal estiver acima de certo limite, você poderá não se qualificar ao pagamento de </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">serviços e apoios de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>cuidados de longo prazo, a menos que certas condições sejam atendidas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E20DE0A" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4B1B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você ou seu cônjuge é proprietário ou tem interesse legítimo em sua casa, incluindo a propriedade vitalícia?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77296" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B17FF89" w14:textId="0DF307F1" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="679E7590" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4510F0B7" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, preencha as informações a seguir e responda às questões </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a 15.</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, responda apenas à </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Pergunta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E90AF4A" w14:textId="754EB3DB" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome e endereço da(s) pessoa(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>constantes dos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documentos de propriedade do imóvel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B2FAA4" w14:textId="077780B1" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Descrição e endereço do </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">local do </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>imóvel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5746578B" w14:textId="6756C3A1" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Tipo de propriedade (assinale uma</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DD700D" w14:textId="5B42590F" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Individual (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Valor justo de mercado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489A93A4" w14:textId="1B5F8119" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Propriedade conjunta (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="617F9179" w14:textId="226E9989" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direito vitalício sobre o imóvel (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5537678C" w14:textId="0804D5F2" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copropriedade (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="498C5BDF" w14:textId="069BE70F" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome e endereço da(s) pessoa(s) </w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>constantes dos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> documentos de propriedade do imóvel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AD5713" w14:textId="08364D60" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Descrição e endereço do imóvel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF23E4F" w14:textId="25FBEFAF" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Tipo de propriedade (assinale uma</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6637F874" w14:textId="3C9048BB" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Individual (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C435B07" w14:textId="06430108" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Propriedade conjunta (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F07C9B4" w14:textId="538B543D" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Direito vitalício sobre o imóvel (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="502DB102" w14:textId="232B9B2D" w:rsidR="003E4B1B" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Copropriedade (Valor justo de mercado) </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B51E5A" w14:textId="7B5CFA03" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4B1B" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem cônjuge?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC09BC2" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08326208" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D6A68C" w14:textId="0B243C85" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="003E4B1B" w:rsidP="003E4B1B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2718DD5B" w14:textId="77777777" w:rsidR="000702BE" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="000702BE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="006D6BA6" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55973586" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77296" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BC67A78" w14:textId="24ED27E1" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EF7E1D" w14:textId="77777777" w:rsidR="00D77296" w:rsidRPr="00C04D3E" w:rsidRDefault="00D77296" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FC5EC03" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5ABF" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem um filho com deficiência total e permanente ou cego?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E8897F" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B1D8D2" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA55EEA" w14:textId="40EFA5A1" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D54B2F9" w14:textId="459FD9FC" w:rsidR="005A5ABF" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F97ECC" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D0328A" w14:textId="698252EA" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26FC01E3" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE1304A" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A5ABF" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem filho com menos de 21 anos?</w:t>
+      </w:r>
+      <w:r w:rsidR="000702BE" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9A2DF3" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk194502604"/>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E4E798" w14:textId="77777777" w:rsidR="00FA7FB8" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC9AA4F" w14:textId="67E1A787" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="005A5ABF" w:rsidP="005A5ABF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="215BE0ED" w14:textId="45043E9E" w:rsidR="00B23F1A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35146933" w14:textId="77777777" w:rsidR="00B23F1A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data de nascimento (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58412B8F" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7FA5CE" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56066405" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E37E530" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Você tem um irmão ou irmã com interesse legítimo na casa que esteve morando por pelo menos um ano imediatamente antes de você ser admitido no centro médico?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4678602A" w14:textId="65089CEF" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51604651" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75767022" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14413E2F" w14:textId="6EF2577B" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk194502703"/>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D372D4B" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FA9A811" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB8B8F8" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="589CDC3B" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem um filho ou filha que morou em casa pelo menos nos últimos dois anos antes de você ser admitido no centro médico e cuidou de você, permitindo que ficasse em casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8D45C4" w14:textId="5AA18FE2" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B9B0FB" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32C75617" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="341E3DF0" w14:textId="77777777" w:rsidR="00B23F1A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1EB878" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF2D412" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243E8015" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC4634C" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você tem um parente dependente?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A829F14" w14:textId="50BEAAC1" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="652220E4" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6954B333" w14:textId="77777777" w:rsidR="00B23F1A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se a resposta for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, preencha esta seção.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085B2237" w14:textId="77777777" w:rsidR="00B23F1A" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A3EFF6B" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Essa pessoa mora na sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B0EF0C" w14:textId="4DD986C2" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716BACB3" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ACD54ED" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Descreva o parentesco e a natureza da dependência:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65F9B13D" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="006D6BA6" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Você pretende voltar para sua casa?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F2D4A3F" w14:textId="37116AFF" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="423FD25A" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2575A0C3" w14:textId="77777777" w:rsidR="006D6BA6" w:rsidRPr="00C04D3E" w:rsidRDefault="00B23F1A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Não responda a esta pergunta se estiver solicitando uma Dispensa </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>de Serviços de Atendimento Domiciliar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Comunitário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14961A38" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00AE3C4A" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você ou seu cônjuge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>são proprietários</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>têm participação legal</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>imóvel além do imóvel mencionado no item 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23F1A" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acima?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6F2B9C" w14:textId="5D7896C8" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA5190E" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54BEFB1C" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00B23F1A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, descreva o imóvel e </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>forneça</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o endereço abaixo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE1E3EE" w14:textId="4DCA7773" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="005543E2">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se precisar de mais espaço, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>anexe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uma folha </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de papel </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>separada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72984345" w14:textId="6321A78C" w:rsidR="00A04663" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="005543E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:lastRenderedPageBreak/>
+        <w:t>Seguro de cuidados de longo prazo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7C5BD8" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00AE3C4A" w:rsidP="002A29F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A29F3" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você ou seu cônjuge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>têm</w:t>
+      </w:r>
+      <w:r w:rsidR="002A29F3" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seguro de cuidados de longo prazo?</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE57D5" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11FB7199" w14:textId="7FDC2FED" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="002A29F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB456E2" w14:textId="77777777" w:rsidR="00DE57D5" w:rsidRPr="00C04D3E" w:rsidRDefault="00DE57D5" w:rsidP="002A29F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A7603A7" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, preencha esta seção. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Não</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>prossiga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para a próxima seção </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>(Fundos Fiduciários)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641AE0E" w14:textId="6322C028" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Envie uma cópia da apólice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FD419A3" w14:textId="0A41C752" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome da empresa/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Número</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da apólice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1586A1BE" w14:textId="15097659" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome do titular da apólice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2AE837" w14:textId="18884F87" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>vigor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B261240" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor do prêmio </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="090591C3" w14:textId="77777777" w:rsidR="00A04663" w:rsidRPr="00C04D3E" w:rsidRDefault="00A04663" w:rsidP="00A04663">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome da empresa/Número da apólice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E96F326" w14:textId="77777777" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome do titular da apólice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149C1505" w14:textId="29C8616F" w:rsidR="00A04663" w:rsidRPr="00C04D3E" w:rsidRDefault="002C0503" w:rsidP="00A04663">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Data</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de vigor (mm/dd/aaaa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B5E674" w14:textId="4C629A23" w:rsidR="00AE3C4A" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00AE3C4A">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valor do prêmio </w:t>
+      </w:r>
+      <w:r w:rsidR="00041A80" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>$</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA933D" w14:textId="6DA20815" w:rsidR="00A04663" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="005543E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>Declarações de imposto de renda</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BC50AE7" w14:textId="3710F752" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="00F876AE" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidR="002A29F3" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Você ou seu cônjuge </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>fizeram</w:t>
+      </w:r>
+      <w:r w:rsidR="002A29F3" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declaração de imposto de renda nos EUA nos últimos dois anos? (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Marque</w:t>
+      </w:r>
+      <w:r w:rsidR="002A29F3" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uma opção</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="380B9601" w14:textId="20ECE79F" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sim, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>nos dois</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DCE2318" w14:textId="70F74591" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim, um desses anos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614012C9" w14:textId="3B7E88A4" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Não, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nenhum </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>dos anos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39C46A8C" w14:textId="778BE504" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00F876AE">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...159 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Sim, envie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cópias</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dessas declarações. Se você não guardou cópias de uma ou mais declarações, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>envie o Formulário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4506 preenchido e assinado.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> O </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Formulário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4506 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">faz parte do Suplemento para </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3B98" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Serviços e apoios de cuidados de longo prazo</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>, case precise desse formulário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C007AB8" w14:textId="74A20F1B" w:rsidR="00A04663" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="005543E2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:t>ASSINE ESTE SUPLEMENTO.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0988788E" w14:textId="4E7A2DE1" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="002A29F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Ao assinar este suplemento abaixo, certifico</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sob </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pena</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de perjúrio</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que as declarações </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>que fiz neste suplemento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> são verdadeiras e completas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>pelo que eu saiba,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e concordo em aceitar e cumprir os direitos e responsabilidades</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acima</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E852A55" w14:textId="7B16BB00" w:rsidR="00F876AE" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="002A29F3">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Importante:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se estiver enviando este suplemento como </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="26"/>
-[...87 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">um </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">representante autorizado, deverá </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enviar um Formulário de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Designação</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Representante Autorizado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ARD) para </w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>processarmos este</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-    <w:p w14:paraId="3D151D2B" w14:textId="35AB233C" w:rsidR="004A105D" w:rsidRDefault="004A105D" w:rsidP="00E13E4A">
+      <w:r w:rsidR="009E4FCA" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>requerimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">É importante preencher este formulário, pois esta é a única maneira de falarmos com você sobre este </w:t>
+      </w:r>
+      <w:r w:rsidR="009E4FCA" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>requerimento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3811FD1B" w14:textId="3210DBA6" w:rsidR="00770CE2" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Assinatura do requerente</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>membro ou</w:t>
+      </w:r>
+      <w:r w:rsidR="00A04663" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> representante autorizado</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2527B5EC" w14:textId="4BC73177" w:rsidR="00770CE2" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="009F6A28">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nome em letra de </w:t>
+      </w:r>
+      <w:r w:rsidR="00585B56" w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>fôrma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4AB37F" w14:textId="185C5E8A" w:rsidR="00401ECA" w:rsidRPr="00C04D3E" w:rsidRDefault="002A29F3" w:rsidP="00C04D3E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3840"/>
         </w:tabs>
         <w:rPr>
-          <w:lang w:val="es-US"/>
-[...35 lines deleted...]
-          <w:lang w:val="es-US"/>
+          <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C04D3E">
+        <w:rPr>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A9426AF" w14:textId="18147FC4" w:rsidR="003A3AC1" w:rsidRPr="004A105D" w:rsidRDefault="003A3AC1" w:rsidP="00655E2E">
-[...36 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+    <w:sectPr w:rsidR="00401ECA" w:rsidRPr="00C04D3E" w:rsidSect="00736FCF">
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1170" w:left="1080" w:header="432" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="432" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15EB55CA" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="5DCE7251" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D426F01" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="4BE8801C" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="3A5206E6" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Source Sans Pro SemiBold">
-    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000007" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
+    <w:sig w:usb0="600002F7" w:usb1="02000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aller">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="5000205B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4FCAB5E7" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D">
-[...9 lines deleted...]
-  </w:p>
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-433282828"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="2215907C" w14:textId="3DCEFC5F" w:rsidR="00E0051A" w:rsidRDefault="00A50AA3" w:rsidP="00FC6B55">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2B40A8E3" w14:textId="50863073" w:rsidR="00CC6BD7" w:rsidRPr="003A3AC1" w:rsidRDefault="00CC6BD7" w:rsidP="00CC6BD7">
+  <w:p w14:paraId="6DB8BCBB" w14:textId="77777777" w:rsidR="00C04D3E" w:rsidRDefault="00C04D3E" w:rsidP="00C04D3E">
     <w:pPr>
-      <w:spacing w:after="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="center" w:pos="5760"/>
+      </w:tabs>
     </w:pPr>
-    <w:r w:rsidRPr="003A3AC1">
-[...4 lines deleted...]
-      <w:t>LTC-SUPP</w:t>
+    <w:r w:rsidRPr="00C04D3E">
+      <w:rPr>
+        <w:sz w:val="14"/>
+      </w:rPr>
+      <w:t>LTC-SUPP_PT-BR_2026-03</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:sz w:val="16"/>
-[...2 lines deleted...]
-      <w:t>-</w:t>
+        <w:sz w:val="14"/>
+      </w:rPr>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="00D6497E">
-[...19 lines deleted...]
-    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1463801829"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+      </w:sdtEndPr>
+      <w:sdtContent>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F9CD8F1" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="1B7E0222" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2607C2AF" w14:textId="77777777" w:rsidR="00B14D0D" w:rsidRDefault="00B14D0D" w:rsidP="008727E9">
+    <w:p w14:paraId="330EC695" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9" w:rsidP="008727E9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="657DACA6" w14:textId="77777777" w:rsidR="009D25E9" w:rsidRDefault="009D25E9">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2A1D6E81" w14:textId="77777777" w:rsidR="00655E2E" w:rsidRDefault="00655E2E" w:rsidP="00655E2E">
+  <w:p w14:paraId="597D33D2" w14:textId="36633E5E" w:rsidR="00A50AA3" w:rsidRPr="005543E2" w:rsidRDefault="003E4711" w:rsidP="005543E2">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="003E3BCE">
+    <w:r w:rsidRPr="00CF5BB6">
       <w:rPr>
         <w:color w:val="FF0000"/>
-      </w:rPr>
-      <w:t>Please note. This document has been formatted for use with screen readers.</w:t>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>Observação</w:t>
+    </w:r>
+    <w:r w:rsidR="00EA38BA" w:rsidRPr="00CF5BB6">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>: este</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00CF5BB6">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> documento foi formatado para uso </w:t>
+    </w:r>
+    <w:r w:rsidRPr="005543E2">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t xml:space="preserve">com leitores de tela. </w:t>
+    </w:r>
+    <w:r w:rsidR="00C04D3E">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:br/>
+    </w:r>
+    <w:r w:rsidRPr="005543E2">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="pt-BR"/>
+      </w:rPr>
+      <w:t>As referências de páginas neste documento – seja no índice ou em outra parte do texto – referem-se aos números de páginas na publicação original.</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="96F01F6E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="004D3D76"/>
-[...108 lines deleted...]
-      </w:rPr>
+    <w:nsid w:val="FFFFFFFE"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="31DE6A54"/>
+    <w:lvl w:ilvl="0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="*"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00B54FBC"/>
+    <w:nsid w:val="02CF606B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56E4FA48"/>
+    <w:tmpl w:val="843EB548"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="02E25504"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7ECAB0B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="084E221B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BEC654FE"/>
+    <w:lvl w:ilvl="0" w:tplc="299A6010">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D08C1C34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="48126EF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DE9A63F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4DE004A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F91EC134">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5B14A75C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10723702">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="C3982BD8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AAF821A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E3C21B4E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11966813"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7144A672"/>
+    <w:lvl w:ilvl="0" w:tplc="E9FCEF12">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11AB7D7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EEAE4E6A"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1452" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="0409001B">
+        <w:ind w:left="2172" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="180"/>
-[...12 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2892" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3612" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="4332" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="180"/>
+        <w:ind w:left="5052" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5772" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="6492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="180"/>
+        <w:ind w:left="7212" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11B91C4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED80F854"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -3039,51 +5903,729 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12795DFF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A1386A40"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="133916BA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FC3E9050"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="138667F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EBC46AC0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="149E2DFC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C8669558"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="15227319"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41D4C484"/>
+    <w:lvl w:ilvl="0" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1540F713"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F4D65E8C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="158306A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85FCB06C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3152,164 +6694,250 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="17B82AF2"/>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="161F56DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E5F0AA26"/>
+    <w:tmpl w:val="F5EAD0A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="566" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1286" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2006" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2726" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3446" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4166" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4886" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5606" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6326" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="175142B8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AD68F76"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17EA29D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BB042F2"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="9E42E99A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist2"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3379,3385 +7007,3076 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BB0650E"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="18791988"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="49640A6A"/>
-[...126 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="AD32C528"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="18"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%2)"/>
-[...2 lines deleted...]
-        <w:ind w:left="1286" w:hanging="360"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...209 lines deleted...]
-      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2250" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2970" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3690" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4410" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5130" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6570" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25945ABC"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="187E4144"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EA82FF56"/>
+    <w:tmpl w:val="2D2AF792"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1A648E13"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="95EE4AF8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1BBD58E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28E09C88"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="205925AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB2B738"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="206F0919"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A16546C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="206F2FFC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CCF44570"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21004085"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DAE669F8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C1337B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1C10EB3E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="250D15F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="678E1E28"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2544B0EE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CF20B1B0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27E944A5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28D848D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5816CC74"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A00070F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4F4BC78"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D2D4433"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="36CED642"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="340A3D0B"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76DEA24E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="353E3C28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F7876BA"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C41653E"/>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35886781"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6360B51A"/>
-    <w:lvl w:ilvl="0" w:tplc="151C1A70">
+    <w:tmpl w:val="E3CE052C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="36FD4133"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="23DAD45A"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E67807F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3FDE8F7A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F5E7E7D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40520362"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="40867362"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E3C49BAA"/>
+    <w:lvl w:ilvl="0" w:tplc="6EAC3C1E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A8683658">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="15862F00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="80E2E264">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BF4C5460">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3670F4BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="D8A4BCBA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="D1A8D012">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B762CE2E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4959831F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="45180D0A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D7C7201"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="647442B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DA27EE4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A146A78A"/>
+    <w:lvl w:ilvl="0" w:tplc="DB0E26BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="05ECA61A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D3804FD6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4532196E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1764ACBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A5D4640C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="813A1C24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E6ACE66A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="27DEFAA0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51A854B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2FAAE38"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535B10BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52FE2CE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3650" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4370" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5090" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6530" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54842085"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DF82798"/>
+    <w:lvl w:ilvl="0" w:tplc="B82E6348">
+      <w:start w:val="23"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2040" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2760" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3480" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4200" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4920" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5640" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6360" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="7080" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+  <w:abstractNum w:abstractNumId="47" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57FA7B41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C84CB12C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1646" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2366" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3086" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3806" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4526" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
-[...34 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-[...2617 lines deleted...]
-  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="48" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5AE84815"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A38788A"/>
     <w:lvl w:ilvl="0" w:tplc="7F7C1974">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6825,54 +10144,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5CC11E51"/>
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C32336D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6C94D8B8"/>
+    <w:tmpl w:val="37C02D32"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -6938,66 +10257,971 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6AEA68DA"/>
+  <w:abstractNum w:abstractNumId="50" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C703EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62A8631A"/>
+    <w:tmpl w:val="814E0340"/>
+    <w:lvl w:ilvl="0" w:tplc="1A9AFC4E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DA72D452">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D43CACA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="73C4C7F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C8781E7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D1C88478">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="6124F5BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DE1A4AA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6F0C782A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="51" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5D83D355"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4BE86850"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="52" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F656FF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6FA47ED2"/>
+    <w:lvl w:ilvl="0" w:tplc="31DE6A54">
+      <w:start w:val="65535"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="1C252E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="53" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="60DC1825"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F52897A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="54" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="639D2402"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="07F8F3F6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="55" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63EE619E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="624C53B8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="56" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6441DFE9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="ECC0192E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="57" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66023181"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="ABD6DB68"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="58" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="685E36D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F65E17A8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
@@ -7051,51 +11275,554 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="59" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C5956D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FFFFFFFF"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="60" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D42A63C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0FAEF162"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="61" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6EF218C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D49C204E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="62" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="717A2E1F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BB8887C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="63" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73ED1683"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B1F2231C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="64" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74227DFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05248304"/>
     <w:lvl w:ilvl="0" w:tplc="D574787E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="bulletlist"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7165,280 +11892,789 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7B7B6A99"/>
+  <w:abstractNum w:abstractNumId="65" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74F5340A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="068430B8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="C69AB636"/>
+    <w:lvl w:ilvl="0" w:tplc="654EBBB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="66" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75C325A8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CEB0C898"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="67" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76044270"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2BC335E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="68" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="766E1FD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE088AE4"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="580A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="580A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="580A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="69" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="792D06D9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0C30E68C"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E1707A4"/>
+  <w:abstractNum w:abstractNumId="70" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A0564B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5F4DBA8"/>
+    <w:tmpl w:val="3D64A7A8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="770" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1490" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2930" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3650" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="4370" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5090" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5810" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="71" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D6C62F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6C9ADED8"/>
+    <w:lvl w:ilvl="0" w:tplc="31DE6A54">
+      <w:start w:val="65535"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="1C252E"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="72" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7C059E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4E6A8744"/>
+    <w:tmpl w:val="F9CA47CA"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -7504,1153 +12740,2613 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="28770468">
+  <w:abstractNum w:abstractNumId="73" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FC6307D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="82FEC070"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1243291415">
+    <w:abstractNumId w:val="64"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="807556532">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1122501691">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="37821185">
+    <w:abstractNumId w:val="70"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="58134091">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="977026517">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="384837521">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1376542635">
+    <w:abstractNumId w:val="69"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="742721569">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1275946194">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1742486793">
+    <w:abstractNumId w:val="59"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1410346339">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="969243964">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2013415597">
+    <w:abstractNumId w:val="68"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2128543948">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="229384910">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1613248441">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="915552756">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1824926642">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1819690631">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1408915717">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="95028562">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="77024157">
+    <w:abstractNumId w:val="60"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="224100320">
+    <w:abstractNumId w:val="54"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1568221073">
+    <w:abstractNumId w:val="66"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="408381814">
+    <w:abstractNumId w:val="51"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="251398323">
+    <w:abstractNumId w:val="56"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1461801003">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1111128298">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="839586094">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1666780928">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="746617126">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="686756888">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1559824312">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="497815724">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1257715903">
-    <w:abstractNumId w:val="45"/>
+  <w:num w:numId="36" w16cid:durableId="1844468795">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="125660217">
+  <w:num w:numId="37" w16cid:durableId="1977103378">
+    <w:abstractNumId w:val="47"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="241257396">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="820119525">
+    <w:abstractNumId w:val="50"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1642728757">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="239024752">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="681981364">
+    <w:abstractNumId w:val="72"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="289941925">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="1306004146">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="598371811">
+    <w:abstractNumId w:val="48"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="1342926415">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:lvl w:ilvl="0">
+        <w:numFmt w:val="decimal"/>
+        <w:lvlText w:val=""/>
+        <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="0"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:ind w:left="0" w:firstLine="0"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+          <w:color w:val="1C252E"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1182666479">
+    <w:abstractNumId w:val="63"/>
+  </w:num>
+  <w:num w:numId="48" w16cid:durableId="2041781090">
+    <w:abstractNumId w:val="67"/>
+  </w:num>
+  <w:num w:numId="49" w16cid:durableId="1361125898">
+    <w:abstractNumId w:val="71"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="1676879890">
+    <w:abstractNumId w:val="52"/>
+  </w:num>
+  <w:num w:numId="51" w16cid:durableId="1928222693">
+    <w:abstractNumId w:val="17"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="52" w16cid:durableId="1342705039">
+    <w:abstractNumId w:val="57"/>
+  </w:num>
+  <w:num w:numId="53" w16cid:durableId="1724479331">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="54" w16cid:durableId="1709916891">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="55" w16cid:durableId="1478960564">
+    <w:abstractNumId w:val="55"/>
+  </w:num>
+  <w:num w:numId="56" w16cid:durableId="905069393">
+    <w:abstractNumId w:val="65"/>
+  </w:num>
+  <w:num w:numId="57" w16cid:durableId="1135220225">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="58" w16cid:durableId="337731534">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="59" w16cid:durableId="241381522">
+    <w:abstractNumId w:val="61"/>
+  </w:num>
+  <w:num w:numId="60" w16cid:durableId="1243950244">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="61" w16cid:durableId="250704806">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="62" w16cid:durableId="1327979652">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="63" w16cid:durableId="1105199699">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="64" w16cid:durableId="1448163480">
+    <w:abstractNumId w:val="49"/>
+  </w:num>
+  <w:num w:numId="65" w16cid:durableId="1749576505">
+    <w:abstractNumId w:val="58"/>
+  </w:num>
+  <w:num w:numId="66" w16cid:durableId="1951088881">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="67" w16cid:durableId="400258055">
+    <w:abstractNumId w:val="53"/>
+  </w:num>
+  <w:num w:numId="68" w16cid:durableId="1384282815">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="69" w16cid:durableId="1594361812">
+    <w:abstractNumId w:val="62"/>
+  </w:num>
+  <w:num w:numId="70" w16cid:durableId="1638417813">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="71" w16cid:durableId="780147651">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="72" w16cid:durableId="435711429">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="73" w16cid:durableId="271284912">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1056977778">
-[...125 lines deleted...]
-  <w:num w:numId="46" w16cid:durableId="213010425">
+  <w:num w:numId="74" w16cid:durableId="1536384029">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="6"/>
+  <w:num w:numId="75" w16cid:durableId="1738019228">
+    <w:abstractNumId w:val="73"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00142935"/>
     <w:rsid w:val="00000F2D"/>
+    <w:rsid w:val="00002A58"/>
     <w:rsid w:val="00005515"/>
     <w:rsid w:val="00006B9E"/>
+    <w:rsid w:val="00006C3C"/>
     <w:rsid w:val="00010925"/>
+    <w:rsid w:val="0001159B"/>
     <w:rsid w:val="00011C91"/>
+    <w:rsid w:val="00012253"/>
+    <w:rsid w:val="00014130"/>
+    <w:rsid w:val="000142F6"/>
     <w:rsid w:val="00015228"/>
+    <w:rsid w:val="0001576E"/>
+    <w:rsid w:val="000164B6"/>
+    <w:rsid w:val="00016A0C"/>
+    <w:rsid w:val="00017B2C"/>
     <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="00023299"/>
+    <w:rsid w:val="00025B23"/>
+    <w:rsid w:val="00026A1D"/>
+    <w:rsid w:val="00030E73"/>
+    <w:rsid w:val="00033B58"/>
+    <w:rsid w:val="0003460B"/>
     <w:rsid w:val="00034791"/>
+    <w:rsid w:val="00034991"/>
     <w:rsid w:val="000353A9"/>
+    <w:rsid w:val="0003610C"/>
     <w:rsid w:val="0003641D"/>
+    <w:rsid w:val="0003748A"/>
+    <w:rsid w:val="00041683"/>
+    <w:rsid w:val="00041A80"/>
     <w:rsid w:val="00043085"/>
+    <w:rsid w:val="0004446D"/>
+    <w:rsid w:val="0004477D"/>
     <w:rsid w:val="000459C1"/>
+    <w:rsid w:val="00045FC0"/>
+    <w:rsid w:val="00045FD4"/>
+    <w:rsid w:val="00046A42"/>
     <w:rsid w:val="00046B45"/>
     <w:rsid w:val="00047A07"/>
+    <w:rsid w:val="00052F47"/>
+    <w:rsid w:val="000539B4"/>
     <w:rsid w:val="00055763"/>
     <w:rsid w:val="00057734"/>
+    <w:rsid w:val="00057CB1"/>
+    <w:rsid w:val="00057E2C"/>
+    <w:rsid w:val="00057E56"/>
     <w:rsid w:val="00062BE6"/>
+    <w:rsid w:val="00062E9D"/>
     <w:rsid w:val="00063CE6"/>
+    <w:rsid w:val="00064DFA"/>
+    <w:rsid w:val="000650F8"/>
+    <w:rsid w:val="0006592B"/>
+    <w:rsid w:val="000661AD"/>
     <w:rsid w:val="000663C3"/>
     <w:rsid w:val="000702BE"/>
+    <w:rsid w:val="00070726"/>
+    <w:rsid w:val="0007148B"/>
     <w:rsid w:val="00072A87"/>
+    <w:rsid w:val="00072BB7"/>
+    <w:rsid w:val="00073DD4"/>
     <w:rsid w:val="00075490"/>
+    <w:rsid w:val="00075B8C"/>
     <w:rsid w:val="0007622E"/>
     <w:rsid w:val="00076865"/>
     <w:rsid w:val="00080484"/>
     <w:rsid w:val="00080AAE"/>
+    <w:rsid w:val="00081FC3"/>
+    <w:rsid w:val="000834F5"/>
+    <w:rsid w:val="000839B7"/>
+    <w:rsid w:val="00085A35"/>
     <w:rsid w:val="00085D3D"/>
+    <w:rsid w:val="00086054"/>
+    <w:rsid w:val="00090CC0"/>
+    <w:rsid w:val="0009215A"/>
+    <w:rsid w:val="00093C82"/>
     <w:rsid w:val="00095595"/>
+    <w:rsid w:val="000962B4"/>
     <w:rsid w:val="00096808"/>
     <w:rsid w:val="000A0849"/>
     <w:rsid w:val="000A0C7C"/>
+    <w:rsid w:val="000A0FAB"/>
+    <w:rsid w:val="000A1C68"/>
+    <w:rsid w:val="000A2644"/>
     <w:rsid w:val="000A311D"/>
     <w:rsid w:val="000A36CD"/>
     <w:rsid w:val="000A463E"/>
+    <w:rsid w:val="000A76BD"/>
+    <w:rsid w:val="000B36A3"/>
+    <w:rsid w:val="000B43B8"/>
+    <w:rsid w:val="000B6E64"/>
     <w:rsid w:val="000C1658"/>
     <w:rsid w:val="000C1C16"/>
     <w:rsid w:val="000C20F5"/>
+    <w:rsid w:val="000C3DD3"/>
+    <w:rsid w:val="000C716E"/>
+    <w:rsid w:val="000C794B"/>
     <w:rsid w:val="000D0D68"/>
     <w:rsid w:val="000D15DE"/>
     <w:rsid w:val="000D1B13"/>
+    <w:rsid w:val="000D3FFA"/>
+    <w:rsid w:val="000D53B9"/>
     <w:rsid w:val="000E08ED"/>
+    <w:rsid w:val="000E27E0"/>
+    <w:rsid w:val="000E293A"/>
     <w:rsid w:val="000E315B"/>
+    <w:rsid w:val="000E3B6C"/>
     <w:rsid w:val="000E5B07"/>
     <w:rsid w:val="000E63BA"/>
     <w:rsid w:val="000F2BE3"/>
+    <w:rsid w:val="000F3281"/>
+    <w:rsid w:val="000F3B14"/>
+    <w:rsid w:val="000F3C54"/>
     <w:rsid w:val="000F40A2"/>
     <w:rsid w:val="000F432D"/>
     <w:rsid w:val="000F447B"/>
+    <w:rsid w:val="000F5467"/>
+    <w:rsid w:val="000F5A5D"/>
+    <w:rsid w:val="000F5CA6"/>
     <w:rsid w:val="000F6F6D"/>
     <w:rsid w:val="000F7633"/>
+    <w:rsid w:val="000F7AE3"/>
+    <w:rsid w:val="00100293"/>
+    <w:rsid w:val="001003C7"/>
+    <w:rsid w:val="001008AA"/>
     <w:rsid w:val="001012A1"/>
     <w:rsid w:val="00102BE4"/>
+    <w:rsid w:val="001052A5"/>
+    <w:rsid w:val="001053EC"/>
+    <w:rsid w:val="00105922"/>
     <w:rsid w:val="00105B05"/>
-    <w:rsid w:val="00106787"/>
+    <w:rsid w:val="00106780"/>
+    <w:rsid w:val="00107F90"/>
+    <w:rsid w:val="0011143D"/>
+    <w:rsid w:val="00111A8C"/>
     <w:rsid w:val="00113952"/>
+    <w:rsid w:val="00114269"/>
+    <w:rsid w:val="00115566"/>
     <w:rsid w:val="001168C1"/>
     <w:rsid w:val="00120827"/>
+    <w:rsid w:val="0012219D"/>
+    <w:rsid w:val="00123BA1"/>
+    <w:rsid w:val="0012456F"/>
+    <w:rsid w:val="00126689"/>
+    <w:rsid w:val="00130065"/>
     <w:rsid w:val="00134F9C"/>
-    <w:rsid w:val="0013515A"/>
+    <w:rsid w:val="00137E0C"/>
     <w:rsid w:val="001414A4"/>
+    <w:rsid w:val="00141EDD"/>
+    <w:rsid w:val="00141FF4"/>
     <w:rsid w:val="00142935"/>
+    <w:rsid w:val="001448A6"/>
+    <w:rsid w:val="0014554A"/>
+    <w:rsid w:val="001455EA"/>
+    <w:rsid w:val="00145E77"/>
+    <w:rsid w:val="00147330"/>
     <w:rsid w:val="00147792"/>
     <w:rsid w:val="00151FE3"/>
     <w:rsid w:val="001530A5"/>
     <w:rsid w:val="00153A97"/>
+    <w:rsid w:val="00153D82"/>
     <w:rsid w:val="00155AD2"/>
+    <w:rsid w:val="00155EE0"/>
+    <w:rsid w:val="00156D94"/>
     <w:rsid w:val="00157EBA"/>
+    <w:rsid w:val="00160CBC"/>
+    <w:rsid w:val="00161488"/>
     <w:rsid w:val="00162614"/>
+    <w:rsid w:val="00163133"/>
+    <w:rsid w:val="0016444C"/>
     <w:rsid w:val="00170993"/>
+    <w:rsid w:val="00171C51"/>
     <w:rsid w:val="00172C8F"/>
+    <w:rsid w:val="00173493"/>
+    <w:rsid w:val="00174823"/>
     <w:rsid w:val="00175F48"/>
     <w:rsid w:val="00180C56"/>
+    <w:rsid w:val="001824CC"/>
+    <w:rsid w:val="001845E1"/>
     <w:rsid w:val="00185169"/>
     <w:rsid w:val="001856D5"/>
+    <w:rsid w:val="00187ADC"/>
+    <w:rsid w:val="001915A1"/>
+    <w:rsid w:val="00193137"/>
+    <w:rsid w:val="001946F5"/>
+    <w:rsid w:val="0019593B"/>
+    <w:rsid w:val="00196A29"/>
+    <w:rsid w:val="00197A78"/>
+    <w:rsid w:val="001A099F"/>
+    <w:rsid w:val="001A3F68"/>
     <w:rsid w:val="001A45F5"/>
+    <w:rsid w:val="001A5320"/>
+    <w:rsid w:val="001A5F78"/>
+    <w:rsid w:val="001A7FAD"/>
+    <w:rsid w:val="001B00CB"/>
+    <w:rsid w:val="001B2D24"/>
+    <w:rsid w:val="001B3355"/>
     <w:rsid w:val="001B4B50"/>
     <w:rsid w:val="001B501B"/>
+    <w:rsid w:val="001C01AA"/>
     <w:rsid w:val="001C04D5"/>
+    <w:rsid w:val="001C1271"/>
     <w:rsid w:val="001C1AEE"/>
+    <w:rsid w:val="001C2457"/>
+    <w:rsid w:val="001C29D3"/>
     <w:rsid w:val="001C4760"/>
+    <w:rsid w:val="001C4CD7"/>
     <w:rsid w:val="001C552A"/>
+    <w:rsid w:val="001C7D10"/>
     <w:rsid w:val="001D1962"/>
     <w:rsid w:val="001D51D1"/>
+    <w:rsid w:val="001D69D4"/>
+    <w:rsid w:val="001D6CA0"/>
     <w:rsid w:val="001D7A60"/>
+    <w:rsid w:val="001E002B"/>
     <w:rsid w:val="001E008F"/>
     <w:rsid w:val="001E0D12"/>
+    <w:rsid w:val="001E1F43"/>
     <w:rsid w:val="001E4A33"/>
     <w:rsid w:val="001F0743"/>
+    <w:rsid w:val="001F1256"/>
+    <w:rsid w:val="001F1CFF"/>
     <w:rsid w:val="001F326C"/>
     <w:rsid w:val="001F4155"/>
     <w:rsid w:val="001F49CB"/>
     <w:rsid w:val="00200CC2"/>
+    <w:rsid w:val="00202A43"/>
+    <w:rsid w:val="00204426"/>
+    <w:rsid w:val="00204D92"/>
     <w:rsid w:val="00205737"/>
     <w:rsid w:val="00206622"/>
+    <w:rsid w:val="00207076"/>
     <w:rsid w:val="00207C43"/>
+    <w:rsid w:val="002146C8"/>
     <w:rsid w:val="00216CA9"/>
     <w:rsid w:val="00217CB0"/>
+    <w:rsid w:val="00217E84"/>
+    <w:rsid w:val="00220ECF"/>
     <w:rsid w:val="00222BD9"/>
     <w:rsid w:val="002246DF"/>
+    <w:rsid w:val="002252A5"/>
+    <w:rsid w:val="0022697C"/>
+    <w:rsid w:val="00226CA4"/>
     <w:rsid w:val="00226D30"/>
+    <w:rsid w:val="00227070"/>
+    <w:rsid w:val="0022785F"/>
     <w:rsid w:val="00232EA3"/>
+    <w:rsid w:val="002330D8"/>
     <w:rsid w:val="0023496E"/>
     <w:rsid w:val="002358A9"/>
     <w:rsid w:val="00236C12"/>
+    <w:rsid w:val="00237C8A"/>
+    <w:rsid w:val="00243A96"/>
+    <w:rsid w:val="00243FF4"/>
     <w:rsid w:val="00245961"/>
     <w:rsid w:val="00246753"/>
+    <w:rsid w:val="002500A9"/>
+    <w:rsid w:val="00250668"/>
+    <w:rsid w:val="002525BA"/>
+    <w:rsid w:val="00253847"/>
+    <w:rsid w:val="00254A3F"/>
+    <w:rsid w:val="00255217"/>
+    <w:rsid w:val="0025525C"/>
     <w:rsid w:val="00255D0E"/>
+    <w:rsid w:val="00255D1F"/>
+    <w:rsid w:val="002607CB"/>
+    <w:rsid w:val="00261EFB"/>
     <w:rsid w:val="00262414"/>
-    <w:rsid w:val="00262F7F"/>
+    <w:rsid w:val="00262EC2"/>
     <w:rsid w:val="00264129"/>
+    <w:rsid w:val="00264BCA"/>
     <w:rsid w:val="00266149"/>
+    <w:rsid w:val="0026684B"/>
     <w:rsid w:val="00267CDF"/>
+    <w:rsid w:val="0027060B"/>
+    <w:rsid w:val="00270D57"/>
+    <w:rsid w:val="00274172"/>
+    <w:rsid w:val="00274692"/>
+    <w:rsid w:val="00274E92"/>
+    <w:rsid w:val="00276202"/>
+    <w:rsid w:val="00276A94"/>
+    <w:rsid w:val="002770B9"/>
+    <w:rsid w:val="00277180"/>
+    <w:rsid w:val="00277A31"/>
+    <w:rsid w:val="002804A1"/>
+    <w:rsid w:val="00280FF2"/>
+    <w:rsid w:val="002818FF"/>
     <w:rsid w:val="00283850"/>
+    <w:rsid w:val="00283E06"/>
+    <w:rsid w:val="00284FDD"/>
     <w:rsid w:val="0028661D"/>
+    <w:rsid w:val="00287367"/>
     <w:rsid w:val="00292683"/>
     <w:rsid w:val="00292DF8"/>
+    <w:rsid w:val="00294958"/>
     <w:rsid w:val="00294C55"/>
+    <w:rsid w:val="00295023"/>
+    <w:rsid w:val="0029610F"/>
+    <w:rsid w:val="002A001A"/>
+    <w:rsid w:val="002A29F3"/>
     <w:rsid w:val="002A2FAC"/>
     <w:rsid w:val="002A5070"/>
     <w:rsid w:val="002A6CB7"/>
     <w:rsid w:val="002A6EBE"/>
+    <w:rsid w:val="002A77AB"/>
+    <w:rsid w:val="002B00B9"/>
+    <w:rsid w:val="002B1462"/>
+    <w:rsid w:val="002B1E47"/>
+    <w:rsid w:val="002B2580"/>
+    <w:rsid w:val="002B542A"/>
+    <w:rsid w:val="002B6EAA"/>
     <w:rsid w:val="002B71C9"/>
+    <w:rsid w:val="002C0251"/>
+    <w:rsid w:val="002C0503"/>
+    <w:rsid w:val="002C0CD1"/>
+    <w:rsid w:val="002C31B1"/>
+    <w:rsid w:val="002C4A66"/>
     <w:rsid w:val="002C4F67"/>
+    <w:rsid w:val="002C5622"/>
+    <w:rsid w:val="002C579C"/>
+    <w:rsid w:val="002C63D5"/>
+    <w:rsid w:val="002C6D0B"/>
+    <w:rsid w:val="002D0397"/>
     <w:rsid w:val="002D21E5"/>
     <w:rsid w:val="002D357A"/>
     <w:rsid w:val="002D57A1"/>
     <w:rsid w:val="002D5B64"/>
     <w:rsid w:val="002D5EC6"/>
+    <w:rsid w:val="002D7EEA"/>
+    <w:rsid w:val="002E0153"/>
+    <w:rsid w:val="002E0322"/>
+    <w:rsid w:val="002E0D76"/>
+    <w:rsid w:val="002E0EE7"/>
+    <w:rsid w:val="002E19B5"/>
     <w:rsid w:val="002E431D"/>
     <w:rsid w:val="002E5842"/>
+    <w:rsid w:val="002E5F11"/>
+    <w:rsid w:val="002E6255"/>
+    <w:rsid w:val="002E63DF"/>
     <w:rsid w:val="002E6C1A"/>
     <w:rsid w:val="002F14F4"/>
     <w:rsid w:val="002F18EC"/>
     <w:rsid w:val="002F2B68"/>
+    <w:rsid w:val="002F4EAA"/>
+    <w:rsid w:val="002F5780"/>
+    <w:rsid w:val="002F5DEE"/>
+    <w:rsid w:val="002F65E5"/>
     <w:rsid w:val="003003F4"/>
     <w:rsid w:val="00300657"/>
     <w:rsid w:val="0030338B"/>
     <w:rsid w:val="00305B84"/>
     <w:rsid w:val="00307B99"/>
     <w:rsid w:val="00307DF3"/>
+    <w:rsid w:val="00310B69"/>
+    <w:rsid w:val="003111A0"/>
+    <w:rsid w:val="00311D48"/>
+    <w:rsid w:val="0031203A"/>
+    <w:rsid w:val="00312954"/>
+    <w:rsid w:val="003137D8"/>
     <w:rsid w:val="00313FB3"/>
+    <w:rsid w:val="003160D3"/>
     <w:rsid w:val="00316EA9"/>
+    <w:rsid w:val="00317DB0"/>
+    <w:rsid w:val="00320883"/>
     <w:rsid w:val="00320D35"/>
+    <w:rsid w:val="0032105A"/>
+    <w:rsid w:val="00322408"/>
+    <w:rsid w:val="003230F9"/>
     <w:rsid w:val="00323B0D"/>
     <w:rsid w:val="00324583"/>
+    <w:rsid w:val="0032573B"/>
+    <w:rsid w:val="0032622D"/>
+    <w:rsid w:val="00330A97"/>
     <w:rsid w:val="0033179D"/>
     <w:rsid w:val="00332CF4"/>
     <w:rsid w:val="00334095"/>
     <w:rsid w:val="00335104"/>
+    <w:rsid w:val="00336FD2"/>
+    <w:rsid w:val="00337696"/>
+    <w:rsid w:val="00337C72"/>
     <w:rsid w:val="00340603"/>
+    <w:rsid w:val="003406D8"/>
     <w:rsid w:val="00340891"/>
+    <w:rsid w:val="00340BCF"/>
     <w:rsid w:val="00342A7C"/>
+    <w:rsid w:val="00343C60"/>
     <w:rsid w:val="00344836"/>
+    <w:rsid w:val="00345A6F"/>
+    <w:rsid w:val="003461E1"/>
     <w:rsid w:val="0034723C"/>
+    <w:rsid w:val="003514E3"/>
     <w:rsid w:val="00353452"/>
+    <w:rsid w:val="00354683"/>
+    <w:rsid w:val="00354D9F"/>
+    <w:rsid w:val="00355ABF"/>
+    <w:rsid w:val="00355B3E"/>
+    <w:rsid w:val="003562BC"/>
     <w:rsid w:val="00357495"/>
     <w:rsid w:val="00357741"/>
     <w:rsid w:val="00360501"/>
     <w:rsid w:val="00361829"/>
     <w:rsid w:val="00361831"/>
     <w:rsid w:val="00361B96"/>
+    <w:rsid w:val="00361CF9"/>
+    <w:rsid w:val="0036270F"/>
+    <w:rsid w:val="00362BB7"/>
     <w:rsid w:val="003655D9"/>
+    <w:rsid w:val="00366F37"/>
+    <w:rsid w:val="00371AD0"/>
+    <w:rsid w:val="00373157"/>
     <w:rsid w:val="00373319"/>
     <w:rsid w:val="00373390"/>
+    <w:rsid w:val="00375FEA"/>
     <w:rsid w:val="00377048"/>
+    <w:rsid w:val="00377558"/>
+    <w:rsid w:val="0038015C"/>
     <w:rsid w:val="00380D14"/>
+    <w:rsid w:val="00386C6D"/>
     <w:rsid w:val="00387285"/>
     <w:rsid w:val="0039059B"/>
     <w:rsid w:val="00390665"/>
+    <w:rsid w:val="00390BEE"/>
+    <w:rsid w:val="00391A9E"/>
+    <w:rsid w:val="00391C03"/>
     <w:rsid w:val="00392F76"/>
+    <w:rsid w:val="003934F9"/>
     <w:rsid w:val="00393CE3"/>
-    <w:rsid w:val="0039631F"/>
+    <w:rsid w:val="003952A6"/>
+    <w:rsid w:val="00396E1A"/>
+    <w:rsid w:val="003A0D22"/>
     <w:rsid w:val="003A13BC"/>
-    <w:rsid w:val="003A3AC1"/>
+    <w:rsid w:val="003A14B6"/>
     <w:rsid w:val="003A444B"/>
     <w:rsid w:val="003A4D9E"/>
+    <w:rsid w:val="003A62DA"/>
     <w:rsid w:val="003A6E9B"/>
+    <w:rsid w:val="003B04D7"/>
     <w:rsid w:val="003B54E3"/>
     <w:rsid w:val="003B6632"/>
+    <w:rsid w:val="003B6781"/>
     <w:rsid w:val="003B7195"/>
     <w:rsid w:val="003C018F"/>
+    <w:rsid w:val="003C0A16"/>
+    <w:rsid w:val="003C5B72"/>
     <w:rsid w:val="003C70D4"/>
     <w:rsid w:val="003D16BA"/>
+    <w:rsid w:val="003D1834"/>
     <w:rsid w:val="003D3925"/>
     <w:rsid w:val="003D528A"/>
     <w:rsid w:val="003D6409"/>
+    <w:rsid w:val="003D6DA0"/>
     <w:rsid w:val="003D6FEC"/>
+    <w:rsid w:val="003E24CE"/>
+    <w:rsid w:val="003E24FB"/>
+    <w:rsid w:val="003E2E78"/>
     <w:rsid w:val="003E3BCE"/>
+    <w:rsid w:val="003E4711"/>
+    <w:rsid w:val="003E489D"/>
+    <w:rsid w:val="003E4B1B"/>
+    <w:rsid w:val="003E54C6"/>
+    <w:rsid w:val="003E638E"/>
     <w:rsid w:val="003E63D7"/>
+    <w:rsid w:val="003E6AA7"/>
     <w:rsid w:val="003E6C36"/>
     <w:rsid w:val="003F09E5"/>
+    <w:rsid w:val="003F1605"/>
+    <w:rsid w:val="003F16DB"/>
+    <w:rsid w:val="003F23CB"/>
     <w:rsid w:val="003F35DD"/>
+    <w:rsid w:val="003F3600"/>
+    <w:rsid w:val="003F670B"/>
+    <w:rsid w:val="003F6BA5"/>
+    <w:rsid w:val="00400916"/>
     <w:rsid w:val="00400FDD"/>
+    <w:rsid w:val="00401ECA"/>
+    <w:rsid w:val="00401F3D"/>
     <w:rsid w:val="004023ED"/>
     <w:rsid w:val="00403545"/>
+    <w:rsid w:val="0040471E"/>
     <w:rsid w:val="00404D7E"/>
     <w:rsid w:val="00410F03"/>
+    <w:rsid w:val="0041159D"/>
     <w:rsid w:val="00413D6D"/>
     <w:rsid w:val="00413DFA"/>
+    <w:rsid w:val="00414AFB"/>
+    <w:rsid w:val="004163AD"/>
+    <w:rsid w:val="004177F0"/>
     <w:rsid w:val="0042183F"/>
+    <w:rsid w:val="00421FFF"/>
+    <w:rsid w:val="004235C9"/>
     <w:rsid w:val="004243CC"/>
     <w:rsid w:val="00427B2E"/>
+    <w:rsid w:val="00427C5D"/>
+    <w:rsid w:val="00430F94"/>
+    <w:rsid w:val="0043219E"/>
+    <w:rsid w:val="00433A3D"/>
+    <w:rsid w:val="00434418"/>
     <w:rsid w:val="00435E51"/>
+    <w:rsid w:val="00440183"/>
+    <w:rsid w:val="0044130A"/>
     <w:rsid w:val="00444304"/>
+    <w:rsid w:val="00445133"/>
+    <w:rsid w:val="004468B4"/>
+    <w:rsid w:val="00446950"/>
+    <w:rsid w:val="00446FBC"/>
+    <w:rsid w:val="00447486"/>
+    <w:rsid w:val="00447F2E"/>
+    <w:rsid w:val="00450BED"/>
+    <w:rsid w:val="00450E6A"/>
+    <w:rsid w:val="00451661"/>
+    <w:rsid w:val="004540F4"/>
     <w:rsid w:val="004557E5"/>
     <w:rsid w:val="00457703"/>
+    <w:rsid w:val="004603E3"/>
     <w:rsid w:val="004614E4"/>
     <w:rsid w:val="00462F28"/>
+    <w:rsid w:val="00462F81"/>
     <w:rsid w:val="00467680"/>
+    <w:rsid w:val="00467789"/>
     <w:rsid w:val="004678F4"/>
     <w:rsid w:val="00470D0F"/>
+    <w:rsid w:val="004716DE"/>
     <w:rsid w:val="00473AF4"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="0047561A"/>
     <w:rsid w:val="00477AD4"/>
     <w:rsid w:val="00480216"/>
+    <w:rsid w:val="004807F1"/>
     <w:rsid w:val="0048143B"/>
+    <w:rsid w:val="004819A1"/>
+    <w:rsid w:val="00481D0B"/>
+    <w:rsid w:val="00481F88"/>
+    <w:rsid w:val="004843D2"/>
     <w:rsid w:val="004858AF"/>
+    <w:rsid w:val="0048655A"/>
     <w:rsid w:val="0048693E"/>
     <w:rsid w:val="00486FCB"/>
     <w:rsid w:val="004874D2"/>
+    <w:rsid w:val="004900E0"/>
+    <w:rsid w:val="004930A5"/>
+    <w:rsid w:val="004932F7"/>
+    <w:rsid w:val="004937FC"/>
     <w:rsid w:val="00493C8D"/>
+    <w:rsid w:val="00495F99"/>
     <w:rsid w:val="00496A65"/>
-    <w:rsid w:val="004A105D"/>
+    <w:rsid w:val="00497032"/>
+    <w:rsid w:val="004A34E4"/>
+    <w:rsid w:val="004A72E8"/>
+    <w:rsid w:val="004B075B"/>
     <w:rsid w:val="004B0F6C"/>
     <w:rsid w:val="004B202D"/>
     <w:rsid w:val="004B213E"/>
+    <w:rsid w:val="004B2832"/>
+    <w:rsid w:val="004B2E62"/>
+    <w:rsid w:val="004B3928"/>
+    <w:rsid w:val="004B3A3A"/>
+    <w:rsid w:val="004B3DF2"/>
     <w:rsid w:val="004B64FC"/>
     <w:rsid w:val="004B6960"/>
     <w:rsid w:val="004C1668"/>
+    <w:rsid w:val="004C176F"/>
     <w:rsid w:val="004C1F40"/>
     <w:rsid w:val="004C1F6C"/>
+    <w:rsid w:val="004C2138"/>
+    <w:rsid w:val="004C24A3"/>
+    <w:rsid w:val="004C2A36"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rsid w:val="004C4158"/>
     <w:rsid w:val="004C5535"/>
+    <w:rsid w:val="004C67C3"/>
     <w:rsid w:val="004C692A"/>
     <w:rsid w:val="004C7462"/>
+    <w:rsid w:val="004C7F50"/>
+    <w:rsid w:val="004C7FDD"/>
     <w:rsid w:val="004D05F8"/>
+    <w:rsid w:val="004D2799"/>
+    <w:rsid w:val="004D2A0D"/>
+    <w:rsid w:val="004D6E22"/>
+    <w:rsid w:val="004D796E"/>
     <w:rsid w:val="004E081A"/>
+    <w:rsid w:val="004E0F02"/>
+    <w:rsid w:val="004E12A0"/>
     <w:rsid w:val="004E141D"/>
+    <w:rsid w:val="004E3C53"/>
+    <w:rsid w:val="004E423E"/>
+    <w:rsid w:val="004E4CCA"/>
+    <w:rsid w:val="004E5493"/>
+    <w:rsid w:val="004E6D51"/>
+    <w:rsid w:val="004F1CE2"/>
+    <w:rsid w:val="004F30EE"/>
     <w:rsid w:val="004F391C"/>
     <w:rsid w:val="004F536B"/>
+    <w:rsid w:val="004F61CD"/>
+    <w:rsid w:val="004F799F"/>
     <w:rsid w:val="005001D9"/>
     <w:rsid w:val="00500A33"/>
+    <w:rsid w:val="00500D7B"/>
+    <w:rsid w:val="00501FE3"/>
     <w:rsid w:val="005020F2"/>
     <w:rsid w:val="0051693E"/>
     <w:rsid w:val="00516B03"/>
+    <w:rsid w:val="0051773E"/>
     <w:rsid w:val="00520C0E"/>
     <w:rsid w:val="00521288"/>
+    <w:rsid w:val="00521603"/>
+    <w:rsid w:val="005226C7"/>
+    <w:rsid w:val="005226D4"/>
+    <w:rsid w:val="00522750"/>
     <w:rsid w:val="00522ACB"/>
+    <w:rsid w:val="005230AB"/>
     <w:rsid w:val="005232C2"/>
     <w:rsid w:val="00523C6A"/>
     <w:rsid w:val="00523DBD"/>
+    <w:rsid w:val="00526F96"/>
     <w:rsid w:val="0053064E"/>
+    <w:rsid w:val="005314C9"/>
     <w:rsid w:val="00532126"/>
     <w:rsid w:val="00532CC0"/>
+    <w:rsid w:val="0053342F"/>
     <w:rsid w:val="005342BF"/>
+    <w:rsid w:val="005364D9"/>
     <w:rsid w:val="00540533"/>
     <w:rsid w:val="00540887"/>
     <w:rsid w:val="00540913"/>
+    <w:rsid w:val="00542356"/>
     <w:rsid w:val="00542EA4"/>
     <w:rsid w:val="00545B45"/>
+    <w:rsid w:val="005460A2"/>
+    <w:rsid w:val="0054656A"/>
+    <w:rsid w:val="0055148A"/>
+    <w:rsid w:val="005519B0"/>
     <w:rsid w:val="00552C78"/>
+    <w:rsid w:val="005543E2"/>
+    <w:rsid w:val="005569E5"/>
     <w:rsid w:val="00557B93"/>
     <w:rsid w:val="00560E87"/>
+    <w:rsid w:val="00561666"/>
     <w:rsid w:val="00561DC6"/>
+    <w:rsid w:val="005661EA"/>
+    <w:rsid w:val="0056789A"/>
     <w:rsid w:val="0057054A"/>
     <w:rsid w:val="00574353"/>
+    <w:rsid w:val="0057448D"/>
     <w:rsid w:val="00574D85"/>
     <w:rsid w:val="0057529C"/>
     <w:rsid w:val="005760DE"/>
+    <w:rsid w:val="00580B49"/>
     <w:rsid w:val="00581650"/>
+    <w:rsid w:val="00581A14"/>
     <w:rsid w:val="00581B19"/>
+    <w:rsid w:val="0058321B"/>
     <w:rsid w:val="005835DB"/>
     <w:rsid w:val="00583964"/>
+    <w:rsid w:val="00584F48"/>
     <w:rsid w:val="00585B56"/>
+    <w:rsid w:val="00585C9B"/>
+    <w:rsid w:val="00586135"/>
+    <w:rsid w:val="0058768E"/>
+    <w:rsid w:val="00590B4C"/>
+    <w:rsid w:val="00592C63"/>
+    <w:rsid w:val="005942E9"/>
+    <w:rsid w:val="005947A6"/>
     <w:rsid w:val="005A060B"/>
     <w:rsid w:val="005A17C3"/>
+    <w:rsid w:val="005A1E5E"/>
+    <w:rsid w:val="005A1E7A"/>
+    <w:rsid w:val="005A2056"/>
     <w:rsid w:val="005A3D8C"/>
+    <w:rsid w:val="005A3FCD"/>
+    <w:rsid w:val="005A40FC"/>
     <w:rsid w:val="005A56BA"/>
+    <w:rsid w:val="005A584E"/>
+    <w:rsid w:val="005A5ABF"/>
     <w:rsid w:val="005A5B6F"/>
     <w:rsid w:val="005B06D2"/>
+    <w:rsid w:val="005B0DE9"/>
     <w:rsid w:val="005B2877"/>
+    <w:rsid w:val="005B2C87"/>
     <w:rsid w:val="005B3315"/>
     <w:rsid w:val="005B3890"/>
     <w:rsid w:val="005B3B7B"/>
+    <w:rsid w:val="005B433D"/>
+    <w:rsid w:val="005B5D8E"/>
+    <w:rsid w:val="005B6EFA"/>
     <w:rsid w:val="005B717E"/>
+    <w:rsid w:val="005C005F"/>
     <w:rsid w:val="005C1CC3"/>
     <w:rsid w:val="005C3A92"/>
+    <w:rsid w:val="005C3D7C"/>
+    <w:rsid w:val="005C469A"/>
     <w:rsid w:val="005C4D4F"/>
+    <w:rsid w:val="005C55EE"/>
+    <w:rsid w:val="005C5719"/>
     <w:rsid w:val="005C6C83"/>
     <w:rsid w:val="005C7DE9"/>
+    <w:rsid w:val="005D108E"/>
     <w:rsid w:val="005D1966"/>
+    <w:rsid w:val="005D3D89"/>
     <w:rsid w:val="005D40BD"/>
+    <w:rsid w:val="005D4B4A"/>
+    <w:rsid w:val="005D5D33"/>
+    <w:rsid w:val="005E2FF9"/>
+    <w:rsid w:val="005E3534"/>
     <w:rsid w:val="005E422A"/>
+    <w:rsid w:val="005E5BE6"/>
+    <w:rsid w:val="005E72DB"/>
     <w:rsid w:val="005E77CA"/>
     <w:rsid w:val="005E7D3C"/>
+    <w:rsid w:val="005F284E"/>
+    <w:rsid w:val="005F2DAC"/>
+    <w:rsid w:val="005F4CB4"/>
     <w:rsid w:val="005F5AB1"/>
+    <w:rsid w:val="005F6528"/>
     <w:rsid w:val="005F6D67"/>
+    <w:rsid w:val="00600B16"/>
+    <w:rsid w:val="0060147F"/>
+    <w:rsid w:val="00601E6C"/>
+    <w:rsid w:val="00602825"/>
+    <w:rsid w:val="006038AD"/>
+    <w:rsid w:val="00605BFD"/>
     <w:rsid w:val="00605FF6"/>
+    <w:rsid w:val="00607FF0"/>
+    <w:rsid w:val="006102FE"/>
+    <w:rsid w:val="00610D18"/>
+    <w:rsid w:val="00611CB0"/>
+    <w:rsid w:val="00617F69"/>
+    <w:rsid w:val="00620070"/>
     <w:rsid w:val="00620EB2"/>
+    <w:rsid w:val="006212E8"/>
     <w:rsid w:val="006261A7"/>
     <w:rsid w:val="00626A5A"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="006303C8"/>
+    <w:rsid w:val="00630EA8"/>
     <w:rsid w:val="006310E4"/>
+    <w:rsid w:val="00631C3F"/>
+    <w:rsid w:val="00632B84"/>
     <w:rsid w:val="00632D4D"/>
+    <w:rsid w:val="00633CAA"/>
+    <w:rsid w:val="00634FCF"/>
     <w:rsid w:val="00636299"/>
     <w:rsid w:val="006367FB"/>
     <w:rsid w:val="00637441"/>
+    <w:rsid w:val="00637483"/>
+    <w:rsid w:val="0063784C"/>
     <w:rsid w:val="0064184A"/>
+    <w:rsid w:val="00642290"/>
+    <w:rsid w:val="006422A2"/>
     <w:rsid w:val="006426A9"/>
     <w:rsid w:val="00642946"/>
+    <w:rsid w:val="00642B33"/>
     <w:rsid w:val="00642B87"/>
+    <w:rsid w:val="00643130"/>
     <w:rsid w:val="00645AA5"/>
     <w:rsid w:val="0064713B"/>
     <w:rsid w:val="00647A73"/>
+    <w:rsid w:val="00647AB5"/>
+    <w:rsid w:val="00647ED2"/>
     <w:rsid w:val="00651E59"/>
-    <w:rsid w:val="00655E2E"/>
+    <w:rsid w:val="006546F9"/>
+    <w:rsid w:val="0065617D"/>
     <w:rsid w:val="00661574"/>
+    <w:rsid w:val="006629F1"/>
+    <w:rsid w:val="00662CC1"/>
     <w:rsid w:val="0066377B"/>
+    <w:rsid w:val="00665CE2"/>
+    <w:rsid w:val="00670782"/>
     <w:rsid w:val="00671441"/>
     <w:rsid w:val="00672360"/>
+    <w:rsid w:val="0067299A"/>
+    <w:rsid w:val="006730BC"/>
     <w:rsid w:val="00673F8F"/>
+    <w:rsid w:val="00674CF1"/>
     <w:rsid w:val="00675E54"/>
     <w:rsid w:val="006808C8"/>
     <w:rsid w:val="00682274"/>
+    <w:rsid w:val="0068306B"/>
+    <w:rsid w:val="00683D7F"/>
     <w:rsid w:val="00687865"/>
     <w:rsid w:val="00687BD1"/>
+    <w:rsid w:val="0069019E"/>
     <w:rsid w:val="00691264"/>
     <w:rsid w:val="00693507"/>
+    <w:rsid w:val="00693607"/>
+    <w:rsid w:val="006941A1"/>
+    <w:rsid w:val="006943C5"/>
+    <w:rsid w:val="006944B8"/>
+    <w:rsid w:val="00697315"/>
     <w:rsid w:val="006A0D71"/>
     <w:rsid w:val="006A213E"/>
     <w:rsid w:val="006A3200"/>
+    <w:rsid w:val="006A3503"/>
+    <w:rsid w:val="006A3657"/>
     <w:rsid w:val="006A49B7"/>
     <w:rsid w:val="006A54F9"/>
+    <w:rsid w:val="006A5E55"/>
+    <w:rsid w:val="006A60B6"/>
+    <w:rsid w:val="006B01FF"/>
+    <w:rsid w:val="006B32DE"/>
+    <w:rsid w:val="006B68B3"/>
+    <w:rsid w:val="006B7C64"/>
+    <w:rsid w:val="006C04EC"/>
+    <w:rsid w:val="006C2B6A"/>
+    <w:rsid w:val="006C2B8D"/>
     <w:rsid w:val="006C3B81"/>
-    <w:rsid w:val="006C5888"/>
     <w:rsid w:val="006C655B"/>
     <w:rsid w:val="006C75F9"/>
     <w:rsid w:val="006C7EB6"/>
+    <w:rsid w:val="006D0C74"/>
+    <w:rsid w:val="006D1A12"/>
+    <w:rsid w:val="006D5F75"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:rsid w:val="006D77F8"/>
+    <w:rsid w:val="006E0633"/>
     <w:rsid w:val="006E0F74"/>
     <w:rsid w:val="006E1DD6"/>
     <w:rsid w:val="006E23CF"/>
+    <w:rsid w:val="006E37F1"/>
     <w:rsid w:val="006E3A59"/>
     <w:rsid w:val="006E41C0"/>
     <w:rsid w:val="006E6045"/>
     <w:rsid w:val="006E6B7E"/>
     <w:rsid w:val="006E709A"/>
+    <w:rsid w:val="006F04EC"/>
+    <w:rsid w:val="006F1919"/>
     <w:rsid w:val="006F1C44"/>
+    <w:rsid w:val="006F2391"/>
+    <w:rsid w:val="006F402F"/>
     <w:rsid w:val="006F4196"/>
     <w:rsid w:val="006F524D"/>
+    <w:rsid w:val="006F533E"/>
+    <w:rsid w:val="006F5825"/>
+    <w:rsid w:val="006F6858"/>
     <w:rsid w:val="006F7017"/>
+    <w:rsid w:val="0070031C"/>
+    <w:rsid w:val="00702127"/>
+    <w:rsid w:val="00704490"/>
+    <w:rsid w:val="007051CD"/>
+    <w:rsid w:val="00706B88"/>
     <w:rsid w:val="007070BD"/>
+    <w:rsid w:val="00711527"/>
     <w:rsid w:val="007121E1"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
+    <w:rsid w:val="007151A9"/>
     <w:rsid w:val="007179C0"/>
+    <w:rsid w:val="00717FDC"/>
     <w:rsid w:val="00720E7E"/>
     <w:rsid w:val="00721CA7"/>
+    <w:rsid w:val="00722EEF"/>
     <w:rsid w:val="00724260"/>
+    <w:rsid w:val="00724FA2"/>
     <w:rsid w:val="007255F3"/>
     <w:rsid w:val="00725ADD"/>
     <w:rsid w:val="007266F9"/>
+    <w:rsid w:val="007278DB"/>
+    <w:rsid w:val="007307B0"/>
     <w:rsid w:val="00730A61"/>
     <w:rsid w:val="00730FEF"/>
     <w:rsid w:val="00731253"/>
+    <w:rsid w:val="007338B0"/>
     <w:rsid w:val="007350A2"/>
+    <w:rsid w:val="007354D3"/>
     <w:rsid w:val="00735A06"/>
+    <w:rsid w:val="00736BA0"/>
     <w:rsid w:val="00736F93"/>
+    <w:rsid w:val="00736FCF"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rsid w:val="007411AF"/>
+    <w:rsid w:val="00741901"/>
+    <w:rsid w:val="00741FC4"/>
+    <w:rsid w:val="0074237D"/>
     <w:rsid w:val="00742FBC"/>
     <w:rsid w:val="00743AF6"/>
     <w:rsid w:val="007441EE"/>
+    <w:rsid w:val="0074451F"/>
     <w:rsid w:val="007448F8"/>
     <w:rsid w:val="00744E21"/>
+    <w:rsid w:val="0074599F"/>
+    <w:rsid w:val="00746F7F"/>
+    <w:rsid w:val="00747410"/>
     <w:rsid w:val="0075219A"/>
     <w:rsid w:val="007560FB"/>
     <w:rsid w:val="0075704A"/>
     <w:rsid w:val="00760949"/>
+    <w:rsid w:val="0076384B"/>
+    <w:rsid w:val="00766B02"/>
     <w:rsid w:val="00767771"/>
     <w:rsid w:val="00767817"/>
     <w:rsid w:val="00770167"/>
     <w:rsid w:val="0077055F"/>
     <w:rsid w:val="007705C8"/>
     <w:rsid w:val="0077077C"/>
     <w:rsid w:val="00770CE2"/>
+    <w:rsid w:val="00771A82"/>
+    <w:rsid w:val="0077266E"/>
+    <w:rsid w:val="00773448"/>
+    <w:rsid w:val="007737DD"/>
     <w:rsid w:val="00773C6C"/>
+    <w:rsid w:val="00775D1E"/>
+    <w:rsid w:val="00776DA2"/>
     <w:rsid w:val="007771E3"/>
+    <w:rsid w:val="00777782"/>
+    <w:rsid w:val="007777C8"/>
     <w:rsid w:val="007778C5"/>
     <w:rsid w:val="00782061"/>
     <w:rsid w:val="00782786"/>
     <w:rsid w:val="00785ECE"/>
+    <w:rsid w:val="00786001"/>
+    <w:rsid w:val="00786071"/>
     <w:rsid w:val="007863B0"/>
     <w:rsid w:val="007868C4"/>
     <w:rsid w:val="00792DB6"/>
     <w:rsid w:val="0079316E"/>
     <w:rsid w:val="00793A0E"/>
+    <w:rsid w:val="00794948"/>
     <w:rsid w:val="00795664"/>
     <w:rsid w:val="00796B84"/>
+    <w:rsid w:val="007973F9"/>
+    <w:rsid w:val="007A111B"/>
+    <w:rsid w:val="007A146E"/>
+    <w:rsid w:val="007A1585"/>
     <w:rsid w:val="007A1810"/>
+    <w:rsid w:val="007A1D1D"/>
     <w:rsid w:val="007A287B"/>
+    <w:rsid w:val="007A2BB8"/>
     <w:rsid w:val="007A3039"/>
+    <w:rsid w:val="007A46AB"/>
     <w:rsid w:val="007A5441"/>
+    <w:rsid w:val="007A550A"/>
     <w:rsid w:val="007A5898"/>
+    <w:rsid w:val="007A58E7"/>
     <w:rsid w:val="007A6079"/>
     <w:rsid w:val="007A6D87"/>
     <w:rsid w:val="007A73C6"/>
+    <w:rsid w:val="007B0112"/>
+    <w:rsid w:val="007B2920"/>
+    <w:rsid w:val="007B4737"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B5C33"/>
+    <w:rsid w:val="007B606E"/>
+    <w:rsid w:val="007B6504"/>
     <w:rsid w:val="007B680C"/>
+    <w:rsid w:val="007B701B"/>
+    <w:rsid w:val="007B7BB0"/>
+    <w:rsid w:val="007C1304"/>
+    <w:rsid w:val="007C2D74"/>
+    <w:rsid w:val="007C2EEE"/>
+    <w:rsid w:val="007C2F4B"/>
     <w:rsid w:val="007C3B12"/>
+    <w:rsid w:val="007C5194"/>
+    <w:rsid w:val="007C6C8A"/>
+    <w:rsid w:val="007D05FE"/>
+    <w:rsid w:val="007D37D5"/>
     <w:rsid w:val="007D3845"/>
-    <w:rsid w:val="007D474A"/>
     <w:rsid w:val="007D6083"/>
     <w:rsid w:val="007D62D7"/>
+    <w:rsid w:val="007D6FEC"/>
+    <w:rsid w:val="007D7D04"/>
+    <w:rsid w:val="007E55C0"/>
+    <w:rsid w:val="007F02CF"/>
+    <w:rsid w:val="007F1182"/>
+    <w:rsid w:val="007F1A6D"/>
     <w:rsid w:val="007F3ABD"/>
+    <w:rsid w:val="007F6BDB"/>
     <w:rsid w:val="007F7FDD"/>
+    <w:rsid w:val="0080067E"/>
+    <w:rsid w:val="00800E6B"/>
+    <w:rsid w:val="00801922"/>
     <w:rsid w:val="00803F50"/>
+    <w:rsid w:val="00803F8A"/>
+    <w:rsid w:val="00806A5E"/>
     <w:rsid w:val="00807353"/>
     <w:rsid w:val="008074A0"/>
     <w:rsid w:val="0081084E"/>
     <w:rsid w:val="00811399"/>
+    <w:rsid w:val="00811669"/>
     <w:rsid w:val="00811CBB"/>
+    <w:rsid w:val="00811E01"/>
+    <w:rsid w:val="00812A7B"/>
+    <w:rsid w:val="00816199"/>
     <w:rsid w:val="008162A4"/>
     <w:rsid w:val="00820885"/>
+    <w:rsid w:val="00821EB1"/>
     <w:rsid w:val="00822988"/>
     <w:rsid w:val="00822E52"/>
+    <w:rsid w:val="00823075"/>
     <w:rsid w:val="00823CE3"/>
+    <w:rsid w:val="008259CA"/>
     <w:rsid w:val="00825BD2"/>
+    <w:rsid w:val="008262D0"/>
+    <w:rsid w:val="008263EE"/>
     <w:rsid w:val="00830B57"/>
     <w:rsid w:val="008346D9"/>
+    <w:rsid w:val="00836EA8"/>
+    <w:rsid w:val="008375AE"/>
+    <w:rsid w:val="008376C9"/>
+    <w:rsid w:val="00837B9D"/>
     <w:rsid w:val="00841AD7"/>
+    <w:rsid w:val="00843E9F"/>
+    <w:rsid w:val="00843F3B"/>
+    <w:rsid w:val="00844AAC"/>
     <w:rsid w:val="008470A7"/>
+    <w:rsid w:val="008472FE"/>
     <w:rsid w:val="0084783C"/>
     <w:rsid w:val="0085057B"/>
     <w:rsid w:val="00850868"/>
     <w:rsid w:val="008511D4"/>
+    <w:rsid w:val="00851357"/>
+    <w:rsid w:val="00851DFA"/>
+    <w:rsid w:val="00852EC5"/>
+    <w:rsid w:val="0085350A"/>
+    <w:rsid w:val="00853A7F"/>
+    <w:rsid w:val="0085593D"/>
+    <w:rsid w:val="00855F20"/>
     <w:rsid w:val="008564A0"/>
+    <w:rsid w:val="0085663B"/>
+    <w:rsid w:val="00857564"/>
     <w:rsid w:val="00860234"/>
+    <w:rsid w:val="00860542"/>
+    <w:rsid w:val="00860D56"/>
+    <w:rsid w:val="00861481"/>
+    <w:rsid w:val="00862159"/>
+    <w:rsid w:val="00863E0D"/>
+    <w:rsid w:val="00864C22"/>
     <w:rsid w:val="00865A1B"/>
     <w:rsid w:val="008676D4"/>
+    <w:rsid w:val="00870EF3"/>
+    <w:rsid w:val="00871F47"/>
+    <w:rsid w:val="008722A2"/>
+    <w:rsid w:val="00872543"/>
     <w:rsid w:val="008727E9"/>
+    <w:rsid w:val="00873C38"/>
+    <w:rsid w:val="00873D71"/>
     <w:rsid w:val="00874E1B"/>
     <w:rsid w:val="0087511A"/>
+    <w:rsid w:val="008808DD"/>
+    <w:rsid w:val="00881077"/>
     <w:rsid w:val="00882A39"/>
+    <w:rsid w:val="00882FF9"/>
     <w:rsid w:val="00883985"/>
+    <w:rsid w:val="00884327"/>
     <w:rsid w:val="00884E61"/>
     <w:rsid w:val="00886FA0"/>
     <w:rsid w:val="00887C41"/>
+    <w:rsid w:val="00890C9D"/>
+    <w:rsid w:val="008917E1"/>
     <w:rsid w:val="00892966"/>
+    <w:rsid w:val="00894B43"/>
+    <w:rsid w:val="00894D76"/>
+    <w:rsid w:val="00894DC3"/>
     <w:rsid w:val="0089507D"/>
+    <w:rsid w:val="0089605A"/>
+    <w:rsid w:val="008A0A39"/>
+    <w:rsid w:val="008A2C01"/>
+    <w:rsid w:val="008A4C3C"/>
     <w:rsid w:val="008A4FB8"/>
+    <w:rsid w:val="008A5C11"/>
+    <w:rsid w:val="008A73B2"/>
     <w:rsid w:val="008A78C7"/>
     <w:rsid w:val="008A7CF7"/>
+    <w:rsid w:val="008A7D9A"/>
     <w:rsid w:val="008B3608"/>
+    <w:rsid w:val="008B449F"/>
     <w:rsid w:val="008B4E3B"/>
+    <w:rsid w:val="008B5C43"/>
+    <w:rsid w:val="008B7448"/>
     <w:rsid w:val="008C39DF"/>
     <w:rsid w:val="008C435A"/>
+    <w:rsid w:val="008C4D8C"/>
+    <w:rsid w:val="008C5299"/>
+    <w:rsid w:val="008C7826"/>
     <w:rsid w:val="008D0047"/>
     <w:rsid w:val="008D0D33"/>
+    <w:rsid w:val="008D1283"/>
+    <w:rsid w:val="008D19FC"/>
     <w:rsid w:val="008D47D3"/>
+    <w:rsid w:val="008D4ECB"/>
+    <w:rsid w:val="008D5030"/>
     <w:rsid w:val="008D67A8"/>
+    <w:rsid w:val="008E17FD"/>
     <w:rsid w:val="008E1CB6"/>
+    <w:rsid w:val="008E3222"/>
+    <w:rsid w:val="008E39B3"/>
+    <w:rsid w:val="008E419E"/>
     <w:rsid w:val="008E4C82"/>
+    <w:rsid w:val="008F00BF"/>
     <w:rsid w:val="008F0268"/>
     <w:rsid w:val="008F23DC"/>
     <w:rsid w:val="008F2521"/>
-    <w:rsid w:val="008F39CD"/>
+    <w:rsid w:val="008F2CDE"/>
     <w:rsid w:val="008F4974"/>
     <w:rsid w:val="008F4EF2"/>
+    <w:rsid w:val="00901A30"/>
+    <w:rsid w:val="00902422"/>
     <w:rsid w:val="009035E3"/>
     <w:rsid w:val="00904721"/>
+    <w:rsid w:val="00904780"/>
     <w:rsid w:val="00906430"/>
     <w:rsid w:val="009071B4"/>
+    <w:rsid w:val="009127DD"/>
+    <w:rsid w:val="00912C58"/>
+    <w:rsid w:val="009140C2"/>
     <w:rsid w:val="0091543E"/>
+    <w:rsid w:val="00915776"/>
+    <w:rsid w:val="0091665D"/>
     <w:rsid w:val="009176DC"/>
+    <w:rsid w:val="00923789"/>
     <w:rsid w:val="00923B89"/>
+    <w:rsid w:val="0092480F"/>
+    <w:rsid w:val="009266B4"/>
+    <w:rsid w:val="0092704A"/>
     <w:rsid w:val="0092729E"/>
+    <w:rsid w:val="00927705"/>
+    <w:rsid w:val="00927B07"/>
+    <w:rsid w:val="00927E52"/>
+    <w:rsid w:val="009307D4"/>
+    <w:rsid w:val="00930DCE"/>
     <w:rsid w:val="00932920"/>
+    <w:rsid w:val="00932CCE"/>
+    <w:rsid w:val="00932E1A"/>
     <w:rsid w:val="00933182"/>
+    <w:rsid w:val="00933C41"/>
+    <w:rsid w:val="00933C49"/>
+    <w:rsid w:val="00933D52"/>
     <w:rsid w:val="0093401F"/>
+    <w:rsid w:val="00934396"/>
     <w:rsid w:val="0093455C"/>
+    <w:rsid w:val="00934A7D"/>
+    <w:rsid w:val="00934D39"/>
     <w:rsid w:val="009361D5"/>
+    <w:rsid w:val="00941839"/>
+    <w:rsid w:val="00941CEB"/>
     <w:rsid w:val="009423FD"/>
+    <w:rsid w:val="0094243F"/>
     <w:rsid w:val="00942B98"/>
+    <w:rsid w:val="00942CC8"/>
     <w:rsid w:val="0094389E"/>
+    <w:rsid w:val="00944F3A"/>
     <w:rsid w:val="009468E8"/>
     <w:rsid w:val="00950377"/>
+    <w:rsid w:val="00952138"/>
+    <w:rsid w:val="009538E8"/>
+    <w:rsid w:val="009548CD"/>
     <w:rsid w:val="00954C8B"/>
+    <w:rsid w:val="00956740"/>
     <w:rsid w:val="00956CC2"/>
+    <w:rsid w:val="00957CB0"/>
+    <w:rsid w:val="00960DA7"/>
     <w:rsid w:val="00961301"/>
     <w:rsid w:val="00961622"/>
     <w:rsid w:val="00962638"/>
+    <w:rsid w:val="00962C50"/>
     <w:rsid w:val="009638EF"/>
     <w:rsid w:val="00964514"/>
     <w:rsid w:val="00964969"/>
     <w:rsid w:val="00967A47"/>
     <w:rsid w:val="00967F86"/>
+    <w:rsid w:val="00970BE7"/>
+    <w:rsid w:val="00971593"/>
+    <w:rsid w:val="00971796"/>
+    <w:rsid w:val="00971A4C"/>
     <w:rsid w:val="009724F0"/>
     <w:rsid w:val="00973AD1"/>
     <w:rsid w:val="00974FFA"/>
     <w:rsid w:val="00976066"/>
+    <w:rsid w:val="00977265"/>
+    <w:rsid w:val="0098121B"/>
     <w:rsid w:val="009815F0"/>
     <w:rsid w:val="00981F01"/>
-    <w:rsid w:val="0098234E"/>
     <w:rsid w:val="00982D8A"/>
+    <w:rsid w:val="0098484B"/>
     <w:rsid w:val="00987338"/>
+    <w:rsid w:val="00992230"/>
     <w:rsid w:val="00993F59"/>
     <w:rsid w:val="00997F18"/>
-    <w:rsid w:val="009B01CA"/>
+    <w:rsid w:val="009A21A2"/>
+    <w:rsid w:val="009A231C"/>
+    <w:rsid w:val="009A33E3"/>
+    <w:rsid w:val="009A3BA6"/>
+    <w:rsid w:val="009A407F"/>
+    <w:rsid w:val="009A4477"/>
+    <w:rsid w:val="009A452E"/>
+    <w:rsid w:val="009A6050"/>
     <w:rsid w:val="009B2AD4"/>
+    <w:rsid w:val="009B2FD8"/>
     <w:rsid w:val="009B5EE5"/>
+    <w:rsid w:val="009B737F"/>
+    <w:rsid w:val="009C3024"/>
     <w:rsid w:val="009C3652"/>
+    <w:rsid w:val="009C4D04"/>
+    <w:rsid w:val="009C5AEB"/>
+    <w:rsid w:val="009C5EAD"/>
     <w:rsid w:val="009C66CC"/>
     <w:rsid w:val="009C6DA0"/>
+    <w:rsid w:val="009C7127"/>
+    <w:rsid w:val="009D07B8"/>
+    <w:rsid w:val="009D25E9"/>
+    <w:rsid w:val="009D2C8F"/>
+    <w:rsid w:val="009D307D"/>
+    <w:rsid w:val="009D3BFF"/>
+    <w:rsid w:val="009D488A"/>
+    <w:rsid w:val="009D629E"/>
+    <w:rsid w:val="009D70DC"/>
+    <w:rsid w:val="009D7C21"/>
+    <w:rsid w:val="009E0EC5"/>
+    <w:rsid w:val="009E2827"/>
+    <w:rsid w:val="009E4579"/>
     <w:rsid w:val="009E4751"/>
+    <w:rsid w:val="009E4EF9"/>
+    <w:rsid w:val="009E4FCA"/>
     <w:rsid w:val="009E6946"/>
     <w:rsid w:val="009F079B"/>
+    <w:rsid w:val="009F1C86"/>
+    <w:rsid w:val="009F2A85"/>
     <w:rsid w:val="009F2D63"/>
+    <w:rsid w:val="009F311E"/>
+    <w:rsid w:val="009F5E59"/>
+    <w:rsid w:val="009F6A28"/>
+    <w:rsid w:val="00A00366"/>
     <w:rsid w:val="00A033E9"/>
     <w:rsid w:val="00A04663"/>
+    <w:rsid w:val="00A056A9"/>
+    <w:rsid w:val="00A05915"/>
+    <w:rsid w:val="00A05E39"/>
     <w:rsid w:val="00A07DDB"/>
     <w:rsid w:val="00A1023C"/>
+    <w:rsid w:val="00A10931"/>
+    <w:rsid w:val="00A12E1D"/>
+    <w:rsid w:val="00A157E3"/>
+    <w:rsid w:val="00A16EAB"/>
+    <w:rsid w:val="00A17E4D"/>
+    <w:rsid w:val="00A20AD5"/>
+    <w:rsid w:val="00A22AA3"/>
+    <w:rsid w:val="00A22AD0"/>
+    <w:rsid w:val="00A2399B"/>
     <w:rsid w:val="00A25A42"/>
+    <w:rsid w:val="00A26FDC"/>
     <w:rsid w:val="00A27020"/>
     <w:rsid w:val="00A31576"/>
     <w:rsid w:val="00A354B3"/>
+    <w:rsid w:val="00A35FE4"/>
+    <w:rsid w:val="00A36723"/>
+    <w:rsid w:val="00A37E55"/>
+    <w:rsid w:val="00A415CE"/>
+    <w:rsid w:val="00A422A6"/>
     <w:rsid w:val="00A423BC"/>
     <w:rsid w:val="00A437A1"/>
     <w:rsid w:val="00A43AD2"/>
     <w:rsid w:val="00A4477F"/>
+    <w:rsid w:val="00A45DDE"/>
     <w:rsid w:val="00A46035"/>
+    <w:rsid w:val="00A470D1"/>
+    <w:rsid w:val="00A4756B"/>
+    <w:rsid w:val="00A47651"/>
+    <w:rsid w:val="00A50AA3"/>
     <w:rsid w:val="00A50C28"/>
     <w:rsid w:val="00A512FE"/>
     <w:rsid w:val="00A51C73"/>
     <w:rsid w:val="00A52D39"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:rsid w:val="00A54A43"/>
+    <w:rsid w:val="00A54C21"/>
+    <w:rsid w:val="00A5630F"/>
     <w:rsid w:val="00A56A4F"/>
     <w:rsid w:val="00A57FEB"/>
     <w:rsid w:val="00A60F01"/>
     <w:rsid w:val="00A624BD"/>
     <w:rsid w:val="00A63A73"/>
     <w:rsid w:val="00A6424C"/>
+    <w:rsid w:val="00A643F6"/>
+    <w:rsid w:val="00A65170"/>
     <w:rsid w:val="00A65592"/>
+    <w:rsid w:val="00A660D0"/>
+    <w:rsid w:val="00A670A8"/>
+    <w:rsid w:val="00A670E2"/>
     <w:rsid w:val="00A67512"/>
+    <w:rsid w:val="00A67C97"/>
     <w:rsid w:val="00A70637"/>
+    <w:rsid w:val="00A70976"/>
+    <w:rsid w:val="00A751AA"/>
     <w:rsid w:val="00A75B98"/>
+    <w:rsid w:val="00A75E98"/>
     <w:rsid w:val="00A763F0"/>
+    <w:rsid w:val="00A7773F"/>
     <w:rsid w:val="00A80601"/>
     <w:rsid w:val="00A8165D"/>
+    <w:rsid w:val="00A81CBF"/>
     <w:rsid w:val="00A85307"/>
     <w:rsid w:val="00A861D4"/>
-    <w:rsid w:val="00A95631"/>
+    <w:rsid w:val="00A91BEB"/>
+    <w:rsid w:val="00A925DB"/>
+    <w:rsid w:val="00A94139"/>
+    <w:rsid w:val="00A95E9D"/>
+    <w:rsid w:val="00A962EF"/>
+    <w:rsid w:val="00A9656E"/>
+    <w:rsid w:val="00A96A04"/>
+    <w:rsid w:val="00A97DBC"/>
     <w:rsid w:val="00AA0BF1"/>
+    <w:rsid w:val="00AA0CCC"/>
     <w:rsid w:val="00AA4006"/>
+    <w:rsid w:val="00AA4FDF"/>
     <w:rsid w:val="00AA553C"/>
+    <w:rsid w:val="00AA5F10"/>
     <w:rsid w:val="00AA6FBE"/>
+    <w:rsid w:val="00AB0DE4"/>
     <w:rsid w:val="00AB1A4A"/>
-    <w:rsid w:val="00AB555E"/>
+    <w:rsid w:val="00AB1D26"/>
+    <w:rsid w:val="00AB791E"/>
+    <w:rsid w:val="00AB7A05"/>
     <w:rsid w:val="00AC0390"/>
+    <w:rsid w:val="00AC3949"/>
+    <w:rsid w:val="00AC3DF4"/>
+    <w:rsid w:val="00AC5FE0"/>
     <w:rsid w:val="00AC615C"/>
     <w:rsid w:val="00AC6E76"/>
+    <w:rsid w:val="00AD0BED"/>
     <w:rsid w:val="00AD0FCF"/>
     <w:rsid w:val="00AD2540"/>
+    <w:rsid w:val="00AD3B28"/>
+    <w:rsid w:val="00AD3D75"/>
+    <w:rsid w:val="00AD43FB"/>
+    <w:rsid w:val="00AD5BA1"/>
+    <w:rsid w:val="00AD6E83"/>
     <w:rsid w:val="00AD7985"/>
+    <w:rsid w:val="00AD7B72"/>
+    <w:rsid w:val="00AE10A6"/>
+    <w:rsid w:val="00AE2E41"/>
+    <w:rsid w:val="00AE3156"/>
+    <w:rsid w:val="00AE3C4A"/>
+    <w:rsid w:val="00AE3FD8"/>
+    <w:rsid w:val="00AE63F2"/>
+    <w:rsid w:val="00AE6824"/>
     <w:rsid w:val="00AE739C"/>
+    <w:rsid w:val="00AE74E3"/>
+    <w:rsid w:val="00AF0B7D"/>
     <w:rsid w:val="00AF2119"/>
+    <w:rsid w:val="00AF2465"/>
+    <w:rsid w:val="00AF34C1"/>
     <w:rsid w:val="00AF3584"/>
+    <w:rsid w:val="00AF3A5F"/>
+    <w:rsid w:val="00AF541F"/>
+    <w:rsid w:val="00AF60FD"/>
     <w:rsid w:val="00B012D3"/>
+    <w:rsid w:val="00B02816"/>
+    <w:rsid w:val="00B03B7E"/>
+    <w:rsid w:val="00B05958"/>
+    <w:rsid w:val="00B07AE6"/>
+    <w:rsid w:val="00B10740"/>
+    <w:rsid w:val="00B11325"/>
+    <w:rsid w:val="00B11CAD"/>
     <w:rsid w:val="00B14CD2"/>
     <w:rsid w:val="00B14D0D"/>
+    <w:rsid w:val="00B15D9B"/>
+    <w:rsid w:val="00B16F50"/>
     <w:rsid w:val="00B17346"/>
+    <w:rsid w:val="00B17D8E"/>
+    <w:rsid w:val="00B20288"/>
+    <w:rsid w:val="00B237BD"/>
+    <w:rsid w:val="00B23D9C"/>
+    <w:rsid w:val="00B23F1A"/>
+    <w:rsid w:val="00B250F5"/>
+    <w:rsid w:val="00B27603"/>
+    <w:rsid w:val="00B31D52"/>
+    <w:rsid w:val="00B3258A"/>
+    <w:rsid w:val="00B3268E"/>
     <w:rsid w:val="00B33707"/>
+    <w:rsid w:val="00B361DB"/>
+    <w:rsid w:val="00B36BD6"/>
+    <w:rsid w:val="00B4064C"/>
     <w:rsid w:val="00B43772"/>
+    <w:rsid w:val="00B474C9"/>
     <w:rsid w:val="00B5050B"/>
     <w:rsid w:val="00B50F4B"/>
+    <w:rsid w:val="00B51066"/>
     <w:rsid w:val="00B521E4"/>
-    <w:rsid w:val="00B5285B"/>
+    <w:rsid w:val="00B53BFE"/>
+    <w:rsid w:val="00B54D83"/>
     <w:rsid w:val="00B568D4"/>
+    <w:rsid w:val="00B56D17"/>
     <w:rsid w:val="00B57F75"/>
     <w:rsid w:val="00B62365"/>
+    <w:rsid w:val="00B62806"/>
+    <w:rsid w:val="00B63139"/>
+    <w:rsid w:val="00B6315A"/>
     <w:rsid w:val="00B639F6"/>
+    <w:rsid w:val="00B63C2F"/>
+    <w:rsid w:val="00B641CA"/>
     <w:rsid w:val="00B64AEF"/>
+    <w:rsid w:val="00B6678E"/>
+    <w:rsid w:val="00B71668"/>
+    <w:rsid w:val="00B72317"/>
+    <w:rsid w:val="00B7325F"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:rsid w:val="00B73F91"/>
+    <w:rsid w:val="00B8199E"/>
     <w:rsid w:val="00B8228C"/>
+    <w:rsid w:val="00B826DE"/>
     <w:rsid w:val="00B82FCE"/>
+    <w:rsid w:val="00B83CAD"/>
     <w:rsid w:val="00B84503"/>
     <w:rsid w:val="00B84DB8"/>
+    <w:rsid w:val="00B84DC1"/>
     <w:rsid w:val="00B86B43"/>
+    <w:rsid w:val="00B86C6A"/>
     <w:rsid w:val="00B90470"/>
+    <w:rsid w:val="00B91713"/>
+    <w:rsid w:val="00B91FD4"/>
+    <w:rsid w:val="00B94687"/>
+    <w:rsid w:val="00B94A92"/>
+    <w:rsid w:val="00B97CA2"/>
     <w:rsid w:val="00BA0898"/>
+    <w:rsid w:val="00BA1BF4"/>
     <w:rsid w:val="00BA4089"/>
+    <w:rsid w:val="00BA5C11"/>
+    <w:rsid w:val="00BA7614"/>
+    <w:rsid w:val="00BB01C7"/>
+    <w:rsid w:val="00BB0634"/>
     <w:rsid w:val="00BB123B"/>
+    <w:rsid w:val="00BB13C4"/>
     <w:rsid w:val="00BC0A5B"/>
     <w:rsid w:val="00BC29DB"/>
     <w:rsid w:val="00BC3552"/>
     <w:rsid w:val="00BC3E8B"/>
+    <w:rsid w:val="00BC439E"/>
+    <w:rsid w:val="00BC479E"/>
     <w:rsid w:val="00BC4FEB"/>
+    <w:rsid w:val="00BC5558"/>
     <w:rsid w:val="00BC591A"/>
+    <w:rsid w:val="00BC5BA2"/>
+    <w:rsid w:val="00BC6815"/>
     <w:rsid w:val="00BC74CA"/>
+    <w:rsid w:val="00BC79F2"/>
+    <w:rsid w:val="00BD02BE"/>
+    <w:rsid w:val="00BD145D"/>
+    <w:rsid w:val="00BD1CA2"/>
     <w:rsid w:val="00BD2397"/>
     <w:rsid w:val="00BD443D"/>
+    <w:rsid w:val="00BD4F77"/>
+    <w:rsid w:val="00BD5C63"/>
     <w:rsid w:val="00BD7D00"/>
     <w:rsid w:val="00BE04A7"/>
+    <w:rsid w:val="00BE0B11"/>
+    <w:rsid w:val="00BE1EC3"/>
+    <w:rsid w:val="00BE3A3C"/>
+    <w:rsid w:val="00BE52CF"/>
     <w:rsid w:val="00BE6053"/>
     <w:rsid w:val="00BE7C3D"/>
+    <w:rsid w:val="00BF007F"/>
+    <w:rsid w:val="00BF0BE3"/>
+    <w:rsid w:val="00BF3441"/>
+    <w:rsid w:val="00BF57F5"/>
+    <w:rsid w:val="00BF63E2"/>
     <w:rsid w:val="00BF796C"/>
+    <w:rsid w:val="00BF7ED1"/>
     <w:rsid w:val="00C005F8"/>
+    <w:rsid w:val="00C02244"/>
+    <w:rsid w:val="00C04032"/>
+    <w:rsid w:val="00C04D3E"/>
+    <w:rsid w:val="00C074E5"/>
+    <w:rsid w:val="00C104FD"/>
     <w:rsid w:val="00C1054C"/>
     <w:rsid w:val="00C12F65"/>
+    <w:rsid w:val="00C137FC"/>
+    <w:rsid w:val="00C13F3F"/>
+    <w:rsid w:val="00C1509C"/>
     <w:rsid w:val="00C164D6"/>
     <w:rsid w:val="00C17374"/>
     <w:rsid w:val="00C17DC9"/>
+    <w:rsid w:val="00C224F4"/>
     <w:rsid w:val="00C232DA"/>
     <w:rsid w:val="00C23C08"/>
     <w:rsid w:val="00C24236"/>
+    <w:rsid w:val="00C259BA"/>
     <w:rsid w:val="00C26CC3"/>
+    <w:rsid w:val="00C3063D"/>
     <w:rsid w:val="00C3093B"/>
+    <w:rsid w:val="00C31144"/>
     <w:rsid w:val="00C319B6"/>
+    <w:rsid w:val="00C31BC5"/>
+    <w:rsid w:val="00C31C89"/>
     <w:rsid w:val="00C31F7A"/>
+    <w:rsid w:val="00C32216"/>
+    <w:rsid w:val="00C32277"/>
     <w:rsid w:val="00C32D2F"/>
     <w:rsid w:val="00C33181"/>
     <w:rsid w:val="00C33EDB"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00C34437"/>
+    <w:rsid w:val="00C3516E"/>
+    <w:rsid w:val="00C4061D"/>
+    <w:rsid w:val="00C4345B"/>
+    <w:rsid w:val="00C455CD"/>
+    <w:rsid w:val="00C4621C"/>
     <w:rsid w:val="00C46BF1"/>
+    <w:rsid w:val="00C46C7C"/>
     <w:rsid w:val="00C46DCE"/>
+    <w:rsid w:val="00C46E67"/>
+    <w:rsid w:val="00C470EF"/>
     <w:rsid w:val="00C47520"/>
+    <w:rsid w:val="00C51DFE"/>
+    <w:rsid w:val="00C52A08"/>
     <w:rsid w:val="00C52E43"/>
     <w:rsid w:val="00C549FC"/>
+    <w:rsid w:val="00C54E95"/>
+    <w:rsid w:val="00C557B6"/>
+    <w:rsid w:val="00C603DC"/>
     <w:rsid w:val="00C6108E"/>
+    <w:rsid w:val="00C6119F"/>
     <w:rsid w:val="00C62307"/>
+    <w:rsid w:val="00C64444"/>
     <w:rsid w:val="00C65526"/>
+    <w:rsid w:val="00C667A7"/>
+    <w:rsid w:val="00C66A9E"/>
+    <w:rsid w:val="00C66EB5"/>
     <w:rsid w:val="00C7119E"/>
+    <w:rsid w:val="00C73233"/>
     <w:rsid w:val="00C745AA"/>
+    <w:rsid w:val="00C77890"/>
+    <w:rsid w:val="00C807FD"/>
+    <w:rsid w:val="00C823D7"/>
     <w:rsid w:val="00C8246C"/>
+    <w:rsid w:val="00C8286F"/>
+    <w:rsid w:val="00C83AAE"/>
+    <w:rsid w:val="00C86914"/>
+    <w:rsid w:val="00C91523"/>
     <w:rsid w:val="00C91A95"/>
+    <w:rsid w:val="00C920FA"/>
+    <w:rsid w:val="00C92F92"/>
     <w:rsid w:val="00C93EF6"/>
     <w:rsid w:val="00C93F68"/>
+    <w:rsid w:val="00C93FB1"/>
+    <w:rsid w:val="00C94286"/>
+    <w:rsid w:val="00C96863"/>
+    <w:rsid w:val="00C975A3"/>
+    <w:rsid w:val="00CA33DA"/>
     <w:rsid w:val="00CA3D82"/>
+    <w:rsid w:val="00CA68F3"/>
     <w:rsid w:val="00CB024B"/>
     <w:rsid w:val="00CB0251"/>
+    <w:rsid w:val="00CB1FF8"/>
+    <w:rsid w:val="00CB25F0"/>
+    <w:rsid w:val="00CB30D4"/>
+    <w:rsid w:val="00CB599A"/>
+    <w:rsid w:val="00CB59F7"/>
     <w:rsid w:val="00CC1396"/>
-    <w:rsid w:val="00CC6BD7"/>
+    <w:rsid w:val="00CC6262"/>
+    <w:rsid w:val="00CC68A0"/>
     <w:rsid w:val="00CC6DBF"/>
     <w:rsid w:val="00CC7837"/>
+    <w:rsid w:val="00CD0A19"/>
     <w:rsid w:val="00CD14CD"/>
+    <w:rsid w:val="00CD2C93"/>
     <w:rsid w:val="00CD45C4"/>
     <w:rsid w:val="00CD5D7C"/>
     <w:rsid w:val="00CD7103"/>
     <w:rsid w:val="00CD73F6"/>
+    <w:rsid w:val="00CD7F61"/>
+    <w:rsid w:val="00CE0372"/>
     <w:rsid w:val="00CE0467"/>
+    <w:rsid w:val="00CE2DD3"/>
+    <w:rsid w:val="00CE706C"/>
+    <w:rsid w:val="00CE7174"/>
     <w:rsid w:val="00CE7D10"/>
+    <w:rsid w:val="00CF049E"/>
+    <w:rsid w:val="00CF0D3D"/>
+    <w:rsid w:val="00CF1435"/>
     <w:rsid w:val="00CF1ADD"/>
     <w:rsid w:val="00CF1B30"/>
     <w:rsid w:val="00CF221A"/>
+    <w:rsid w:val="00CF2C64"/>
     <w:rsid w:val="00CF3EDB"/>
+    <w:rsid w:val="00CF46BD"/>
+    <w:rsid w:val="00CF5033"/>
+    <w:rsid w:val="00CF53D6"/>
     <w:rsid w:val="00CF557C"/>
     <w:rsid w:val="00CF5A38"/>
-    <w:rsid w:val="00CF65AA"/>
+    <w:rsid w:val="00CF5BB6"/>
     <w:rsid w:val="00CF684E"/>
+    <w:rsid w:val="00CF7BD3"/>
+    <w:rsid w:val="00D016E5"/>
+    <w:rsid w:val="00D0185C"/>
     <w:rsid w:val="00D03048"/>
+    <w:rsid w:val="00D0339D"/>
     <w:rsid w:val="00D037A3"/>
     <w:rsid w:val="00D04C46"/>
     <w:rsid w:val="00D05F62"/>
     <w:rsid w:val="00D077C9"/>
     <w:rsid w:val="00D10798"/>
+    <w:rsid w:val="00D141F8"/>
     <w:rsid w:val="00D14ED0"/>
+    <w:rsid w:val="00D1529A"/>
     <w:rsid w:val="00D15563"/>
     <w:rsid w:val="00D157C1"/>
     <w:rsid w:val="00D15E10"/>
+    <w:rsid w:val="00D1612A"/>
+    <w:rsid w:val="00D16869"/>
+    <w:rsid w:val="00D20062"/>
+    <w:rsid w:val="00D22D65"/>
     <w:rsid w:val="00D25249"/>
     <w:rsid w:val="00D25D6C"/>
+    <w:rsid w:val="00D26CC3"/>
     <w:rsid w:val="00D26D6D"/>
     <w:rsid w:val="00D26EC9"/>
     <w:rsid w:val="00D27183"/>
     <w:rsid w:val="00D27B58"/>
+    <w:rsid w:val="00D27BFE"/>
+    <w:rsid w:val="00D302EA"/>
     <w:rsid w:val="00D305F4"/>
+    <w:rsid w:val="00D31232"/>
+    <w:rsid w:val="00D31E97"/>
+    <w:rsid w:val="00D32C55"/>
     <w:rsid w:val="00D33619"/>
+    <w:rsid w:val="00D34080"/>
+    <w:rsid w:val="00D34104"/>
+    <w:rsid w:val="00D40D0B"/>
     <w:rsid w:val="00D40EEB"/>
+    <w:rsid w:val="00D42756"/>
+    <w:rsid w:val="00D43B1E"/>
     <w:rsid w:val="00D43B9D"/>
     <w:rsid w:val="00D441C6"/>
+    <w:rsid w:val="00D448C7"/>
     <w:rsid w:val="00D456D9"/>
+    <w:rsid w:val="00D4600A"/>
     <w:rsid w:val="00D4712C"/>
     <w:rsid w:val="00D4757A"/>
+    <w:rsid w:val="00D4770D"/>
+    <w:rsid w:val="00D50970"/>
+    <w:rsid w:val="00D55FBD"/>
     <w:rsid w:val="00D56124"/>
+    <w:rsid w:val="00D56B2E"/>
+    <w:rsid w:val="00D5701A"/>
     <w:rsid w:val="00D57717"/>
     <w:rsid w:val="00D57D0C"/>
-    <w:rsid w:val="00D6497E"/>
+    <w:rsid w:val="00D62E4B"/>
+    <w:rsid w:val="00D643D5"/>
+    <w:rsid w:val="00D64F1B"/>
     <w:rsid w:val="00D66F3B"/>
     <w:rsid w:val="00D672FE"/>
+    <w:rsid w:val="00D67E2E"/>
+    <w:rsid w:val="00D72435"/>
+    <w:rsid w:val="00D749F7"/>
     <w:rsid w:val="00D74DF4"/>
     <w:rsid w:val="00D75BDD"/>
     <w:rsid w:val="00D75D72"/>
     <w:rsid w:val="00D765CB"/>
+    <w:rsid w:val="00D770A1"/>
+    <w:rsid w:val="00D77296"/>
     <w:rsid w:val="00D77600"/>
     <w:rsid w:val="00D7767E"/>
     <w:rsid w:val="00D80EB8"/>
     <w:rsid w:val="00D81826"/>
+    <w:rsid w:val="00D8265C"/>
+    <w:rsid w:val="00D8302C"/>
+    <w:rsid w:val="00D851C4"/>
+    <w:rsid w:val="00D85424"/>
+    <w:rsid w:val="00D86502"/>
+    <w:rsid w:val="00D92487"/>
+    <w:rsid w:val="00D9421F"/>
     <w:rsid w:val="00D94832"/>
+    <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00DA01AF"/>
+    <w:rsid w:val="00DA2652"/>
+    <w:rsid w:val="00DA5466"/>
+    <w:rsid w:val="00DA750F"/>
     <w:rsid w:val="00DA7D84"/>
+    <w:rsid w:val="00DB0EFD"/>
+    <w:rsid w:val="00DB13D0"/>
+    <w:rsid w:val="00DB3CEF"/>
     <w:rsid w:val="00DB41AB"/>
     <w:rsid w:val="00DB4BFD"/>
+    <w:rsid w:val="00DB5B12"/>
+    <w:rsid w:val="00DB5B48"/>
+    <w:rsid w:val="00DB62D4"/>
+    <w:rsid w:val="00DB7732"/>
+    <w:rsid w:val="00DC06D9"/>
     <w:rsid w:val="00DC1C61"/>
+    <w:rsid w:val="00DC30CC"/>
     <w:rsid w:val="00DC61D4"/>
     <w:rsid w:val="00DC7AA3"/>
     <w:rsid w:val="00DC7DEB"/>
     <w:rsid w:val="00DD0E2A"/>
+    <w:rsid w:val="00DD2095"/>
     <w:rsid w:val="00DD4873"/>
+    <w:rsid w:val="00DD5E9E"/>
+    <w:rsid w:val="00DD655C"/>
     <w:rsid w:val="00DD70C1"/>
+    <w:rsid w:val="00DD7682"/>
     <w:rsid w:val="00DE0A1A"/>
+    <w:rsid w:val="00DE2053"/>
+    <w:rsid w:val="00DE46C4"/>
+    <w:rsid w:val="00DE57D5"/>
     <w:rsid w:val="00DE5C26"/>
+    <w:rsid w:val="00DE6929"/>
     <w:rsid w:val="00DE7355"/>
     <w:rsid w:val="00DF003F"/>
+    <w:rsid w:val="00DF10C9"/>
+    <w:rsid w:val="00DF2252"/>
+    <w:rsid w:val="00DF37A6"/>
     <w:rsid w:val="00DF4216"/>
     <w:rsid w:val="00DF5600"/>
-    <w:rsid w:val="00E02A33"/>
+    <w:rsid w:val="00DF7F4B"/>
+    <w:rsid w:val="00E0051A"/>
+    <w:rsid w:val="00E007CA"/>
+    <w:rsid w:val="00E0127D"/>
+    <w:rsid w:val="00E023F7"/>
+    <w:rsid w:val="00E02E46"/>
     <w:rsid w:val="00E02EC9"/>
     <w:rsid w:val="00E05814"/>
-    <w:rsid w:val="00E13E4A"/>
+    <w:rsid w:val="00E05B89"/>
+    <w:rsid w:val="00E11B5B"/>
+    <w:rsid w:val="00E12B23"/>
+    <w:rsid w:val="00E13739"/>
+    <w:rsid w:val="00E13D16"/>
+    <w:rsid w:val="00E1408C"/>
     <w:rsid w:val="00E144D2"/>
+    <w:rsid w:val="00E16A1C"/>
     <w:rsid w:val="00E201E4"/>
+    <w:rsid w:val="00E21BD7"/>
+    <w:rsid w:val="00E21DFF"/>
     <w:rsid w:val="00E24448"/>
     <w:rsid w:val="00E30AF8"/>
+    <w:rsid w:val="00E30C51"/>
+    <w:rsid w:val="00E30D2C"/>
+    <w:rsid w:val="00E32A51"/>
     <w:rsid w:val="00E33B4F"/>
+    <w:rsid w:val="00E33ED3"/>
+    <w:rsid w:val="00E3671D"/>
+    <w:rsid w:val="00E36776"/>
+    <w:rsid w:val="00E37261"/>
+    <w:rsid w:val="00E40944"/>
     <w:rsid w:val="00E4227B"/>
+    <w:rsid w:val="00E426D9"/>
     <w:rsid w:val="00E43429"/>
+    <w:rsid w:val="00E43DC9"/>
+    <w:rsid w:val="00E44926"/>
+    <w:rsid w:val="00E4589E"/>
+    <w:rsid w:val="00E45B79"/>
+    <w:rsid w:val="00E464C0"/>
+    <w:rsid w:val="00E475DD"/>
+    <w:rsid w:val="00E51447"/>
+    <w:rsid w:val="00E523E4"/>
+    <w:rsid w:val="00E5258E"/>
+    <w:rsid w:val="00E52B7C"/>
     <w:rsid w:val="00E53938"/>
     <w:rsid w:val="00E55110"/>
+    <w:rsid w:val="00E61173"/>
     <w:rsid w:val="00E61675"/>
+    <w:rsid w:val="00E61CA9"/>
+    <w:rsid w:val="00E620CB"/>
+    <w:rsid w:val="00E621AB"/>
+    <w:rsid w:val="00E621DC"/>
+    <w:rsid w:val="00E63307"/>
+    <w:rsid w:val="00E6729F"/>
     <w:rsid w:val="00E71CEE"/>
+    <w:rsid w:val="00E74073"/>
+    <w:rsid w:val="00E74706"/>
+    <w:rsid w:val="00E8398E"/>
     <w:rsid w:val="00E84FEC"/>
     <w:rsid w:val="00E862C7"/>
+    <w:rsid w:val="00E8768E"/>
+    <w:rsid w:val="00E87EA3"/>
+    <w:rsid w:val="00E90002"/>
+    <w:rsid w:val="00E90D80"/>
+    <w:rsid w:val="00E91423"/>
+    <w:rsid w:val="00E920B1"/>
     <w:rsid w:val="00E945E9"/>
+    <w:rsid w:val="00E94849"/>
+    <w:rsid w:val="00E96EBD"/>
     <w:rsid w:val="00E97072"/>
+    <w:rsid w:val="00E97713"/>
     <w:rsid w:val="00EA17C9"/>
+    <w:rsid w:val="00EA213D"/>
     <w:rsid w:val="00EA29DE"/>
+    <w:rsid w:val="00EA2E32"/>
+    <w:rsid w:val="00EA38BA"/>
+    <w:rsid w:val="00EA3B98"/>
     <w:rsid w:val="00EA44A2"/>
+    <w:rsid w:val="00EA5D11"/>
     <w:rsid w:val="00EA6485"/>
+    <w:rsid w:val="00EA74E7"/>
+    <w:rsid w:val="00EA7E5D"/>
+    <w:rsid w:val="00EB04EF"/>
+    <w:rsid w:val="00EB0A16"/>
     <w:rsid w:val="00EB283C"/>
+    <w:rsid w:val="00EB3022"/>
+    <w:rsid w:val="00EB31BB"/>
+    <w:rsid w:val="00EB400F"/>
+    <w:rsid w:val="00EB462C"/>
+    <w:rsid w:val="00EB5DE4"/>
+    <w:rsid w:val="00EC1F5F"/>
+    <w:rsid w:val="00EC2225"/>
     <w:rsid w:val="00EC3371"/>
+    <w:rsid w:val="00EC36CB"/>
     <w:rsid w:val="00EC3D52"/>
+    <w:rsid w:val="00EC4177"/>
+    <w:rsid w:val="00EC4A4F"/>
+    <w:rsid w:val="00EC4CE9"/>
     <w:rsid w:val="00EC63B6"/>
     <w:rsid w:val="00EC71D3"/>
+    <w:rsid w:val="00EC7224"/>
+    <w:rsid w:val="00EC750E"/>
+    <w:rsid w:val="00ED305E"/>
     <w:rsid w:val="00ED3127"/>
+    <w:rsid w:val="00ED44BF"/>
     <w:rsid w:val="00ED463D"/>
     <w:rsid w:val="00ED5E98"/>
     <w:rsid w:val="00ED782E"/>
     <w:rsid w:val="00ED7A7E"/>
     <w:rsid w:val="00ED7D54"/>
+    <w:rsid w:val="00EE0040"/>
     <w:rsid w:val="00EE132F"/>
+    <w:rsid w:val="00EE1F27"/>
+    <w:rsid w:val="00EE2738"/>
+    <w:rsid w:val="00EE3386"/>
+    <w:rsid w:val="00EE388D"/>
+    <w:rsid w:val="00EE453F"/>
+    <w:rsid w:val="00EE4FC1"/>
     <w:rsid w:val="00EE6903"/>
+    <w:rsid w:val="00EE7B78"/>
     <w:rsid w:val="00EF2661"/>
     <w:rsid w:val="00EF4278"/>
     <w:rsid w:val="00EF4971"/>
+    <w:rsid w:val="00EF497D"/>
     <w:rsid w:val="00EF5BC8"/>
+    <w:rsid w:val="00EF7B7E"/>
     <w:rsid w:val="00F00435"/>
+    <w:rsid w:val="00F0102F"/>
+    <w:rsid w:val="00F01B1D"/>
     <w:rsid w:val="00F02728"/>
+    <w:rsid w:val="00F02A66"/>
+    <w:rsid w:val="00F03AF3"/>
+    <w:rsid w:val="00F03BFF"/>
+    <w:rsid w:val="00F03F40"/>
+    <w:rsid w:val="00F05870"/>
     <w:rsid w:val="00F06D97"/>
+    <w:rsid w:val="00F07518"/>
+    <w:rsid w:val="00F11E50"/>
+    <w:rsid w:val="00F14ADB"/>
     <w:rsid w:val="00F15888"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rsid w:val="00F21E22"/>
+    <w:rsid w:val="00F2273D"/>
     <w:rsid w:val="00F232C7"/>
+    <w:rsid w:val="00F23AC7"/>
+    <w:rsid w:val="00F25DAA"/>
     <w:rsid w:val="00F2628F"/>
+    <w:rsid w:val="00F26AB8"/>
     <w:rsid w:val="00F27313"/>
+    <w:rsid w:val="00F27BAF"/>
     <w:rsid w:val="00F27D9D"/>
+    <w:rsid w:val="00F27E00"/>
     <w:rsid w:val="00F3098E"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:rsid w:val="00F319AE"/>
+    <w:rsid w:val="00F32516"/>
     <w:rsid w:val="00F338B2"/>
+    <w:rsid w:val="00F33CED"/>
+    <w:rsid w:val="00F33F70"/>
+    <w:rsid w:val="00F3566A"/>
     <w:rsid w:val="00F35BF0"/>
+    <w:rsid w:val="00F37E08"/>
+    <w:rsid w:val="00F4085F"/>
+    <w:rsid w:val="00F40EC2"/>
     <w:rsid w:val="00F43467"/>
+    <w:rsid w:val="00F4427C"/>
     <w:rsid w:val="00F44805"/>
-    <w:rsid w:val="00F44D28"/>
     <w:rsid w:val="00F468AB"/>
     <w:rsid w:val="00F46AE7"/>
+    <w:rsid w:val="00F46F3E"/>
     <w:rsid w:val="00F47354"/>
+    <w:rsid w:val="00F47546"/>
+    <w:rsid w:val="00F506E1"/>
     <w:rsid w:val="00F509AB"/>
+    <w:rsid w:val="00F50A9C"/>
+    <w:rsid w:val="00F53076"/>
     <w:rsid w:val="00F53370"/>
     <w:rsid w:val="00F5384F"/>
+    <w:rsid w:val="00F53894"/>
+    <w:rsid w:val="00F5479B"/>
+    <w:rsid w:val="00F56403"/>
+    <w:rsid w:val="00F5666E"/>
+    <w:rsid w:val="00F56EC8"/>
+    <w:rsid w:val="00F60396"/>
+    <w:rsid w:val="00F645FB"/>
     <w:rsid w:val="00F650B9"/>
     <w:rsid w:val="00F6745E"/>
+    <w:rsid w:val="00F70607"/>
     <w:rsid w:val="00F721E4"/>
+    <w:rsid w:val="00F73887"/>
     <w:rsid w:val="00F75063"/>
+    <w:rsid w:val="00F75A98"/>
     <w:rsid w:val="00F764F1"/>
     <w:rsid w:val="00F76761"/>
     <w:rsid w:val="00F83419"/>
+    <w:rsid w:val="00F86CC2"/>
+    <w:rsid w:val="00F8757E"/>
+    <w:rsid w:val="00F876AE"/>
+    <w:rsid w:val="00F87982"/>
+    <w:rsid w:val="00F87F51"/>
+    <w:rsid w:val="00F9073B"/>
+    <w:rsid w:val="00F9215D"/>
+    <w:rsid w:val="00F924EA"/>
+    <w:rsid w:val="00F955BF"/>
     <w:rsid w:val="00F956BF"/>
+    <w:rsid w:val="00F95CCB"/>
+    <w:rsid w:val="00F96175"/>
+    <w:rsid w:val="00FA116D"/>
+    <w:rsid w:val="00FA1A66"/>
     <w:rsid w:val="00FA1F2B"/>
-    <w:rsid w:val="00FA2C53"/>
+    <w:rsid w:val="00FA20E6"/>
+    <w:rsid w:val="00FA233A"/>
     <w:rsid w:val="00FA325E"/>
+    <w:rsid w:val="00FA3ADA"/>
     <w:rsid w:val="00FA473C"/>
+    <w:rsid w:val="00FA480D"/>
     <w:rsid w:val="00FA4DDA"/>
     <w:rsid w:val="00FA53DD"/>
     <w:rsid w:val="00FA5921"/>
+    <w:rsid w:val="00FA7222"/>
+    <w:rsid w:val="00FA7FB8"/>
     <w:rsid w:val="00FB04F4"/>
+    <w:rsid w:val="00FB098B"/>
     <w:rsid w:val="00FB24E7"/>
+    <w:rsid w:val="00FB2926"/>
     <w:rsid w:val="00FB2BA6"/>
+    <w:rsid w:val="00FB4C8C"/>
+    <w:rsid w:val="00FB7701"/>
+    <w:rsid w:val="00FC0BC4"/>
+    <w:rsid w:val="00FC0C15"/>
     <w:rsid w:val="00FC2F8D"/>
+    <w:rsid w:val="00FC5955"/>
+    <w:rsid w:val="00FC6B55"/>
+    <w:rsid w:val="00FD02DE"/>
+    <w:rsid w:val="00FD0E74"/>
     <w:rsid w:val="00FD393E"/>
     <w:rsid w:val="00FD4C12"/>
     <w:rsid w:val="00FD5D45"/>
+    <w:rsid w:val="00FD7F44"/>
+    <w:rsid w:val="00FE0716"/>
     <w:rsid w:val="00FE0CFB"/>
+    <w:rsid w:val="00FE15DF"/>
     <w:rsid w:val="00FE274C"/>
+    <w:rsid w:val="00FE2B12"/>
+    <w:rsid w:val="00FE2C20"/>
     <w:rsid w:val="00FE4693"/>
     <w:rsid w:val="00FE48AD"/>
     <w:rsid w:val="00FE506A"/>
+    <w:rsid w:val="00FE51E9"/>
     <w:rsid w:val="00FE5431"/>
+    <w:rsid w:val="00FE5E42"/>
     <w:rsid w:val="00FE6FD8"/>
+    <w:rsid w:val="00FE7ACF"/>
     <w:rsid w:val="00FF3B6E"/>
     <w:rsid w:val="00FF41E9"/>
     <w:rsid w:val="00FF41F7"/>
+    <w:rsid w:val="00FF53BB"/>
+    <w:rsid w:val="01479001"/>
+    <w:rsid w:val="06682B58"/>
+    <w:rsid w:val="08268044"/>
+    <w:rsid w:val="0AE27935"/>
+    <w:rsid w:val="0D5311C6"/>
+    <w:rsid w:val="0FED0044"/>
+    <w:rsid w:val="104A01F6"/>
+    <w:rsid w:val="11C04DAB"/>
+    <w:rsid w:val="11D5027A"/>
+    <w:rsid w:val="1483FD6A"/>
+    <w:rsid w:val="177F23B9"/>
+    <w:rsid w:val="1DA525E2"/>
+    <w:rsid w:val="1DA80785"/>
+    <w:rsid w:val="1F5DABA1"/>
+    <w:rsid w:val="20EE04C9"/>
+    <w:rsid w:val="2173F7AA"/>
+    <w:rsid w:val="222C1472"/>
+    <w:rsid w:val="238DB8A2"/>
+    <w:rsid w:val="280EC2B7"/>
+    <w:rsid w:val="2BF0B014"/>
+    <w:rsid w:val="2C4661FD"/>
+    <w:rsid w:val="2EC59586"/>
+    <w:rsid w:val="30FFFB3A"/>
+    <w:rsid w:val="3168CB40"/>
+    <w:rsid w:val="33986329"/>
+    <w:rsid w:val="346027CA"/>
+    <w:rsid w:val="37D0A38A"/>
+    <w:rsid w:val="3A91E0AA"/>
+    <w:rsid w:val="3C7D8A52"/>
+    <w:rsid w:val="3CD1AF5B"/>
+    <w:rsid w:val="3DC58C03"/>
+    <w:rsid w:val="3E24E9F3"/>
+    <w:rsid w:val="3F8A05D7"/>
+    <w:rsid w:val="3FFF495A"/>
+    <w:rsid w:val="42AE98D5"/>
+    <w:rsid w:val="4A25D5D3"/>
+    <w:rsid w:val="4BFD1992"/>
+    <w:rsid w:val="4F56EB76"/>
+    <w:rsid w:val="51851E1A"/>
+    <w:rsid w:val="54AA55E9"/>
+    <w:rsid w:val="54CC0710"/>
+    <w:rsid w:val="55C41EAF"/>
+    <w:rsid w:val="566A33A2"/>
+    <w:rsid w:val="57C03224"/>
+    <w:rsid w:val="57CB9BA7"/>
+    <w:rsid w:val="5A511C63"/>
+    <w:rsid w:val="61A33AD6"/>
+    <w:rsid w:val="63391C3B"/>
+    <w:rsid w:val="6518032E"/>
+    <w:rsid w:val="666CD919"/>
+    <w:rsid w:val="66EC51B5"/>
+    <w:rsid w:val="6B537B14"/>
+    <w:rsid w:val="6ED24FBC"/>
+    <w:rsid w:val="713CEB13"/>
+    <w:rsid w:val="715D41D9"/>
+    <w:rsid w:val="7327289E"/>
+    <w:rsid w:val="73F7EB2E"/>
+    <w:rsid w:val="74D054BF"/>
+    <w:rsid w:val="79BEE77E"/>
+    <w:rsid w:val="7AE745A7"/>
+    <w:rsid w:val="7B465723"/>
+    <w:rsid w:val="7CF34795"/>
+    <w:rsid w:val="7E057AC5"/>
+    <w:rsid w:val="7EDB2473"/>
+    <w:rsid w:val="7FEC27FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="116737"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7EB01D90"/>
-  <w15:docId w15:val="{0288B56A-FB16-4E26-A11C-13A80274BB52}"/>
+  <w14:docId w14:val="5BC38B40"/>
+  <w15:docId w15:val="{89079A24-1151-41C3-ADC8-36BC10F19B74}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="22"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8702,51 +15398,51 @@
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -8781,51 +15477,51 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
@@ -8901,634 +15597,634 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00D77296"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="22"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Title"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009B737F"/>
     <w:pPr>
-      <w:spacing w:before="480" w:after="240"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00934D39"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="120"/>
+      <w:spacing w:before="240" w:after="0" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="26"/>
-      <w:szCs w:val="26"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="00274692"/>
     <w:pPr>
-      <w:spacing w:after="120" w:line="271" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00FC0C15"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:i/>
-      <w:iCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:sz w:val="20"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="003B04D7"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:spacing w:val="5"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="0073782C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C400A0"/>
+    <w:rsid w:val="005C5719"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="7F7F7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00142935"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...27 lines deleted...]
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+      <w:color w:val="7F7F7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00713D02"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:caps/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="5"/>
-      <w:sz w:val="48"/>
-      <w:szCs w:val="48"/>
+      <w:sz w:val="44"/>
+      <w:szCs w:val="44"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:pPr>
-      <w:spacing w:after="600"/>
+      <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="009815F0"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
       <w:iCs/>
+      <w:color w:val="000000"/>
       <w:spacing w:val="13"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="10"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="000A0849"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="007B5C33"/>
     <w:pPr>
-      <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:pPr>
-      <w:spacing w:before="200" w:after="0"/>
-      <w:ind w:left="360" w:right="360"/>
+      <w:spacing w:before="200" w:after="100" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="90" w:right="360" w:hanging="90"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="005A3D8C"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="1008" w:right="1152"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleEmphasis">
     <w:name w:val="Subtle Emphasis"/>
     <w:uiPriority w:val="19"/>
-    <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="SubtleReference">
     <w:name w:val="Subtle Reference"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00715F38"/>
+    <w:rsid w:val="00142935"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008727E9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
@@ -9668,50 +16364,51 @@
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Minion Pro" w:hAnsi="Minion Pro" w:cs="Minion Pro"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bullets">
     <w:name w:val="bullets"/>
     <w:basedOn w:val="body2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001012A1"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="360"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001012A1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00470D0F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="A6">
     <w:name w:val="A6"/>
     <w:uiPriority w:val="99"/>
@@ -10057,70 +16754,73 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB1A4A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB1A4A"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
@@ -10138,271 +16838,775 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D6FEC"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00B568D4"/>
-[...6 lines deleted...]
-    </w:pPr>
+    <w:qFormat/>
+    <w:rsid w:val="00C557B6"/>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
-      <w:szCs w:val="20"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00B568D4"/>
     <w:rPr>
-      <w:rFonts w:cs="Calibri"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007868C4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist2">
     <w:name w:val="bullet list 2"/>
     <w:basedOn w:val="NoSpacing"/>
-    <w:rsid w:val="005835DB"/>
+    <w:qFormat/>
+    <w:rsid w:val="007B5C33"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="6"/>
+        <w:numId w:val="2"/>
       </w:numPr>
+      <w:spacing w:before="0"/>
       <w:ind w:left="1080"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="bulletlist">
     <w:name w:val="bullet list"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005835DB"/>
+    <w:qFormat/>
+    <w:rsid w:val="007B5C33"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:lang w:val="pt-BR"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:firstLine="480"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="indent">
     <w:name w:val="indent"/>
     <w:basedOn w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subhead2">
     <w:name w:val="Subhead 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="8"/>
+        <w:numId w:val="3"/>
       </w:numPr>
+      <w:spacing w:before="0" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="citable">
     <w:name w:val="citable"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="flush">
     <w:name w:val="flush"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="postal-code">
     <w:name w:val="postal-code"/>
     <w:rsid w:val="00153A97"/>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="00153A97"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00153A97"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00823075"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="textindent">
+    <w:name w:val="text_indent"/>
+    <w:basedOn w:val="NoParagraphStyle"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="680"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:before="31" w:after="60" w:line="240" w:lineRule="atLeast"/>
+      <w:ind w:left="612" w:hanging="310"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="formbold">
+    <w:name w:val="form/bold"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="004C36A4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000F5467"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="abc">
+    <w:name w:val="abc"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00927E52"/>
+    <w:pPr>
+      <w:ind w:left="180" w:hanging="180"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa18">
+    <w:name w:val="Pa18"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F3123D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa33">
+    <w:name w:val="Pa33"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0069019E"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa100">
+    <w:name w:val="Pa100"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa50">
+    <w:name w:val="Pa50"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A11">
+    <w:name w:val="A11"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="221E1F"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa69">
+    <w:name w:val="Pa69"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="003461E1"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa102">
+    <w:name w:val="Pa102"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005C469A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa74">
+    <w:name w:val="Pa74"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa34">
+    <w:name w:val="Pa34"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B733D5"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa124">
+    <w:name w:val="Pa124"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00320883"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa125">
+    <w:name w:val="Pa125"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa129">
+    <w:name w:val="Pa129"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa130">
+    <w:name w:val="Pa130"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A13">
+    <w:name w:val="A13"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00F16A8B"/>
+    <w:rPr>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="11"/>
+      <w:szCs w:val="11"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa37">
+    <w:name w:val="Pa37"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa147">
+    <w:name w:val="Pa147"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa42">
+    <w:name w:val="Pa42"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa59">
+    <w:name w:val="Pa59"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D6BA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa57">
+    <w:name w:val="Pa57"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa27">
+    <w:name w:val="Pa27"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa35">
+    <w:name w:val="Pa35"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B11325"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa58">
+    <w:name w:val="Pa58"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0032573B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa8">
+    <w:name w:val="Pa8"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B3258A"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa32">
+    <w:name w:val="Pa32"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009A407F"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="A14">
+    <w:name w:val="A14"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001008AA"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="211D1E"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa81">
+    <w:name w:val="Pa81"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00500D7B"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa83">
+    <w:name w:val="Pa83"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002B6EAA"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa85">
+    <w:name w:val="Pa85"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F5CA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa86">
+    <w:name w:val="Pa86"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000F5CA6"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa82">
+    <w:name w:val="Pa82"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007F1A6D"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa2">
+    <w:name w:val="Pa2"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="005460A2"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa112">
+    <w:name w:val="Pa112"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F00BF"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Pa113">
+    <w:name w:val="Pa113"/>
+    <w:basedOn w:val="Default"/>
+    <w:next w:val="Default"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008F00BF"/>
+    <w:pPr>
+      <w:spacing w:line="201" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="104925855">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="439951861">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -10419,58 +17623,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1503158095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1959682137">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10718,83 +17936,402 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010084FB04377A0C464383E52F97DDF00F60" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d29f4fa4b25da7ad24fa2e3428f85ce">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" xmlns:ns3="4991edc6-c95a-41cf-abea-d90d8029a3b7" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b9ebb55f2fe558459e6cbe0a2ac4c37f" ns2:_="" ns3:_="">
+    <xsd:import namespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <xsd:import namespace="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="19" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4991edc6-c95a-41cf-abea-d90d8029a3b7" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{43c6561c-0fd0-4cb1-a759-9dc228db9a67}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4991edc6-c95a-41cf-abea-d90d8029a3b7">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4991edc6-c95a-41cf-abea-d90d8029a3b7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA44B225-ECCD-45E4-933C-81996AA9A1AC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{156A5C1A-8248-4E04-97E4-997D43D0A66D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1C296703-E891-4F17-886F-07AA3CD80562}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="566b1a03-7d5a-4145-a5ff-f7da0f5ee5d0"/>
+    <ds:schemaRef ds:uri="4991edc6-c95a-41cf-abea-d90d8029a3b7"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43436CF2-EFC2-4D23-82EE-D4361A9ACF24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20F8C53E-6805-4E54-B4CF-5FC0E9C5E2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" enabled="0" method="" siteId="{3e861d16-48b7-4a0e-9806-8c04d81b7b2a}" removed="1"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>8414</Characters>
+  <Pages>7</Pages>
+  <Words>1492</Words>
+  <Characters>8505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>70</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>EOHHS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9871</CharactersWithSpaces>
+  <CharactersWithSpaces>9978</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>aaa7d9a83786136fd2b438c08dfca16853b7bac83268ebe8aa4807df06b9fb20</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+    <vt:lpwstr>0x01010084FB04377A0C464383E52F97DDF00F60</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>