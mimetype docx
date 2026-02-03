--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -343,52 +343,52 @@
     </w:p>
     <w:p w14:paraId="2220DDF3" w14:textId="77777777" w:rsidR="00066CC0" w:rsidRDefault="00066CC0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="990"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="center" w:pos="7920"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">To the Commissioner of Insurance of </w:t>
       </w:r>
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
           <w:r>
             <w:rPr>
               <w:b/>
               <w:i/>
             </w:rPr>
             <w:t>Massachusetts</w:t>
           </w:r>
         </w:smartTag>
       </w:smartTag>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2220DDF4" w14:textId="77777777" w:rsidR="00066CC0" w:rsidRDefault="00066CC0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="center" w:pos="990"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
@@ -1137,102 +1137,102 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2220DE1B" w14:textId="77777777" w:rsidR="00055BEE" w:rsidRDefault="00055BEE" w:rsidP="00BE0917">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
-      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+    <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
         <w:r>
           <w:rPr>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Massachusetts</w:t>
         </w:r>
       </w:smartTag>
     </w:smartTag>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Division of Insurance</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2220DE1C" w14:textId="606835C5" w:rsidR="00055BEE" w:rsidRPr="00BE0917" w:rsidRDefault="0018001F" w:rsidP="00BE0917">
+  <w:p w14:paraId="2220DE1C" w14:textId="5CB76E2D" w:rsidR="00055BEE" w:rsidRPr="00BE0917" w:rsidRDefault="00655AC0" w:rsidP="00BE0917">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>February 12, 2025</w:t>
+      <w:t>January 9, 2026</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6EBF254C" w14:textId="77777777" w:rsidR="00C057C5" w:rsidRDefault="00C057C5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3CE8BADD" w14:textId="77777777" w:rsidR="00C057C5" w:rsidRDefault="00C057C5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1269,54 +1269,56 @@
     <w:rsid w:val="00055BEE"/>
     <w:rsid w:val="00066CC0"/>
     <w:rsid w:val="000B29EF"/>
     <w:rsid w:val="000F7B80"/>
     <w:rsid w:val="00106D54"/>
     <w:rsid w:val="001206C7"/>
     <w:rsid w:val="00145BA4"/>
     <w:rsid w:val="00152949"/>
     <w:rsid w:val="0016023D"/>
     <w:rsid w:val="001674A9"/>
     <w:rsid w:val="0018001F"/>
     <w:rsid w:val="001E4FAC"/>
     <w:rsid w:val="00293131"/>
     <w:rsid w:val="002A03CE"/>
     <w:rsid w:val="002E32CF"/>
     <w:rsid w:val="00371E71"/>
     <w:rsid w:val="003E3775"/>
     <w:rsid w:val="004515DE"/>
     <w:rsid w:val="00487E6A"/>
     <w:rsid w:val="004B06BE"/>
     <w:rsid w:val="004E53B6"/>
     <w:rsid w:val="00500C40"/>
     <w:rsid w:val="00535A26"/>
     <w:rsid w:val="00543F5B"/>
     <w:rsid w:val="00572EC8"/>
+    <w:rsid w:val="005B7AFD"/>
     <w:rsid w:val="005E504B"/>
     <w:rsid w:val="005F404E"/>
     <w:rsid w:val="00602984"/>
     <w:rsid w:val="006501C4"/>
+    <w:rsid w:val="00655AC0"/>
     <w:rsid w:val="00681DFC"/>
     <w:rsid w:val="00681E5F"/>
     <w:rsid w:val="006A07A3"/>
     <w:rsid w:val="006B0D2A"/>
     <w:rsid w:val="006F17F8"/>
     <w:rsid w:val="0072735B"/>
     <w:rsid w:val="0075260C"/>
     <w:rsid w:val="007C321F"/>
     <w:rsid w:val="007C533A"/>
     <w:rsid w:val="00831B0C"/>
     <w:rsid w:val="00853A31"/>
     <w:rsid w:val="0088630B"/>
     <w:rsid w:val="00890488"/>
     <w:rsid w:val="008C6934"/>
     <w:rsid w:val="008C6C4F"/>
     <w:rsid w:val="009710A5"/>
     <w:rsid w:val="009972D0"/>
     <w:rsid w:val="009B2A54"/>
     <w:rsid w:val="009C32AC"/>
     <w:rsid w:val="00B51EBB"/>
     <w:rsid w:val="00B57A70"/>
     <w:rsid w:val="00BA3B19"/>
     <w:rsid w:val="00BE0917"/>
     <w:rsid w:val="00BF16DA"/>
     <w:rsid w:val="00C0150E"/>
@@ -2044,74 +2046,99 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b547d73eb21e5f24f067e0483b607aa1">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fde9f3d2ba75b3864c5532904883d9d6" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="85471739-20a3-405f-8957-71a2abecc360" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="219cc07e-c1da-4270-a78f-3a6ce23ab0a8">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009DE413DC9396414788A0571B52761EC3" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="290c8c56af18cc4b7a6cacfd9aad0e42">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" xmlns:ns3="85471739-20a3-405f-8957-71a2abecc360" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="28e6c951bd87c2c1888662617bd6964b" ns2:_="" ns3:_="">
     <xsd:import namespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
     <xsd:import namespace="85471739-20a3-405f-8957-71a2abecc360"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="219cc07e-c1da-4270-a78f-3a6ce23ab0a8" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2135,50 +2162,55 @@
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="23" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85471739-20a3-405f-8957-71a2abecc360" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:SearchPeopleOnly="false" ma:SharePointGroup="0" ma:internalName="SharedWithUsers" ma:readOnly="true" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2278,130 +2310,91 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...22 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B161DA-C82D-406D-8016-F6A17F9FFDC4}">
-[...33 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A3568B0B-35EC-42E3-82AC-E0B93038B260}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="85471739-20a3-405f-8957-71a2abecc360"/>
     <ds:schemaRef ds:uri="219cc07e-c1da-4270-a78f-3a6ce23ab0a8"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9F7C9198-5F85-44B3-9C46-0B4C4F620C29}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F401D19-0D5F-45EA-878F-AF854CFCCB07}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3855D3D6-39EF-46C8-B1B3-4966C4B3FBDB}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>163</Words>
-  <Characters>1516</Characters>
+  <Words>250</Words>
+  <Characters>1429</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <DocSecurity>4</DocSecurity>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Commonwealth of Massachusetts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1676</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>