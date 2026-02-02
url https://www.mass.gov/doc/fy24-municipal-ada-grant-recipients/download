--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -1,120 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="00DB425A" w14:textId="423EDF43" w:rsidR="008132C4" w:rsidRDefault="00215C02" w:rsidP="001B4815">
+    <w:p w14:paraId="00DB425A" w14:textId="423EDF43" w:rsidR="008132C4" w:rsidRPr="00AC267A" w:rsidRDefault="00215C02" w:rsidP="00AC267A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="120" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004066EB">
+      <w:r w:rsidRPr="00AC267A">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="14558F"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">FY24 Municipal ADA Improvement Grant Award </w:t>
       </w:r>
-      <w:r w:rsidR="00A43051" w:rsidRPr="004066EB">
+      <w:r w:rsidR="00A43051" w:rsidRPr="00AC267A">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="14558F"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Recipients</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E17E440" w14:textId="1950D0DA" w:rsidR="00DC092E" w:rsidRPr="00DC092E" w:rsidRDefault="00DC092E" w:rsidP="00DC092E">
+    <w:p w14:paraId="5BC59047" w14:textId="77777777" w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidRDefault="00DC092E" w:rsidP="00AC267A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC267A">
+        <w:t xml:space="preserve">Total awarded: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5E525B" w14:textId="7C8A4AB7" w:rsidR="00AC267A" w:rsidRDefault="00DC092E" w:rsidP="00AC267A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC092E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Total awarded: </w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>$3,932,321.07</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="56B548E1" w14:textId="14F8E3DB" w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC267A">
+        <w:t>Awards by Municipality and Grant Type:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Awards by Municipality and Grant Type"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3773"/>
         <w:gridCol w:w="3071"/>
         <w:gridCol w:w="2506"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="501EA28C" w14:textId="77777777" w:rsidTr="000C13B2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="501EA28C" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F2FC00E" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
@@ -176,53 +195,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Grant Type</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="608D8AE7" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="608D8AE7" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="424EB9B7" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -274,51 +294,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="30CE0AC9" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="30CE0AC9" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31169F14" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -369,53 +392,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1E997DBC" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1E997DBC" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6B809F47" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -467,51 +491,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1A49EE54" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1A49EE54" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01794CF9" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -562,53 +589,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="22910E62" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="22910E62" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2148BB20" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -660,51 +688,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="262C673E" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="262C673E" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="31E19015" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -755,53 +786,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="4AE4F7A4" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="4AE4F7A4" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10817A63" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -853,51 +885,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A298091" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A298091" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CFD354E" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -948,53 +983,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1135B1F6" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1135B1F6" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="15360E86" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -1046,51 +1082,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="38CE8E63" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="38CE8E63" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53F8DCF1" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1141,53 +1180,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0913ED0D" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0913ED0D" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67393B9D" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -1239,51 +1279,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="02D99BC4" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="02D99BC4" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C79C3B1" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1334,53 +1377,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="618F7924" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="618F7924" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71396679" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -1432,51 +1476,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6CBD9D04" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6CBD9D04" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="58274DB1" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1527,53 +1574,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1BF0E3B2" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1BF0E3B2" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="413D856F" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -1625,51 +1673,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1663AD56" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1663AD56" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="035BE827" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1720,53 +1771,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="5CC344E7" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="5CC344E7" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="08FD67DB" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -1818,51 +1870,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="56C63293" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="56C63293" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4A37362C" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -1913,53 +1968,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2B7A86A2" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2B7A86A2" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C8F0660" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -2011,51 +2067,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0429537E" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0429537E" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="168BBF55" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2106,53 +2165,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6E2347B0" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6E2347B0" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4074CD8F" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -2204,51 +2264,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="214D3BAD" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="214D3BAD" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A82152F" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2299,53 +2362,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="55266933" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="55266933" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2AF72461" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -2397,51 +2461,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="76A3DB9A" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="76A3DB9A" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D9E9D26" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2492,53 +2559,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="43488580" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="43488580" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="072CACD1" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -2590,51 +2658,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="3624BCCF" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="3624BCCF" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50365165" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2685,81 +2756,83 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="39F9C0B2" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="39F9C0B2" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A6C129D" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Lee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F12DA77" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2783,51 +2856,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="15BA36C7" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="15BA36C7" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3D6235B8" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2878,82 +2954,82 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="792B4D94" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="792B4D94" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23D4323B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mansfield</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1E97D548" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -2977,51 +3053,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="47B245BA" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="47B245BA" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0D4C23C0" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3072,53 +3151,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0993DC0F" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0993DC0F" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D29BA4D" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -3170,51 +3250,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1F29F4B4" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1F29F4B4" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="086DED17" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3265,53 +3348,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="595F4341" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="595F4341" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="279D69BF" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -3363,51 +3447,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7B209415" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7B209415" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="36A3F473" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3458,53 +3545,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1D24FCD0" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1D24FCD0" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2BDDF4EC" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -3556,51 +3644,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="667FCE97" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="667FCE97" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2F037B39" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3651,53 +3742,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="3779F29E" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="3779F29E" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="50256F90" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -3749,51 +3841,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="19210654" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="19210654" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C5D6A0B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -3844,53 +3939,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="012B71CC" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="012B71CC" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22FC8914" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -3942,51 +4038,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A5E15CB" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A5E15CB" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AB94731" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4037,53 +4136,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="68D5D0FD" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="68D5D0FD" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7676E83B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -4135,51 +4235,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="07323E06" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="07323E06" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DBF6B46" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4230,53 +4333,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="16B46617" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="16B46617" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D821850" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -4328,82 +4432,83 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="44024318" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="44024318" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21BD2C91" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Phillipston</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71637098" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
@@ -4425,53 +4530,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1803A357" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1803A357" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25D4B7CD" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -4523,51 +4629,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="4F94C05C" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="4F94C05C" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E9E02FE" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4618,53 +4727,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1F336A1B" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1F336A1B" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18A4715A" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -4716,51 +4826,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1CB1D3F7" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1CB1D3F7" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="127A56A4" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -4811,53 +4924,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A8F0F3E" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2A8F0F3E" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D1D7E33" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -4909,51 +5023,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="619B4D10" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="619B4D10" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4D487B7D" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5004,53 +5121,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1EF3DB29" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1EF3DB29" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DE8373B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -5102,51 +5220,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0510354F" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="0510354F" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0C2B83C6" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5197,53 +5318,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="451AFB0E" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="451AFB0E" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="59D9C51B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -5295,51 +5417,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7A0B0453" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7A0B0453" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="371E248C" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5390,53 +5515,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="371290F0" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="371290F0" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13B1CE1B" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -5488,51 +5614,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7E79E004" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="7E79E004" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5E4F1DCE" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5583,53 +5712,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="087D004A" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="087D004A" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2493E98C" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -5681,51 +5811,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="35F445DF" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="35F445DF" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E80D885" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5776,53 +5909,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1ACA6408" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="1ACA6408" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="77294849" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -5874,51 +6008,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6F237E1C" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="6F237E1C" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="616C3FC6" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5969,53 +6106,54 @@
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2B8441F3" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2B8441F3" w14:textId="77777777" w:rsidTr="0068295D">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FA9F946" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
@@ -6067,78 +6205,82 @@
             <w:pPr>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2399B741" w14:textId="77777777" w:rsidTr="001F15E2">
+      <w:tr w:rsidR="00215C02" w:rsidRPr="004066EB" w14:paraId="2399B741" w14:textId="77777777" w:rsidTr="0068295D">
+        <w:trPr>
+          <w:cantSplit/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2018" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0BE2DD73" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Wrentham</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1642" w:type="pct"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="195633E9" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="004066EB" w:rsidRDefault="00215C02" w:rsidP="00215C02">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -6163,155 +6305,242 @@
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004066EB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0F4F92F9" w14:textId="77777777" w:rsidR="00215C02" w:rsidRPr="00215C02" w:rsidRDefault="00215C02" w:rsidP="00590EFC">
+    <w:p w14:paraId="0F4F92F9" w14:textId="77777777" w:rsidR="00215C02" w:rsidRDefault="00215C02" w:rsidP="00590EFC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00215C02" w:rsidRPr="00215C02" w:rsidSect="00B62F19">
-      <w:headerReference w:type="first" r:id="rId6"/>
+    <w:p w14:paraId="6E6C8A00" w14:textId="77777777" w:rsidR="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Contact information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F7068E" w14:textId="77777777" w:rsidR="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A">
+      <w:r>
+        <w:t xml:space="preserve">For more information about the grant program, please visit our </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="00F56293">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Municipal ADA Improvement Grant Program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> page.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F9277C" w14:textId="20A72C25" w:rsidR="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00590EFC">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For questions about the grant or your municipality’s award, please contact the Massachusetts Office on Disability (MOD) at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00E15FA8">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>mass.gov/MOD/Contact</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> or (617) 727-7440.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66973857" w14:textId="77777777" w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A"/>
+    <w:p w14:paraId="448F52FB" w14:textId="77777777" w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A"/>
+    <w:p w14:paraId="4E79F9B1" w14:textId="386CE5A0" w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidRDefault="00AC267A" w:rsidP="00AC267A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3440"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00AC267A" w:rsidRPr="00AC267A" w:rsidSect="00B62F19">
+      <w:headerReference w:type="first" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="039FEB17" w14:textId="77777777" w:rsidR="00A300DB" w:rsidRDefault="00A300DB" w:rsidP="00540E1D">
+    <w:p w14:paraId="4E3E66B7" w14:textId="77777777" w:rsidR="00DA707D" w:rsidRDefault="00DA707D" w:rsidP="00540E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="11AB272B" w14:textId="77777777" w:rsidR="00A300DB" w:rsidRDefault="00A300DB" w:rsidP="00540E1D">
+    <w:p w14:paraId="0C11AEFC" w14:textId="77777777" w:rsidR="00DA707D" w:rsidRDefault="00DA707D" w:rsidP="00540E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Angsana New">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DE96968" w14:textId="77777777" w:rsidR="00A300DB" w:rsidRDefault="00A300DB" w:rsidP="00540E1D">
+    <w:p w14:paraId="3414C893" w14:textId="77777777" w:rsidR="00DA707D" w:rsidRDefault="00DA707D" w:rsidP="00540E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="253C7823" w14:textId="77777777" w:rsidR="00A300DB" w:rsidRDefault="00A300DB" w:rsidP="00540E1D">
+    <w:p w14:paraId="154C81CA" w14:textId="77777777" w:rsidR="00DA707D" w:rsidRDefault="00DA707D" w:rsidP="00540E1D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5DDDF42D" w14:textId="77777777" w:rsidR="00B62F19" w:rsidRPr="00B62F19" w:rsidRDefault="00B62F19" w:rsidP="00B62F19">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="-1440"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="FFFFFF"/>
         <w:kern w:val="0"/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B62F19">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
@@ -6537,127 +6766,137 @@
   </w:p>
   <w:p w14:paraId="40DBE41D" w14:textId="77777777" w:rsidR="00B62F19" w:rsidRPr="00B62F19" w:rsidRDefault="00B62F19" w:rsidP="00B62F19">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:kern w:val="0"/>
         <w:sz w:val="24"/>
         <w14:ligatures w14:val="none"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="05989AD7" w14:textId="77777777" w:rsidR="002C4467" w:rsidRDefault="002C4467">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="26"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="50"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00215C02"/>
+    <w:rsid w:val="000A54C4"/>
     <w:rsid w:val="000C13B2"/>
     <w:rsid w:val="001B4815"/>
     <w:rsid w:val="001F15E2"/>
     <w:rsid w:val="001F67C7"/>
     <w:rsid w:val="00215C02"/>
     <w:rsid w:val="002C4467"/>
+    <w:rsid w:val="003C3464"/>
     <w:rsid w:val="003C5A0F"/>
     <w:rsid w:val="004066EB"/>
     <w:rsid w:val="00495549"/>
     <w:rsid w:val="004C5EB7"/>
     <w:rsid w:val="00540E1D"/>
     <w:rsid w:val="00590EFC"/>
     <w:rsid w:val="0061070F"/>
+    <w:rsid w:val="0068295D"/>
     <w:rsid w:val="00737F2F"/>
+    <w:rsid w:val="007C4299"/>
     <w:rsid w:val="008132C4"/>
     <w:rsid w:val="00864382"/>
     <w:rsid w:val="00A300DB"/>
     <w:rsid w:val="00A43051"/>
+    <w:rsid w:val="00AC267A"/>
     <w:rsid w:val="00B62F19"/>
     <w:rsid w:val="00C40C6C"/>
+    <w:rsid w:val="00DA707D"/>
     <w:rsid w:val="00DC092E"/>
     <w:rsid w:val="00E52697"/>
+    <w:rsid w:val="00F06FE2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3A81884D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F79E5319-D5F8-4D4A-9B3C-3CC1A8733B14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7038,65 +7277,66 @@
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001B4815"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00215C02"/>
+    <w:rsid w:val="00AC267A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80"/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="388857"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00215C02"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
@@ -7255,57 +7495,57 @@
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001B4815"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00215C02"/>
+    <w:rsid w:val="00AC267A"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="388857"/>
       <w:sz w:val="32"/>
-      <w:szCs w:val="32"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00215C02"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00215C02"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
@@ -7677,55 +7917,66 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00540E1D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00540E1D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00540E1D"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AC267A"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1265261735">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="4789729">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7862,51 +8113,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1025060184">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\LMelikechi\Downloads\mass.gov\MOD\Contact" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mass.gov/info-details/municipal-ada-improvement-grant-program" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
@@ -8164,59 +8415,346 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010098EF14C0B91ED548AD0BD3D2D4704924" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="06f65cc96ec46a525c2e7092a1d1338f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7cdb7e35-829b-4b43-b10b-15bdaaea9263" xmlns:ns3="b72976aa-e7d9-498e-b08a-d3d9e47e4056" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="43ec5a23ef6c964650584a2b8d879a84" ns2:_="" ns3:_="">
+    <xsd:import namespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263"/>
+    <xsd:import namespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7cdb7e35-829b-4b43-b10b-15bdaaea9263" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="9f123c60-6d59-4beb-a46f-4c7d903a1f29" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="21" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b72976aa-e7d9-498e-b08a-d3d9e47e4056" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="20" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0e574c06-d9b5-4317-b734-9c7f35fcf3d1}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="b72976aa-e7d9-498e-b08a-d3d9e47e4056">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="b72976aa-e7d9-498e-b08a-d3d9e47e4056" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7cdb7e35-829b-4b43-b10b-15bdaaea9263">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28F73246-508E-4F64-8B65-94FB20D87E8E}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99D94052-8895-4E68-BB8A-BF9D0F65460B}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F272E7F3-5DF7-4261-AF28-251EB43FAEE5}"/>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1738</Characters>
+  <Pages>3</Pages>
+  <Words>380</Words>
+  <Characters>2168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2038</CharactersWithSpaces>
+  <CharactersWithSpaces>2543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>George, Evan (OHA)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010098EF14C0B91ED548AD0BD3D2D4704924</vt:lpwstr>
+  </property>
+</Properties>
+</file>